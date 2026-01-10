--- v0 (2025-11-01)
+++ v1 (2026-01-10)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="511">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,1694 +73,1160 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>4.30mm - 4.32mm x 2.66mm</t>
+    <t>4.64mm - 4.66mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>VS1</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.70mm x 2.91mm</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
+    <t>VS2</t>
+  </si>
+  <si>
+    <t>4.14mm - 4.16mm x 2.57mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>VVS1</t>
+  </si>
+  <si>
+    <t>3.86mm - 3.89mm x 2.36mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
     <t>VVS2</t>
   </si>
   <si>
-    <t>4.31mm - 4.33mm x 2.72mm</t>
-[...20 lines deleted...]
-    <t>4.31mm - 4.34mm x 2.69mm</t>
+    <t>4.11mm - 4.12mm x 2.55mm</t>
+  </si>
+  <si>
+    <t>4.35mm - 4.37mm x 2.73mm</t>
+  </si>
+  <si>
+    <t>4.29mm - 4.31mm x 2.64mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>4.21mm - 4.25mm x 2.60mm</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-13841.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-g-vs1-s-gia-certifikatem-14115.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14110.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/046ct-j-vs2-s-gia-certifikatem-14150.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-g-vs2-s-gia-certifikatem-14124.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14139.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-e-vvs1-s-gia-certifikatem-13875.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14180.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14129.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-f-vvs1-s-gia-certifikatem-14127.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-vvs1-s-gia-certifikatem-14125.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14159.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14160.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/052ct-i-if-s-gia-certifikatem-14196.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-f-vs2-s-gia-certifikatem-14171.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-f-vvs2-s-gia-certifikatem-13757.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-g-vvs1-s-gia-certifikatem-14048.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-12281.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vs2-s-gia-certifikatem-13632.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/068ct-g-vvs1-s-gia-certifikatem-14157.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-h-vs1-s-gia-certifikatem-14173.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/058ct-e-vvs1-s-gia-certifikatem-14164.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-l-si1-s-hrd-certifikatem-13222.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-d-if-s-gia-certifikatem-13700.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-f-si1-s-hrd-certifikatem-2264.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/112ct-d-if-s-gia-certifikatem-14176.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-7pp-fancy-purplish-pink-i1-s-arg-certifikatem-14209.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>Fair</t>
+  </si>
+  <si>
+    <t>4.36mm - 4.38mm x 2.73mm</t>
+  </si>
+  <si>
+    <t>4.91mm - 4.94mm x 3.07mm</t>
+  </si>
+  <si>
+    <t>3.82mm - 3.86mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>4.00mm - 4.05mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.70mm x 2.94mm</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
+    <t>4.70mm - 4.72mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.76mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>SI2</t>
+  </si>
+  <si>
+    <t>4.62mm - 4.65mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.29mm - 4.36mm x 2.48mm</t>
+  </si>
+  <si>
+    <t>5.36mm x 3.94mm x 2.34mm</t>
+  </si>
+  <si>
+    <t>Oval</t>
+  </si>
+  <si>
+    <t>5.71mm x 3.70mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>4.73mm - 4.75mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.99mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.92mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.75mm x 2.93mm</t>
+  </si>
+  <si>
     <t>SI1</t>
   </si>
   <si>
-    <t>4.29mm - 4.30mm x 2.68mm</t>
-[...965 lines deleted...]
-    <t>4.71mm - 4.73mm x 2.96mm</t>
+    <t>4.80mm - 4.83mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>5.14mm x 3.81mm x 2.42mm</t>
+  </si>
+  <si>
+    <t>6.46mm x 3.44mm x 2.19mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Marquise</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.87mm x 3.04mm</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.87mm x 3.05mm</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.82mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.79mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.33mm - 4.35mm x 2.68mm</t>
+  </si>
+  <si>
+    <t>5.09mm - 5.11mm x 3.19mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.76mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.81mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.72mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.70mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.72mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.77mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.46mm - 4.48mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>4.81mm - 4.84mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>5.01mm - 5.05mm x 3.18mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>5.12mm - 5.13mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>5.13mm - 5.16mm x 3.16mm</t>
+  </si>
+  <si>
+    <t>4.76mm - 4.79mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.31mm x 5.01mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>4.79mm - 4.82mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.81mm - 4.83mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>4.82mm - 4.85mm x 2.99mm</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 3.01mm</t>
+  </si>
+  <si>
+    <t>IF</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.83mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>3.93mm x 3.78mm x 2.59mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>Fancy Intense Yellow</t>
+  </si>
+  <si>
+    <t>Radiant</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.71mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>5.66mm x 3.67mm x 2.23mm</t>
+  </si>
+  <si>
+    <t>silná</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.68mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.68mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>5.17mm - 5.20mm x 3.18mm</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.23mm x 3.24mm</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.86mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.22mm x 3.22mm</t>
+  </si>
+  <si>
+    <t>5.32mm - 5.36mm x 3.20mm</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.83mm x 3.02mm</t>
+  </si>
+  <si>
+    <t>4.99mm x 5.48mm x 3.12mm</t>
+  </si>
+  <si>
+    <t>5.36mm - 5.39mm x 3.15mm</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.79mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>5.67mm - 5.70mm x 3.57mm</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>4.66mm x 4.62mm x 3.29mm</t>
+  </si>
+  <si>
+    <t>Princess</t>
+  </si>
+  <si>
+    <t>4.66mm x 4.66mm x 3.32mm</t>
+  </si>
+  <si>
+    <t>4.82mm - 4.85mm x 3.02mm</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.22mm x 3.18mm</t>
+  </si>
+  <si>
+    <t>5.63mm - 5.67mm x 3.47mm</t>
+  </si>
+  <si>
+    <t>7.64mm x 4.65mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>4.74mm x 5.64mm x 3.37mm</t>
+  </si>
+  <si>
+    <t>5.76mm - 5.78mm x 3.61mm</t>
+  </si>
+  <si>
+    <t>5.14mm - 5.17mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>5.62mm - 5.67mm x 3.56mm</t>
+  </si>
+  <si>
+    <t>5.63mm - 5.68mm x 3.58mm</t>
+  </si>
+  <si>
+    <t>5.72mm - 5.74mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>5.68mm - 5.71mm x 3.58mm</t>
+  </si>
+  <si>
+    <t>5.71mm - 5.75mm x 3.57mm</t>
+  </si>
+  <si>
+    <t>4.59mm x 4.05mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>I1</t>
+  </si>
+  <si>
+    <t>Cushion</t>
+  </si>
+  <si>
+    <t>5.45mm - 5.53mm x 3.64mm</t>
+  </si>
+  <si>
+    <t>good</t>
+  </si>
+  <si>
+    <t>very good</t>
+  </si>
+  <si>
+    <t>5.67mm - 5.71mm x 3.52mm</t>
+  </si>
+  <si>
+    <t>7.79mm x 5.39mm x 3.36mm</t>
+  </si>
+  <si>
+    <t>5.68mm - 5.70mm x 3.42mm</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.73mm x 3.56mm</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
+    <t>4.39mm x 4.34mm x 3.06mm</t>
+  </si>
+  <si>
+    <t>8.69mm x 4.25mm x 2.52mm</t>
+  </si>
+  <si>
+    <t>9.52mm x 5.45mm x 3.17mm</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
-    <t>4.31mm - 4.34mm x 2.70mm</t>
-[...485 lines deleted...]
-    <t>4.85mm - 4.88mm x 2.99mm</t>
+    <t>5.91mm - 5.95mm x 3.70mm</t>
+  </si>
+  <si>
+    <t>5.32mm - 5.33mm x 3.19mm</t>
+  </si>
+  <si>
+    <t>5.80mm x 3.70mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>Faint Pink</t>
+  </si>
+  <si>
+    <t>7.75mm x 5.05mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>5.69mm - 5.73mm x 3.54mm</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.74mm x 3.52mm</t>
+  </si>
+  <si>
+    <t>5.32mm - 5.34mm x 3.30mm</t>
+  </si>
+  <si>
+    <t>6.32mm x 4.19mm x 2.74mm</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
-    <t>5.51mm - 5.54mm x 3.61mm</t>
-[...91 lines deleted...]
-  <si>
     <t>Emerald</t>
   </si>
   <si>
-    <t>5.09mm - 5.12mm x 3.13mm</t>
-[...4 lines deleted...]
-  <si>
     <t>6.17mm - 6.19mm x 3.85mm</t>
   </si>
   <si>
     <t>5.34mm - 5.38mm x 3.37mm</t>
   </si>
   <si>
     <t>5.34mm - 5.38mm x 3.38mm</t>
   </si>
   <si>
     <t>5.27mm - 5.30mm x 3.27mm</t>
   </si>
   <si>
     <t>5.32mm - 5.36mm x 3.27mm</t>
   </si>
   <si>
     <t>5.62mm - 5.66mm x 3.51mm</t>
   </si>
   <si>
     <t>5.53mm - 5.56mm x 3.53mm</t>
   </si>
   <si>
     <t>6.14mm - 6.17mm x 3.86mm</t>
   </si>
   <si>
-    <t>5.58mm - 5.62mm x 3.54mm</t>
-[...1 lines deleted...]
-  <si>
     <t>5.30mm x 6.29mm x 3.62mm</t>
   </si>
   <si>
     <t>6.13mm - 6.17mm x 3.85mm</t>
   </si>
   <si>
-    <t>5.63mm - 5.67mm x 3.57mm</t>
-[...4 lines deleted...]
-  <si>
     <t>5.98mm - 6.08mm x 3.85mm</t>
   </si>
   <si>
     <t>EGL</t>
   </si>
   <si>
     <t>4.72mm - 4.76mm x 2.98mm</t>
   </si>
   <si>
     <t>5.14mm - 5.17mm x 3.13mm</t>
   </si>
   <si>
     <t>5.19mm - 5.23mm x 3.27mm</t>
   </si>
   <si>
     <t>6.75mm - 6.77mm x 4.13mm</t>
   </si>
   <si>
     <t>mírná</t>
   </si>
   <si>
     <t>7.91mm x 4.97mm x 2.97mm</t>
   </si>
   <si>
     <t>5.10mm - 5.12mm x 3.20mm</t>
@@ -1771,158 +1237,143 @@
   <si>
     <t>M</t>
   </si>
   <si>
     <t>9.02mm x 5.38mm x 3.17mm</t>
   </si>
   <si>
     <t>6.10mm - 6.13mm x 3.88mm</t>
   </si>
   <si>
     <t>5.09mm x 3.41mm x 2.25mm</t>
   </si>
   <si>
     <t>Very Light Pink</t>
   </si>
   <si>
     <t>5.89mm - 5.92mm x 3.61mm</t>
   </si>
   <si>
     <t>5.26mm - 5.28mm x 3.25mm</t>
   </si>
   <si>
     <t>5.87mm - 5.91mm x 3.66mm</t>
   </si>
   <si>
-    <t>6.30mm - 6.35mm x 4.01mm</t>
-[...1 lines deleted...]
-  <si>
     <t>5.72mm - 5.79mm x 3.71mm</t>
   </si>
   <si>
     <t xml:space="preserve">7.44mm x 5.73mm x 3.13mm </t>
   </si>
   <si>
-    <t>6.31mm - 6.34mm x 4.02mm</t>
-[...1 lines deleted...]
-  <si>
     <t>10.43mm x 4.69mm x 2.72mm</t>
   </si>
   <si>
-    <t>6.14mm - 6.18mm x 3.84mm</t>
-[...1 lines deleted...]
-  <si>
     <t>8.59mm x 4.53mm x 2.96mm</t>
   </si>
   <si>
     <t>6.21mm - 6.25mm x 3.74mm</t>
   </si>
   <si>
     <t>6.21mm - 6.26mm x 3.74mm</t>
   </si>
   <si>
     <t>5.53mm - 5.59mm x 3.57mm</t>
   </si>
   <si>
     <t>11.54mm x 6.12mm x 3.95mm</t>
   </si>
   <si>
     <t>5.69mm - 5.71mm x 3.50mm</t>
   </si>
   <si>
     <t>6.82mm x 5.64mm x 4.06mm</t>
   </si>
   <si>
     <t>6.99mm x 5.65mm x 3.90mm</t>
   </si>
   <si>
     <t>7.41mm x 5.80mm x 3.88mm</t>
   </si>
   <si>
     <t>7.18mm x 5.98mm x 4.04mm</t>
   </si>
   <si>
     <t>6.17mm - 6.23mm x 3.76mm</t>
   </si>
   <si>
     <t>5.65mm - 5.68mm x 3.55mm</t>
   </si>
   <si>
     <t>5.69mm - 5.72mm x 3.50mm</t>
   </si>
   <si>
     <t>4.52mm x 3.99mm x 3.07mm</t>
   </si>
   <si>
     <t>Fancy Vivid Yellow</t>
   </si>
   <si>
-    <t>5.86mm - 5.90mm x 3.71mm</t>
-[...1 lines deleted...]
-  <si>
     <t>5.88mm - 5.92mm x 3.72mm</t>
   </si>
   <si>
     <t>5.66mm - 5.69mm x 3.54mm</t>
   </si>
   <si>
     <t>5.70mm - 5.73mm x 3.49mm</t>
   </si>
   <si>
     <t>8.68mm x 6.42mm x 4.07mm</t>
   </si>
   <si>
     <t>6.70mm x 6.48mm x 4.51mm</t>
   </si>
   <si>
     <t>6.11mm - 6.15mm x 3.84mm</t>
   </si>
   <si>
     <t>6.41mm - 6.45mm x 3.95mm</t>
   </si>
   <si>
+    <t>6.62mm - 6.67mm x 4.17mm</t>
+  </si>
+  <si>
     <t>6.09mm - 6.14mm x 3.85mm</t>
   </si>
   <si>
     <t>6.26mm - 6.29mm x 3.77mm</t>
   </si>
   <si>
     <t>6.59mm - 6.64mm x 4.14mm</t>
   </si>
   <si>
     <t>7.36mm - 7.41mm x 4.50mm</t>
   </si>
   <si>
-    <t>8.28mm x 5.65mm x 3.51mm</t>
-[...1 lines deleted...]
-  <si>
     <t>9.75mm x 6.38mm x 3.96mm</t>
   </si>
   <si>
-    <t>7.14mm x 5.11mm x 3.29mm</t>
-[...1 lines deleted...]
-  <si>
     <t>9.67mm x 7.08mm x 4.40mm</t>
   </si>
   <si>
     <t>velmi mírná</t>
   </si>
   <si>
     <t>6.39mm - 6.41mm x 4.01mm</t>
   </si>
   <si>
     <t>5.86mm x 6.90mm x 4.13mm</t>
   </si>
   <si>
     <t>6.33mm - 6.37mm x 3.99mm</t>
   </si>
   <si>
     <t>6.34mm - 6.38mm x 4.02mm</t>
   </si>
   <si>
     <t>5.32mm x 4.20mm x 3.00mm</t>
   </si>
   <si>
     <t>Fancy Intense Yellow-Orange</t>
   </si>
   <si>
     <t>střední žlutá</t>
@@ -1975,50 +1426,53 @@
   <si>
     <t>7.45mm x 5.39mm x 3.70mm</t>
   </si>
   <si>
     <t>5.12mm - 5.16mm x 3.12mm</t>
   </si>
   <si>
     <t>5.36mm x 4.77mm x 3.53mm</t>
   </si>
   <si>
     <t>velice mírná</t>
   </si>
   <si>
     <t>3.81mm x 3.77mm x 2.66mm</t>
   </si>
   <si>
     <t>Fancy Pink-Purple</t>
   </si>
   <si>
     <t>7.24mm x 7.05mm x 4.96mm</t>
   </si>
   <si>
     <t>6.62mm - 6.68mm x 4.17mm</t>
   </si>
   <si>
+    <t>6.65mm - 6.68mm x 4.11mm</t>
+  </si>
+  <si>
     <t>5.01mm x 3.37mm x 1.80mm</t>
   </si>
   <si>
     <t>Fancy Intense Pink-Purple</t>
   </si>
   <si>
     <t>7.28mm - 7.33mm x 4.58mm</t>
   </si>
   <si>
     <t>7.65mm x 8.97mm x 5.25mm</t>
   </si>
   <si>
     <t>4.99mm x 4.96mm x 3.29mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Yellow</t>
   </si>
   <si>
     <t xml:space="preserve">Very Good </t>
   </si>
   <si>
     <t>velmi silná zelená</t>
   </si>
   <si>
     <t>Fancy Purplish Pink</t>
@@ -2050,99 +1504,87 @@
   <si>
     <t>Fancy Vivid Yellowish Orange</t>
   </si>
   <si>
     <t>3.18mm x 2.72mm x 1.78mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Blue</t>
   </si>
   <si>
     <t>3.33mm x 3.29mm x 2.63mm</t>
   </si>
   <si>
     <t>Fancy Vivid Orange</t>
   </si>
   <si>
     <t>7.29mm - 7.33mm x 4.58mm</t>
   </si>
   <si>
     <t>9.36mm - 9.40mm x 5.82mm</t>
   </si>
   <si>
     <t>3.53mm x 3.67mm x 1.88mm</t>
   </si>
   <si>
+    <t>Fancy Intense Pink</t>
+  </si>
+  <si>
     <t>4.22mm x 3.83mm x 2.26mm</t>
   </si>
   <si>
     <t>Fancy Intense Bluish Green</t>
   </si>
   <si>
     <t>8.05mm - 8.10mm x 5.02mm</t>
   </si>
   <si>
+    <t>Fancy Deep Pink</t>
+  </si>
+  <si>
     <t>4.61mm x 3.79mm x 2.94mm</t>
   </si>
   <si>
     <t>Fancy Purple-Pink</t>
   </si>
   <si>
     <t>4.97mm x 3.17mm x 2.20mm</t>
   </si>
   <si>
-    <t>Fancy Intense Pink</t>
-[...1 lines deleted...]
-  <si>
     <t>4.15mm x 4.21mm x 2.21mm</t>
   </si>
   <si>
     <t>3.95mm x 3.88mm x 2.78mm</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
-    <t>3.77mm - 3.83mm x 2.63mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Fancy Vivid Purplish Pink</t>
   </si>
   <si>
     <t>5.57mm x 4.78mm x 3.51mm</t>
-  </si>
-[...7 lines deleted...]
-    <t>Fancy Blue-Gray / BL2</t>
   </si>
   <si>
     <t>7.30mm x 4.86mm x 3.81mm</t>
   </si>
   <si>
     <t>5.95mm x 4.29mm x 2.95mm</t>
   </si>
   <si>
     <t>Fancy Gray-Blue / BL2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2619,62 +2061,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-k-vvs2-s-gia-certifikatem-13868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-j-vs2-s-gia-certifikatem-13991.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vs1-s-gia-certifikatem-13990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-j-vs1-s-gia-certifikatem-14007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-j-vs1-s-gia-certifikatem-13997.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-i-si1-s-gia-certifikatem-14010.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-i-si1-s-gia-certifikatem-14067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-i-si1-s-gia-certifikatem-14068.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-g-vvs2-s-igi-certifikatem-13839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-k-vvs2-s-gia-certifikatem-13912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-13929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-h-si1-s-gia-certifikatem-14008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-j-vs1-s-gia-certifikatem-13902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-j-vs1-s-gia-certifikatem-14006.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs2-s-igi-certifikatem-13843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-g-vvs1-s-igi-certifikatem-13467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-i-vs1-s-gia-certifikatem-13995.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-13908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-si1-s-gia-certifikatem-14070.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-h-vs2-s-gia-certifikatem-13993.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vvs2-s-gia-certifikatem-13931.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs1-s-gia-certifikatem-13932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-13998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-i-vvs2-s-gia-certifikatem-13984.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-si1-s-gia-certifikatem-14011.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-13916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-13917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-h-vs1-s-gia-certifikatem-13994.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-13920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-13921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-g-vs1-s-gia-certifikatem-14114.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-j-vs2-s-gia-certifikatem-14145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-13841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vs1-s-gia-certifikatem-14115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14110.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs1-s-gia-certifikatem-14144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vvs2-s-gia-certifikatem-14112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vvs2-s-gia-certifikatem-14113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vvs1-s-gia-certifikatem-13985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vs1-s-gia-certifikatem-14005.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-j-vs2-s-gia-certifikatem-14150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vs2-s-gia-certifikatem-14124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-h-vs1-s-gia-certifikatem-13919.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-e-vvs2-s-gia-certifikatem-14049.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14117.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14118.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14119.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14002.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vvs1-s-gia-certifikatem-14108.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-g-vvs1-s-gia-certifikatem-14116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-i-vs2-s-gia-certifikatem-14149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-f-vs1-s-gia-certifikatem-14121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-f-vs1-s-gia-certifikatem-14122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vvs2-s-gia-certifikatem-14123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-f-vvs1-s-gia-certifikatem-14107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-h-vs1-s-gia-certifikatem-14016.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-d-vvs2-s-gia-certifikatem-13879.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-d-vvs2-s-gia-certifikatem-14093.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13982.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-e-vvs1-s-gia-certifikatem-13875.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-f-vvs2-s-gia-certifikatem-14120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs1-s-gia-certifikatem-13886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-j-si1-s-gia-certifikatem-14034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs1-s-gia-certifikatem-14057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/034ct-d-vvs2-s-gia-certifikatem-13528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-d-vvs1-s-gia-certifikatem-13878.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/065ct-k-si1-s-gia-certifikatem-14037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-vvs2-s-gia-certifikatem-13530.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-g-vs2-s-gia-certifikatem-14147.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-g-vs2-s-gia-certifikatem-14148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-i-if-s-gia-certifikatem-13640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-j-vvs2-s-gia-certifikatem-13745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-i-si1-s-gia-certifikatem-14038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-13744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-f-vvs2-s-gia-certifikatem-13848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-g-si2-s-gia-certifikatem-14035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs2-s-gia-certifikatem-13853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-vvs1-s-gia-certifikatem-14128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-f-vvs1-s-gia-certifikatem-14127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-13850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-f-si2-s-gia-certifikatem-14039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-h-vvs1-s-gia-certifikatem-10704.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs1-s-gia-certifikatem-14125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vs2-s-gia-certifikatem-14081.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-e-vvs1-s-gia-certifikatem-14126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-i-vs1-s-gia-certifikatem-13561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-if-s-gia-certifikatem-14100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-if-s-gia-certifikatem-14101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/058ct-i-vvs2-s-gia-certifikatem-14029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vvs2-s-gia-certifikatem-14026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-f-vvs2-s-gia-certifikatem-13757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-h-vs1-s-gia-certifikatem-14084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/063ct-h-vs2-s-gia-certifikatem-14155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-g-vvs2-s-gia-certifikatem-14153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-g-vvs2-s-gia-certifikatem-14154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-g-vvs1-s-gia-certifikatem-14048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/062ct-h-vvs2-s-gia-certifikatem-13760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/062ct-h-vvs2-s-gia-certifikatem-13768.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-g-vvs1-s-gia-certifikatem-14151.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-fl-s-gia-certifikatem-14074.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-si2-s-hrd-certifikatem-2705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-12281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vs1-s-gia-certifikatem-13968.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vs1-s-gia-certifikatem-14042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs2-s-gia-certifikatem-13632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/068ct-g-vvs1-s-gia-certifikatem-14157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/069ct-g-if-s-gia-certifikatem-14156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-vvs1-s-gia-certifikatem-14075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-vvs1-s-gia-certifikatem-14076.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-f-vvs2-s-igi-certifikatem-3644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vs1-s-gia-certifikatem-13341.html" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-d-vvs1-s-gia-certifikatem-13114.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-l-si1-s-hrd-certifikatem-13222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-if-s-gia-certifikatem-13700.html" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-14105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-hrd-certifikatem-2264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-13703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-h-vs2-s-gia-certifikatem-10411.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-12414.html" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-f-vs1-s-gia-certifikatem-13537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vvs1-s-gia-certifikatem-13635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-7pr-fancy-pink-si2-s-arg-certifikatem-8615.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-bl1-fancy-grayish-blue-i1-s-gia-cislovano-arg-12724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-bl2-fancy-blue-gray-vs2-arg-tender-s-gia-hofer-12884.html" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-13841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vs1-s-gia-certifikatem-14115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14110.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-j-vs2-s-gia-certifikatem-14150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vs2-s-gia-certifikatem-14124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-e-vvs1-s-gia-certifikatem-13875.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14180.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-f-vvs1-s-gia-certifikatem-14127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs1-s-gia-certifikatem-14125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14160.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-i-if-s-gia-certifikatem-14196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-f-vs2-s-gia-certifikatem-14171.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-f-vvs2-s-gia-certifikatem-13757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-g-vvs1-s-gia-certifikatem-14048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-12281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs2-s-gia-certifikatem-13632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/068ct-g-vvs1-s-gia-certifikatem-14157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-h-vs1-s-gia-certifikatem-14173.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/058ct-e-vvs1-s-gia-certifikatem-14164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-l-si1-s-hrd-certifikatem-13222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-if-s-gia-certifikatem-13700.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-hrd-certifikatem-2264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/112ct-d-if-s-gia-certifikatem-14176.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-7pp-fancy-purplish-pink-i1-s-arg-certifikatem-14209.html" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q310"/>
+  <dimension ref="A1:Q217"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N310" sqref="N310"/>
+      <selection activeCell="N217" sqref="N217"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -2716,14270 +2158,9881 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>13868</v>
+        <v>14004</v>
       </c>
       <c r="B3">
-        <v>0.3</v>
+        <v>0.38</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H3" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I3" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J3" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K3" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L3" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M3" s="6">
-        <v>6450.0</v>
+        <v>8987.0</v>
       </c>
       <c r="N3" s="6">
-        <v>7805</v>
+        <v>10874</v>
       </c>
       <c r="O3" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>13991</v>
+        <v>13937</v>
       </c>
       <c r="B4">
-        <v>0.31</v>
+        <v>0.4</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="G4" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H4" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I4" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="J4" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K4" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="L4" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M4" s="6">
-        <v>6665.0</v>
+        <v>9460.0</v>
       </c>
       <c r="N4" s="6">
-        <v>8065</v>
+        <v>11447</v>
       </c>
       <c r="O4" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>13990</v>
+        <v>13477</v>
       </c>
       <c r="B5">
-        <v>0.3</v>
+        <v>0.27</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G5" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H5" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I5" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J5" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="K5" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="L5" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M5" s="6">
-        <v>7095.0</v>
+        <v>9912.0</v>
       </c>
       <c r="N5" s="6">
-        <v>8585</v>
+        <v>11993</v>
       </c>
       <c r="O5" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>14007</v>
+        <v>12629</v>
       </c>
       <c r="B6">
-        <v>0.31</v>
+        <v>0.23</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H6" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I6" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="J6" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K6" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L6" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M6" s="6">
-        <v>7332.0</v>
+        <v>10165.0</v>
       </c>
       <c r="N6" s="6">
-        <v>8871</v>
+        <v>12299</v>
       </c>
       <c r="O6" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>13997</v>
+        <v>13841</v>
       </c>
       <c r="B7">
-        <v>0.32</v>
+        <v>0.27</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H7" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I7" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J7" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K7" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L7" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M7" s="6">
-        <v>7568.0</v>
+        <v>10607.0</v>
       </c>
       <c r="N7" s="6">
-        <v>9157</v>
+        <v>12835</v>
       </c>
       <c r="O7" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14010</v>
+        <v>14115</v>
       </c>
       <c r="B8">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H8" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I8" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J8" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K8" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L8" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M8" s="6">
-        <v>7740.0</v>
+        <v>10664.0</v>
       </c>
       <c r="N8" s="6">
-        <v>9365</v>
+        <v>12903</v>
       </c>
       <c r="O8" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14067</v>
+        <v>14110</v>
       </c>
       <c r="B9">
         <v>0.3</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H9" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I9" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J9" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K9" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L9" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M9" s="6">
-        <v>7740.0</v>
+        <v>10965.0</v>
       </c>
       <c r="N9" s="6">
-        <v>9365</v>
+        <v>13268</v>
       </c>
       <c r="O9" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>14068</v>
+        <v>12592</v>
       </c>
       <c r="B10">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
         <v>29</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G10" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H10" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I10" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="J10" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K10" t="s">
-        <v>343</v>
+        <v>260</v>
       </c>
       <c r="L10" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M10" s="6">
-        <v>7740.0</v>
+        <v>11030.0</v>
       </c>
       <c r="N10" s="6">
-        <v>9365</v>
+        <v>13346</v>
       </c>
       <c r="O10" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P10" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>13839</v>
+        <v>14111</v>
       </c>
       <c r="B11">
-        <v>0.25</v>
+        <v>0.32</v>
       </c>
       <c r="C11" t="s">
-        <v>349</v>
+        <v>261</v>
       </c>
       <c r="D11" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G11" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H11" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I11" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="J11" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K11" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L11" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M11" s="6">
-        <v>8169.0</v>
+        <v>11696.0</v>
       </c>
       <c r="N11" s="6">
-        <v>9885</v>
+        <v>14152</v>
       </c>
       <c r="O11" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P11" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>13912</v>
+        <v>14150</v>
       </c>
       <c r="B12">
-        <v>0.38</v>
+        <v>0.46</v>
       </c>
       <c r="C12" t="s">
-        <v>352</v>
+        <v>262</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G12" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H12" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I12" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J12" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K12" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L12" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M12" s="6">
-        <v>8170.0</v>
+        <v>11868.0</v>
       </c>
       <c r="N12" s="6">
-        <v>9886</v>
+        <v>14360</v>
       </c>
       <c r="O12" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P12" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>13929</v>
+        <v>10810</v>
       </c>
       <c r="B13">
-        <v>0.4</v>
+        <v>0.24</v>
       </c>
       <c r="C13" t="s">
-        <v>353</v>
+        <v>263</v>
       </c>
       <c r="D13" t="s">
-        <v>354</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G13" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H13" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I13" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="J13" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K13" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L13" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M13" s="6">
-        <v>8600.0</v>
+        <v>11957.0</v>
       </c>
       <c r="N13" s="6">
-        <v>10406</v>
+        <v>14468</v>
       </c>
       <c r="O13" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P13" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14008</v>
+        <v>10811</v>
       </c>
       <c r="B14">
-        <v>0.31</v>
+        <v>0.24</v>
       </c>
       <c r="C14" t="s">
-        <v>355</v>
+        <v>264</v>
       </c>
       <c r="D14" t="s">
-        <v>356</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G14" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H14" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I14" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="J14" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K14" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L14" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M14" s="6">
-        <v>8665.0</v>
+        <v>11957.0</v>
       </c>
       <c r="N14" s="6">
-        <v>10484</v>
+        <v>14468</v>
       </c>
       <c r="O14" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P14" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>13902</v>
+        <v>14142</v>
       </c>
       <c r="B15">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
       <c r="C15" t="s">
-        <v>357</v>
+        <v>265</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G15" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H15" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I15" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J15" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K15" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L15" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M15" s="6">
-        <v>8751.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N15" s="6">
-        <v>10588</v>
+        <v>14568</v>
       </c>
       <c r="O15" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14006</v>
+        <v>14143</v>
       </c>
       <c r="B16">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
       <c r="C16" t="s">
-        <v>358</v>
+        <v>267</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G16" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H16" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I16" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J16" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K16" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L16" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M16" s="6">
-        <v>8751.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N16" s="6">
-        <v>10588</v>
+        <v>14568</v>
       </c>
       <c r="O16" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P16" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>13843</v>
+        <v>14020</v>
       </c>
       <c r="B17">
-        <v>0.27</v>
+        <v>0.4</v>
       </c>
       <c r="C17" t="s">
-        <v>359</v>
+        <v>268</v>
       </c>
       <c r="D17" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>269</v>
       </c>
       <c r="G17" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H17" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I17" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="J17" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K17" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L17" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M17" s="6">
-        <v>8779.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N17" s="6">
-        <v>10622</v>
+        <v>14568</v>
       </c>
       <c r="O17" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P17" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>13467</v>
+        <v>14124</v>
       </c>
       <c r="B18">
-        <v>0.25</v>
+        <v>0.38</v>
       </c>
       <c r="C18" t="s">
-        <v>360</v>
+        <v>270</v>
       </c>
       <c r="D18" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E18" t="s">
-        <v>361</v>
+        <v>23</v>
       </c>
       <c r="G18" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H18" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I18" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="J18" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K18" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L18" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M18" s="6">
-        <v>8818.0</v>
+        <v>12255.0</v>
       </c>
       <c r="N18" s="6">
-        <v>10669</v>
+        <v>14829</v>
       </c>
       <c r="O18" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P18" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>13995</v>
+        <v>12597</v>
       </c>
       <c r="B19">
-        <v>0.32</v>
+        <v>0.29</v>
       </c>
       <c r="C19" t="s">
-        <v>363</v>
+        <v>271</v>
       </c>
       <c r="D19" t="s">
+        <v>28</v>
+      </c>
+      <c r="E19" t="s">
         <v>29</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H19" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I19" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J19" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K19" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L19" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M19" s="6">
-        <v>8944.0</v>
+        <v>12650.0</v>
       </c>
       <c r="N19" s="6">
-        <v>10822</v>
+        <v>15306</v>
       </c>
       <c r="O19" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>13908</v>
+        <v>14050</v>
       </c>
       <c r="B20">
-        <v>0.38</v>
+        <v>0.32</v>
       </c>
       <c r="C20" t="s">
-        <v>364</v>
+        <v>272</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E20" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G20" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H20" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J20" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K20" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L20" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M20" s="6">
-        <v>8987.0</v>
+        <v>13072.0</v>
       </c>
       <c r="N20" s="6">
-        <v>10874</v>
+        <v>15817</v>
       </c>
       <c r="O20" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>14004</v>
+        <v>13773</v>
       </c>
       <c r="B21">
-        <v>0.38</v>
+        <v>0.3</v>
       </c>
       <c r="C21" t="s">
-        <v>365</v>
+        <v>274</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E21" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G21" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H21" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J21" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K21" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L21" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M21" s="6">
-        <v>8987.0</v>
+        <v>13200.0</v>
       </c>
       <c r="N21" s="6">
-        <v>10874</v>
+        <v>15972</v>
       </c>
       <c r="O21" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>14070</v>
+        <v>14139</v>
       </c>
       <c r="B22">
-        <v>0.31</v>
+        <v>0.41</v>
       </c>
       <c r="C22" t="s">
-        <v>32</v>
+        <v>276</v>
       </c>
       <c r="D22" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="E22" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H22" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I22" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J22" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K22" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L22" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M22" s="6">
-        <v>9331.0</v>
+        <v>13223.0</v>
       </c>
       <c r="N22" s="6">
-        <v>11291</v>
+        <v>15999</v>
       </c>
       <c r="O22" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P22" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>13993</v>
+        <v>14140</v>
       </c>
       <c r="B23">
-        <v>0.31</v>
+        <v>0.41</v>
       </c>
       <c r="C23" t="s">
-        <v>366</v>
+        <v>277</v>
       </c>
       <c r="D23" t="s">
-        <v>356</v>
+        <v>266</v>
       </c>
       <c r="E23" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H23" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I23" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J23" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K23" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L23" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M23" s="6">
-        <v>9331.0</v>
+        <v>13223.0</v>
       </c>
       <c r="N23" s="6">
-        <v>11291</v>
+        <v>15999</v>
       </c>
       <c r="O23" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P23" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>13931</v>
+        <v>14137</v>
       </c>
       <c r="B24">
         <v>0.4</v>
       </c>
       <c r="C24" t="s">
-        <v>367</v>
+        <v>278</v>
       </c>
       <c r="D24" t="s">
-        <v>354</v>
+        <v>266</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G24" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H24" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I24" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J24" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K24" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L24" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M24" s="6">
-        <v>9460.0</v>
+        <v>13760.0</v>
       </c>
       <c r="N24" s="6">
-        <v>11447</v>
+        <v>16650</v>
       </c>
       <c r="O24" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P24" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>13932</v>
+        <v>14022</v>
       </c>
       <c r="B25">
         <v>0.4</v>
       </c>
       <c r="C25" t="s">
-        <v>368</v>
+        <v>279</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E25" t="s">
-        <v>25</v>
+        <v>280</v>
       </c>
       <c r="G25" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H25" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I25" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J25" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K25" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L25" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M25" s="6">
-        <v>9460.0</v>
+        <v>12980.0</v>
       </c>
       <c r="N25" s="6">
-        <v>11447</v>
+        <v>15706</v>
       </c>
       <c r="O25" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P25" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>13937</v>
+        <v>14019</v>
       </c>
       <c r="B26">
-        <v>0.4</v>
+        <v>0.43</v>
       </c>
       <c r="C26" t="s">
-        <v>369</v>
+        <v>281</v>
       </c>
       <c r="D26" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E26" t="s">
-        <v>23</v>
+        <v>269</v>
       </c>
       <c r="G26" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H26" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I26" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="J26" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K26" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L26" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M26" s="6">
-        <v>9460.0</v>
+        <v>13868.0</v>
       </c>
       <c r="N26" s="6">
-        <v>11447</v>
+        <v>16780</v>
       </c>
       <c r="O26" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P26" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>13998</v>
+        <v>13531</v>
       </c>
       <c r="B27">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
       <c r="C27" t="s">
-        <v>370</v>
+        <v>282</v>
       </c>
       <c r="D27" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E27" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G27" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H27" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J27" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K27" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L27" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M27" s="6">
-        <v>9546.0</v>
+        <v>14640.0</v>
       </c>
       <c r="N27" s="6">
-        <v>11551</v>
+        <v>17714</v>
       </c>
       <c r="O27" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P27" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>13984</v>
+        <v>12495</v>
       </c>
       <c r="B28">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="C28" t="s">
-        <v>371</v>
+        <v>283</v>
       </c>
       <c r="D28" t="s">
+        <v>284</v>
+      </c>
+      <c r="E28" t="s">
         <v>29</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" t="s">
-        <v>341</v>
+        <v>285</v>
       </c>
       <c r="H28" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J28" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K28" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L28" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M28" s="6">
-        <v>9783.0</v>
+        <v>14718.0</v>
       </c>
       <c r="N28" s="6">
-        <v>11837</v>
+        <v>17808</v>
       </c>
       <c r="O28" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P28" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14011</v>
+        <v>13730</v>
       </c>
       <c r="B29">
-        <v>0.38</v>
+        <v>0.44</v>
       </c>
       <c r="C29" t="s">
-        <v>372</v>
+        <v>286</v>
       </c>
       <c r="D29" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E29" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G29" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H29" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I29" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J29" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K29" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L29" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M29" s="6">
-        <v>9804.0</v>
+        <v>14718.0</v>
       </c>
       <c r="N29" s="6">
-        <v>11863</v>
+        <v>17809</v>
       </c>
       <c r="O29" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P29" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>13916</v>
+        <v>13731</v>
       </c>
       <c r="B30">
-        <v>0.38</v>
+        <v>0.44</v>
       </c>
       <c r="C30" t="s">
-        <v>373</v>
+        <v>287</v>
       </c>
       <c r="D30" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G30" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H30" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I30" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J30" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K30" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L30" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M30" s="6">
-        <v>9804.0</v>
+        <v>14718.0</v>
       </c>
       <c r="N30" s="6">
-        <v>11863</v>
+        <v>17809</v>
       </c>
       <c r="O30" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P30" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>13917</v>
+        <v>13943</v>
       </c>
       <c r="B31">
-        <v>0.38</v>
+        <v>0.41</v>
       </c>
       <c r="C31" t="s">
-        <v>374</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>29</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H31" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I31" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J31" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K31" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L31" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M31" s="6">
-        <v>9804.0</v>
+        <v>14986.0</v>
       </c>
       <c r="N31" s="6">
-        <v>11863</v>
+        <v>18132</v>
       </c>
       <c r="O31" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P31" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>13477</v>
+        <v>13944</v>
       </c>
       <c r="B32">
-        <v>0.27</v>
+        <v>0.41</v>
       </c>
       <c r="C32" t="s">
-        <v>375</v>
+        <v>290</v>
       </c>
       <c r="D32" t="s">
-        <v>350</v>
+        <v>289</v>
       </c>
       <c r="E32" t="s">
-        <v>361</v>
+        <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H32" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I32" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="J32" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K32" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L32" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M32" s="6">
-        <v>9912.0</v>
+        <v>14986.0</v>
       </c>
       <c r="N32" s="6">
-        <v>11993</v>
+        <v>18132</v>
       </c>
       <c r="O32" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P32" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>13994</v>
+        <v>13875</v>
       </c>
       <c r="B33">
         <v>0.31</v>
       </c>
       <c r="C33" t="s">
-        <v>376</v>
+        <v>291</v>
       </c>
       <c r="D33" t="s">
-        <v>356</v>
+        <v>28</v>
       </c>
       <c r="E33" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G33" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H33" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I33" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J33" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K33" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L33" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M33" s="6">
-        <v>9998.0</v>
+        <v>15330.0</v>
       </c>
       <c r="N33" s="6">
-        <v>12097</v>
+        <v>18549</v>
       </c>
       <c r="O33" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P33" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>13920</v>
+        <v>14028</v>
       </c>
       <c r="B34">
-        <v>0.39</v>
+        <v>0.51</v>
       </c>
       <c r="C34" t="s">
-        <v>377</v>
+        <v>292</v>
       </c>
       <c r="D34" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" t="s">
         <v>29</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H34" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I34" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J34" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K34" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L34" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M34" s="6">
-        <v>10062.0</v>
+        <v>15351.0</v>
       </c>
       <c r="N34" s="6">
-        <v>12175</v>
+        <v>18575</v>
       </c>
       <c r="O34" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P34" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>13921</v>
+        <v>14135</v>
       </c>
       <c r="B35">
-        <v>0.39</v>
+        <v>0.4</v>
       </c>
       <c r="C35" t="s">
-        <v>378</v>
+        <v>293</v>
       </c>
       <c r="D35" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E35" t="s">
         <v>23</v>
       </c>
       <c r="G35" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H35" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I35" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J35" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K35" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L35" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M35" s="6">
-        <v>10062.0</v>
+        <v>15480.0</v>
       </c>
       <c r="N35" s="6">
-        <v>12175</v>
+        <v>18731</v>
       </c>
       <c r="O35" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P35" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>12629</v>
+        <v>13399</v>
       </c>
       <c r="B36">
-        <v>0.23</v>
+        <v>0.4</v>
       </c>
       <c r="C36" t="s">
-        <v>379</v>
+        <v>294</v>
       </c>
       <c r="D36" t="s">
-        <v>380</v>
+        <v>33</v>
       </c>
       <c r="E36" t="s">
-        <v>20</v>
+        <v>269</v>
       </c>
       <c r="G36" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H36" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I36" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="J36" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K36" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="L36" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M36" s="6">
-        <v>10165.0</v>
+        <v>15680.0</v>
       </c>
       <c r="N36" s="6">
-        <v>12299</v>
+        <v>18973</v>
       </c>
       <c r="O36" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P36" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>14114</v>
+        <v>13400</v>
       </c>
       <c r="B37">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="C37" t="s">
-        <v>381</v>
+        <v>295</v>
       </c>
       <c r="D37" t="s">
-        <v>350</v>
+        <v>33</v>
       </c>
       <c r="E37" t="s">
-        <v>25</v>
+        <v>269</v>
       </c>
       <c r="G37" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H37" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I37" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J37" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K37" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L37" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M37" s="6">
-        <v>10320.0</v>
+        <v>15680.0</v>
       </c>
       <c r="N37" s="6">
-        <v>12487</v>
+        <v>18973</v>
       </c>
       <c r="O37" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P37" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>14145</v>
+        <v>13401</v>
       </c>
       <c r="B38">
-        <v>0.41</v>
+        <v>0.4</v>
       </c>
       <c r="C38" t="s">
-        <v>382</v>
+        <v>296</v>
       </c>
       <c r="D38" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E38" t="s">
-        <v>23</v>
+        <v>269</v>
       </c>
       <c r="G38" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H38" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I38" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J38" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K38" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L38" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M38" s="6">
-        <v>10578.0</v>
+        <v>15680.0</v>
       </c>
       <c r="N38" s="6">
-        <v>12799</v>
+        <v>18973</v>
       </c>
       <c r="O38" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>13841</v>
+        <v>13402</v>
       </c>
       <c r="B39">
-        <v>0.27</v>
+        <v>0.4</v>
       </c>
       <c r="C39" t="s">
-        <v>383</v>
+        <v>297</v>
       </c>
       <c r="D39" t="s">
-        <v>380</v>
+        <v>33</v>
       </c>
       <c r="E39" t="s">
-        <v>20</v>
+        <v>269</v>
       </c>
       <c r="G39" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H39" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I39" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J39" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K39" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L39" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M39" s="6">
-        <v>10607.0</v>
+        <v>15680.0</v>
       </c>
       <c r="N39" s="6">
-        <v>12835</v>
+        <v>18973</v>
       </c>
       <c r="O39" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P39" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>14115</v>
+        <v>14134</v>
       </c>
       <c r="B40">
-        <v>0.31</v>
+        <v>0.4</v>
       </c>
       <c r="C40" t="s">
-        <v>384</v>
+        <v>298</v>
       </c>
       <c r="D40" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E40" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H40" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I40" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J40" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K40" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L40" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M40" s="6">
-        <v>10664.0</v>
+        <v>16340.0</v>
       </c>
       <c r="N40" s="6">
-        <v>12903</v>
+        <v>19771</v>
       </c>
       <c r="O40" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P40" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>14109</v>
+        <v>13392</v>
       </c>
       <c r="B41">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="C41" t="s">
-        <v>385</v>
+        <v>299</v>
       </c>
       <c r="D41" t="s">
-        <v>386</v>
+        <v>28</v>
       </c>
       <c r="E41" t="s">
-        <v>25</v>
+        <v>269</v>
       </c>
       <c r="G41" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H41" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I41" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J41" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K41" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L41" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M41" s="6">
-        <v>10965.0</v>
+        <v>16660.0</v>
       </c>
       <c r="N41" s="6">
-        <v>13268</v>
+        <v>20159</v>
       </c>
       <c r="O41" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P41" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>14110</v>
+        <v>13393</v>
       </c>
       <c r="B42">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="C42" t="s">
-        <v>387</v>
+        <v>300</v>
       </c>
       <c r="D42" t="s">
-        <v>386</v>
+        <v>28</v>
       </c>
       <c r="E42" t="s">
-        <v>25</v>
+        <v>269</v>
       </c>
       <c r="G42" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H42" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I42" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J42" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K42" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L42" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M42" s="6">
-        <v>10965.0</v>
+        <v>16660.0</v>
       </c>
       <c r="N42" s="6">
-        <v>13268</v>
+        <v>20159</v>
       </c>
       <c r="O42" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P42" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>12592</v>
+        <v>13623</v>
       </c>
       <c r="B43">
-        <v>0.29</v>
+        <v>0.4</v>
       </c>
       <c r="C43" t="s">
-        <v>388</v>
+        <v>301</v>
       </c>
       <c r="D43" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E43" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G43" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H43" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I43" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="J43" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K43" t="s">
-        <v>389</v>
+        <v>252</v>
       </c>
       <c r="L43" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M43" s="6">
-        <v>11030.0</v>
+        <v>16704.0</v>
       </c>
       <c r="N43" s="6">
-        <v>13346</v>
+        <v>20212</v>
       </c>
       <c r="O43" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P43" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>14144</v>
+        <v>14180</v>
       </c>
       <c r="B44">
-        <v>0.4</v>
+        <v>0.33</v>
       </c>
       <c r="C44" t="s">
-        <v>390</v>
+        <v>302</v>
       </c>
       <c r="D44" t="s">
-        <v>22</v>
+        <v>284</v>
       </c>
       <c r="E44" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G44" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H44" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I44" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J44" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K44" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L44" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M44" s="6">
-        <v>11180.0</v>
+        <v>17028.0</v>
       </c>
       <c r="N44" s="6">
-        <v>13528</v>
+        <v>20604</v>
       </c>
       <c r="O44" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P44" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>14112</v>
+        <v>14133</v>
       </c>
       <c r="B45">
-        <v>0.31</v>
+        <v>0.42</v>
       </c>
       <c r="C45" t="s">
-        <v>391</v>
+        <v>303</v>
       </c>
       <c r="D45" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H45" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I45" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J45" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K45" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L45" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M45" s="6">
-        <v>11331.0</v>
+        <v>17157.0</v>
       </c>
       <c r="N45" s="6">
-        <v>13710</v>
+        <v>20760</v>
       </c>
       <c r="O45" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P45" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>14113</v>
+        <v>13666</v>
       </c>
       <c r="B46">
-        <v>0.31</v>
+        <v>0.5</v>
       </c>
       <c r="C46" t="s">
-        <v>392</v>
+        <v>304</v>
       </c>
       <c r="D46" t="s">
-        <v>350</v>
+        <v>22</v>
       </c>
       <c r="E46" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G46" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H46" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I46" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J46" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K46" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L46" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M46" s="6">
-        <v>11331.0</v>
+        <v>17400.0</v>
       </c>
       <c r="N46" s="6">
-        <v>13710</v>
+        <v>21054</v>
       </c>
       <c r="O46" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P46" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>13985</v>
+        <v>12731</v>
       </c>
       <c r="B47">
-        <v>0.38</v>
+        <v>0.4</v>
       </c>
       <c r="C47" t="s">
-        <v>364</v>
+        <v>305</v>
       </c>
       <c r="D47" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E47" t="s">
-        <v>361</v>
+        <v>280</v>
       </c>
       <c r="G47" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H47" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I47" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J47" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K47" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L47" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M47" s="6">
-        <v>11438.0</v>
+        <v>17525.0</v>
       </c>
       <c r="N47" s="6">
-        <v>13840</v>
+        <v>21205</v>
       </c>
       <c r="O47" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P47" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>14005</v>
+        <v>14197</v>
       </c>
       <c r="B48">
-        <v>0.3</v>
+        <v>0.51</v>
       </c>
       <c r="C48" t="s">
-        <v>393</v>
+        <v>306</v>
       </c>
       <c r="D48" t="s">
-        <v>380</v>
+        <v>19</v>
       </c>
       <c r="E48" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G48" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H48" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I48" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J48" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K48" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L48" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M48" s="6">
-        <v>11610.0</v>
+        <v>17544.0</v>
       </c>
       <c r="N48" s="6">
-        <v>14048</v>
+        <v>21228</v>
       </c>
       <c r="O48" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P48" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>14111</v>
+        <v>14198</v>
       </c>
       <c r="B49">
-        <v>0.32</v>
+        <v>0.51</v>
       </c>
       <c r="C49" t="s">
-        <v>394</v>
+        <v>307</v>
       </c>
       <c r="D49" t="s">
-        <v>350</v>
+        <v>19</v>
       </c>
       <c r="E49" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G49" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H49" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I49" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J49" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K49" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L49" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M49" s="6">
-        <v>11696.0</v>
+        <v>17544.0</v>
       </c>
       <c r="N49" s="6">
-        <v>14152</v>
+        <v>21228</v>
       </c>
       <c r="O49" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P49" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>14150</v>
+        <v>13391</v>
       </c>
       <c r="B50">
-        <v>0.46</v>
+        <v>0.4</v>
       </c>
       <c r="C50" t="s">
-        <v>395</v>
+        <v>308</v>
       </c>
       <c r="D50" t="s">
-        <v>22</v>
+        <v>284</v>
       </c>
       <c r="E50" t="s">
-        <v>23</v>
+        <v>269</v>
       </c>
       <c r="G50" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H50" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I50" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J50" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K50" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L50" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M50" s="6">
-        <v>11190.0</v>
+        <v>17640.0</v>
       </c>
       <c r="N50" s="6">
-        <v>13540</v>
+        <v>21344</v>
       </c>
       <c r="O50" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P50" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>10810</v>
+        <v>13772</v>
       </c>
       <c r="B51">
-        <v>0.24</v>
+        <v>0.37</v>
       </c>
       <c r="C51" t="s">
-        <v>396</v>
+        <v>309</v>
       </c>
       <c r="D51" t="s">
-        <v>380</v>
+        <v>284</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G51" t="s">
-        <v>341</v>
+        <v>310</v>
       </c>
       <c r="H51" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>251</v>
       </c>
       <c r="J51" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="K51" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="L51" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M51" s="6">
-        <v>11957.0</v>
+        <v>17908.0</v>
       </c>
       <c r="N51" s="6">
-        <v>14468</v>
+        <v>21669</v>
       </c>
       <c r="O51" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P51" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>10811</v>
+        <v>14129</v>
       </c>
       <c r="B52">
-        <v>0.24</v>
+        <v>0.4</v>
       </c>
       <c r="C52" t="s">
-        <v>397</v>
+        <v>311</v>
       </c>
       <c r="D52" t="s">
-        <v>380</v>
+        <v>25</v>
       </c>
       <c r="E52" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G52" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H52" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I52" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="J52" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="K52" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="L52" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M52" s="6">
-        <v>11957.0</v>
+        <v>18060.0</v>
       </c>
       <c r="N52" s="6">
-        <v>14468</v>
+        <v>21853</v>
       </c>
       <c r="O52" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P52" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>14142</v>
+        <v>12730</v>
       </c>
       <c r="B53">
-        <v>0.4</v>
+        <v>0.42</v>
       </c>
       <c r="C53" t="s">
-        <v>398</v>
+        <v>312</v>
       </c>
       <c r="D53" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E53" t="s">
-        <v>23</v>
+        <v>280</v>
       </c>
       <c r="G53" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H53" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I53" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J53" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K53" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L53" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M53" s="6">
-        <v>12040.0</v>
+        <v>18117.0</v>
       </c>
       <c r="N53" s="6">
-        <v>14568</v>
+        <v>21922</v>
       </c>
       <c r="O53" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P53" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>14143</v>
+        <v>14131</v>
       </c>
       <c r="B54">
-        <v>0.4</v>
+        <v>0.43</v>
       </c>
       <c r="C54" t="s">
-        <v>399</v>
+        <v>313</v>
       </c>
       <c r="D54" t="s">
+        <v>25</v>
+      </c>
+      <c r="E54" t="s">
         <v>29</v>
       </c>
-      <c r="E54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G54" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H54" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I54" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J54" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K54" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L54" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M54" s="6">
-        <v>12040.0</v>
+        <v>18490.0</v>
       </c>
       <c r="N54" s="6">
-        <v>14568</v>
+        <v>22373</v>
       </c>
       <c r="O54" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P54" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>14020</v>
+        <v>13641</v>
       </c>
       <c r="B55">
-        <v>0.4</v>
+        <v>0.42</v>
       </c>
       <c r="C55" t="s">
-        <v>400</v>
+        <v>314</v>
       </c>
       <c r="D55" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="E55" t="s">
-        <v>401</v>
+        <v>315</v>
       </c>
       <c r="G55" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H55" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I55" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J55" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K55" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L55" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M55" s="6">
-        <v>12040.0</v>
+        <v>18514.0</v>
       </c>
       <c r="N55" s="6">
-        <v>14568</v>
+        <v>22401</v>
       </c>
       <c r="O55" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P55" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>14124</v>
+        <v>14127</v>
       </c>
       <c r="B56">
-        <v>0.38</v>
+        <v>0.41</v>
       </c>
       <c r="C56" t="s">
-        <v>402</v>
+        <v>316</v>
       </c>
       <c r="D56" t="s">
-        <v>350</v>
+        <v>33</v>
       </c>
       <c r="E56" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G56" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H56" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I56" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J56" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K56" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L56" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M56" s="6">
-        <v>12255.0</v>
+        <v>21156.0</v>
       </c>
       <c r="N56" s="6">
-        <v>14829</v>
+        <v>25599</v>
       </c>
       <c r="O56" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P56" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>13919</v>
+        <v>14102</v>
       </c>
       <c r="B57">
-        <v>0.39</v>
+        <v>0.36</v>
       </c>
       <c r="C57" t="s">
-        <v>403</v>
+        <v>317</v>
       </c>
       <c r="D57" t="s">
-        <v>356</v>
+        <v>318</v>
       </c>
       <c r="E57" t="s">
-        <v>25</v>
+        <v>269</v>
+      </c>
+      <c r="F57" t="s">
+        <v>319</v>
       </c>
       <c r="G57" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="H57" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J57" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K57" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L57" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M57" s="6">
-        <v>12578.0</v>
+        <v>22000.0</v>
       </c>
       <c r="N57" s="6">
-        <v>15219</v>
+        <v>26620</v>
       </c>
       <c r="O57" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P57" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>12597</v>
+        <v>14125</v>
       </c>
       <c r="B58">
-        <v>0.29</v>
+        <v>0.4</v>
       </c>
       <c r="C58" t="s">
-        <v>404</v>
+        <v>321</v>
       </c>
       <c r="D58" t="s">
-        <v>380</v>
+        <v>28</v>
       </c>
       <c r="E58" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G58" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H58" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I58" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="J58" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K58" t="s">
-        <v>362</v>
+        <v>252</v>
       </c>
       <c r="L58" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M58" s="6">
-        <v>12650.0</v>
+        <v>22360.0</v>
       </c>
       <c r="N58" s="6">
-        <v>15306</v>
+        <v>27056</v>
       </c>
       <c r="O58" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P58" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>14049</v>
+        <v>14099</v>
       </c>
       <c r="B59">
-        <v>0.31</v>
+        <v>0.33</v>
       </c>
       <c r="C59" t="s">
-        <v>405</v>
+        <v>322</v>
       </c>
       <c r="D59" t="s">
-        <v>380</v>
+        <v>318</v>
       </c>
       <c r="E59" t="s">
-        <v>20</v>
+        <v>280</v>
+      </c>
+      <c r="F59" t="s">
+        <v>319</v>
       </c>
       <c r="G59" t="s">
-        <v>406</v>
+        <v>275</v>
       </c>
       <c r="H59" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="J59" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="K59" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="L59" t="s">
-        <v>347</v>
+        <v>323</v>
       </c>
       <c r="M59" s="6">
-        <v>12664.0</v>
+        <v>24000.0</v>
       </c>
       <c r="N59" s="6">
-        <v>15323</v>
+        <v>29040</v>
       </c>
       <c r="O59" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P59" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>14117</v>
+        <v>14159</v>
       </c>
       <c r="B60">
-        <v>0.37</v>
+        <v>0.38</v>
       </c>
       <c r="C60" t="s">
-        <v>407</v>
+        <v>324</v>
       </c>
       <c r="D60" t="s">
-        <v>350</v>
+        <v>284</v>
       </c>
       <c r="E60" t="s">
-        <v>25</v>
+        <v>315</v>
       </c>
       <c r="G60" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H60" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I60" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J60" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K60" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L60" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M60" s="6">
-        <v>12728.0</v>
+        <v>25327.0</v>
       </c>
       <c r="N60" s="6">
-        <v>15401</v>
+        <v>30646</v>
       </c>
       <c r="O60" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P60" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>14118</v>
+        <v>14160</v>
       </c>
       <c r="B61">
-        <v>0.37</v>
+        <v>0.38</v>
       </c>
       <c r="C61" t="s">
-        <v>408</v>
+        <v>325</v>
       </c>
       <c r="D61" t="s">
-        <v>350</v>
+        <v>284</v>
       </c>
       <c r="E61" t="s">
-        <v>25</v>
+        <v>315</v>
       </c>
       <c r="G61" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H61" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I61" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J61" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K61" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L61" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M61" s="6">
-        <v>12728.0</v>
+        <v>25327.0</v>
       </c>
       <c r="N61" s="6">
-        <v>15401</v>
+        <v>30646</v>
       </c>
       <c r="O61" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P61" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>14119</v>
+        <v>14196</v>
       </c>
       <c r="B62">
-        <v>0.37</v>
+        <v>0.52</v>
       </c>
       <c r="C62" t="s">
-        <v>409</v>
+        <v>326</v>
       </c>
       <c r="D62" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="E62" t="s">
-        <v>25</v>
+        <v>315</v>
       </c>
       <c r="G62" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H62" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I62" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J62" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K62" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L62" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M62" s="6">
-        <v>12728.0</v>
+        <v>25714.0</v>
       </c>
       <c r="N62" s="6">
-        <v>15401</v>
+        <v>31114</v>
       </c>
       <c r="O62" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P62" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>14002</v>
+        <v>13153</v>
       </c>
       <c r="B63">
-        <v>0.37</v>
+        <v>0.55</v>
       </c>
       <c r="C63" t="s">
-        <v>410</v>
+        <v>327</v>
       </c>
       <c r="D63" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="E63" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G63" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H63" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I63" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J63" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K63" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L63" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M63" s="6">
-        <v>12728.0</v>
+        <v>25757.0</v>
       </c>
       <c r="N63" s="6">
-        <v>15401</v>
+        <v>31166</v>
       </c>
       <c r="O63" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P63" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>14050</v>
+        <v>14163</v>
       </c>
       <c r="B64">
-        <v>0.32</v>
+        <v>0.42</v>
       </c>
       <c r="C64" t="s">
-        <v>411</v>
+        <v>328</v>
       </c>
       <c r="D64" t="s">
-        <v>380</v>
+        <v>28</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G64" t="s">
-        <v>406</v>
+        <v>250</v>
       </c>
       <c r="H64" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I64" t="s">
+        <v>252</v>
       </c>
       <c r="J64" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K64" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L64" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M64" s="6">
-        <v>13072.0</v>
+        <v>26187.0</v>
       </c>
       <c r="N64" s="6">
-        <v>15817</v>
+        <v>31686</v>
       </c>
       <c r="O64" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P64" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>13773</v>
+        <v>14195</v>
       </c>
       <c r="B65">
-        <v>0.3</v>
+        <v>0.53</v>
       </c>
       <c r="C65" t="s">
-        <v>412</v>
+        <v>329</v>
       </c>
       <c r="D65" t="s">
-        <v>380</v>
+        <v>266</v>
       </c>
       <c r="E65" t="s">
-        <v>361</v>
+        <v>315</v>
       </c>
       <c r="G65" t="s">
-        <v>413</v>
+        <v>250</v>
       </c>
       <c r="H65" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I65" t="s">
+        <v>252</v>
       </c>
       <c r="J65" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K65" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L65" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M65" s="6">
-        <v>13200.0</v>
+        <v>26209.0</v>
       </c>
       <c r="N65" s="6">
-        <v>15972</v>
+        <v>31712</v>
       </c>
       <c r="O65" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P65" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>14139</v>
+        <v>14171</v>
       </c>
       <c r="B66">
-        <v>0.41</v>
+        <v>0.56</v>
       </c>
       <c r="C66" t="s">
-        <v>414</v>
+        <v>330</v>
       </c>
       <c r="D66" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E66" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G66" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H66" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I66" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J66" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K66" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L66" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M66" s="6">
-        <v>13223.0</v>
+        <v>26488.0</v>
       </c>
       <c r="N66" s="6">
-        <v>15999</v>
+        <v>32050</v>
       </c>
       <c r="O66" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P66" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>14140</v>
+        <v>13852</v>
       </c>
       <c r="B67">
-        <v>0.41</v>
+        <v>0.43</v>
       </c>
       <c r="C67" t="s">
-        <v>415</v>
+        <v>331</v>
       </c>
       <c r="D67" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E67" t="s">
-        <v>25</v>
+        <v>315</v>
       </c>
       <c r="G67" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H67" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I67" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J67" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K67" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L67" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M67" s="6">
-        <v>13223.0</v>
+        <v>26811.0</v>
       </c>
       <c r="N67" s="6">
-        <v>15999</v>
+        <v>32441</v>
       </c>
       <c r="O67" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P67" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>14108</v>
+        <v>13757</v>
       </c>
       <c r="B68">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="C68" t="s">
-        <v>416</v>
+        <v>332</v>
       </c>
       <c r="D68" t="s">
-        <v>386</v>
+        <v>33</v>
       </c>
       <c r="E68" t="s">
-        <v>361</v>
+        <v>29</v>
       </c>
       <c r="G68" t="s">
-        <v>341</v>
+        <v>310</v>
       </c>
       <c r="H68" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J68" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K68" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L68" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M68" s="6">
-        <v>13545.0</v>
+        <v>27875.0</v>
       </c>
       <c r="N68" s="6">
-        <v>16389</v>
+        <v>33729</v>
       </c>
       <c r="O68" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P68" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>14116</v>
+        <v>13286</v>
       </c>
       <c r="B69">
-        <v>0.35</v>
+        <v>0.55</v>
       </c>
       <c r="C69" t="s">
-        <v>417</v>
+        <v>333</v>
       </c>
       <c r="D69" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="E69" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="G69" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H69" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I69" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J69" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K69" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L69" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M69" s="6">
-        <v>13545.0</v>
+        <v>28298.0</v>
       </c>
       <c r="N69" s="6">
-        <v>16389</v>
+        <v>34240</v>
       </c>
       <c r="O69" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P69" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>14136</v>
+        <v>12854</v>
       </c>
       <c r="B70">
         <v>0.4</v>
       </c>
       <c r="C70" t="s">
-        <v>418</v>
+        <v>334</v>
       </c>
       <c r="D70" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E70" t="s">
-        <v>361</v>
+        <v>315</v>
       </c>
       <c r="G70" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H70" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I70" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J70" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K70" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L70" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M70" s="6">
-        <v>13760.0</v>
+        <v>28642.0</v>
       </c>
       <c r="N70" s="6">
-        <v>16650</v>
+        <v>34656</v>
       </c>
       <c r="O70" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P70" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>14137</v>
+        <v>11472</v>
       </c>
       <c r="B71">
-        <v>0.4</v>
+        <v>0.71</v>
       </c>
       <c r="C71" t="s">
-        <v>419</v>
+        <v>335</v>
       </c>
       <c r="D71" t="s">
-        <v>29</v>
+        <v>336</v>
       </c>
       <c r="E71" t="s">
-        <v>361</v>
+        <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H71" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I71" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J71" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K71" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L71" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M71" s="6">
-        <v>13760.0</v>
+        <v>28755.0</v>
       </c>
       <c r="N71" s="6">
-        <v>16650</v>
+        <v>34794</v>
       </c>
       <c r="O71" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P71" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>14022</v>
+        <v>14047</v>
       </c>
       <c r="B72">
-        <v>0.4</v>
+        <v>0.57</v>
       </c>
       <c r="C72" t="s">
-        <v>420</v>
+        <v>337</v>
       </c>
       <c r="D72" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E72" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G72" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="H72" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J72" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K72" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L72" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M72" s="6">
-        <v>13760.0</v>
+        <v>29412.0</v>
       </c>
       <c r="N72" s="6">
-        <v>16650</v>
+        <v>35589</v>
       </c>
       <c r="O72" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P72" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>14149</v>
+        <v>14048</v>
       </c>
       <c r="B73">
-        <v>0.46</v>
+        <v>0.6</v>
       </c>
       <c r="C73" t="s">
-        <v>421</v>
+        <v>339</v>
       </c>
       <c r="D73" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E73" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G73" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="H73" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J73" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K73" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L73" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M73" s="6">
-        <v>13846.0</v>
+        <v>30960.0</v>
       </c>
       <c r="N73" s="6">
-        <v>16754</v>
+        <v>37462</v>
       </c>
       <c r="O73" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P73" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>14019</v>
+        <v>13950</v>
       </c>
       <c r="B74">
         <v>0.43</v>
       </c>
       <c r="C74" t="s">
-        <v>422</v>
+        <v>340</v>
       </c>
       <c r="D74" t="s">
-        <v>386</v>
+        <v>284</v>
       </c>
       <c r="E74" t="s">
-        <v>401</v>
+        <v>315</v>
       </c>
       <c r="G74" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H74" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I74" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J74" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K74" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L74" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M74" s="6">
-        <v>13868.0</v>
+        <v>32358.0</v>
       </c>
       <c r="N74" s="6">
-        <v>16780</v>
+        <v>39153</v>
       </c>
       <c r="O74" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P74" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>14121</v>
+        <v>14152</v>
       </c>
       <c r="B75">
-        <v>0.38</v>
+        <v>0.52</v>
       </c>
       <c r="C75" t="s">
-        <v>423</v>
+        <v>341</v>
       </c>
       <c r="D75" t="s">
-        <v>386</v>
+        <v>25</v>
       </c>
       <c r="E75" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G75" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H75" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I75" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J75" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K75" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L75" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M75" s="6">
-        <v>13889.0</v>
+        <v>32422.0</v>
       </c>
       <c r="N75" s="6">
-        <v>16806</v>
+        <v>39231</v>
       </c>
       <c r="O75" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P75" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>14122</v>
+        <v>11196</v>
       </c>
       <c r="B76">
-        <v>0.38</v>
+        <v>0.7</v>
       </c>
       <c r="C76" t="s">
-        <v>424</v>
+        <v>342</v>
       </c>
       <c r="D76" t="s">
-        <v>386</v>
+        <v>22</v>
       </c>
       <c r="E76" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G76" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H76" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I76" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J76" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K76" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L76" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M76" s="6">
-        <v>13889.0</v>
+        <v>32781.0</v>
       </c>
       <c r="N76" s="6">
-        <v>16806</v>
+        <v>39665</v>
       </c>
       <c r="O76" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P76" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>14123</v>
+        <v>13633</v>
       </c>
       <c r="B77">
-        <v>0.38</v>
+        <v>0.59</v>
       </c>
       <c r="C77" t="s">
-        <v>425</v>
+        <v>343</v>
       </c>
       <c r="D77" t="s">
-        <v>350</v>
+        <v>284</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H77" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J77" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K77" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L77" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M77" s="6">
-        <v>13889.0</v>
+        <v>35589.0</v>
       </c>
       <c r="N77" s="6">
-        <v>16806</v>
+        <v>43062</v>
       </c>
       <c r="O77" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P77" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>14107</v>
+        <v>12281</v>
       </c>
       <c r="B78">
-        <v>0.31</v>
+        <v>0.52</v>
       </c>
       <c r="C78" t="s">
-        <v>426</v>
+        <v>344</v>
       </c>
       <c r="D78" t="s">
-        <v>386</v>
+        <v>284</v>
       </c>
       <c r="E78" t="s">
-        <v>361</v>
+        <v>29</v>
       </c>
       <c r="G78" t="s">
-        <v>341</v>
+        <v>310</v>
       </c>
       <c r="H78" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J78" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K78" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L78" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M78" s="6">
-        <v>13997.0</v>
+        <v>36120.0</v>
       </c>
       <c r="N78" s="6">
-        <v>16936</v>
+        <v>43705</v>
       </c>
       <c r="O78" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P78" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>14016</v>
+        <v>11272</v>
       </c>
       <c r="B79">
-        <v>0.4</v>
+        <v>0.75</v>
       </c>
       <c r="C79" t="s">
-        <v>427</v>
+        <v>345</v>
       </c>
       <c r="D79" t="s">
-        <v>356</v>
+        <v>336</v>
       </c>
       <c r="E79" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G79" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H79" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I79" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J79" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K79" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L79" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M79" s="6">
-        <v>14620.0</v>
+        <v>37613.0</v>
       </c>
       <c r="N79" s="6">
-        <v>17690</v>
+        <v>45512</v>
       </c>
       <c r="O79" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P79" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>13531</v>
+        <v>13275</v>
       </c>
       <c r="B80">
-        <v>0.3</v>
+        <v>0.53</v>
       </c>
       <c r="C80" t="s">
-        <v>428</v>
+        <v>346</v>
       </c>
       <c r="D80" t="s">
-        <v>380</v>
+        <v>25</v>
       </c>
       <c r="E80" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="G80" t="s">
-        <v>406</v>
+        <v>250</v>
       </c>
       <c r="H80" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I80" t="s">
+        <v>252</v>
       </c>
       <c r="J80" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K80" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L80" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M80" s="6">
-        <v>14640.0</v>
+        <v>37657.0</v>
       </c>
       <c r="N80" s="6">
-        <v>17714</v>
+        <v>45564</v>
       </c>
       <c r="O80" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P80" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>13879</v>
+        <v>13291</v>
       </c>
       <c r="B81">
-        <v>0.31</v>
+        <v>0.7</v>
       </c>
       <c r="C81" t="s">
-        <v>429</v>
+        <v>347</v>
       </c>
       <c r="D81" t="s">
-        <v>430</v>
+        <v>19</v>
       </c>
       <c r="E81" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G81" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H81" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I81" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J81" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K81" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L81" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M81" s="6">
-        <v>14663.0</v>
+        <v>39445.0</v>
       </c>
       <c r="N81" s="6">
-        <v>17742</v>
+        <v>47728</v>
       </c>
       <c r="O81" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P81" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>12495</v>
+        <v>13292</v>
       </c>
       <c r="B82">
-        <v>0.3</v>
+        <v>0.7</v>
       </c>
       <c r="C82" t="s">
-        <v>431</v>
+        <v>348</v>
       </c>
       <c r="D82" t="s">
-        <v>430</v>
+        <v>19</v>
       </c>
       <c r="E82" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G82" t="s">
-        <v>432</v>
+        <v>250</v>
       </c>
       <c r="H82" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I82" t="s">
+        <v>252</v>
       </c>
       <c r="J82" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K82" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L82" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M82" s="6">
-        <v>14718.0</v>
+        <v>39445.0</v>
       </c>
       <c r="N82" s="6">
-        <v>17808</v>
+        <v>47728</v>
       </c>
       <c r="O82" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P82" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>13730</v>
+        <v>13026</v>
       </c>
       <c r="B83">
-        <v>0.44</v>
+        <v>0.71</v>
       </c>
       <c r="C83" t="s">
-        <v>433</v>
+        <v>349</v>
       </c>
       <c r="D83" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="E83" t="s">
-        <v>361</v>
+        <v>29</v>
       </c>
       <c r="G83" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H83" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I83" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J83" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K83" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L83" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M83" s="6">
-        <v>14718.0</v>
+        <v>39583.0</v>
       </c>
       <c r="N83" s="6">
-        <v>17809</v>
+        <v>47895</v>
       </c>
       <c r="O83" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P83" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>13731</v>
+        <v>14200</v>
       </c>
       <c r="B84">
-        <v>0.44</v>
+        <v>0.71</v>
       </c>
       <c r="C84" t="s">
-        <v>434</v>
+        <v>350</v>
       </c>
       <c r="D84" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="E84" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="G84" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H84" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I84" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J84" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K84" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L84" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M84" s="6">
-        <v>14718.0</v>
+        <v>39689.0</v>
       </c>
       <c r="N84" s="6">
-        <v>17809</v>
+        <v>48024</v>
       </c>
       <c r="O84" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P84" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>14093</v>
+        <v>14199</v>
       </c>
       <c r="B85">
-        <v>0.32</v>
+        <v>0.72</v>
       </c>
       <c r="C85" t="s">
-        <v>435</v>
+        <v>351</v>
       </c>
       <c r="D85" t="s">
-        <v>430</v>
+        <v>266</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G85" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H85" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I85" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J85" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K85" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L85" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M85" s="6">
-        <v>14784.0</v>
+        <v>40248.0</v>
       </c>
       <c r="N85" s="6">
-        <v>17889</v>
+        <v>48700</v>
       </c>
       <c r="O85" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P85" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
-        <v>13982</v>
+        <v>4408</v>
       </c>
       <c r="B86">
-        <v>0.3</v>
+        <v>0.51</v>
       </c>
       <c r="C86" t="s">
-        <v>436</v>
+        <v>352</v>
       </c>
       <c r="D86" t="s">
-        <v>380</v>
+        <v>318</v>
       </c>
       <c r="E86" t="s">
-        <v>361</v>
+        <v>353</v>
+      </c>
+      <c r="F86" t="s">
+        <v>319</v>
       </c>
       <c r="G86" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H86" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I86" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="J86" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K86" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L86" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M86" s="6">
-        <v>14835.0</v>
+        <v>40376.0</v>
       </c>
       <c r="N86" s="6">
-        <v>17950</v>
+        <v>48855</v>
       </c>
       <c r="O86" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P86" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
-        <v>13943</v>
+        <v>1199</v>
       </c>
       <c r="B87">
-        <v>0.41</v>
+        <v>0.71</v>
       </c>
       <c r="C87" t="s">
-        <v>437</v>
+        <v>355</v>
       </c>
       <c r="D87" t="s">
+        <v>33</v>
+      </c>
+      <c r="E87" t="s">
+        <v>280</v>
+      </c>
+      <c r="G87" t="s">
+        <v>250</v>
+      </c>
+      <c r="H87" t="s">
+        <v>257</v>
+      </c>
+      <c r="I87" t="s">
         <v>356</v>
       </c>
-      <c r="E87" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J87" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="K87" t="s">
-        <v>343</v>
+        <v>357</v>
       </c>
       <c r="L87" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M87" s="6">
-        <v>14986.0</v>
+        <v>42141.0</v>
       </c>
       <c r="N87" s="6">
-        <v>18132</v>
+        <v>50991</v>
       </c>
       <c r="O87" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P87" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
-        <v>13944</v>
+        <v>13632</v>
       </c>
       <c r="B88">
-        <v>0.41</v>
+        <v>0.7</v>
       </c>
       <c r="C88" t="s">
-        <v>438</v>
+        <v>358</v>
       </c>
       <c r="D88" t="s">
-        <v>356</v>
+        <v>289</v>
       </c>
       <c r="E88" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="G88" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H88" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I88" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J88" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K88" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L88" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M88" s="6">
-        <v>14986.0</v>
+        <v>39990.0</v>
       </c>
       <c r="N88" s="6">
-        <v>18132</v>
+        <v>48388</v>
       </c>
       <c r="O88" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P88" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
-        <v>13875</v>
+        <v>10749</v>
       </c>
       <c r="B89">
-        <v>0.31</v>
+        <v>1</v>
       </c>
       <c r="C89" t="s">
-        <v>439</v>
+        <v>359</v>
       </c>
       <c r="D89" t="s">
-        <v>380</v>
+        <v>19</v>
       </c>
       <c r="E89" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="G89" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H89" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J89" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K89" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L89" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M89" s="6">
-        <v>15330.0</v>
+        <v>42370.0</v>
       </c>
       <c r="N89" s="6">
-        <v>18549</v>
+        <v>51268</v>
       </c>
       <c r="O89" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P89" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
-        <v>14028</v>
+        <v>14157</v>
       </c>
       <c r="B90">
-        <v>0.51</v>
+        <v>0.68</v>
       </c>
       <c r="C90" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="D90" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E90" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G90" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H90" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I90" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J90" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K90" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L90" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M90" s="6">
-        <v>15351.0</v>
+        <v>42398.0</v>
       </c>
       <c r="N90" s="6">
-        <v>18575</v>
+        <v>51302</v>
       </c>
       <c r="O90" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P90" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
-        <v>14135</v>
+        <v>2905</v>
       </c>
       <c r="B91">
-        <v>0.4</v>
+        <v>0.71</v>
       </c>
       <c r="C91" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="D91" t="s">
-        <v>350</v>
+        <v>33</v>
       </c>
       <c r="E91" t="s">
-        <v>23</v>
+        <v>280</v>
       </c>
       <c r="G91" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H91" t="s">
-        <v>342</v>
+        <v>362</v>
       </c>
       <c r="I91" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J91" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K91" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L91" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M91" s="6">
-        <v>15480.0</v>
+        <v>42749.0</v>
       </c>
       <c r="N91" s="6">
-        <v>18731</v>
+        <v>51726</v>
       </c>
       <c r="O91" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P91" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
-        <v>14120</v>
+        <v>4409</v>
       </c>
       <c r="B92">
-        <v>0.38</v>
+        <v>0.54</v>
       </c>
       <c r="C92" t="s">
-        <v>442</v>
+        <v>363</v>
       </c>
       <c r="D92" t="s">
-        <v>386</v>
+        <v>318</v>
       </c>
       <c r="E92" t="s">
-        <v>20</v>
+        <v>353</v>
+      </c>
+      <c r="F92" t="s">
+        <v>319</v>
       </c>
       <c r="G92" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H92" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I92" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="J92" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K92" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L92" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M92" s="6">
-        <v>15523.0</v>
+        <v>42848.0</v>
       </c>
       <c r="N92" s="6">
-        <v>18783</v>
+        <v>51846</v>
       </c>
       <c r="O92" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P92" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
-        <v>13399</v>
+        <v>13409</v>
       </c>
       <c r="B93">
-        <v>0.4</v>
+        <v>0.53</v>
       </c>
       <c r="C93" t="s">
-        <v>443</v>
+        <v>364</v>
       </c>
       <c r="D93" t="s">
-        <v>386</v>
+        <v>284</v>
       </c>
       <c r="E93" t="s">
-        <v>401</v>
+        <v>315</v>
       </c>
       <c r="G93" t="s">
-        <v>341</v>
+        <v>285</v>
       </c>
       <c r="H93" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J93" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K93" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L93" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M93" s="6">
-        <v>15680.0</v>
+        <v>42851.0</v>
       </c>
       <c r="N93" s="6">
-        <v>18973</v>
+        <v>51849</v>
       </c>
       <c r="O93" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P93" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
-        <v>13400</v>
+        <v>10886</v>
       </c>
       <c r="B94">
-        <v>0.4</v>
+        <v>1.01</v>
       </c>
       <c r="C94" t="s">
-        <v>444</v>
+        <v>365</v>
       </c>
       <c r="D94" t="s">
-        <v>386</v>
+        <v>366</v>
       </c>
       <c r="E94" t="s">
-        <v>401</v>
+        <v>269</v>
       </c>
       <c r="G94" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H94" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>257</v>
       </c>
       <c r="J94" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K94" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L94" t="s">
-        <v>344</v>
+        <v>323</v>
       </c>
       <c r="M94" s="6">
-        <v>15680.0</v>
+        <v>44000.0</v>
       </c>
       <c r="N94" s="6">
-        <v>18973</v>
+        <v>53240</v>
       </c>
       <c r="O94" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P94" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
-        <v>13401</v>
+        <v>14173</v>
       </c>
       <c r="B95">
-        <v>0.4</v>
+        <v>0.8</v>
       </c>
       <c r="C95" t="s">
-        <v>445</v>
+        <v>367</v>
       </c>
       <c r="D95" t="s">
-        <v>386</v>
+        <v>289</v>
       </c>
       <c r="E95" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H95" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I95" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J95" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K95" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L95" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M95" s="6">
-        <v>15680.0</v>
+        <v>44720.0</v>
       </c>
       <c r="N95" s="6">
-        <v>18973</v>
+        <v>54111</v>
       </c>
       <c r="O95" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P95" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
-        <v>13402</v>
+        <v>14165</v>
       </c>
       <c r="B96">
-        <v>0.4</v>
+        <v>0.55</v>
       </c>
       <c r="C96" t="s">
-        <v>446</v>
+        <v>368</v>
       </c>
       <c r="D96" t="s">
-        <v>386</v>
+        <v>28</v>
       </c>
       <c r="E96" t="s">
-        <v>401</v>
+        <v>26</v>
       </c>
       <c r="G96" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H96" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I96" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J96" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K96" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L96" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M96" s="6">
-        <v>15680.0</v>
+        <v>44935.0</v>
       </c>
       <c r="N96" s="6">
-        <v>18973</v>
+        <v>54371</v>
       </c>
       <c r="O96" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P96" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
-        <v>13886</v>
+        <v>14098</v>
       </c>
       <c r="B97">
-        <v>0.32</v>
+        <v>0.3</v>
       </c>
       <c r="C97" t="s">
-        <v>447</v>
+        <v>369</v>
       </c>
       <c r="D97" t="s">
-        <v>380</v>
+        <v>318</v>
       </c>
       <c r="E97" t="s">
-        <v>361</v>
+        <v>29</v>
+      </c>
+      <c r="F97" t="s">
+        <v>370</v>
       </c>
       <c r="G97" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H97" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J97" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K97" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L97" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M97" s="6">
-        <v>15824.0</v>
+        <v>45000.0</v>
       </c>
       <c r="N97" s="6">
-        <v>19147</v>
+        <v>54450</v>
       </c>
       <c r="O97" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P97" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
-        <v>14034</v>
+        <v>8083</v>
       </c>
       <c r="B98">
-        <v>0.57</v>
+        <v>0.9</v>
       </c>
       <c r="C98" t="s">
-        <v>448</v>
+        <v>371</v>
       </c>
       <c r="D98" t="s">
         <v>22</v>
       </c>
       <c r="E98" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="G98" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H98" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J98" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K98" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L98" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M98" s="6">
-        <v>15932.0</v>
+        <v>45279.0</v>
       </c>
       <c r="N98" s="6">
-        <v>19277</v>
+        <v>54788</v>
       </c>
       <c r="O98" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P98" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
-        <v>14057</v>
+        <v>14088</v>
       </c>
       <c r="B99">
-        <v>0.3</v>
+        <v>0.7</v>
       </c>
       <c r="C99" t="s">
-        <v>449</v>
+        <v>372</v>
       </c>
       <c r="D99" t="s">
-        <v>430</v>
+        <v>289</v>
       </c>
       <c r="E99" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="G99" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H99" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I99" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J99" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K99" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L99" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M99" s="6">
-        <v>16125.0</v>
+        <v>46655.0</v>
       </c>
       <c r="N99" s="6">
-        <v>19511</v>
+        <v>56453</v>
       </c>
       <c r="O99" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P99" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
-        <v>14134</v>
+        <v>14090</v>
       </c>
       <c r="B100">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C100" t="s">
-        <v>450</v>
+        <v>373</v>
       </c>
       <c r="D100" t="s">
-        <v>350</v>
+        <v>289</v>
       </c>
       <c r="E100" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G100" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H100" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I100" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J100" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K100" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L100" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M100" s="6">
-        <v>16340.0</v>
+        <v>46655.0</v>
       </c>
       <c r="N100" s="6">
-        <v>19771</v>
+        <v>56453</v>
       </c>
       <c r="O100" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P100" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
-        <v>13528</v>
+        <v>14164</v>
       </c>
       <c r="B101">
-        <v>0.34</v>
+        <v>0.58</v>
       </c>
       <c r="C101" t="s">
-        <v>451</v>
+        <v>374</v>
       </c>
       <c r="D101" t="s">
-        <v>430</v>
+        <v>28</v>
       </c>
       <c r="E101" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G101" t="s">
-        <v>452</v>
+        <v>250</v>
       </c>
       <c r="H101" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I101" t="s">
+        <v>252</v>
       </c>
       <c r="J101" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K101" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L101" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M101" s="6">
-        <v>16592.0</v>
+        <v>47386.0</v>
       </c>
       <c r="N101" s="6">
-        <v>20076</v>
+        <v>57337</v>
       </c>
       <c r="O101" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P101" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
-        <v>13392</v>
+        <v>14158</v>
       </c>
       <c r="B102">
-        <v>0.4</v>
+        <v>0.72</v>
       </c>
       <c r="C102" t="s">
-        <v>453</v>
+        <v>375</v>
       </c>
       <c r="D102" t="s">
-        <v>380</v>
+        <v>266</v>
       </c>
       <c r="E102" t="s">
-        <v>401</v>
+        <v>376</v>
       </c>
       <c r="G102" t="s">
-        <v>341</v>
+        <v>377</v>
       </c>
       <c r="H102" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J102" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K102" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L102" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M102" s="6">
-        <v>16660.0</v>
+        <v>47988.0</v>
       </c>
       <c r="N102" s="6">
-        <v>20159</v>
+        <v>58065</v>
       </c>
       <c r="O102" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P102" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
-        <v>13393</v>
+        <v>14045</v>
       </c>
       <c r="B103">
-        <v>0.4</v>
+        <v>0.91</v>
       </c>
       <c r="C103" t="s">
-        <v>454</v>
+        <v>378</v>
       </c>
       <c r="D103" t="s">
-        <v>380</v>
+        <v>22</v>
       </c>
       <c r="E103" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H103" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I103" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J103" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K103" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L103" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M103" s="6">
-        <v>16660.0</v>
+        <v>50869.0</v>
       </c>
       <c r="N103" s="6">
-        <v>20159</v>
+        <v>61551</v>
       </c>
       <c r="O103" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P103" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
-        <v>13878</v>
+        <v>13148</v>
       </c>
       <c r="B104">
-        <v>0.31</v>
+        <v>0.6</v>
       </c>
       <c r="C104" t="s">
-        <v>455</v>
+        <v>379</v>
       </c>
       <c r="D104" t="s">
-        <v>430</v>
+        <v>33</v>
       </c>
       <c r="E104" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="G104" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H104" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I104" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J104" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K104" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L104" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M104" s="6">
-        <v>16663.0</v>
+        <v>51840.0</v>
       </c>
       <c r="N104" s="6">
-        <v>20162</v>
+        <v>62726</v>
       </c>
       <c r="O104" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P104" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
-        <v>13623</v>
+        <v>13149</v>
       </c>
       <c r="B105">
-        <v>0.4</v>
+        <v>0.6</v>
       </c>
       <c r="C105" t="s">
-        <v>456</v>
+        <v>380</v>
       </c>
       <c r="D105" t="s">
-        <v>350</v>
+        <v>33</v>
       </c>
       <c r="E105" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G105" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H105" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I105" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J105" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K105" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L105" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M105" s="6">
-        <v>16704.0</v>
+        <v>51840.0</v>
       </c>
       <c r="N105" s="6">
-        <v>20212</v>
+        <v>62726</v>
       </c>
       <c r="O105" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P105" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
-        <v>14037</v>
+        <v>14077</v>
       </c>
       <c r="B106">
-        <v>0.65</v>
+        <v>0.56</v>
       </c>
       <c r="C106" t="s">
-        <v>457</v>
+        <v>381</v>
       </c>
       <c r="D106" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="E106" t="s">
-        <v>30</v>
+        <v>315</v>
       </c>
       <c r="G106" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H106" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I106" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J106" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K106" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L106" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M106" s="6">
-        <v>16770.0</v>
+        <v>52976.0</v>
       </c>
       <c r="N106" s="6">
-        <v>20292</v>
+        <v>64101</v>
       </c>
       <c r="O106" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P106" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
-        <v>13530</v>
+        <v>14078</v>
       </c>
       <c r="B107">
-        <v>0.35</v>
+        <v>0.56</v>
       </c>
       <c r="C107" t="s">
-        <v>458</v>
+        <v>382</v>
       </c>
       <c r="D107" t="s">
-        <v>430</v>
+        <v>28</v>
       </c>
       <c r="E107" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G107" t="s">
-        <v>452</v>
+        <v>250</v>
       </c>
       <c r="H107" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I107" t="s">
+        <v>252</v>
       </c>
       <c r="J107" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K107" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L107" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M107" s="6">
-        <v>17080.0</v>
+        <v>52976.0</v>
       </c>
       <c r="N107" s="6">
-        <v>20667</v>
+        <v>64101</v>
       </c>
       <c r="O107" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P107" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
-        <v>14133</v>
+        <v>10959</v>
       </c>
       <c r="B108">
-        <v>0.42</v>
+        <v>0.7</v>
       </c>
       <c r="C108" t="s">
-        <v>459</v>
+        <v>383</v>
       </c>
       <c r="D108" t="s">
-        <v>350</v>
+        <v>289</v>
       </c>
       <c r="E108" t="s">
-        <v>25</v>
+        <v>315</v>
       </c>
       <c r="G108" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H108" t="s">
-        <v>342</v>
+        <v>362</v>
       </c>
       <c r="I108" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J108" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K108" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L108" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M108" s="6">
-        <v>17157.0</v>
+        <v>53074.0</v>
       </c>
       <c r="N108" s="6">
-        <v>20760</v>
+        <v>64220</v>
       </c>
       <c r="O108" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P108" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
-        <v>14132</v>
+        <v>4963</v>
       </c>
       <c r="B109">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C109" t="s">
-        <v>460</v>
+        <v>384</v>
       </c>
       <c r="D109" t="s">
-        <v>350</v>
+        <v>284</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H109" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I109" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J109" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K109" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L109" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M109" s="6">
-        <v>17200.0</v>
+        <v>54791.0</v>
       </c>
       <c r="N109" s="6">
-        <v>20812</v>
+        <v>66297</v>
       </c>
       <c r="O109" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P109" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
-        <v>13666</v>
+        <v>14046</v>
       </c>
       <c r="B110">
-        <v>0.5</v>
+        <v>0.9</v>
       </c>
       <c r="C110" t="s">
-        <v>461</v>
+        <v>385</v>
       </c>
       <c r="D110" t="s">
         <v>19</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H110" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I110" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J110" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K110" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L110" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M110" s="6">
-        <v>17400.0</v>
+        <v>56115.0</v>
       </c>
       <c r="N110" s="6">
-        <v>21054</v>
+        <v>67899</v>
       </c>
       <c r="O110" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P110" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
-        <v>12731</v>
+        <v>13529</v>
       </c>
       <c r="B111">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C111" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="D111" t="s">
-        <v>380</v>
+        <v>25</v>
       </c>
       <c r="E111" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G111" t="s">
-        <v>341</v>
+        <v>310</v>
       </c>
       <c r="H111" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J111" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K111" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L111" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M111" s="6">
-        <v>17525.0</v>
+        <v>56364.0</v>
       </c>
       <c r="N111" s="6">
-        <v>21205</v>
+        <v>68200</v>
       </c>
       <c r="O111" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P111" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
-        <v>13391</v>
+        <v>14044</v>
       </c>
       <c r="B112">
-        <v>0.4</v>
+        <v>0.91</v>
       </c>
       <c r="C112" t="s">
-        <v>462</v>
+        <v>387</v>
       </c>
       <c r="D112" t="s">
-        <v>430</v>
+        <v>19</v>
       </c>
       <c r="E112" t="s">
-        <v>401</v>
+        <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H112" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I112" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J112" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K112" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L112" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M112" s="6">
-        <v>17640.0</v>
+        <v>56739.0</v>
       </c>
       <c r="N112" s="6">
-        <v>21344</v>
+        <v>68654</v>
       </c>
       <c r="O112" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P112" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
-        <v>14147</v>
+        <v>1952</v>
       </c>
       <c r="B113">
-        <v>0.46</v>
+        <v>0.92</v>
       </c>
       <c r="C113" t="s">
-        <v>463</v>
+        <v>388</v>
       </c>
       <c r="D113" t="s">
-        <v>350</v>
+        <v>19</v>
       </c>
       <c r="E113" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G113" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H113" t="s">
-        <v>342</v>
+        <v>389</v>
       </c>
       <c r="I113" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J113" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K113" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L113" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M113" s="6">
-        <v>17802.0</v>
+        <v>58842.0</v>
       </c>
       <c r="N113" s="6">
-        <v>21540</v>
+        <v>71199</v>
       </c>
       <c r="O113" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P113" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
-        <v>14148</v>
+        <v>13236</v>
       </c>
       <c r="B114">
-        <v>0.46</v>
+        <v>0.41</v>
       </c>
       <c r="C114" t="s">
-        <v>464</v>
+        <v>390</v>
       </c>
       <c r="D114" t="s">
-        <v>350</v>
+        <v>318</v>
       </c>
       <c r="E114" t="s">
         <v>23</v>
       </c>
+      <c r="F114" t="s">
+        <v>370</v>
+      </c>
       <c r="G114" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H114" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J114" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K114" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L114" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M114" s="6">
-        <v>17802.0</v>
+        <v>59500.0</v>
       </c>
       <c r="N114" s="6">
-        <v>21540</v>
+        <v>71995</v>
       </c>
       <c r="O114" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P114" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
-        <v>13772</v>
+        <v>12715</v>
       </c>
       <c r="B115">
-        <v>0.37</v>
+        <v>0.5</v>
       </c>
       <c r="C115" t="s">
-        <v>465</v>
+        <v>391</v>
       </c>
       <c r="D115" t="s">
-        <v>430</v>
+        <v>284</v>
       </c>
       <c r="E115" t="s">
-        <v>361</v>
+        <v>315</v>
       </c>
       <c r="G115" t="s">
-        <v>466</v>
+        <v>250</v>
       </c>
       <c r="H115" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I115" t="s">
+        <v>252</v>
       </c>
       <c r="J115" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K115" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L115" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M115" s="6">
-        <v>17908.0</v>
+        <v>61325.0</v>
       </c>
       <c r="N115" s="6">
-        <v>21669</v>
+        <v>74203</v>
       </c>
       <c r="O115" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P115" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
-        <v>14130</v>
+        <v>12096</v>
       </c>
       <c r="B116">
-        <v>0.4</v>
+        <v>0.55</v>
       </c>
       <c r="C116" t="s">
-        <v>467</v>
+        <v>392</v>
       </c>
       <c r="D116" t="s">
-        <v>350</v>
+        <v>284</v>
       </c>
       <c r="E116" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="G116" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H116" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I116" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J116" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K116" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L116" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M116" s="6">
-        <v>18060.0</v>
+        <v>61652.0</v>
       </c>
       <c r="N116" s="6">
-        <v>21853</v>
+        <v>74599</v>
       </c>
       <c r="O116" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P116" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
-        <v>14129</v>
+        <v>13222</v>
       </c>
       <c r="B117">
-        <v>0.4</v>
+        <v>1.13</v>
       </c>
       <c r="C117" t="s">
-        <v>467</v>
+        <v>393</v>
       </c>
       <c r="D117" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="E117" t="s">
-        <v>361</v>
+        <v>280</v>
       </c>
       <c r="G117" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H117" t="s">
-        <v>342</v>
+        <v>362</v>
       </c>
       <c r="I117" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J117" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K117" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L117" t="s">
-        <v>344</v>
+        <v>394</v>
       </c>
       <c r="M117" s="6">
-        <v>18060.0</v>
+        <v>61800.0</v>
       </c>
       <c r="N117" s="6">
-        <v>21853</v>
+        <v>74778</v>
       </c>
       <c r="O117" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P117" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
-        <v>12730</v>
+        <v>10574</v>
       </c>
       <c r="B118">
-        <v>0.42</v>
+        <v>0.75</v>
       </c>
       <c r="C118" t="s">
-        <v>468</v>
+        <v>395</v>
       </c>
       <c r="D118" t="s">
-        <v>380</v>
+        <v>284</v>
       </c>
       <c r="E118" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H118" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J118" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K118" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L118" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M118" s="6">
-        <v>18117.0</v>
+        <v>61883.0</v>
       </c>
       <c r="N118" s="6">
-        <v>21922</v>
+        <v>74878</v>
       </c>
       <c r="O118" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P118" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
-        <v>14131</v>
+        <v>12467</v>
       </c>
       <c r="B119">
-        <v>0.43</v>
+        <v>0.51</v>
       </c>
       <c r="C119" t="s">
-        <v>469</v>
+        <v>396</v>
       </c>
       <c r="D119" t="s">
-        <v>350</v>
+        <v>284</v>
       </c>
       <c r="E119" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G119" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H119" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I119" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J119" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K119" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L119" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M119" s="6">
-        <v>18490.0</v>
+        <v>62552.0</v>
       </c>
       <c r="N119" s="6">
-        <v>22373</v>
+        <v>75688</v>
       </c>
       <c r="O119" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P119" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
-        <v>13641</v>
+        <v>12881</v>
       </c>
       <c r="B120">
-        <v>0.42</v>
+        <v>1.03</v>
       </c>
       <c r="C120" t="s">
-        <v>470</v>
+        <v>397</v>
       </c>
       <c r="D120" t="s">
-        <v>29</v>
+        <v>398</v>
       </c>
       <c r="E120" t="s">
-        <v>471</v>
+        <v>26</v>
       </c>
       <c r="G120" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H120" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I120" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J120" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K120" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L120" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M120" s="6">
-        <v>18514.0</v>
+        <v>63000.0</v>
       </c>
       <c r="N120" s="6">
-        <v>22401</v>
+        <v>76230</v>
       </c>
       <c r="O120" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P120" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
-        <v>13640</v>
+        <v>2187</v>
       </c>
       <c r="B121">
-        <v>0.43</v>
+        <v>0.9</v>
       </c>
       <c r="C121" t="s">
-        <v>472</v>
+        <v>399</v>
       </c>
       <c r="D121" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E121" t="s">
-        <v>471</v>
+        <v>280</v>
       </c>
       <c r="G121" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H121" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I121" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="J121" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K121" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L121" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M121" s="6">
-        <v>18954.0</v>
+        <v>63239.0</v>
       </c>
       <c r="N121" s="6">
-        <v>22935</v>
+        <v>76519</v>
       </c>
       <c r="O121" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P121" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
-        <v>13745</v>
+        <v>11491</v>
       </c>
       <c r="B122">
-        <v>0.5</v>
+        <v>0.91</v>
       </c>
       <c r="C122" t="s">
-        <v>473</v>
+        <v>400</v>
       </c>
       <c r="D122" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="E122" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G122" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H122" t="s">
-        <v>342</v>
+        <v>362</v>
       </c>
       <c r="I122" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J122" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K122" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L122" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M122" s="6">
-        <v>18955.0</v>
+        <v>64938.0</v>
       </c>
       <c r="N122" s="6">
-        <v>22936</v>
+        <v>78575</v>
       </c>
       <c r="O122" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P122" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
-        <v>14038</v>
+        <v>14097</v>
       </c>
       <c r="B123">
-        <v>0.56</v>
+        <v>0.3</v>
       </c>
       <c r="C123" t="s">
-        <v>474</v>
+        <v>401</v>
       </c>
       <c r="D123" t="s">
-        <v>29</v>
+        <v>318</v>
       </c>
       <c r="E123" t="s">
-        <v>30</v>
+        <v>280</v>
+      </c>
+      <c r="F123" t="s">
+        <v>402</v>
       </c>
       <c r="G123" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H123" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J123" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K123" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L123" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M123" s="6">
-        <v>19264.0</v>
+        <v>65000.0</v>
       </c>
       <c r="N123" s="6">
-        <v>23309</v>
+        <v>78650</v>
       </c>
       <c r="O123" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P123" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
-        <v>13744</v>
+        <v>12867</v>
       </c>
       <c r="B124">
-        <v>0.51</v>
+        <v>0.76</v>
       </c>
       <c r="C124" t="s">
-        <v>475</v>
+        <v>403</v>
       </c>
       <c r="D124" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E124" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G124" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H124" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I124" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J124" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K124" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L124" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M124" s="6">
-        <v>19334.0</v>
+        <v>66098.0</v>
       </c>
       <c r="N124" s="6">
-        <v>23394</v>
+        <v>79979</v>
       </c>
       <c r="O124" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P124" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
-        <v>13848</v>
+        <v>13700</v>
       </c>
       <c r="B125">
-        <v>0.42</v>
+        <v>0.55</v>
       </c>
       <c r="C125" t="s">
-        <v>476</v>
+        <v>404</v>
       </c>
       <c r="D125" t="s">
-        <v>386</v>
+        <v>284</v>
       </c>
       <c r="E125" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G125" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H125" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I125" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J125" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K125" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L125" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M125" s="6">
-        <v>19866.0</v>
+        <v>67458.0</v>
       </c>
       <c r="N125" s="6">
-        <v>24038</v>
+        <v>81624</v>
       </c>
       <c r="O125" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P125" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
-        <v>14035</v>
+        <v>12868</v>
       </c>
       <c r="B126">
-        <v>0.59</v>
+        <v>0.78</v>
       </c>
       <c r="C126" t="s">
-        <v>477</v>
+        <v>405</v>
       </c>
       <c r="D126" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E126" t="s">
-        <v>401</v>
+        <v>26</v>
       </c>
       <c r="G126" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H126" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I126" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J126" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K126" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L126" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M126" s="6">
-        <v>20296.0</v>
+        <v>67837.0</v>
       </c>
       <c r="N126" s="6">
-        <v>24558</v>
+        <v>82083</v>
       </c>
       <c r="O126" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P126" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
-        <v>13853</v>
+        <v>6122</v>
       </c>
       <c r="B127">
-        <v>0.43</v>
+        <v>0.8</v>
       </c>
       <c r="C127" t="s">
-        <v>478</v>
+        <v>406</v>
       </c>
       <c r="D127" t="s">
-        <v>386</v>
+        <v>284</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H127" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I127" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J127" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K127" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L127" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M127" s="6">
-        <v>20339.0</v>
+        <v>69576.0</v>
       </c>
       <c r="N127" s="6">
-        <v>24610</v>
+        <v>84187</v>
       </c>
       <c r="O127" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P127" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
-        <v>14128</v>
+        <v>2264</v>
       </c>
       <c r="B128">
-        <v>0.4</v>
+        <v>0.9</v>
       </c>
       <c r="C128" t="s">
-        <v>479</v>
+        <v>407</v>
       </c>
       <c r="D128" t="s">
-        <v>386</v>
+        <v>33</v>
       </c>
       <c r="E128" t="s">
-        <v>361</v>
+        <v>280</v>
       </c>
       <c r="G128" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H128" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>362</v>
       </c>
       <c r="J128" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K128" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L128" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M128" s="6">
-        <v>20640.0</v>
+        <v>69890.0</v>
       </c>
       <c r="N128" s="6">
-        <v>24974</v>
+        <v>84567</v>
       </c>
       <c r="O128" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P128" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
-        <v>14127</v>
+        <v>11169</v>
       </c>
       <c r="B129">
-        <v>0.41</v>
+        <v>0.8</v>
       </c>
       <c r="C129" t="s">
-        <v>480</v>
+        <v>408</v>
       </c>
       <c r="D129" t="s">
-        <v>386</v>
+        <v>284</v>
       </c>
       <c r="E129" t="s">
-        <v>361</v>
+        <v>29</v>
       </c>
       <c r="G129" t="s">
-        <v>341</v>
+        <v>285</v>
       </c>
       <c r="H129" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J129" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K129" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L129" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M129" s="6">
-        <v>21156.0</v>
+        <v>71360.0</v>
       </c>
       <c r="N129" s="6">
-        <v>25599</v>
+        <v>86346</v>
       </c>
       <c r="O129" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P129" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
-        <v>13850</v>
+        <v>13219</v>
       </c>
       <c r="B130">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C130" t="s">
-        <v>481</v>
+        <v>409</v>
       </c>
       <c r="D130" t="s">
-        <v>430</v>
+        <v>28</v>
       </c>
       <c r="E130" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G130" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H130" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J130" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K130" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L130" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M130" s="6">
-        <v>21500.0</v>
+        <v>73920.0</v>
       </c>
       <c r="N130" s="6">
-        <v>26015</v>
+        <v>89443</v>
       </c>
       <c r="O130" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P130" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
-        <v>14039</v>
+        <v>13135</v>
       </c>
       <c r="B131">
-        <v>0.59</v>
+        <v>0.9</v>
       </c>
       <c r="C131" t="s">
-        <v>482</v>
+        <v>410</v>
       </c>
       <c r="D131" t="s">
-        <v>386</v>
+        <v>19</v>
       </c>
       <c r="E131" t="s">
-        <v>401</v>
+        <v>315</v>
       </c>
       <c r="G131" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H131" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I131" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J131" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K131" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L131" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M131" s="6">
-        <v>21565.0</v>
+        <v>76266.0</v>
       </c>
       <c r="N131" s="6">
-        <v>26093</v>
+        <v>92282</v>
       </c>
       <c r="O131" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P131" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
-        <v>10704</v>
+        <v>13136</v>
       </c>
       <c r="B132">
-        <v>0.4</v>
+        <v>0.9</v>
       </c>
       <c r="C132" t="s">
-        <v>483</v>
+        <v>411</v>
       </c>
       <c r="D132" t="s">
-        <v>356</v>
+        <v>19</v>
       </c>
       <c r="E132" t="s">
-        <v>361</v>
+        <v>315</v>
       </c>
       <c r="G132" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H132" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I132" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J132" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K132" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L132" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M132" s="6">
-        <v>21600.0</v>
+        <v>76266.0</v>
       </c>
       <c r="N132" s="6">
-        <v>26136</v>
+        <v>92282</v>
       </c>
       <c r="O132" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P132" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
-        <v>14102</v>
+        <v>2370</v>
       </c>
       <c r="B133">
-        <v>0.36</v>
+        <v>0.7</v>
       </c>
       <c r="C133" t="s">
-        <v>484</v>
+        <v>412</v>
       </c>
       <c r="D133" t="s">
-        <v>485</v>
+        <v>28</v>
       </c>
       <c r="E133" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>315</v>
       </c>
       <c r="G133" t="s">
-        <v>487</v>
+        <v>250</v>
       </c>
       <c r="H133" t="s">
-        <v>342</v>
+        <v>257</v>
+      </c>
+      <c r="I133" t="s">
+        <v>255</v>
       </c>
       <c r="J133" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K133" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="L133" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M133" s="6">
-        <v>22000.0</v>
+        <v>77571.0</v>
       </c>
       <c r="N133" s="6">
-        <v>26620</v>
+        <v>93861</v>
       </c>
       <c r="O133" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P133" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
-        <v>14125</v>
+        <v>13228</v>
       </c>
       <c r="B134">
-        <v>0.4</v>
+        <v>1.7</v>
       </c>
       <c r="C134" t="s">
-        <v>488</v>
+        <v>413</v>
       </c>
       <c r="D134" t="s">
-        <v>380</v>
+        <v>398</v>
       </c>
       <c r="E134" t="s">
-        <v>361</v>
+        <v>269</v>
       </c>
       <c r="G134" t="s">
-        <v>341</v>
+        <v>285</v>
       </c>
       <c r="H134" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J134" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K134" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L134" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M134" s="6">
-        <v>22360.0</v>
+        <v>78000.0</v>
       </c>
       <c r="N134" s="6">
-        <v>27056</v>
+        <v>94380</v>
       </c>
       <c r="O134" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P134" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
-        <v>14081</v>
+        <v>10126</v>
       </c>
       <c r="B135">
-        <v>0.59</v>
+        <v>0.7</v>
       </c>
       <c r="C135" t="s">
-        <v>489</v>
+        <v>414</v>
       </c>
       <c r="D135" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E135" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G135" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H135" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I135" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J135" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K135" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L135" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M135" s="6">
-        <v>22833.0</v>
+        <v>79611.0</v>
       </c>
       <c r="N135" s="6">
-        <v>27628</v>
+        <v>96329</v>
       </c>
       <c r="O135" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P135" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
-        <v>14126</v>
+        <v>12055</v>
       </c>
       <c r="B136">
-        <v>0.41</v>
+        <v>1.5</v>
       </c>
       <c r="C136" t="s">
-        <v>490</v>
+        <v>415</v>
       </c>
       <c r="D136" t="s">
-        <v>380</v>
+        <v>266</v>
       </c>
       <c r="E136" t="s">
-        <v>361</v>
+        <v>269</v>
       </c>
       <c r="G136" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="H136" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>362</v>
       </c>
       <c r="J136" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K136" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L136" t="s">
-        <v>347</v>
+        <v>394</v>
       </c>
       <c r="M136" s="6">
-        <v>22919.0</v>
+        <v>79900.0</v>
       </c>
       <c r="N136" s="6">
-        <v>27732</v>
+        <v>96679</v>
       </c>
       <c r="O136" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P136" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137">
-        <v>13561</v>
+        <v>10887</v>
       </c>
       <c r="B137">
-        <v>0.51</v>
+        <v>1.5</v>
       </c>
       <c r="C137" t="s">
-        <v>491</v>
+        <v>416</v>
       </c>
       <c r="D137" t="s">
-        <v>29</v>
+        <v>398</v>
       </c>
       <c r="E137" t="s">
-        <v>25</v>
+        <v>280</v>
       </c>
       <c r="G137" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="H137" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J137" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K137" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L137" t="s">
-        <v>348</v>
+        <v>323</v>
       </c>
       <c r="M137" s="6">
-        <v>23547.0</v>
+        <v>85000.0</v>
       </c>
       <c r="N137" s="6">
-        <v>28492</v>
+        <v>102850</v>
       </c>
       <c r="O137" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P137" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
-        <v>14099</v>
+        <v>10889</v>
       </c>
       <c r="B138">
-        <v>0.33</v>
+        <v>1.51</v>
       </c>
       <c r="C138" t="s">
-        <v>492</v>
+        <v>417</v>
       </c>
       <c r="D138" t="s">
-        <v>485</v>
+        <v>398</v>
       </c>
       <c r="E138" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>269</v>
       </c>
       <c r="G138" t="s">
-        <v>413</v>
+        <v>320</v>
       </c>
       <c r="H138" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="J138" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K138" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L138" t="s">
-        <v>493</v>
+        <v>323</v>
       </c>
       <c r="M138" s="6">
-        <v>24000.0</v>
+        <v>85000.0</v>
       </c>
       <c r="N138" s="6">
-        <v>29040</v>
+        <v>102850</v>
       </c>
       <c r="O138" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P138" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
-        <v>14100</v>
+        <v>13229</v>
       </c>
       <c r="B139">
-        <v>0.4</v>
+        <v>1.51</v>
       </c>
       <c r="C139" t="s">
-        <v>494</v>
+        <v>418</v>
       </c>
       <c r="D139" t="s">
-        <v>430</v>
+        <v>398</v>
       </c>
       <c r="E139" t="s">
-        <v>471</v>
+        <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>466</v>
+        <v>354</v>
       </c>
       <c r="H139" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="J139" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K139" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L139" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M139" s="6">
-        <v>24360.0</v>
+        <v>85000.0</v>
       </c>
       <c r="N139" s="6">
-        <v>29476</v>
+        <v>102850</v>
       </c>
       <c r="O139" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P139" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140">
-        <v>14101</v>
+        <v>10890</v>
       </c>
       <c r="B140">
-        <v>0.4</v>
+        <v>0.9</v>
       </c>
       <c r="C140" t="s">
-        <v>495</v>
+        <v>419</v>
       </c>
       <c r="D140" t="s">
-        <v>430</v>
+        <v>33</v>
       </c>
       <c r="E140" t="s">
-        <v>471</v>
+        <v>280</v>
       </c>
       <c r="G140" t="s">
-        <v>466</v>
+        <v>250</v>
       </c>
       <c r="H140" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I140" t="s">
+        <v>255</v>
       </c>
       <c r="J140" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K140" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L140" t="s">
-        <v>348</v>
+        <v>323</v>
       </c>
       <c r="M140" s="6">
-        <v>24360.0</v>
+        <v>85050.0</v>
       </c>
       <c r="N140" s="6">
-        <v>29476</v>
+        <v>102911</v>
       </c>
       <c r="O140" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P140" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141">
-        <v>14029</v>
+        <v>14087</v>
       </c>
       <c r="B141">
-        <v>0.58</v>
+        <v>0.7</v>
       </c>
       <c r="C141" t="s">
-        <v>496</v>
+        <v>420</v>
       </c>
       <c r="D141" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E141" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G141" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H141" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I141" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J141" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K141" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L141" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M141" s="6">
-        <v>24940.0</v>
+        <v>85785.0</v>
       </c>
       <c r="N141" s="6">
-        <v>30177</v>
+        <v>103800</v>
       </c>
       <c r="O141" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P141" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
-        <v>14026</v>
+        <v>14089</v>
       </c>
       <c r="B142">
-        <v>0.59</v>
+        <v>0.7</v>
       </c>
       <c r="C142" t="s">
-        <v>497</v>
+        <v>421</v>
       </c>
       <c r="D142" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E142" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G142" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H142" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I142" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J142" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K142" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L142" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M142" s="6">
-        <v>25370.0</v>
+        <v>85785.0</v>
       </c>
       <c r="N142" s="6">
-        <v>30698</v>
+        <v>103800</v>
       </c>
       <c r="O142" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P142" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
-        <v>13153</v>
+        <v>10222</v>
       </c>
       <c r="B143">
-        <v>0.55</v>
+        <v>0.5</v>
       </c>
       <c r="C143" t="s">
-        <v>498</v>
+        <v>422</v>
       </c>
       <c r="D143" t="s">
-        <v>29</v>
+        <v>318</v>
       </c>
       <c r="E143" t="s">
-        <v>361</v>
+        <v>269</v>
+      </c>
+      <c r="F143" t="s">
+        <v>423</v>
       </c>
       <c r="G143" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="H143" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J143" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K143" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L143" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M143" s="6">
-        <v>25757.0</v>
+        <v>87400.0</v>
       </c>
       <c r="N143" s="6">
-        <v>31166</v>
+        <v>105754</v>
       </c>
       <c r="O143" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P143" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
-        <v>13852</v>
+        <v>13272</v>
       </c>
       <c r="B144">
-        <v>0.43</v>
+        <v>0.8</v>
       </c>
       <c r="C144" t="s">
-        <v>478</v>
+        <v>424</v>
       </c>
       <c r="D144" t="s">
-        <v>380</v>
+        <v>33</v>
       </c>
       <c r="E144" t="s">
-        <v>471</v>
+        <v>26</v>
       </c>
       <c r="G144" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H144" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I144" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J144" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K144" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L144" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M144" s="6">
-        <v>26811.0</v>
+        <v>90160.0</v>
       </c>
       <c r="N144" s="6">
-        <v>32441</v>
+        <v>109094</v>
       </c>
       <c r="O144" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P144" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
-        <v>13757</v>
+        <v>12476</v>
       </c>
       <c r="B145">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="C145" t="s">
-        <v>499</v>
+        <v>425</v>
       </c>
       <c r="D145" t="s">
-        <v>386</v>
+        <v>284</v>
       </c>
       <c r="E145" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G145" t="s">
-        <v>466</v>
+        <v>250</v>
       </c>
       <c r="H145" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I145" t="s">
+        <v>252</v>
       </c>
       <c r="J145" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K145" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L145" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M145" s="6">
-        <v>27875.0</v>
+        <v>93520.0</v>
       </c>
       <c r="N145" s="6">
-        <v>33729</v>
+        <v>113159</v>
       </c>
       <c r="O145" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P145" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
-        <v>14084</v>
+        <v>12477</v>
       </c>
       <c r="B146">
-        <v>0.59</v>
+        <v>0.7</v>
       </c>
       <c r="C146" t="s">
-        <v>500</v>
+        <v>426</v>
       </c>
       <c r="D146" t="s">
-        <v>356</v>
+        <v>284</v>
       </c>
       <c r="E146" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G146" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H146" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I146" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J146" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K146" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L146" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M146" s="6">
-        <v>27907.0</v>
+        <v>93520.0</v>
       </c>
       <c r="N146" s="6">
-        <v>33767</v>
+        <v>113159</v>
       </c>
       <c r="O146" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P146" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
-        <v>13286</v>
+        <v>13227</v>
       </c>
       <c r="B147">
-        <v>0.55</v>
+        <v>1.5</v>
       </c>
       <c r="C147" t="s">
-        <v>501</v>
+        <v>427</v>
       </c>
       <c r="D147" t="s">
-        <v>29</v>
+        <v>398</v>
       </c>
       <c r="E147" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="G147" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H147" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J147" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K147" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L147" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M147" s="6">
-        <v>28298.0</v>
+        <v>94000.0</v>
       </c>
       <c r="N147" s="6">
-        <v>34240</v>
+        <v>113740</v>
       </c>
       <c r="O147" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P147" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
-        <v>14155</v>
+        <v>12346</v>
       </c>
       <c r="B148">
-        <v>0.63</v>
+        <v>1.7</v>
       </c>
       <c r="C148" t="s">
-        <v>502</v>
+        <v>428</v>
       </c>
       <c r="D148" t="s">
-        <v>356</v>
+        <v>19</v>
       </c>
       <c r="E148" t="s">
-        <v>23</v>
+        <v>269</v>
       </c>
       <c r="G148" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H148" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J148" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K148" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L148" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M148" s="6">
-        <v>28445.0</v>
+        <v>99000.0</v>
       </c>
       <c r="N148" s="6">
-        <v>34418</v>
+        <v>119790</v>
       </c>
       <c r="O148" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P148" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
-        <v>14153</v>
+        <v>11578</v>
       </c>
       <c r="B149">
-        <v>0.51</v>
+        <v>0.9</v>
       </c>
       <c r="C149" t="s">
-        <v>503</v>
+        <v>429</v>
       </c>
       <c r="D149" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H149" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I149" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J149" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K149" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L149" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M149" s="6">
-        <v>28509.0</v>
+        <v>99225.0</v>
       </c>
       <c r="N149" s="6">
-        <v>34496</v>
+        <v>120062</v>
       </c>
       <c r="O149" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P149" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
-        <v>14154</v>
+        <v>6046</v>
       </c>
       <c r="B150">
-        <v>0.51</v>
+        <v>1.01</v>
       </c>
       <c r="C150" t="s">
-        <v>504</v>
+        <v>430</v>
       </c>
       <c r="D150" t="s">
-        <v>350</v>
+        <v>28</v>
       </c>
       <c r="E150" t="s">
-        <v>20</v>
+        <v>269</v>
       </c>
       <c r="G150" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H150" t="s">
-        <v>342</v>
+        <v>362</v>
       </c>
       <c r="I150" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J150" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K150" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L150" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M150" s="6">
-        <v>28509.0</v>
+        <v>109080.0</v>
       </c>
       <c r="N150" s="6">
-        <v>34496</v>
+        <v>131987</v>
       </c>
       <c r="O150" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P150" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
-        <v>12854</v>
+        <v>14203</v>
       </c>
       <c r="B151">
-        <v>0.4</v>
+        <v>1.13</v>
       </c>
       <c r="C151" t="s">
-        <v>505</v>
+        <v>431</v>
       </c>
       <c r="D151" t="s">
-        <v>380</v>
+        <v>289</v>
       </c>
       <c r="E151" t="s">
-        <v>471</v>
+        <v>23</v>
       </c>
       <c r="G151" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H151" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I151" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J151" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K151" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L151" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M151" s="6">
-        <v>28642.0</v>
+        <v>111800.0</v>
       </c>
       <c r="N151" s="6">
-        <v>34656</v>
+        <v>135278</v>
       </c>
       <c r="O151" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P151" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
-        <v>11472</v>
+        <v>11575</v>
       </c>
       <c r="B152">
-        <v>0.71</v>
+        <v>0.9</v>
       </c>
       <c r="C152" t="s">
-        <v>506</v>
+        <v>432</v>
       </c>
       <c r="D152" t="s">
-        <v>507</v>
+        <v>25</v>
       </c>
       <c r="E152" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G152" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H152" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I152" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J152" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K152" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L152" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M152" s="6">
-        <v>28755.0</v>
+        <v>117450.0</v>
       </c>
       <c r="N152" s="6">
-        <v>34794</v>
+        <v>142115</v>
       </c>
       <c r="O152" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P152" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
-        <v>14047</v>
+        <v>11583</v>
       </c>
       <c r="B153">
-        <v>0.57</v>
+        <v>0.9</v>
       </c>
       <c r="C153" t="s">
-        <v>508</v>
+        <v>433</v>
       </c>
       <c r="D153" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E153" t="s">
-        <v>361</v>
+        <v>29</v>
       </c>
       <c r="G153" t="s">
-        <v>452</v>
+        <v>250</v>
       </c>
       <c r="H153" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I153" t="s">
+        <v>252</v>
       </c>
       <c r="J153" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K153" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L153" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M153" s="6">
-        <v>29412.0</v>
+        <v>117450.0</v>
       </c>
       <c r="N153" s="6">
-        <v>35589</v>
+        <v>142115</v>
       </c>
       <c r="O153" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P153" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
-        <v>14048</v>
+        <v>13373</v>
       </c>
       <c r="B154">
-        <v>0.6</v>
+        <v>1.13</v>
       </c>
       <c r="C154" t="s">
-        <v>509</v>
+        <v>434</v>
       </c>
       <c r="D154" t="s">
-        <v>350</v>
+        <v>289</v>
       </c>
       <c r="E154" t="s">
-        <v>361</v>
+        <v>23</v>
       </c>
       <c r="G154" t="s">
-        <v>452</v>
+        <v>250</v>
       </c>
       <c r="H154" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I154" t="s">
+        <v>252</v>
       </c>
       <c r="J154" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K154" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L154" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M154" s="6">
-        <v>30960.0</v>
+        <v>119800.0</v>
       </c>
       <c r="N154" s="6">
-        <v>37462</v>
+        <v>144958</v>
       </c>
       <c r="O154" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P154" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
-        <v>13760</v>
+        <v>11170</v>
       </c>
       <c r="B155">
-        <v>0.62</v>
+        <v>1.5</v>
       </c>
       <c r="C155" t="s">
-        <v>510</v>
+        <v>435</v>
       </c>
       <c r="D155" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="E155" t="s">
-        <v>20</v>
+        <v>269</v>
       </c>
       <c r="G155" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H155" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I155" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J155" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K155" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L155" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M155" s="6">
-        <v>31372.0</v>
+        <v>121500.0</v>
       </c>
       <c r="N155" s="6">
-        <v>37960</v>
+        <v>147015</v>
       </c>
       <c r="O155" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P155" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
-        <v>13768</v>
+        <v>12876</v>
       </c>
       <c r="B156">
-        <v>0.62</v>
+        <v>1.5</v>
       </c>
       <c r="C156" t="s">
-        <v>511</v>
+        <v>436</v>
       </c>
       <c r="D156" t="s">
-        <v>356</v>
+        <v>22</v>
       </c>
       <c r="E156" t="s">
-        <v>20</v>
+        <v>280</v>
       </c>
       <c r="G156" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H156" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J156" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K156" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L156" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M156" s="6">
-        <v>31372.0</v>
+        <v>123000.0</v>
       </c>
       <c r="N156" s="6">
-        <v>37960</v>
+        <v>148830</v>
       </c>
       <c r="O156" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P156" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
-        <v>13949</v>
+        <v>12493</v>
       </c>
       <c r="B157">
-        <v>0.43</v>
+        <v>2.01</v>
       </c>
       <c r="C157" t="s">
-        <v>512</v>
+        <v>437</v>
       </c>
       <c r="D157" t="s">
-        <v>430</v>
+        <v>366</v>
       </c>
       <c r="E157" t="s">
-        <v>471</v>
+        <v>269</v>
       </c>
       <c r="G157" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H157" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I157" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J157" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K157" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L157" t="s">
-        <v>348</v>
+        <v>438</v>
       </c>
       <c r="M157" s="6">
-        <v>32358.0</v>
+        <v>126000.0</v>
       </c>
       <c r="N157" s="6">
-        <v>39153</v>
+        <v>152460</v>
       </c>
       <c r="O157" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P157" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
-        <v>13950</v>
+        <v>13765</v>
       </c>
       <c r="B158">
-        <v>0.43</v>
+        <v>1.01</v>
       </c>
       <c r="C158" t="s">
-        <v>513</v>
+        <v>439</v>
       </c>
       <c r="D158" t="s">
-        <v>430</v>
+        <v>33</v>
       </c>
       <c r="E158" t="s">
-        <v>471</v>
+        <v>29</v>
       </c>
       <c r="G158" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H158" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I158" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J158" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K158" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L158" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M158" s="6">
-        <v>32358.0</v>
+        <v>130000.0</v>
       </c>
       <c r="N158" s="6">
-        <v>39153</v>
+        <v>157300</v>
       </c>
       <c r="O158" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P158" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
-        <v>14152</v>
+        <v>13231</v>
       </c>
       <c r="B159">
-        <v>0.52</v>
+        <v>1.02</v>
       </c>
       <c r="C159" t="s">
-        <v>514</v>
+        <v>440</v>
       </c>
       <c r="D159" t="s">
-        <v>350</v>
+        <v>28</v>
       </c>
       <c r="E159" t="s">
-        <v>361</v>
+        <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>341</v>
+        <v>310</v>
       </c>
       <c r="H159" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J159" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K159" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L159" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M159" s="6">
-        <v>32422.0</v>
+        <v>138000.0</v>
       </c>
       <c r="N159" s="6">
-        <v>39231</v>
+        <v>166980</v>
       </c>
       <c r="O159" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P159" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
-        <v>11196</v>
+        <v>11867</v>
       </c>
       <c r="B160">
-        <v>0.7</v>
+        <v>1</v>
       </c>
       <c r="C160" t="s">
-        <v>515</v>
+        <v>441</v>
       </c>
       <c r="D160" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E160" t="s">
-        <v>361</v>
+        <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H160" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I160" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J160" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K160" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L160" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M160" s="6">
-        <v>32781.0</v>
+        <v>153500.0</v>
       </c>
       <c r="N160" s="6">
-        <v>39665</v>
+        <v>185735</v>
       </c>
       <c r="O160" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P160" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
-        <v>14151</v>
+        <v>11746</v>
       </c>
       <c r="B161">
-        <v>0.55</v>
+        <v>1.01</v>
       </c>
       <c r="C161" t="s">
-        <v>516</v>
+        <v>442</v>
       </c>
       <c r="D161" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E161" t="s">
-        <v>361</v>
+        <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H161" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I161" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J161" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K161" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L161" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M161" s="6">
-        <v>34293.0</v>
+        <v>155000.0</v>
       </c>
       <c r="N161" s="6">
-        <v>41494</v>
+        <v>187550</v>
       </c>
       <c r="O161" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P161" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
-        <v>14074</v>
+        <v>4662</v>
       </c>
       <c r="B162">
-        <v>0.43</v>
+        <v>0.59</v>
       </c>
       <c r="C162" t="s">
-        <v>517</v>
+        <v>443</v>
       </c>
       <c r="D162" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E162" t="s">
-        <v>518</v>
+        <v>269</v>
+      </c>
+      <c r="F162" t="s">
+        <v>444</v>
       </c>
       <c r="G162" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H162" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J162" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K162" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L162" t="s">
-        <v>348</v>
+        <v>445</v>
       </c>
       <c r="M162" s="6">
-        <v>34642.0</v>
+        <v>158000.0</v>
       </c>
       <c r="N162" s="6">
-        <v>41917</v>
+        <v>191180</v>
       </c>
       <c r="O162" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P162" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
-        <v>2705</v>
+        <v>11492</v>
       </c>
       <c r="B163">
-        <v>0.7</v>
+        <v>1.22</v>
       </c>
       <c r="C163" t="s">
-        <v>519</v>
+        <v>446</v>
       </c>
       <c r="D163" t="s">
-        <v>380</v>
+        <v>28</v>
       </c>
       <c r="E163" t="s">
-        <v>401</v>
+        <v>280</v>
       </c>
       <c r="G163" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H163" t="s">
-        <v>520</v>
+        <v>362</v>
       </c>
       <c r="I163" t="s">
-        <v>362</v>
+        <v>255</v>
       </c>
       <c r="J163" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="K163" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="L163" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M163" s="6">
-        <v>35123.0</v>
+        <v>162500.0</v>
       </c>
       <c r="N163" s="6">
-        <v>42499</v>
+        <v>196625</v>
       </c>
       <c r="O163" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P163" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
-        <v>13633</v>
+        <v>10946</v>
       </c>
       <c r="B164">
-        <v>0.59</v>
+        <v>1.72</v>
       </c>
       <c r="C164" t="s">
-        <v>521</v>
+        <v>447</v>
       </c>
       <c r="D164" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E164" t="s">
-        <v>25</v>
+        <v>315</v>
+      </c>
+      <c r="F164" t="s">
+        <v>448</v>
       </c>
       <c r="G164" t="s">
-        <v>413</v>
+        <v>354</v>
       </c>
       <c r="H164" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="J164" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K164" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L164" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M164" s="6">
-        <v>35589.0</v>
+        <v>165000.0</v>
       </c>
       <c r="N164" s="6">
-        <v>43062</v>
+        <v>199650</v>
       </c>
       <c r="O164" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P164" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
-        <v>12281</v>
+        <v>10961</v>
       </c>
       <c r="B165">
-        <v>0.52</v>
+        <v>1.11</v>
       </c>
       <c r="C165" t="s">
-        <v>522</v>
+        <v>449</v>
       </c>
       <c r="D165" t="s">
-        <v>430</v>
+        <v>289</v>
       </c>
       <c r="E165" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G165" t="s">
-        <v>466</v>
+        <v>250</v>
       </c>
       <c r="H165" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I165" t="s">
+        <v>252</v>
       </c>
       <c r="J165" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K165" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L165" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M165" s="6">
-        <v>36120.0</v>
+        <v>169800.0</v>
       </c>
       <c r="N165" s="6">
-        <v>43705</v>
+        <v>205458</v>
       </c>
       <c r="O165" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P165" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
-        <v>13968</v>
+        <v>1746</v>
       </c>
       <c r="B166">
-        <v>0.71</v>
+        <v>1.24</v>
       </c>
       <c r="C166" t="s">
-        <v>523</v>
+        <v>450</v>
       </c>
       <c r="D166" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E166" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H166" t="s">
-        <v>342</v>
+        <v>257</v>
       </c>
       <c r="I166" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="J166" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K166" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L166" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M166" s="6">
-        <v>36636.0</v>
+        <v>176000.0</v>
       </c>
       <c r="N166" s="6">
-        <v>44330</v>
+        <v>212960</v>
       </c>
       <c r="O166" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P166" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
-        <v>14042</v>
+        <v>14104</v>
       </c>
       <c r="B167">
-        <v>0.72</v>
+        <v>1.01</v>
       </c>
       <c r="C167" t="s">
-        <v>524</v>
+        <v>451</v>
       </c>
       <c r="D167" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E167" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G167" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H167" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I167" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J167" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K167" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L167" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M167" s="6">
-        <v>37152.0</v>
+        <v>176500.0</v>
       </c>
       <c r="N167" s="6">
-        <v>44954</v>
+        <v>213565</v>
       </c>
       <c r="O167" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P167" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
-        <v>11272</v>
+        <v>12737</v>
       </c>
       <c r="B168">
-        <v>0.75</v>
+        <v>0.92</v>
       </c>
       <c r="C168" t="s">
-        <v>525</v>
+        <v>452</v>
       </c>
       <c r="D168" t="s">
-        <v>507</v>
+        <v>28</v>
       </c>
       <c r="E168" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="G168" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H168" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I168" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J168" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K168" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L168" t="s">
-        <v>347</v>
+        <v>256</v>
       </c>
       <c r="M168" s="6">
-        <v>37613.0</v>
+        <v>178020.0</v>
       </c>
       <c r="N168" s="6">
-        <v>45512</v>
+        <v>215404</v>
       </c>
       <c r="O168" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P168" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
-        <v>13275</v>
+        <v>11743</v>
       </c>
       <c r="B169">
-        <v>0.53</v>
+        <v>1.51</v>
       </c>
       <c r="C169" t="s">
-        <v>526</v>
+        <v>453</v>
       </c>
       <c r="D169" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="E169" t="s">
-        <v>361</v>
+        <v>315</v>
       </c>
       <c r="G169" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H169" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I169" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J169" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K169" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L169" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M169" s="6">
-        <v>37657.0</v>
+        <v>184000.0</v>
       </c>
       <c r="N169" s="6">
-        <v>45564</v>
+        <v>222640</v>
       </c>
       <c r="O169" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P169" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
-        <v>13291</v>
+        <v>13220</v>
       </c>
       <c r="B170">
-        <v>0.7</v>
+        <v>1.06</v>
       </c>
       <c r="C170" t="s">
-        <v>527</v>
+        <v>454</v>
       </c>
       <c r="D170" t="s">
-        <v>22</v>
+        <v>284</v>
       </c>
       <c r="E170" t="s">
-        <v>361</v>
+        <v>315</v>
       </c>
       <c r="G170" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H170" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J170" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K170" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L170" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M170" s="6">
-        <v>39445.0</v>
+        <v>185000.0</v>
       </c>
       <c r="N170" s="6">
-        <v>47728</v>
+        <v>223850</v>
       </c>
       <c r="O170" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P170" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
-        <v>13292</v>
+        <v>13143</v>
       </c>
       <c r="B171">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C171" t="s">
-        <v>528</v>
+        <v>455</v>
       </c>
       <c r="D171" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E171" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="G171" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H171" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I171" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J171" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K171" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L171" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M171" s="6">
-        <v>39445.0</v>
+        <v>185760.0</v>
       </c>
       <c r="N171" s="6">
-        <v>47728</v>
+        <v>224770</v>
       </c>
       <c r="O171" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P171" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
-        <v>13026</v>
+        <v>13144</v>
       </c>
       <c r="B172">
-        <v>0.71</v>
+        <v>0.9</v>
       </c>
       <c r="C172" t="s">
-        <v>529</v>
+        <v>456</v>
       </c>
       <c r="D172" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E172" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G172" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H172" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I172" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J172" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K172" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L172" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M172" s="6">
-        <v>39583.0</v>
+        <v>185760.0</v>
       </c>
       <c r="N172" s="6">
-        <v>47895</v>
+        <v>224770</v>
       </c>
       <c r="O172" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P172" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
-        <v>4408</v>
+        <v>13974</v>
       </c>
       <c r="B173">
-        <v>0.51</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>0.15</v>
       </c>
       <c r="D173" t="s">
-        <v>485</v>
+        <v>318</v>
       </c>
       <c r="E173" t="s">
-        <v>531</v>
+        <v>353</v>
       </c>
       <c r="F173" t="s">
-        <v>486</v>
+        <v>457</v>
       </c>
       <c r="G173" t="s">
-        <v>532</v>
+        <v>250</v>
       </c>
       <c r="H173" t="s">
-        <v>351</v>
-[...11 lines deleted...]
-        <v>348</v>
+        <v>458</v>
       </c>
       <c r="M173" s="6">
-        <v>40376.0</v>
+        <v>190000.0</v>
       </c>
       <c r="N173" s="6">
-        <v>48855</v>
+        <v>229900</v>
       </c>
       <c r="O173" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P173" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
-        <v>1199</v>
+        <v>13608</v>
       </c>
       <c r="B174">
-        <v>0.71</v>
+        <v>2.01</v>
       </c>
       <c r="C174" t="s">
-        <v>533</v>
+        <v>459</v>
       </c>
       <c r="D174" t="s">
-        <v>386</v>
+        <v>366</v>
       </c>
       <c r="E174" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="G174" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H174" t="s">
-        <v>351</v>
+        <v>251</v>
       </c>
       <c r="I174" t="s">
-        <v>534</v>
+        <v>252</v>
       </c>
       <c r="J174" t="s">
-        <v>535</v>
+        <v>252</v>
       </c>
       <c r="K174" t="s">
-        <v>535</v>
+        <v>252</v>
       </c>
       <c r="L174" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M174" s="6">
-        <v>42141.0</v>
+        <v>199000.0</v>
       </c>
       <c r="N174" s="6">
-        <v>50991</v>
+        <v>240790</v>
       </c>
       <c r="O174" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P174" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
-        <v>13632</v>
+        <v>10750</v>
       </c>
       <c r="B175">
-        <v>0.7</v>
+        <v>2.01</v>
       </c>
       <c r="C175" t="s">
-        <v>536</v>
+        <v>460</v>
       </c>
       <c r="D175" t="s">
-        <v>356</v>
+        <v>22</v>
       </c>
       <c r="E175" t="s">
-        <v>23</v>
+        <v>269</v>
       </c>
       <c r="G175" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H175" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>257</v>
       </c>
       <c r="J175" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K175" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L175" t="s">
-        <v>347</v>
+        <v>253</v>
       </c>
       <c r="M175" s="6">
-        <v>42224.0</v>
+        <v>209000.0</v>
       </c>
       <c r="N175" s="6">
-        <v>51091</v>
+        <v>252890</v>
       </c>
       <c r="O175" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P175" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
-        <v>10749</v>
+        <v>13230</v>
       </c>
       <c r="B176">
-        <v>1</v>
+        <v>1.51</v>
       </c>
       <c r="C176" t="s">
-        <v>537</v>
+        <v>461</v>
       </c>
       <c r="D176" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E176" t="s">
-        <v>531</v>
+        <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>406</v>
+        <v>377</v>
       </c>
       <c r="H176" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="J176" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K176" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L176" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M176" s="6">
-        <v>42370.0</v>
+        <v>240800.0</v>
       </c>
       <c r="N176" s="6">
-        <v>51268</v>
+        <v>291368</v>
       </c>
       <c r="O176" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P176" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
-        <v>14157</v>
+        <v>10214</v>
       </c>
       <c r="B177">
-        <v>0.68</v>
+        <v>0.5</v>
       </c>
       <c r="C177" t="s">
-        <v>538</v>
+        <v>462</v>
       </c>
       <c r="D177" t="s">
-        <v>350</v>
+        <v>318</v>
       </c>
       <c r="E177" t="s">
-        <v>361</v>
+        <v>269</v>
+      </c>
+      <c r="F177" t="s">
+        <v>402</v>
       </c>
       <c r="G177" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H177" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J177" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K177" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L177" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M177" s="6">
-        <v>39980.0</v>
+        <v>259000.0</v>
       </c>
       <c r="N177" s="6">
-        <v>48376</v>
+        <v>313390</v>
       </c>
       <c r="O177" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P177" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
-        <v>2905</v>
+        <v>3274</v>
       </c>
       <c r="B178">
-        <v>0.71</v>
+        <v>0.87</v>
       </c>
       <c r="C178" t="s">
-        <v>539</v>
+        <v>463</v>
       </c>
       <c r="D178" t="s">
-        <v>386</v>
+        <v>318</v>
       </c>
       <c r="E178" t="s">
-        <v>30</v>
+        <v>280</v>
+      </c>
+      <c r="F178" t="s">
+        <v>423</v>
       </c>
       <c r="G178" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H178" t="s">
-        <v>520</v>
+        <v>257</v>
       </c>
       <c r="I178" t="s">
-        <v>346</v>
+        <v>258</v>
       </c>
       <c r="J178" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K178" t="s">
-        <v>346</v>
+        <v>258</v>
       </c>
       <c r="L178" t="s">
-        <v>348</v>
+        <v>464</v>
       </c>
       <c r="M178" s="6">
-        <v>42749.0</v>
+        <v>268500.0</v>
       </c>
       <c r="N178" s="6">
-        <v>51726</v>
+        <v>324885</v>
       </c>
       <c r="O178" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P178" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
-        <v>4409</v>
+        <v>6324</v>
       </c>
       <c r="B179">
-        <v>0.54</v>
+        <v>0.35</v>
       </c>
       <c r="C179" t="s">
-        <v>540</v>
+        <v>465</v>
       </c>
       <c r="D179" t="s">
-        <v>485</v>
+        <v>318</v>
       </c>
       <c r="E179" t="s">
-        <v>531</v>
+        <v>280</v>
       </c>
       <c r="F179" t="s">
-        <v>486</v>
+        <v>466</v>
       </c>
       <c r="G179" t="s">
-        <v>532</v>
+        <v>354</v>
       </c>
       <c r="H179" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>251</v>
       </c>
       <c r="J179" t="s">
-        <v>346</v>
+        <v>255</v>
       </c>
       <c r="K179" t="s">
-        <v>346</v>
+        <v>258</v>
       </c>
       <c r="L179" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M179" s="6">
-        <v>42848.0</v>
+        <v>269000.0</v>
       </c>
       <c r="N179" s="6">
-        <v>51846</v>
+        <v>325490</v>
       </c>
       <c r="O179" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P179" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
-        <v>13409</v>
+        <v>3887</v>
       </c>
       <c r="B180">
-        <v>0.53</v>
+        <v>2.24</v>
       </c>
       <c r="C180" t="s">
-        <v>541</v>
+        <v>467</v>
       </c>
       <c r="D180" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E180" t="s">
-        <v>471</v>
+        <v>26</v>
+      </c>
+      <c r="F180" t="s">
+        <v>448</v>
       </c>
       <c r="G180" t="s">
-        <v>432</v>
+        <v>354</v>
       </c>
       <c r="H180" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="J180" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K180" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L180" t="s">
-        <v>347</v>
+        <v>323</v>
       </c>
       <c r="M180" s="6">
-        <v>42851.0</v>
+        <v>275000.0</v>
       </c>
       <c r="N180" s="6">
-        <v>51849</v>
+        <v>332750</v>
       </c>
       <c r="O180" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P180" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
-        <v>10886</v>
+        <v>10550</v>
       </c>
       <c r="B181">
-        <v>1.01</v>
+        <v>1.15</v>
       </c>
       <c r="C181" t="s">
-        <v>542</v>
+        <v>468</v>
       </c>
       <c r="D181" t="s">
-        <v>354</v>
+        <v>28</v>
       </c>
       <c r="E181" t="s">
-        <v>401</v>
+        <v>315</v>
       </c>
       <c r="G181" t="s">
-        <v>413</v>
+        <v>250</v>
       </c>
       <c r="H181" t="s">
-        <v>351</v>
+        <v>251</v>
+      </c>
+      <c r="I181" t="s">
+        <v>252</v>
       </c>
       <c r="J181" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K181" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L181" t="s">
-        <v>493</v>
+        <v>256</v>
       </c>
       <c r="M181" s="6">
-        <v>44000.0</v>
+        <v>285000.0</v>
       </c>
       <c r="N181" s="6">
-        <v>53240</v>
+        <v>344850</v>
       </c>
       <c r="O181" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P181" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
-        <v>14098</v>
+        <v>14176</v>
       </c>
       <c r="B182">
-        <v>0.3</v>
+        <v>1.12</v>
       </c>
       <c r="C182" t="s">
-        <v>543</v>
+        <v>469</v>
       </c>
       <c r="D182" t="s">
-        <v>485</v>
+        <v>284</v>
       </c>
       <c r="E182" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>315</v>
       </c>
       <c r="G182" t="s">
-        <v>413</v>
+        <v>250</v>
       </c>
       <c r="H182" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I182" t="s">
+        <v>252</v>
       </c>
       <c r="J182" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K182" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="L182" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M182" s="6">
-        <v>45000.0</v>
+        <v>303900.0</v>
       </c>
       <c r="N182" s="6">
-        <v>54450</v>
+        <v>367719</v>
       </c>
       <c r="O182" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P182" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
-        <v>8083</v>
+        <v>13541</v>
       </c>
       <c r="B183">
-        <v>0.9</v>
-[...2 lines deleted...]
-        <v>545</v>
+        <v>0.19</v>
       </c>
       <c r="D183" t="s">
-        <v>19</v>
+        <v>318</v>
       </c>
       <c r="E183" t="s">
-        <v>23</v>
+        <v>353</v>
+      </c>
+      <c r="F183" t="s">
+        <v>457</v>
       </c>
       <c r="G183" t="s">
-        <v>413</v>
+        <v>250</v>
       </c>
       <c r="H183" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-        <v>344</v>
+        <v>458</v>
       </c>
       <c r="M183" s="6">
-        <v>45279.0</v>
+        <v>320000.0</v>
       </c>
       <c r="N183" s="6">
-        <v>54788</v>
+        <v>387200</v>
       </c>
       <c r="O183" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P183" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
-        <v>14088</v>
+        <v>2967</v>
       </c>
       <c r="B184">
-        <v>0.7</v>
+        <v>0.21</v>
       </c>
       <c r="C184" t="s">
-        <v>546</v>
+        <v>470</v>
       </c>
       <c r="D184" t="s">
-        <v>356</v>
+        <v>318</v>
       </c>
       <c r="E184" t="s">
-        <v>361</v>
+        <v>280</v>
+      </c>
+      <c r="F184" t="s">
+        <v>471</v>
       </c>
       <c r="G184" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H184" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J184" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K184" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L184" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M184" s="6">
-        <v>46655.0</v>
+        <v>322000.0</v>
       </c>
       <c r="N184" s="6">
-        <v>56453</v>
+        <v>389620</v>
       </c>
       <c r="O184" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P184" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
-        <v>14090</v>
+        <v>9314</v>
       </c>
       <c r="B185">
-        <v>0.7</v>
+        <v>1.51</v>
       </c>
       <c r="C185" t="s">
-        <v>547</v>
+        <v>472</v>
       </c>
       <c r="D185" t="s">
-        <v>356</v>
+        <v>25</v>
       </c>
       <c r="E185" t="s">
-        <v>361</v>
+        <v>20</v>
       </c>
       <c r="G185" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H185" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I185" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J185" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K185" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L185" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M185" s="6">
-        <v>46655.0</v>
+        <v>335000.0</v>
       </c>
       <c r="N185" s="6">
-        <v>56453</v>
+        <v>405350</v>
       </c>
       <c r="O185" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P185" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
-        <v>14156</v>
+        <v>13226</v>
       </c>
       <c r="B186">
-        <v>0.69</v>
+        <v>2.02</v>
       </c>
       <c r="C186" t="s">
-        <v>548</v>
+        <v>473</v>
       </c>
       <c r="D186" t="s">
-        <v>350</v>
+        <v>25</v>
       </c>
       <c r="E186" t="s">
-        <v>471</v>
+        <v>269</v>
       </c>
       <c r="G186" t="s">
-        <v>341</v>
+        <v>310</v>
       </c>
       <c r="H186" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J186" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K186" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L186" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M186" s="6">
-        <v>47472.0</v>
+        <v>340000.0</v>
       </c>
       <c r="N186" s="6">
-        <v>57441</v>
+        <v>411400</v>
       </c>
       <c r="O186" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P186" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
-        <v>14158</v>
+        <v>5468</v>
       </c>
       <c r="B187">
-        <v>0.72</v>
+        <v>0.73</v>
       </c>
       <c r="C187" t="s">
-        <v>549</v>
+        <v>474</v>
       </c>
       <c r="D187" t="s">
-        <v>29</v>
+        <v>318</v>
       </c>
       <c r="E187" t="s">
-        <v>518</v>
+        <v>280</v>
+      </c>
+      <c r="F187" t="s">
+        <v>475</v>
       </c>
       <c r="G187" t="s">
-        <v>550</v>
+        <v>354</v>
       </c>
       <c r="H187" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="J187" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K187" t="s">
-        <v>346</v>
+        <v>476</v>
       </c>
       <c r="L187" t="s">
-        <v>348</v>
+        <v>477</v>
       </c>
       <c r="M187" s="6">
-        <v>47988.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N187" s="6">
-        <v>58065</v>
+        <v>471900</v>
       </c>
       <c r="O187" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P187" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188">
-        <v>14075</v>
+        <v>12483</v>
       </c>
       <c r="B188">
-        <v>0.5</v>
-[...2 lines deleted...]
-        <v>551</v>
+        <v>0.09</v>
       </c>
       <c r="D188" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E188" t="s">
-        <v>361</v>
+        <v>269</v>
+      </c>
+      <c r="F188" t="s">
+        <v>478</v>
       </c>
       <c r="G188" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H188" t="s">
-        <v>342</v>
-[...11 lines deleted...]
-        <v>344</v>
+        <v>458</v>
       </c>
       <c r="M188" s="6">
-        <v>49450.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N188" s="6">
-        <v>59835</v>
+        <v>471900</v>
       </c>
       <c r="O188" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P188" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189">
-        <v>14076</v>
+        <v>9296</v>
       </c>
       <c r="B189">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
       <c r="C189" t="s">
-        <v>552</v>
+        <v>479</v>
       </c>
       <c r="D189" t="s">
-        <v>430</v>
+        <v>28</v>
       </c>
       <c r="E189" t="s">
-        <v>361</v>
+        <v>29</v>
       </c>
       <c r="G189" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H189" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I189" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J189" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K189" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L189" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M189" s="6">
-        <v>49450.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N189" s="6">
-        <v>59835</v>
+        <v>471900</v>
       </c>
       <c r="O189" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P189" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190">
-        <v>14045</v>
+        <v>3747</v>
       </c>
       <c r="B190">
-        <v>0.91</v>
+        <v>3.1</v>
       </c>
       <c r="C190" t="s">
-        <v>553</v>
+        <v>480</v>
       </c>
       <c r="D190" t="s">
-        <v>19</v>
+        <v>318</v>
       </c>
       <c r="E190" t="s">
-        <v>25</v>
+        <v>23</v>
+      </c>
+      <c r="F190" t="s">
+        <v>448</v>
       </c>
       <c r="G190" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H190" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J190" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K190" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L190" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M190" s="6">
-        <v>50869.0</v>
+        <v>400000.0</v>
       </c>
       <c r="N190" s="6">
-        <v>61551</v>
+        <v>484000</v>
       </c>
       <c r="O190" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P190" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
-        <v>13148</v>
+        <v>9353</v>
       </c>
       <c r="B191">
-        <v>0.6</v>
+        <v>1.02</v>
       </c>
       <c r="C191" t="s">
-        <v>554</v>
+        <v>481</v>
       </c>
       <c r="D191" t="s">
-        <v>386</v>
+        <v>318</v>
       </c>
       <c r="E191" t="s">
-        <v>361</v>
+        <v>26</v>
+      </c>
+      <c r="F191" t="s">
+        <v>423</v>
       </c>
       <c r="G191" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H191" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J191" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K191" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L191" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M191" s="6">
-        <v>51840.0</v>
+        <v>429000.0</v>
       </c>
       <c r="N191" s="6">
-        <v>62726</v>
+        <v>519090</v>
       </c>
       <c r="O191" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P191" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
-        <v>13149</v>
+        <v>13542</v>
       </c>
       <c r="B192">
-        <v>0.6</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>0.18</v>
       </c>
       <c r="D192" t="s">
-        <v>386</v>
+        <v>318</v>
       </c>
       <c r="E192" t="s">
-        <v>361</v>
+        <v>353</v>
+      </c>
+      <c r="F192" t="s">
+        <v>482</v>
       </c>
       <c r="G192" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H192" t="s">
-        <v>342</v>
-[...11 lines deleted...]
-        <v>344</v>
+        <v>458</v>
       </c>
       <c r="M192" s="6">
-        <v>51840.0</v>
+        <v>440000.0</v>
       </c>
       <c r="N192" s="6">
-        <v>62726</v>
+        <v>532400</v>
       </c>
       <c r="O192" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P192" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193">
-        <v>14077</v>
+        <v>10677</v>
       </c>
       <c r="B193">
-        <v>0.56</v>
+        <v>2</v>
       </c>
       <c r="C193" t="s">
-        <v>556</v>
+        <v>483</v>
       </c>
       <c r="D193" t="s">
-        <v>380</v>
+        <v>266</v>
       </c>
       <c r="E193" t="s">
-        <v>471</v>
+        <v>20</v>
       </c>
       <c r="G193" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H193" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I193" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J193" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K193" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L193" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M193" s="6">
-        <v>52976.0</v>
+        <v>446000.0</v>
       </c>
       <c r="N193" s="6">
-        <v>64101</v>
+        <v>539660</v>
       </c>
       <c r="O193" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P193" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194">
-        <v>14078</v>
+        <v>4608</v>
       </c>
       <c r="B194">
-        <v>0.56</v>
+        <v>0.27</v>
       </c>
       <c r="C194" t="s">
-        <v>557</v>
+        <v>484</v>
       </c>
       <c r="D194" t="s">
-        <v>380</v>
+        <v>318</v>
       </c>
       <c r="E194" t="s">
-        <v>471</v>
+        <v>269</v>
+      </c>
+      <c r="F194" t="s">
+        <v>485</v>
       </c>
       <c r="G194" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H194" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J194" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K194" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L194" t="s">
-        <v>344</v>
+        <v>253</v>
       </c>
       <c r="M194" s="6">
-        <v>52976.0</v>
+        <v>475000.0</v>
       </c>
       <c r="N194" s="6">
-        <v>64101</v>
+        <v>574750</v>
       </c>
       <c r="O194" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P194" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
-        <v>10959</v>
+        <v>13976</v>
       </c>
       <c r="B195">
-        <v>0.7</v>
-[...2 lines deleted...]
-        <v>558</v>
+        <v>0.13</v>
       </c>
       <c r="D195" t="s">
-        <v>356</v>
+        <v>318</v>
       </c>
       <c r="E195" t="s">
-        <v>471</v>
+        <v>269</v>
+      </c>
+      <c r="F195" t="s">
+        <v>482</v>
       </c>
       <c r="G195" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H195" t="s">
-        <v>520</v>
-[...11 lines deleted...]
-        <v>348</v>
+        <v>458</v>
       </c>
       <c r="M195" s="6">
-        <v>53074.0</v>
+        <v>500000.0</v>
       </c>
       <c r="N195" s="6">
-        <v>64220</v>
+        <v>605000</v>
       </c>
       <c r="O195" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P195" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
-        <v>4963</v>
+        <v>10634</v>
       </c>
       <c r="B196">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="C196" t="s">
-        <v>559</v>
+        <v>486</v>
       </c>
       <c r="D196" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E196" t="s">
-        <v>25</v>
+        <v>280</v>
+      </c>
+      <c r="F196" t="s">
+        <v>487</v>
       </c>
       <c r="G196" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H196" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>251</v>
       </c>
       <c r="J196" t="s">
-        <v>346</v>
+        <v>252</v>
       </c>
       <c r="K196" t="s">
-        <v>346</v>
+        <v>258</v>
       </c>
       <c r="L196" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M196" s="6">
-        <v>54791.0</v>
+        <v>510000.0</v>
       </c>
       <c r="N196" s="6">
-        <v>66297</v>
+        <v>617100</v>
       </c>
       <c r="O196" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P196" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
-        <v>14046</v>
+        <v>3947</v>
       </c>
       <c r="B197">
-        <v>0.9</v>
+        <v>0.13</v>
       </c>
       <c r="C197" t="s">
-        <v>560</v>
+        <v>488</v>
       </c>
       <c r="D197" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="E197" t="s">
-        <v>25</v>
+        <v>23</v>
+      </c>
+      <c r="F197" t="s">
+        <v>489</v>
       </c>
       <c r="G197" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H197" t="s">
-        <v>342</v>
-[...11 lines deleted...]
-        <v>344</v>
+        <v>251</v>
       </c>
       <c r="M197" s="6">
-        <v>56115.0</v>
+        <v>520000.0</v>
       </c>
       <c r="N197" s="6">
-        <v>67899</v>
+        <v>629200</v>
       </c>
       <c r="O197" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P197" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
-        <v>3644</v>
+        <v>5926</v>
       </c>
       <c r="B198">
-        <v>0.7</v>
+        <v>0.27</v>
       </c>
       <c r="C198" t="s">
-        <v>561</v>
+        <v>490</v>
       </c>
       <c r="D198" t="s">
-        <v>386</v>
+        <v>318</v>
       </c>
       <c r="E198" t="s">
-        <v>20</v>
+        <v>280</v>
+      </c>
+      <c r="F198" t="s">
+        <v>491</v>
       </c>
       <c r="G198" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="H198" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>257</v>
       </c>
       <c r="J198" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K198" t="s">
-        <v>346</v>
+        <v>258</v>
       </c>
       <c r="L198" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M198" s="6">
-        <v>56196.0</v>
+        <v>585000.0</v>
       </c>
       <c r="N198" s="6">
-        <v>67997</v>
+        <v>707850</v>
       </c>
       <c r="O198" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P198" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
-        <v>13529</v>
+        <v>10354</v>
       </c>
       <c r="B199">
-        <v>0.7</v>
+        <v>1.51</v>
       </c>
       <c r="C199" t="s">
-        <v>562</v>
+        <v>492</v>
       </c>
       <c r="D199" t="s">
-        <v>350</v>
+        <v>284</v>
       </c>
       <c r="E199" t="s">
-        <v>20</v>
+        <v>315</v>
       </c>
       <c r="G199" t="s">
-        <v>466</v>
+        <v>250</v>
       </c>
       <c r="H199" t="s">
-        <v>342</v>
+        <v>251</v>
+      </c>
+      <c r="I199" t="s">
+        <v>252</v>
       </c>
       <c r="J199" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K199" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L199" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M199" s="6">
-        <v>56364.0</v>
+        <v>645000.0</v>
       </c>
       <c r="N199" s="6">
-        <v>68200</v>
+        <v>780450</v>
       </c>
       <c r="O199" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P199" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
-        <v>14044</v>
+        <v>13410</v>
       </c>
       <c r="B200">
-        <v>0.91</v>
+        <v>3.13</v>
       </c>
       <c r="C200" t="s">
-        <v>563</v>
+        <v>493</v>
       </c>
       <c r="D200" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E200" t="s">
-        <v>25</v>
+        <v>269</v>
       </c>
       <c r="G200" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H200" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I200" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J200" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K200" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L200" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M200" s="6">
-        <v>56739.0</v>
+        <v>920000.0</v>
       </c>
       <c r="N200" s="6">
-        <v>68654</v>
+        <v>1113200</v>
       </c>
       <c r="O200" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P200" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
-        <v>13341</v>
+        <v>14209</v>
       </c>
       <c r="B201">
-        <v>0.7</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>0.25</v>
       </c>
       <c r="D201" t="s">
-        <v>380</v>
+        <v>318</v>
       </c>
       <c r="E201" t="s">
-        <v>25</v>
+        <v>353</v>
+      </c>
+      <c r="F201" t="s">
+        <v>478</v>
       </c>
       <c r="G201" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H201" t="s">
-        <v>342</v>
-[...11 lines deleted...]
-        <v>348</v>
+        <v>458</v>
       </c>
       <c r="M201" s="6">
-        <v>57757.0</v>
+        <v>981900.0</v>
       </c>
       <c r="N201" s="6">
-        <v>69886</v>
+        <v>1188099</v>
       </c>
       <c r="O201" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P201" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
-        <v>13114</v>
+        <v>12803</v>
       </c>
       <c r="B202">
-        <v>0.56</v>
+        <v>0.15</v>
       </c>
       <c r="C202" t="s">
-        <v>565</v>
+        <v>494</v>
       </c>
       <c r="D202" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E202" t="s">
-        <v>361</v>
+        <v>269</v>
+      </c>
+      <c r="F202" t="s">
+        <v>478</v>
       </c>
       <c r="G202" t="s">
-        <v>341</v>
+        <v>310</v>
       </c>
       <c r="H202" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J202" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K202" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L202" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M202" s="6">
-        <v>57904.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N202" s="6">
-        <v>70064</v>
+        <v>1391500</v>
       </c>
       <c r="O202" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P202" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
-        <v>1952</v>
+        <v>14207</v>
       </c>
       <c r="B203">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>566</v>
+        <v>0.15</v>
       </c>
       <c r="D203" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="E203" t="s">
-        <v>20</v>
+        <v>353</v>
+      </c>
+      <c r="F203" t="s">
+        <v>495</v>
       </c>
       <c r="G203" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H203" t="s">
-        <v>567</v>
-[...11 lines deleted...]
-        <v>348</v>
+        <v>458</v>
       </c>
       <c r="M203" s="6">
-        <v>58842.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N203" s="6">
-        <v>71199</v>
+        <v>1391500</v>
       </c>
       <c r="O203" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P203" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
-        <v>13236</v>
+        <v>4439</v>
       </c>
       <c r="B204">
-        <v>0.41</v>
+        <v>0.31</v>
       </c>
       <c r="C204" t="s">
-        <v>568</v>
+        <v>496</v>
       </c>
       <c r="D204" t="s">
-        <v>485</v>
+        <v>318</v>
       </c>
       <c r="E204" t="s">
-        <v>23</v>
+        <v>269</v>
       </c>
       <c r="F204" t="s">
-        <v>544</v>
+        <v>497</v>
       </c>
       <c r="G204" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="H204" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="J204" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="K204" t="s">
-        <v>343</v>
+        <v>255</v>
       </c>
       <c r="L204" t="s">
-        <v>348</v>
+        <v>253</v>
       </c>
       <c r="M204" s="6">
-        <v>59500.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N204" s="6">
-        <v>71995</v>
+        <v>1391500</v>
       </c>
       <c r="O204" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P204" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
-        <v>12715</v>
+        <v>9999</v>
       </c>
       <c r="B205">
-        <v>0.5</v>
+        <v>2.02</v>
       </c>
       <c r="C205" t="s">
-        <v>569</v>
+        <v>498</v>
       </c>
       <c r="D205" t="s">
-        <v>430</v>
+        <v>284</v>
       </c>
       <c r="E205" t="s">
-        <v>471</v>
+        <v>376</v>
       </c>
       <c r="G205" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H205" t="s">
-        <v>342</v>
+        <v>251</v>
       </c>
       <c r="I205" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="J205" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="K205" t="s">
-        <v>343</v>
+        <v>252</v>
       </c>
       <c r="L205" t="s">
-        <v>344</v>
+        <v>259</v>
       </c>
       <c r="M205" s="6">
-        <v>61325.0</v>
+        <v>1200000.0</v>
       </c>
       <c r="N205" s="6">
-        <v>74203</v>
+        <v>1452000</v>
       </c>
       <c r="O205" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P205" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
-        <v>12096</v>
+        <v>14210</v>
       </c>
       <c r="B206">
-        <v>0.55</v>
-[...2 lines deleted...]
-        <v>570</v>
+        <v>0.16</v>
       </c>
       <c r="D206" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E206" t="s">
-        <v>361</v>
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>495</v>
       </c>
       <c r="G206" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H206" t="s">
-        <v>342</v>
-[...11 lines deleted...]
-        <v>347</v>
+        <v>458</v>
       </c>
       <c r="M206" s="6">
-        <v>61652.0</v>
+        <v>1400000.0</v>
       </c>
       <c r="N206" s="6">
-        <v>74599</v>
+        <v>1694000</v>
       </c>
       <c r="O206" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P206" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
-        <v>13222</v>
+        <v>14208</v>
       </c>
       <c r="B207">
-        <v>1.13</v>
-[...2 lines deleted...]
-        <v>571</v>
+        <v>0.18</v>
       </c>
       <c r="D207" t="s">
-        <v>354</v>
+        <v>318</v>
       </c>
       <c r="E207" t="s">
-        <v>30</v>
+        <v>269</v>
+      </c>
+      <c r="F207" t="s">
+        <v>499</v>
       </c>
       <c r="G207" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H207" t="s">
-        <v>520</v>
-[...11 lines deleted...]
-        <v>572</v>
+        <v>458</v>
       </c>
       <c r="M207" s="6">
-        <v>61800.0</v>
+        <v>1490000.0</v>
       </c>
       <c r="N207" s="6">
-        <v>74778</v>
+        <v>1802900</v>
       </c>
       <c r="O207" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P207" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
-        <v>10574</v>
+        <v>4440</v>
       </c>
       <c r="B208">
-        <v>0.75</v>
+        <v>0.5</v>
       </c>
       <c r="C208" t="s">
-        <v>573</v>
+        <v>500</v>
       </c>
       <c r="D208" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E208" t="s">
-        <v>25</v>
+        <v>269</v>
+      </c>
+      <c r="F208" t="s">
+        <v>501</v>
       </c>
       <c r="G208" t="s">
-        <v>406</v>
+        <v>320</v>
       </c>
       <c r="H208" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-        <v>344</v>
+        <v>251</v>
       </c>
       <c r="M208" s="6">
-        <v>61883.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="N208" s="6">
-        <v>74878</v>
+        <v>1815000</v>
       </c>
       <c r="O208" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P208" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
-        <v>12467</v>
+        <v>4661</v>
       </c>
       <c r="B209">
-        <v>0.51</v>
+        <v>0.3</v>
       </c>
       <c r="C209" t="s">
-        <v>574</v>
+        <v>502</v>
       </c>
       <c r="D209" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E209" t="s">
-        <v>471</v>
+        <v>280</v>
+      </c>
+      <c r="F209" t="s">
+        <v>495</v>
       </c>
       <c r="G209" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="H209" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J209" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K209" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L209" t="s">
-        <v>347</v>
+        <v>259</v>
       </c>
       <c r="M209" s="6">
-        <v>62552.0</v>
+        <v>1550000.0</v>
       </c>
       <c r="N209" s="6">
-        <v>75688</v>
+        <v>1875500</v>
       </c>
       <c r="O209" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P209" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
-        <v>12881</v>
+        <v>12806</v>
       </c>
       <c r="B210">
-        <v>1.03</v>
+        <v>0.26</v>
       </c>
       <c r="C210" t="s">
-        <v>575</v>
+        <v>503</v>
       </c>
       <c r="D210" t="s">
-        <v>576</v>
+        <v>318</v>
       </c>
       <c r="E210" t="s">
-        <v>361</v>
+        <v>280</v>
+      </c>
+      <c r="F210" t="s">
+        <v>495</v>
       </c>
       <c r="G210" t="s">
-        <v>341</v>
+        <v>310</v>
       </c>
       <c r="H210" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J210" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K210" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L210" t="s">
-        <v>348</v>
+        <v>256</v>
       </c>
       <c r="M210" s="6">
-        <v>63000.0</v>
+        <v>1650000.0</v>
       </c>
       <c r="N210" s="6">
-        <v>76230</v>
+        <v>1996500</v>
       </c>
       <c r="O210" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P210" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
-        <v>2187</v>
+        <v>13415</v>
       </c>
       <c r="B211">
-        <v>0.9</v>
+        <v>0.38</v>
       </c>
       <c r="C211" t="s">
-        <v>577</v>
+        <v>504</v>
       </c>
       <c r="D211" t="s">
-        <v>380</v>
+        <v>318</v>
       </c>
       <c r="E211" t="s">
-        <v>30</v>
+        <v>280</v>
+      </c>
+      <c r="F211" t="s">
+        <v>495</v>
       </c>
       <c r="G211" t="s">
-        <v>413</v>
+        <v>505</v>
       </c>
       <c r="H211" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>251</v>
       </c>
       <c r="J211" t="s">
-        <v>362</v>
+        <v>255</v>
       </c>
       <c r="K211" t="s">
-        <v>362</v>
+        <v>258</v>
       </c>
       <c r="L211" t="s">
-        <v>348</v>
+        <v>259</v>
       </c>
       <c r="M211" s="6">
-        <v>63239.0</v>
+        <v>3750000.0</v>
       </c>
       <c r="N211" s="6">
-        <v>76519</v>
+        <v>4537500</v>
       </c>
       <c r="O211" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P211" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
-        <v>11491</v>
+        <v>11121</v>
       </c>
       <c r="B212">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>578</v>
+        <v>0.16</v>
       </c>
       <c r="D212" t="s">
-        <v>29</v>
+        <v>318</v>
       </c>
       <c r="E212" t="s">
-        <v>23</v>
+        <v>269</v>
+      </c>
+      <c r="F212" t="s">
+        <v>506</v>
       </c>
       <c r="G212" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="H212" t="s">
-        <v>520</v>
-[...11 lines deleted...]
-        <v>348</v>
+        <v>458</v>
       </c>
       <c r="M212" s="6">
-        <v>64938.0</v>
+        <v>4400000.0</v>
       </c>
       <c r="N212" s="6">
-        <v>78575</v>
+        <v>5324000</v>
       </c>
       <c r="O212" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P212" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
-        <v>14097</v>
+        <v>9787</v>
       </c>
       <c r="B213">
-        <v>0.3</v>
-[...2 lines deleted...]
-        <v>579</v>
+        <v>0.42</v>
       </c>
       <c r="D213" t="s">
-        <v>485</v>
+        <v>318</v>
       </c>
       <c r="E213" t="s">
-        <v>30</v>
+        <v>353</v>
       </c>
       <c r="F213" t="s">
-        <v>580</v>
+        <v>495</v>
       </c>
       <c r="G213" t="s">
-        <v>413</v>
+        <v>310</v>
       </c>
       <c r="H213" t="s">
-        <v>342</v>
-[...8 lines deleted...]
-        <v>348</v>
+        <v>458</v>
       </c>
       <c r="M213" s="6">
-        <v>65000.0</v>
+        <v>4900000.0</v>
       </c>
       <c r="N213" s="6">
-        <v>78650</v>
+        <v>5929000</v>
       </c>
       <c r="O213" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P213" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
-        <v>12867</v>
+        <v>11247</v>
       </c>
       <c r="B214">
-        <v>0.76</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>0.56</v>
       </c>
       <c r="D214" t="s">
-        <v>350</v>
+        <v>318</v>
       </c>
       <c r="E214" t="s">
-        <v>361</v>
+        <v>353</v>
+      </c>
+      <c r="F214" t="s">
+        <v>506</v>
       </c>
       <c r="G214" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H214" t="s">
-        <v>342</v>
-[...11 lines deleted...]
-        <v>344</v>
+        <v>458</v>
       </c>
       <c r="M214" s="6">
-        <v>66098.0</v>
+        <v>9700000.0</v>
       </c>
       <c r="N214" s="6">
-        <v>79979</v>
+        <v>11737000</v>
       </c>
       <c r="O214" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P214" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
-        <v>13700</v>
+        <v>7404</v>
       </c>
       <c r="B215">
-        <v>0.55</v>
+        <v>0.8</v>
       </c>
       <c r="C215" t="s">
-        <v>582</v>
+        <v>507</v>
       </c>
       <c r="D215" t="s">
-        <v>430</v>
+        <v>318</v>
       </c>
       <c r="E215" t="s">
-        <v>471</v>
+        <v>353</v>
+      </c>
+      <c r="F215" t="s">
+        <v>499</v>
       </c>
       <c r="G215" t="s">
-        <v>341</v>
+        <v>320</v>
       </c>
       <c r="H215" t="s">
-        <v>342</v>
-[...11 lines deleted...]
-        <v>348</v>
+        <v>458</v>
       </c>
       <c r="M215" s="6">
-        <v>67458.0</v>
+        <v>13500000.0</v>
       </c>
       <c r="N215" s="6">
-        <v>81624</v>
+        <v>16335000</v>
       </c>
       <c r="O215" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P215" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
-        <v>12868</v>
+        <v>6776</v>
       </c>
       <c r="B216">
-        <v>0.78</v>
+        <v>1.02</v>
       </c>
       <c r="C216" t="s">
-        <v>583</v>
+        <v>508</v>
       </c>
       <c r="D216" t="s">
-        <v>350</v>
+        <v>318</v>
       </c>
       <c r="E216" t="s">
-        <v>361</v>
+        <v>353</v>
+      </c>
+      <c r="F216" t="s">
+        <v>495</v>
       </c>
       <c r="G216" t="s">
-        <v>341</v>
+        <v>275</v>
       </c>
       <c r="H216" t="s">
-        <v>342</v>
-[...11 lines deleted...]
-        <v>347</v>
+        <v>458</v>
       </c>
       <c r="M216" s="6">
-        <v>67837.0</v>
+        <v>16500000.0</v>
       </c>
       <c r="N216" s="6">
-        <v>82083</v>
+        <v>19965000</v>
       </c>
       <c r="O216" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P216" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
-        <v>14105</v>
+        <v>8508</v>
       </c>
       <c r="B217">
-        <v>1</v>
+        <v>0.54</v>
       </c>
       <c r="C217" t="s">
-        <v>584</v>
+        <v>509</v>
       </c>
       <c r="D217" t="s">
-        <v>22</v>
+        <v>318</v>
       </c>
       <c r="E217" t="s">
-        <v>23</v>
+        <v>353</v>
+      </c>
+      <c r="F217" t="s">
+        <v>510</v>
       </c>
       <c r="G217" t="s">
-        <v>341</v>
+        <v>273</v>
       </c>
       <c r="H217" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>251</v>
       </c>
       <c r="J217" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="K217" t="s">
-        <v>343</v>
+        <v>258</v>
       </c>
       <c r="L217" t="s">
-        <v>344</v>
+        <v>256</v>
       </c>
       <c r="M217" s="6">
-        <v>69300.0</v>
+        <v>29000000.0</v>
       </c>
       <c r="N217" s="6">
-        <v>83853</v>
+        <v>35090000</v>
       </c>
       <c r="O217" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="P217" t="s">
-        <v>247</v>
-[...89 lines deleted...]
-      <c r="P219" t="s">
         <v>249</v>
-      </c>
-[...4086 lines deleted...]
-        <v>340</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -17162,143 +12215,50 @@
     <hyperlink ref="P193" r:id="rId_hyperlink_191"/>
     <hyperlink ref="P194" r:id="rId_hyperlink_192"/>
     <hyperlink ref="P195" r:id="rId_hyperlink_193"/>
     <hyperlink ref="P196" r:id="rId_hyperlink_194"/>
     <hyperlink ref="P197" r:id="rId_hyperlink_195"/>
     <hyperlink ref="P198" r:id="rId_hyperlink_196"/>
     <hyperlink ref="P199" r:id="rId_hyperlink_197"/>
     <hyperlink ref="P200" r:id="rId_hyperlink_198"/>
     <hyperlink ref="P201" r:id="rId_hyperlink_199"/>
     <hyperlink ref="P202" r:id="rId_hyperlink_200"/>
     <hyperlink ref="P203" r:id="rId_hyperlink_201"/>
     <hyperlink ref="P204" r:id="rId_hyperlink_202"/>
     <hyperlink ref="P205" r:id="rId_hyperlink_203"/>
     <hyperlink ref="P206" r:id="rId_hyperlink_204"/>
     <hyperlink ref="P207" r:id="rId_hyperlink_205"/>
     <hyperlink ref="P208" r:id="rId_hyperlink_206"/>
     <hyperlink ref="P209" r:id="rId_hyperlink_207"/>
     <hyperlink ref="P210" r:id="rId_hyperlink_208"/>
     <hyperlink ref="P211" r:id="rId_hyperlink_209"/>
     <hyperlink ref="P212" r:id="rId_hyperlink_210"/>
     <hyperlink ref="P213" r:id="rId_hyperlink_211"/>
     <hyperlink ref="P214" r:id="rId_hyperlink_212"/>
     <hyperlink ref="P215" r:id="rId_hyperlink_213"/>
     <hyperlink ref="P216" r:id="rId_hyperlink_214"/>
     <hyperlink ref="P217" r:id="rId_hyperlink_215"/>
-    <hyperlink ref="P218" r:id="rId_hyperlink_216"/>
-[...91 lines deleted...]
-    <hyperlink ref="P310" r:id="rId_hyperlink_308"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>