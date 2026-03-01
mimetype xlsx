--- v1 (2026-01-10)
+++ v2 (2026-03-01)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="511">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="722">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,1518 +73,2151 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>3.63mm - 3.65mm x 2.23mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>VS1</t>
+  </si>
+  <si>
+    <t>3.54mm - 3.57mm x 2.30mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>3.64mm - 3.67mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>VS2</t>
+  </si>
+  <si>
+    <t>3.67mm - 3.73mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>3.62mm - 3.66mm x 2.21mm</t>
+  </si>
+  <si>
+    <t>3.54mm - 3.61mm x 2.38mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>VVS2</t>
+  </si>
+  <si>
+    <t>3.69mm - 3.73mm x 2.16mm</t>
+  </si>
+  <si>
+    <t>VVS1</t>
+  </si>
+  <si>
+    <t>3.58mm - 3.61mm x 2.32mm</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14392.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14482.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14399.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-f-vs1-s-igi-certifikatem-14486.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14488.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14420.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14393.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14397.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14226.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14227.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14440.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14460.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14342.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14343.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14502.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14445.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14461.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14304.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-e-vs1-s-igi-certifikatem-14454.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14321.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14322.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14443.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14493.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14506.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14507.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14255.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14500.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-d-vs1-s-igi-certifikatem-14466.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14491.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14498.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14438.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-d-vvs2-s-igi-certifikatem-14457.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-f-vvs1-s-igi-certifikatem-14503.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14248.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-f-vvs1-s-igi-certifikatem-14448.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14432.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-d-vvs2-s-igi-certifikatem-14456.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14492.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14437.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14446.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-14430.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-d-vvs2-s-igi-certifikatem-14431.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14439.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14350.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14351.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-si1-s-gia-certifikatem-14241.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-d-si1-s-gia-certifikatem-14328.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14330.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14331.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-g-vs1-s-gia-certifikatem-14244.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-g-if-s-gia-certifikatem-14212.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-14211.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14531.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14532.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14533.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-vvs1-s-gia-certifikatem-14527.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-vvs1-s-gia-certifikatem-14529.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/032ct-e-vvs1-s-gia-certifikatem-14294.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-if-s-gia-certifikatem-14317.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-f-vvs1-s-gia-certifikatem-14530.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-f-vvs1-s-gia-certifikatem-14528.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14316.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-g-vvs2-s-gia-certifikatem-14348.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14509.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14314.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14315.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14524.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14525.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14526.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-e-vvs1-s-gia-certifikatem-14522.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-e-vvs1-s-gia-certifikatem-14523.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14544.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14545.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14546.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14547.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14548.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-vvs2-s-gia-certifikatem-14570.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-f-if-s-gia-certifikatem-14549.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14312.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14313.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-f-vvs2-s-gia-certifikatem-14347.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-e-if-s-gia-certifikatem-14517.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-e-if-s-gia-certifikatem-14521.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14539.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14540.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14541.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-vvs1-s-gia-certifikatem-14569.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-e-if-s-gia-certifikatem-14518.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-e-if-s-gia-certifikatem-14520.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14310.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14311.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-e-if-s-gia-certifikatem-14519.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-f-vvs1-s-gia-certifikatem-14568.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-d-vvs2-s-gia-certifikatem-14564.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-if-s-gia-certifikatem-14543.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-f-vvs1-s-gia-certifikatem-14346.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14239.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14240.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14542.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-if-s-gia-certifikatem-14567.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14271.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14345.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14566.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14363.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14365.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/045ct-d-vvs2-s-gia-certifikatem-14565.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-d-if-s-gia-certifikatem-14514.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14556.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14559.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14561.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14563.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-d-if-s-gia-certifikatem-14515.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14557.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14558.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14562.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-g-vs1-s-gia-certifikatem-14264.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/046ct-e-vvs1-s-gia-certifikatem-14573.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14535.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14344.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14560.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-d-if-s-gia-certifikatem-14536.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/044ct-d-vvs1-s-gia-certifikatem-14555.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-h-vvs1-s-gia-certifikatem-14265.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/045ct-d-if-s-gia-certifikatem-14355.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-d-if-s-gia-certifikatem-14550.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14359.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-14551.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-j-vvs1-s-gia-certifikatem-14373.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-j-vvs1-s-gia-certifikatem-14374.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/046ct-d-if-s-gia-certifikatem-14572.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14576.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/103ct-w-x-vs1-s-gia-certifikatem-14285.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14371.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/057ct-g-if-s-gia-certifikatem-14263.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14260.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-e-vvs1-s-gia-certifikatem-14261.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/054ct-e-vvs1-s-gia-certifikatem-14259.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-14281.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14369.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14370.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-14368.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/081ct-f-vvs1-s-gia-certifikatem-14278.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/067ct-d-if-s-gia-certifikatem-14274.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-f-vvs1-s-gia-certifikatem-14580.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-d-vs1-s-gia-certifikatem-14579.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/014ct-7pr-fancy-pink-siav-s-arg-certifikatem-14584.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-7pp-fancy-purplish-pink-siav-s-arg-certifikaty-14585.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-bl2-fancy-gray-blue-si2-s-arg-a-gia-certifikaty-11345.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>4.34mm - 4.36mm x 2.64mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>4.30mm - 4.33mm x 2.66mm</t>
+  </si>
+  <si>
+    <t>3.91mm - 3.94mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>3.94mm - 3.96mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>4.07mm - 4.11mm x 2.43mm</t>
+  </si>
+  <si>
+    <t>4.55mm - 4.57mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>4.49mm - 4.51mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>3.95mm - 4.03mm x 2.37mm</t>
+  </si>
+  <si>
+    <t>3.89mm - 3.93mm x 2.41mm</t>
+  </si>
+  <si>
+    <t>3.95mm - 4.03mm x 2.29mm</t>
+  </si>
+  <si>
+    <t>4.42mm - 4.44mm x 2.75mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>4.14mm - 4.17mm x 2.38mm</t>
+  </si>
+  <si>
+    <t>4.64mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>4.62mm - 4.69mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>3.92mm - 3.98mm x 2.44mm</t>
+  </si>
+  <si>
+    <t>3.87mm - 3.92mm x 2.45mm</t>
+  </si>
+  <si>
+    <t>3.87mm - 3.90mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>3.93mm - 3.97mm x 2.36mm</t>
+  </si>
+  <si>
+    <t>3.89mm - 3.95mm x 2.41mm</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.62mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>3.93mm - 3.97mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>3.99mm - 4.08mm x 2.57mm</t>
+  </si>
+  <si>
+    <t>3.90mm - 3.94mm x 2.52mm</t>
+  </si>
+  <si>
     <t>4.64mm - 4.66mm x 2.90mm</t>
   </si>
   <si>
-    <t>J</t>
-[...2 lines deleted...]
-    <t>VS1</t>
+    <t>4.09mm - 4.15mm x 2.51mm</t>
+  </si>
+  <si>
+    <t>4.17mm - 4.20mm x 2.41mm</t>
+  </si>
+  <si>
+    <t>4.10mm - 4.20mm x 2.44mm</t>
+  </si>
+  <si>
+    <t>4.06mm - 4.09mm x 2.51mm</t>
   </si>
   <si>
     <t>4.67mm - 4.70mm x 2.91mm</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
-    <t>VS2</t>
-[...2 lines deleted...]
-    <t>4.14mm - 4.16mm x 2.57mm</t>
+    <t>4.67mm - 4.70mm x 2.86mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>SI1</t>
+  </si>
+  <si>
+    <t>4.08mm - 4.12mm x 2.54mm</t>
+  </si>
+  <si>
+    <t>4.19mm - 4.23mm x 2.48mm</t>
+  </si>
+  <si>
+    <t>4.22mm - 4.26mm x 2.43mm</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.80mm x 2.84mm</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.74mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.25mm - 4.30mm x 2.56mm</t>
+  </si>
+  <si>
+    <t>4.25mm - 4.28mm x 2.53mm</t>
+  </si>
+  <si>
+    <t>4.11mm - 4.15mm x 2.62mm</t>
+  </si>
+  <si>
+    <t>4.25mm - 4.28mm x 2.60mm</t>
+  </si>
+  <si>
+    <t>4.28mm - 4.32mm x 2.56mm</t>
+  </si>
+  <si>
+    <t>4.23mm - 4.28mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.70mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.76mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.71mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.21mm - 4.25mm x 2.60mm</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
-    <t>VVS1</t>
-[...700 lines deleted...]
-  <si>
     <t>Fair</t>
   </si>
   <si>
-    <t>4.36mm - 4.38mm x 2.73mm</t>
-[...2 lines deleted...]
-    <t>4.91mm - 4.94mm x 3.07mm</t>
+    <t>4.67mm - 4.69mm x 2.85mm</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.63mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.76mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>SI2</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.81mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.72mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.70mm x 2.95mm</t>
   </si>
   <si>
     <t>3.82mm - 3.86mm x 2.49mm</t>
   </si>
   <si>
     <t>4.00mm - 4.05mm x 2.33mm</t>
   </si>
   <si>
-    <t>4.68mm - 4.70mm x 2.94mm</t>
-[...14 lines deleted...]
-    <t>4.62mm - 4.65mm x 2.89mm</t>
+    <t>4.66mm - 4.69mm x 2.82mm</t>
+  </si>
+  <si>
+    <t>4.61mm - 4.65mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.72mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.75mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.83mm x 2.98mm</t>
   </si>
   <si>
     <t>4.29mm - 4.36mm x 2.48mm</t>
   </si>
   <si>
+    <t>4.83mm - 4.87mm x 3.04mm</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.87mm x 3.05mm</t>
+  </si>
+  <si>
+    <t>4.40mm - 4.42mm x 2.65mm</t>
+  </si>
+  <si>
+    <t>IF</t>
+  </si>
+  <si>
     <t>5.36mm x 3.94mm x 2.34mm</t>
   </si>
   <si>
     <t>Oval</t>
   </si>
   <si>
-    <t>5.71mm x 3.70mm x 2.33mm</t>
+    <t>5.14mm x 3.81mm x 2.42mm</t>
+  </si>
+  <si>
+    <t>6.46mm x 3.44mm x 2.19mm</t>
+  </si>
+  <si>
+    <t>Marquise</t>
+  </si>
+  <si>
+    <t>4.76mm - 4.79mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.92mm</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.82mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.79mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.34mm - 4.37mm x 2.66mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>4.62mm - 4.64mm x 2.86mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.77mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.63mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>4.49mm - 4.52mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>4.36mm - 4.39mm x 2.73mm</t>
+  </si>
+  <si>
+    <t>4.81mm - 4.83mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.80mm</t>
+  </si>
+  <si>
+    <t>5.09mm - 5.11mm x 3.19mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.71mm x 2.80mm</t>
+  </si>
+  <si>
+    <t>4.81mm - 4.84mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 3.01mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.73mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.48mm - 4.51mm x 2.72mm</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.73mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.76mm - 4.78mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.59mm - 4.62mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>4.59mm - 4.60mm x 2.75mm</t>
+  </si>
+  <si>
+    <t>4.61mm - 4.64mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>4.59mm - 4.60mm x 2.85mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.68mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>5.12mm - 5.13mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>5.13mm - 5.16mm x 3.16mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.69mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.69mm x 2.86mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.69mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.70mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.63mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.79mm - 4.81mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.31mm x 5.01mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>4.62mm - 4.64mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.74mm x 2.92mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.76mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.84mm - 4.87mm x 3.01mm</t>
+  </si>
+  <si>
+    <t>4.56mm - 4.59mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>4.49mm - 4.52mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.64mm - 4.67mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.77mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.64mm - 4.65mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>4.58mm - 4.61mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.62mm x 2.85mm</t>
+  </si>
+  <si>
+    <t>4.90mm - 4.92mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.76mm - 4.77mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.85mm x 3.00mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.69mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.67mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.69mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.77mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>3.93mm x 3.78mm x 2.59mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>Fancy Intense Yellow</t>
+  </si>
+  <si>
+    <t>Radiant</t>
+  </si>
+  <si>
+    <t>5.35mm - 5.37mm x 3.35mm</t>
+  </si>
+  <si>
+    <t>4.85mm - 4.87mm x 2.99mm</t>
+  </si>
+  <si>
+    <t>4.92mm - 4.94mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>5.38mm - 5.40mm x 3.37mm</t>
+  </si>
+  <si>
+    <t>5.39mm - 5.40mm x 3.38mm</t>
+  </si>
+  <si>
+    <t>4.87mm - 4.90mm x 3.06mm</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.23mm x 3.24mm</t>
+  </si>
+  <si>
+    <t>5.36mm - 5.39mm x 3.15mm</t>
+  </si>
+  <si>
+    <t>4.55mm - 4.57mm x 2.80mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.75mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.73mm - 4.74mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.79mm - 4.81mm x 2.84mm</t>
+  </si>
+  <si>
+    <t>5.66mm x 3.67mm x 2.23mm</t>
   </si>
   <si>
     <t>Pear</t>
   </si>
   <si>
-    <t>4.73mm - 4.75mm x 2.96mm</t>
-[...139 lines deleted...]
-  <si>
     <t>silná</t>
   </si>
   <si>
-    <t>4.65mm - 4.68mm x 2.90mm</t>
-[...8 lines deleted...]
-    <t>5.19mm - 5.23mm x 3.24mm</t>
+    <t>4.59mm - 4.60mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.78mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.79mm - 4.82mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.79mm x 2.99mm</t>
+  </si>
+  <si>
+    <t>5.05mm - 5.09mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>5.00mm - 5.03mm x 3.05mm</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.79mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.67mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>4.86mm - 4.88mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>4.89mm - 4.91mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.70mm x 2.92mm</t>
+  </si>
+  <si>
+    <t>4.86mm - 4.89mm x 3.03mm</t>
   </si>
   <si>
     <t>4.83mm - 4.86mm x 2.98mm</t>
   </si>
   <si>
     <t>5.19mm - 5.22mm x 3.22mm</t>
   </si>
   <si>
-    <t>5.32mm - 5.36mm x 3.20mm</t>
+    <t>5.34mm - 5.37mm x 3.15mm</t>
   </si>
   <si>
     <t>4.80mm - 4.83mm x 3.02mm</t>
   </si>
   <si>
-    <t>4.99mm x 5.48mm x 3.12mm</t>
-[...5 lines deleted...]
-    <t>4.77mm - 4.79mm x 2.88mm</t>
+    <t>4.66mm x 5.26mm x 3.02mm</t>
   </si>
   <si>
     <t>5.67mm - 5.70mm x 3.57mm</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
-    <t>4.66mm x 4.62mm x 3.29mm</t>
-[...5 lines deleted...]
-    <t>4.66mm x 4.66mm x 3.32mm</t>
+    <t>4.80mm - 4.82mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.22mm x 3.18mm</t>
+  </si>
+  <si>
+    <t>4.94mm - 4.97mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>5.45mm - 5.53mm x 3.64mm</t>
+  </si>
+  <si>
+    <t>good</t>
+  </si>
+  <si>
+    <t>very good</t>
+  </si>
+  <si>
+    <t>7.64mm x 4.65mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>5.62mm - 5.67mm x 3.56mm</t>
+  </si>
+  <si>
+    <t>5.63mm - 5.68mm x 3.58mm</t>
   </si>
   <si>
     <t>4.82mm - 4.85mm x 3.02mm</t>
   </si>
   <si>
-    <t>5.19mm - 5.22mm x 3.18mm</t>
-[...8 lines deleted...]
-    <t>4.74mm x 5.64mm x 3.37mm</t>
+    <t>5.68mm - 5.72mm x 3.57mm</t>
+  </si>
+  <si>
+    <t>5.69mm - 5.73mm x 3.58mm</t>
+  </si>
+  <si>
+    <t>4.98mm - 5.00mm x 3.04mm</t>
+  </si>
+  <si>
+    <t>9.12mm x 5.23mm x 3.50mm</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>4.94mm x 5.80mm x 3.46mm</t>
+  </si>
+  <si>
+    <t>7.79mm x 5.39mm x 3.36mm</t>
+  </si>
+  <si>
+    <t>I1</t>
+  </si>
+  <si>
+    <t>5.93mm x 6.98mm x 4.14mm</t>
+  </si>
+  <si>
+    <t>O</t>
+  </si>
+  <si>
+    <t>8.69mm x 4.25mm x 2.52mm</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.73mm x 3.56mm</t>
+  </si>
+  <si>
+    <t>HRD</t>
   </si>
   <si>
     <t>5.76mm - 5.78mm x 3.61mm</t>
   </si>
   <si>
-    <t>5.14mm - 5.17mm x 3.17mm</t>
-[...8 lines deleted...]
-    <t>5.72mm - 5.74mm x 3.51mm</t>
+    <t>6.04mm x 5.20mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>W-X</t>
+  </si>
+  <si>
+    <t>Cushion</t>
+  </si>
+  <si>
+    <t>5.62mm - 5.66mm x 3.54mm</t>
+  </si>
+  <si>
+    <t>5.26mm - 5.30mm x 3.29mm</t>
   </si>
   <si>
     <t>5.68mm - 5.71mm x 3.58mm</t>
   </si>
   <si>
     <t>5.71mm - 5.75mm x 3.57mm</t>
   </si>
   <si>
     <t>4.59mm x 4.05mm x 2.89mm</t>
   </si>
   <si>
-    <t>I1</t>
-[...26 lines deleted...]
-    <t>HRD</t>
+    <t>5.15mm - 5.18mm x 3.15mm</t>
+  </si>
+  <si>
+    <t>5.34mm - 5.38mm x 3.37mm</t>
+  </si>
+  <si>
+    <t>5.34mm - 5.38mm x 3.38mm</t>
+  </si>
+  <si>
+    <t>5.23mm - 5.25mm x 3.24mm</t>
   </si>
   <si>
     <t>4.39mm x 4.34mm x 3.06mm</t>
   </si>
   <si>
-    <t>8.69mm x 4.25mm x 2.52mm</t>
-[...8 lines deleted...]
-    <t>5.91mm - 5.95mm x 3.70mm</t>
+    <t>5.22mm - 5.25mm x 3.20mm</t>
+  </si>
+  <si>
+    <t>7.75mm x 5.05mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>5.69mm - 5.73mm x 3.54mm</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.74mm x 3.52mm</t>
   </si>
   <si>
     <t>5.32mm - 5.33mm x 3.19mm</t>
   </si>
   <si>
+    <t>5.62mm - 5.66mm x 3.51mm</t>
+  </si>
+  <si>
     <t>5.80mm x 3.70mm x 2.33mm</t>
   </si>
   <si>
     <t>Faint Pink</t>
   </si>
   <si>
-    <t>7.75mm x 5.05mm x 3.51mm</t>
-[...8 lines deleted...]
-    <t>5.32mm - 5.34mm x 3.30mm</t>
+    <t>6.17mm - 6.19mm x 3.85mm</t>
   </si>
   <si>
     <t>6.32mm x 4.19mm x 2.74mm</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>Emerald</t>
   </si>
   <si>
-    <t>6.17mm - 6.19mm x 3.85mm</t>
-[...14 lines deleted...]
-    <t>5.62mm - 5.66mm x 3.51mm</t>
+    <t>5.30mm x 6.29mm x 3.62mm</t>
+  </si>
+  <si>
+    <t>6.49mm - 6.51mm x 3.96mm</t>
+  </si>
+  <si>
+    <t>6.14mm - 6.17mm x 3.86mm</t>
+  </si>
+  <si>
+    <t>6.13mm - 6.17mm x 3.85mm</t>
+  </si>
+  <si>
+    <t>6.10mm - 6.13mm x 3.88mm</t>
   </si>
   <si>
     <t>5.53mm - 5.56mm x 3.53mm</t>
   </si>
   <si>
-    <t>6.14mm - 6.17mm x 3.86mm</t>
-[...5 lines deleted...]
-    <t>6.13mm - 6.17mm x 3.85mm</t>
+    <t>5.14mm - 5.17mm x 3.13mm</t>
+  </si>
+  <si>
+    <t>7.91mm x 4.97mm x 2.97mm</t>
   </si>
   <si>
     <t>5.98mm - 6.08mm x 3.85mm</t>
   </si>
   <si>
     <t>EGL</t>
   </si>
   <si>
+    <t>5.10mm - 5.12mm x 3.20mm</t>
+  </si>
+  <si>
+    <t>5.89mm - 5.92mm x 3.61mm</t>
+  </si>
+  <si>
     <t>4.72mm - 4.76mm x 2.98mm</t>
   </si>
   <si>
-    <t>5.14mm - 5.17mm x 3.13mm</t>
-[...5 lines deleted...]
-    <t>6.75mm - 6.77mm x 4.13mm</t>
+    <t>5.87mm - 5.91mm x 3.66mm</t>
+  </si>
+  <si>
+    <t>7.41mm x 5.80mm x 3.88mm</t>
+  </si>
+  <si>
+    <t>8.59mm x 4.53mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>9.02mm x 5.38mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>6.17mm - 6.23mm x 3.76mm</t>
+  </si>
+  <si>
+    <t>5.09mm x 3.41mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>Very Light Pink</t>
+  </si>
+  <si>
+    <t>6.33mm - 6.37mm x 3.98mm</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.73mm x 3.53mm</t>
+  </si>
+  <si>
+    <t>10.43mm x 4.69mm x 2.72mm</t>
+  </si>
+  <si>
+    <t>6.99mm x 5.65mm x 3.90mm</t>
+  </si>
+  <si>
+    <t>6.21mm - 6.25mm x 3.74mm</t>
+  </si>
+  <si>
+    <t>6.21mm - 6.26mm x 3.74mm</t>
+  </si>
+  <si>
+    <t>5.67mm - 5.70mm x 3.55mm</t>
+  </si>
+  <si>
+    <t>6.41mm - 6.45mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>5.88mm - 5.92mm x 3.72mm</t>
+  </si>
+  <si>
+    <t>5.95mm - 5.98mm x 3.72mm</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.74mm x 3.44mm</t>
+  </si>
+  <si>
+    <t>5.53mm - 5.59mm x 3.57mm</t>
+  </si>
+  <si>
+    <t>11.54mm x 6.12mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>6.82mm x 5.64mm x 4.06mm</t>
   </si>
   <si>
     <t>mírná</t>
   </si>
   <si>
-    <t>7.91mm x 4.97mm x 2.97mm</t>
-[...65 lines deleted...]
-    <t>7.41mm x 5.80mm x 3.88mm</t>
+    <t>6.11mm - 6.15mm x 3.84mm</t>
+  </si>
+  <si>
+    <t>5.66mm - 5.69mm x 3.54mm</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.73mm x 3.49mm</t>
+  </si>
+  <si>
+    <t>7.36mm - 7.41mm x 4.50mm</t>
+  </si>
+  <si>
+    <t>5.65mm - 5.68mm x 3.55mm</t>
+  </si>
+  <si>
+    <t>5.69mm - 5.72mm x 3.50mm</t>
   </si>
   <si>
     <t>7.18mm x 5.98mm x 4.04mm</t>
   </si>
   <si>
-    <t>6.17mm - 6.23mm x 3.76mm</t>
-[...7 lines deleted...]
-  <si>
     <t>4.52mm x 3.99mm x 3.07mm</t>
   </si>
   <si>
     <t>Fancy Vivid Yellow</t>
   </si>
   <si>
-    <t>5.88mm - 5.92mm x 3.72mm</t>
-[...5 lines deleted...]
-    <t>5.70mm - 5.73mm x 3.49mm</t>
+    <t>6.09mm - 6.14mm x 3.85mm</t>
+  </si>
+  <si>
+    <t>6.26mm - 6.29mm x 3.77mm</t>
   </si>
   <si>
     <t>8.68mm x 6.42mm x 4.07mm</t>
   </si>
   <si>
     <t>6.70mm x 6.48mm x 4.51mm</t>
   </si>
   <si>
-    <t>6.11mm - 6.15mm x 3.84mm</t>
-[...2 lines deleted...]
-    <t>6.41mm - 6.45mm x 3.95mm</t>
+    <t>6.59mm - 6.64mm x 4.14mm</t>
   </si>
   <si>
     <t>6.62mm - 6.67mm x 4.17mm</t>
   </si>
   <si>
-    <t>6.09mm - 6.14mm x 3.85mm</t>
-[...8 lines deleted...]
-    <t>7.36mm - 7.41mm x 4.50mm</t>
+    <t>6.84mm x 5.03mm x 3.41mm</t>
   </si>
   <si>
     <t>9.75mm x 6.38mm x 3.96mm</t>
   </si>
   <si>
+    <t>6.89mm - 6.92mm x 4.17mm</t>
+  </si>
+  <si>
+    <t>6.33mm - 6.37mm x 3.99mm</t>
+  </si>
+  <si>
+    <t>6.34mm - 6.38mm x 4.02mm</t>
+  </si>
+  <si>
+    <t>5.86mm x 6.90mm x 4.13mm</t>
+  </si>
+  <si>
     <t>9.67mm x 7.08mm x 4.40mm</t>
   </si>
   <si>
     <t>velmi mírná</t>
   </si>
   <si>
+    <t>8.02mm x 5.72mm x 3.44mm</t>
+  </si>
+  <si>
     <t>6.39mm - 6.41mm x 4.01mm</t>
   </si>
   <si>
-    <t>5.86mm x 6.90mm x 4.13mm</t>
-[...5 lines deleted...]
-    <t>6.34mm - 6.38mm x 4.02mm</t>
+    <t>6.62mm - 6.64mm x 4.15mm</t>
+  </si>
+  <si>
+    <t>6.10mm - 6.13mm x 3.87mm</t>
+  </si>
+  <si>
+    <t>6.09mm - 6.15mm x 3.89mm</t>
+  </si>
+  <si>
+    <t>6.18mm - 6.21mm x 3.87mm</t>
+  </si>
+  <si>
+    <t>6.99mm - 7.07mm x 4.12mm</t>
   </si>
   <si>
     <t>5.32mm x 4.20mm x 3.00mm</t>
   </si>
   <si>
     <t>Fancy Intense Yellow-Orange</t>
   </si>
   <si>
     <t>střední žlutá</t>
   </si>
   <si>
-    <t>6.89mm - 6.92mm x 4.17mm</t>
+    <t>7.27mm - 7.32mm x 4.58mm</t>
   </si>
   <si>
     <t>6.51mm x 6.50mm x 4.50mm</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
-    <t>6.62mm - 6.64mm x 4.15mm</t>
-[...4 lines deleted...]
-  <si>
     <t>6.50mm - 6.54mm x 3.93mm</t>
   </si>
   <si>
-    <t>6.18mm - 6.21mm x 3.87mm</t>
-[...4 lines deleted...]
-  <si>
     <t>5.79mm x 5.55mm x 3.77mm</t>
   </si>
   <si>
-    <t>6.10mm - 6.13mm x 3.87mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Fancy Light Pink</t>
   </si>
   <si>
     <t>ARGYLE</t>
   </si>
   <si>
     <t>8.15mm - 8.19mm x 4.91mm</t>
   </si>
   <si>
     <t>9.57mm x 7.14mm x 4.40mm</t>
   </si>
   <si>
     <t>7.45mm x 5.39mm x 3.70mm</t>
   </si>
   <si>
     <t>5.12mm - 5.16mm x 3.12mm</t>
   </si>
   <si>
     <t>5.36mm x 4.77mm x 3.53mm</t>
   </si>
   <si>
     <t>velice mírná</t>
   </si>
   <si>
     <t>3.81mm x 3.77mm x 2.66mm</t>
   </si>
   <si>
     <t>Fancy Pink-Purple</t>
   </si>
   <si>
     <t>7.24mm x 7.05mm x 4.96mm</t>
   </si>
   <si>
     <t>6.62mm - 6.68mm x 4.17mm</t>
   </si>
   <si>
-    <t>6.65mm - 6.68mm x 4.11mm</t>
+    <t>7.28mm - 7.33mm x 4.58mm</t>
   </si>
   <si>
     <t>5.01mm x 3.37mm x 1.80mm</t>
   </si>
   <si>
     <t>Fancy Intense Pink-Purple</t>
   </si>
   <si>
-    <t>7.28mm - 7.33mm x 4.58mm</t>
-[...1 lines deleted...]
-  <si>
     <t>7.65mm x 8.97mm x 5.25mm</t>
   </si>
   <si>
     <t>4.99mm x 4.96mm x 3.29mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Yellow</t>
   </si>
   <si>
     <t xml:space="preserve">Very Good </t>
   </si>
   <si>
     <t>velmi silná zelená</t>
   </si>
   <si>
     <t>Fancy Purplish Pink</t>
   </si>
   <si>
-    <t>7.23mm - 7.28mm x 4.60mm</t>
+    <t>7.93mm - 7.98mm x 5.05mm</t>
   </si>
   <si>
     <t>8.48mm x 7.68mm x 5.42mm</t>
   </si>
   <si>
     <t>5.65mm x 5.62mm x 3.71mm</t>
   </si>
   <si>
     <t>Fancy Pink</t>
   </si>
   <si>
-    <t>7.93mm - 7.98mm x 5.05mm</t>
-[...1 lines deleted...]
-  <si>
     <t>5.39mm x 3.54mm x 1.99mm</t>
   </si>
   <si>
     <t>Fancy Intense Pinkish Purple</t>
   </si>
   <si>
     <t>8.13mm x 4.87mm x 2.87mm</t>
   </si>
   <si>
     <t>Fancy Vivid Yellowish Orange</t>
   </si>
   <si>
     <t>3.18mm x 2.72mm x 1.78mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Blue</t>
   </si>
   <si>
     <t>3.33mm x 3.29mm x 2.63mm</t>
   </si>
   <si>
     <t>Fancy Vivid Orange</t>
   </si>
   <si>
     <t>7.29mm - 7.33mm x 4.58mm</t>
   </si>
   <si>
     <t>9.36mm - 9.40mm x 5.82mm</t>
   </si>
   <si>
     <t>3.53mm x 3.67mm x 1.88mm</t>
   </si>
   <si>
     <t>Fancy Intense Pink</t>
   </si>
   <si>
     <t>4.22mm x 3.83mm x 2.26mm</t>
   </si>
   <si>
     <t>Fancy Intense Bluish Green</t>
   </si>
   <si>
     <t>8.05mm - 8.10mm x 5.02mm</t>
   </si>
   <si>
+    <t>4.61mm x 3.79mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>Fancy Purple-Pink</t>
+  </si>
+  <si>
+    <t>4.97mm x 3.17mm x 2.20mm</t>
+  </si>
+  <si>
+    <t>4.15mm x 4.21mm x 2.21mm</t>
+  </si>
+  <si>
+    <t>3.95mm x 3.88mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Fancy Vivid Purplish Pink</t>
+  </si>
+  <si>
+    <t>5.05mm x 3.76mm x 2.13mm</t>
+  </si>
+  <si>
+    <t>Fancy Gray-Blue</t>
+  </si>
+  <si>
+    <t>5.57mm x 4.78mm x 3.51mm</t>
+  </si>
+  <si>
     <t>Fancy Deep Pink</t>
-  </si>
-[...22 lines deleted...]
-    <t>5.57mm x 4.78mm x 3.51mm</t>
   </si>
   <si>
     <t>7.30mm x 4.86mm x 3.81mm</t>
   </si>
   <si>
     <t>5.95mm x 4.29mm x 2.95mm</t>
   </si>
   <si>
     <t>Fancy Gray-Blue / BL2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -2061,62 +2694,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-13841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vs1-s-gia-certifikatem-14115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14110.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-j-vs2-s-gia-certifikatem-14150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vs2-s-gia-certifikatem-14124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-e-vvs1-s-gia-certifikatem-13875.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14180.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-f-vvs1-s-gia-certifikatem-14127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs1-s-gia-certifikatem-14125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14160.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-i-if-s-gia-certifikatem-14196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-f-vs2-s-gia-certifikatem-14171.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-f-vvs2-s-gia-certifikatem-13757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-g-vvs1-s-gia-certifikatem-14048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-12281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs2-s-gia-certifikatem-13632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/068ct-g-vvs1-s-gia-certifikatem-14157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-h-vs1-s-gia-certifikatem-14173.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/058ct-e-vvs1-s-gia-certifikatem-14164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-l-si1-s-hrd-certifikatem-13222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-if-s-gia-certifikatem-13700.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-hrd-certifikatem-2264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/112ct-d-if-s-gia-certifikatem-14176.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-7pp-fancy-purplish-pink-i1-s-arg-certifikatem-14209.html" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14482.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-f-vs1-s-igi-certifikatem-14486.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14488.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14420.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14397.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14460.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14445.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14461.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-e-vs1-s-igi-certifikatem-14454.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14322.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14507.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14500.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-d-vs1-s-igi-certifikatem-14466.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14498.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14438.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-d-vvs2-s-igi-certifikatem-14457.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs1-s-igi-certifikatem-14503.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-f-vvs1-s-igi-certifikatem-14448.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14432.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-d-vvs2-s-igi-certifikatem-14456.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14437.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-14430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-d-vvs2-s-igi-certifikatem-14431.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-si1-s-gia-certifikatem-14241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-d-si1-s-gia-certifikatem-14328.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14331.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-g-vs1-s-gia-certifikatem-14244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-if-s-gia-certifikatem-14212.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-14211.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-vvs1-s-gia-certifikatem-14527.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-vvs1-s-gia-certifikatem-14529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs1-s-gia-certifikatem-14294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-if-s-gia-certifikatem-14317.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-f-vvs1-s-gia-certifikatem-14530.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-f-vvs1-s-gia-certifikatem-14528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14316.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-g-vvs2-s-gia-certifikatem-14348.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14315.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14524.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14526.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-e-vvs1-s-gia-certifikatem-14522.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-e-vvs1-s-gia-certifikatem-14523.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14545.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14546.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-vvs2-s-gia-certifikatem-14570.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-f-if-s-gia-certifikatem-14549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14312.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14313.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs2-s-gia-certifikatem-14347.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-e-if-s-gia-certifikatem-14517.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-e-if-s-gia-certifikatem-14521.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-vvs1-s-gia-certifikatem-14569.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-e-if-s-gia-certifikatem-14518.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-e-if-s-gia-certifikatem-14520.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14310.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14311.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-e-if-s-gia-certifikatem-14519.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-f-vvs1-s-gia-certifikatem-14568.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-d-vvs2-s-gia-certifikatem-14564.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-if-s-gia-certifikatem-14543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs1-s-gia-certifikatem-14346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-if-s-gia-certifikatem-14567.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14566.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14363.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14365.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/045ct-d-vvs2-s-gia-certifikatem-14565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-d-if-s-gia-certifikatem-14514.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14556.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14559.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14563.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-if-s-gia-certifikatem-14515.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14558.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14562.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-g-vs1-s-gia-certifikatem-14264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-e-vvs1-s-gia-certifikatem-14573.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14535.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14560.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-d-if-s-gia-certifikatem-14536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-d-vvs1-s-gia-certifikatem-14555.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-h-vvs1-s-gia-certifikatem-14265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/045ct-d-if-s-gia-certifikatem-14355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-d-if-s-gia-certifikatem-14550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14359.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-14551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-j-vvs1-s-gia-certifikatem-14373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-j-vvs1-s-gia-certifikatem-14374.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-d-if-s-gia-certifikatem-14572.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-w-x-vs1-s-gia-certifikatem-14285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14371.html" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-if-s-gia-certifikatem-14263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-e-vvs1-s-gia-certifikatem-14261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-e-vvs1-s-gia-certifikatem-14259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-14281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14369.html" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-14368.html" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/081ct-f-vvs1-s-gia-certifikatem-14278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/067ct-d-if-s-gia-certifikatem-14274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-f-vvs1-s-gia-certifikatem-14580.html" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-d-vs1-s-gia-certifikatem-14579.html" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/014ct-7pr-fancy-pink-siav-s-arg-certifikatem-14584.html" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pp-fancy-purplish-pink-siav-s-arg-certifikaty-14585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-bl2-fancy-gray-blue-si2-s-arg-a-gia-certifikaty-11345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q217"/>
+  <dimension ref="A1:Q322"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N217" sqref="N217"/>
+      <selection activeCell="N322" sqref="N322"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -2158,9881 +2791,14831 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14004</v>
+        <v>14392</v>
       </c>
       <c r="B3">
-        <v>0.38</v>
+        <v>0.18</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H3" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I3" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J3" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K3" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L3" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M3" s="6">
-        <v>8987.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N3" s="6">
-        <v>10874</v>
+        <v>6428</v>
       </c>
       <c r="O3" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>13937</v>
+        <v>14482</v>
       </c>
       <c r="B4">
-        <v>0.4</v>
+        <v>0.18</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H4" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I4" t="s">
-        <v>255</v>
+        <v>356</v>
       </c>
       <c r="J4" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="K4" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="L4" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M4" s="6">
-        <v>9460.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N4" s="6">
-        <v>11447</v>
+        <v>6428</v>
       </c>
       <c r="O4" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P4" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>13477</v>
+        <v>14399</v>
       </c>
       <c r="B5">
-        <v>0.27</v>
+        <v>0.18</v>
       </c>
       <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>24</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H5" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="I5" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="J5" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="K5" t="s">
-        <v>255</v>
+        <v>356</v>
       </c>
       <c r="L5" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M5" s="6">
-        <v>9912.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N5" s="6">
-        <v>11993</v>
+        <v>6428</v>
       </c>
       <c r="O5" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>12629</v>
+        <v>14486</v>
       </c>
       <c r="B6">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H6" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="I6" t="s">
-        <v>258</v>
+        <v>355</v>
       </c>
       <c r="J6" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="K6" t="s">
-        <v>258</v>
+        <v>356</v>
       </c>
       <c r="L6" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M6" s="6">
-        <v>10165.0</v>
+        <v>5579.0</v>
       </c>
       <c r="N6" s="6">
-        <v>12299</v>
+        <v>6751</v>
       </c>
       <c r="O6" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P6" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>13841</v>
+        <v>14488</v>
       </c>
       <c r="B7">
-        <v>0.27</v>
+        <v>0.18</v>
       </c>
       <c r="C7" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H7" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="I7" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J7" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K7" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L7" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M7" s="6">
-        <v>10607.0</v>
+        <v>5999.0</v>
       </c>
       <c r="N7" s="6">
-        <v>12835</v>
+        <v>7258</v>
       </c>
       <c r="O7" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P7" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14115</v>
+        <v>14420</v>
       </c>
       <c r="B8">
-        <v>0.31</v>
+        <v>0.19</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G8" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H8" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I8" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J8" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K8" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L8" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M8" s="6">
-        <v>10664.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N8" s="6">
-        <v>12903</v>
+        <v>7410</v>
       </c>
       <c r="O8" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P8" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14110</v>
+        <v>14393</v>
       </c>
       <c r="B9">
-        <v>0.3</v>
+        <v>0.19</v>
       </c>
       <c r="C9" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H9" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I9" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J9" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K9" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L9" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M9" s="6">
-        <v>10965.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N9" s="6">
-        <v>13268</v>
+        <v>7410</v>
       </c>
       <c r="O9" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P9" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>12592</v>
+        <v>14397</v>
       </c>
       <c r="B10">
-        <v>0.29</v>
+        <v>0.19</v>
       </c>
       <c r="C10" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="G10" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H10" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="I10" t="s">
-        <v>258</v>
+        <v>356</v>
       </c>
       <c r="J10" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="K10" t="s">
-        <v>260</v>
+        <v>356</v>
       </c>
       <c r="L10" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M10" s="6">
-        <v>11030.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N10" s="6">
-        <v>13346</v>
+        <v>7410</v>
       </c>
       <c r="O10" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P10" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14111</v>
+        <v>14226</v>
       </c>
       <c r="B11">
-        <v>0.32</v>
+        <v>0.3</v>
       </c>
       <c r="C11" t="s">
-        <v>261</v>
+        <v>360</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>361</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G11" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H11" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I11" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J11" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K11" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L11" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M11" s="6">
-        <v>11696.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N11" s="6">
-        <v>14152</v>
+        <v>9148</v>
       </c>
       <c r="O11" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P11" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14150</v>
+        <v>14227</v>
       </c>
       <c r="B12">
-        <v>0.46</v>
+        <v>0.3</v>
       </c>
       <c r="C12" t="s">
-        <v>262</v>
+        <v>363</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>361</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="G12" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H12" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I12" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J12" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K12" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L12" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M12" s="6">
-        <v>11868.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N12" s="6">
-        <v>14360</v>
+        <v>9148</v>
       </c>
       <c r="O12" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P12" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>10810</v>
+        <v>14440</v>
       </c>
       <c r="B13">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
       <c r="C13" t="s">
-        <v>263</v>
+        <v>364</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H13" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="I13" t="s">
-        <v>258</v>
+        <v>356</v>
       </c>
       <c r="J13" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="K13" t="s">
-        <v>258</v>
+        <v>355</v>
       </c>
       <c r="L13" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M13" s="6">
-        <v>11957.0</v>
+        <v>7590.0</v>
       </c>
       <c r="N13" s="6">
-        <v>14468</v>
+        <v>9184</v>
       </c>
       <c r="O13" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P13" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>10811</v>
+        <v>14441</v>
       </c>
       <c r="B14">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
       <c r="C14" t="s">
-        <v>264</v>
+        <v>365</v>
       </c>
       <c r="D14" t="s">
         <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G14" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H14" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="I14" t="s">
-        <v>258</v>
+        <v>355</v>
       </c>
       <c r="J14" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="K14" t="s">
-        <v>258</v>
+        <v>356</v>
       </c>
       <c r="L14" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M14" s="6">
-        <v>11957.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N14" s="6">
-        <v>14468</v>
+        <v>9765</v>
       </c>
       <c r="O14" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P14" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>14142</v>
+        <v>14460</v>
       </c>
       <c r="B15">
-        <v>0.4</v>
+        <v>0.25</v>
       </c>
       <c r="C15" t="s">
-        <v>265</v>
+        <v>366</v>
       </c>
       <c r="D15" t="s">
-        <v>266</v>
+        <v>22</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H15" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I15" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J15" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K15" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L15" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M15" s="6">
-        <v>12040.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N15" s="6">
-        <v>14568</v>
+        <v>9765</v>
       </c>
       <c r="O15" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P15" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14143</v>
+        <v>14342</v>
       </c>
       <c r="B16">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C16" t="s">
-        <v>267</v>
+        <v>367</v>
       </c>
       <c r="D16" t="s">
-        <v>266</v>
+        <v>361</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H16" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I16" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J16" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K16" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L16" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M16" s="6">
-        <v>12040.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N16" s="6">
-        <v>14568</v>
+        <v>9783</v>
       </c>
       <c r="O16" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P16" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>14020</v>
+        <v>14343</v>
       </c>
       <c r="B17">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C17" t="s">
-        <v>268</v>
+        <v>368</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>361</v>
       </c>
       <c r="E17" t="s">
-        <v>269</v>
+        <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H17" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I17" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J17" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K17" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L17" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M17" s="6">
-        <v>12040.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N17" s="6">
-        <v>14568</v>
+        <v>9783</v>
       </c>
       <c r="O17" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P17" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>14124</v>
+        <v>14502</v>
       </c>
       <c r="B18">
-        <v>0.38</v>
+        <v>0.23</v>
       </c>
       <c r="C18" t="s">
-        <v>270</v>
+        <v>369</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G18" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H18" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I18" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J18" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K18" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L18" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M18" s="6">
-        <v>12255.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N18" s="6">
-        <v>14829</v>
+        <v>9968</v>
       </c>
       <c r="O18" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P18" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>12597</v>
+        <v>14445</v>
       </c>
       <c r="B19">
-        <v>0.29</v>
+        <v>0.23</v>
       </c>
       <c r="C19" t="s">
-        <v>271</v>
+        <v>370</v>
       </c>
       <c r="D19" t="s">
         <v>28</v>
       </c>
       <c r="E19" t="s">
         <v>29</v>
       </c>
       <c r="G19" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H19" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="I19" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="J19" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="K19" t="s">
-        <v>258</v>
+        <v>356</v>
       </c>
       <c r="L19" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M19" s="6">
-        <v>12650.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N19" s="6">
-        <v>15306</v>
+        <v>9968</v>
       </c>
       <c r="O19" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P19" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>14050</v>
+        <v>14461</v>
       </c>
       <c r="B20">
-        <v>0.32</v>
+        <v>0.23</v>
       </c>
       <c r="C20" t="s">
-        <v>272</v>
+        <v>371</v>
       </c>
       <c r="D20" t="s">
         <v>28</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G20" t="s">
-        <v>273</v>
+        <v>353</v>
       </c>
       <c r="H20" t="s">
-        <v>251</v>
+        <v>354</v>
+      </c>
+      <c r="I20" t="s">
+        <v>356</v>
       </c>
       <c r="J20" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="K20" t="s">
-        <v>255</v>
+        <v>356</v>
       </c>
       <c r="L20" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M20" s="6">
-        <v>13072.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N20" s="6">
-        <v>15817</v>
+        <v>9968</v>
       </c>
       <c r="O20" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P20" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>13773</v>
+        <v>14304</v>
       </c>
       <c r="B21">
-        <v>0.3</v>
+        <v>0.33</v>
       </c>
       <c r="C21" t="s">
-        <v>274</v>
+        <v>372</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>373</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H21" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I21" t="s">
+        <v>359</v>
       </c>
       <c r="J21" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K21" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L21" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M21" s="6">
-        <v>13200.0</v>
+        <v>8316.0</v>
       </c>
       <c r="N21" s="6">
-        <v>15972</v>
+        <v>10062</v>
       </c>
       <c r="O21" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P21" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>14139</v>
+        <v>14454</v>
       </c>
       <c r="B22">
-        <v>0.41</v>
+        <v>0.26</v>
       </c>
       <c r="C22" t="s">
-        <v>276</v>
+        <v>374</v>
       </c>
       <c r="D22" t="s">
-        <v>266</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H22" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I22" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J22" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K22" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L22" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M22" s="6">
-        <v>13223.0</v>
+        <v>8372.0</v>
       </c>
       <c r="N22" s="6">
-        <v>15999</v>
+        <v>10131</v>
       </c>
       <c r="O22" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P22" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>14140</v>
+        <v>14321</v>
       </c>
       <c r="B23">
-        <v>0.41</v>
+        <v>0.4</v>
       </c>
       <c r="C23" t="s">
-        <v>277</v>
+        <v>375</v>
       </c>
       <c r="D23" t="s">
-        <v>266</v>
+        <v>376</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H23" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I23" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J23" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K23" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L23" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M23" s="6">
-        <v>13223.0</v>
+        <v>8400.0</v>
       </c>
       <c r="N23" s="6">
-        <v>15999</v>
+        <v>10164</v>
       </c>
       <c r="O23" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P23" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>14137</v>
+        <v>14322</v>
       </c>
       <c r="B24">
         <v>0.4</v>
       </c>
       <c r="C24" t="s">
-        <v>278</v>
+        <v>378</v>
       </c>
       <c r="D24" t="s">
-        <v>266</v>
+        <v>376</v>
       </c>
       <c r="E24" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H24" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I24" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J24" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K24" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L24" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M24" s="6">
-        <v>13760.0</v>
+        <v>8400.0</v>
       </c>
       <c r="N24" s="6">
-        <v>16650</v>
+        <v>10164</v>
       </c>
       <c r="O24" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P24" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>14022</v>
+        <v>14443</v>
       </c>
       <c r="B25">
-        <v>0.4</v>
+        <v>0.24</v>
       </c>
       <c r="C25" t="s">
-        <v>279</v>
+        <v>380</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E25" t="s">
-        <v>280</v>
+        <v>29</v>
       </c>
       <c r="G25" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H25" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I25" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J25" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="K25" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L25" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M25" s="6">
-        <v>12980.0</v>
+        <v>8574.0</v>
       </c>
       <c r="N25" s="6">
-        <v>15706</v>
+        <v>10375</v>
       </c>
       <c r="O25" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P25" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>14019</v>
+        <v>14493</v>
       </c>
       <c r="B26">
-        <v>0.43</v>
+        <v>0.23</v>
       </c>
       <c r="C26" t="s">
-        <v>281</v>
+        <v>381</v>
       </c>
       <c r="D26" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E26" t="s">
-        <v>269</v>
+        <v>29</v>
       </c>
       <c r="G26" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H26" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I26" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J26" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K26" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L26" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M26" s="6">
-        <v>13868.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N26" s="6">
-        <v>16780</v>
+        <v>10436</v>
       </c>
       <c r="O26" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P26" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>13531</v>
+        <v>14409</v>
       </c>
       <c r="B27">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
       <c r="C27" t="s">
-        <v>282</v>
+        <v>382</v>
       </c>
       <c r="D27" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E27" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G27" t="s">
-        <v>273</v>
+        <v>353</v>
       </c>
       <c r="H27" t="s">
-        <v>251</v>
+        <v>354</v>
+      </c>
+      <c r="I27" t="s">
+        <v>359</v>
       </c>
       <c r="J27" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K27" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L27" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M27" s="6">
-        <v>14640.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N27" s="6">
-        <v>17714</v>
+        <v>10436</v>
       </c>
       <c r="O27" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P27" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>12495</v>
+        <v>14506</v>
       </c>
       <c r="B28">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
       <c r="C28" t="s">
-        <v>283</v>
+        <v>383</v>
       </c>
       <c r="D28" t="s">
-        <v>284</v>
+        <v>22</v>
       </c>
       <c r="E28" t="s">
         <v>29</v>
       </c>
       <c r="G28" t="s">
-        <v>285</v>
+        <v>353</v>
       </c>
       <c r="H28" t="s">
-        <v>251</v>
+        <v>354</v>
+      </c>
+      <c r="I28" t="s">
+        <v>359</v>
       </c>
       <c r="J28" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K28" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L28" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M28" s="6">
-        <v>14718.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N28" s="6">
-        <v>17808</v>
+        <v>10436</v>
       </c>
       <c r="O28" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P28" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>13730</v>
+        <v>14507</v>
       </c>
       <c r="B29">
-        <v>0.44</v>
+        <v>0.23</v>
       </c>
       <c r="C29" t="s">
-        <v>286</v>
+        <v>384</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E29" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G29" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H29" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I29" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J29" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K29" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L29" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M29" s="6">
-        <v>14718.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N29" s="6">
-        <v>17809</v>
+        <v>10436</v>
       </c>
       <c r="O29" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P29" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>13731</v>
+        <v>14255</v>
       </c>
       <c r="B30">
-        <v>0.44</v>
+        <v>0.38</v>
       </c>
       <c r="C30" t="s">
-        <v>287</v>
+        <v>385</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>361</v>
       </c>
       <c r="E30" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H30" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I30" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J30" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K30" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L30" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M30" s="6">
-        <v>14718.0</v>
+        <v>8778.0</v>
       </c>
       <c r="N30" s="6">
-        <v>17809</v>
+        <v>10621</v>
       </c>
       <c r="O30" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P30" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>13943</v>
+        <v>14500</v>
       </c>
       <c r="B31">
-        <v>0.41</v>
+        <v>0.25</v>
       </c>
       <c r="C31" t="s">
-        <v>288</v>
+        <v>386</v>
       </c>
       <c r="D31" t="s">
-        <v>289</v>
+        <v>22</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G31" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H31" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I31" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J31" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K31" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L31" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M31" s="6">
-        <v>14986.0</v>
+        <v>8910.0</v>
       </c>
       <c r="N31" s="6">
-        <v>18132</v>
+        <v>10781</v>
       </c>
       <c r="O31" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P31" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>13944</v>
+        <v>14466</v>
       </c>
       <c r="B32">
-        <v>0.41</v>
+        <v>0.28</v>
       </c>
       <c r="C32" t="s">
-        <v>290</v>
+        <v>387</v>
       </c>
       <c r="D32" t="s">
-        <v>289</v>
+        <v>28</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H32" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I32" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J32" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K32" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L32" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M32" s="6">
-        <v>14986.0</v>
+        <v>8977.0</v>
       </c>
       <c r="N32" s="6">
-        <v>18132</v>
+        <v>10862</v>
       </c>
       <c r="O32" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P32" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>13875</v>
+        <v>14491</v>
       </c>
       <c r="B33">
-        <v>0.31</v>
+        <v>0.24</v>
       </c>
       <c r="C33" t="s">
-        <v>291</v>
+        <v>388</v>
       </c>
       <c r="D33" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E33" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G33" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H33" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I33" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J33" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K33" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L33" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M33" s="6">
-        <v>15330.0</v>
+        <v>8977.0</v>
       </c>
       <c r="N33" s="6">
-        <v>18549</v>
+        <v>10862</v>
       </c>
       <c r="O33" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P33" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>14028</v>
+        <v>14004</v>
       </c>
       <c r="B34">
-        <v>0.51</v>
+        <v>0.38</v>
       </c>
       <c r="C34" t="s">
-        <v>292</v>
+        <v>389</v>
       </c>
       <c r="D34" t="s">
-        <v>22</v>
+        <v>361</v>
       </c>
       <c r="E34" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H34" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I34" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J34" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K34" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L34" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M34" s="6">
-        <v>15351.0</v>
+        <v>8987.0</v>
       </c>
       <c r="N34" s="6">
-        <v>18575</v>
+        <v>10874</v>
       </c>
       <c r="O34" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P34" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>14135</v>
+        <v>14498</v>
       </c>
       <c r="B35">
-        <v>0.4</v>
+        <v>0.26</v>
       </c>
       <c r="C35" t="s">
-        <v>293</v>
+        <v>390</v>
       </c>
       <c r="D35" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E35" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G35" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H35" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I35" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J35" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K35" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L35" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M35" s="6">
-        <v>15480.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N35" s="6">
-        <v>18731</v>
+        <v>11188</v>
       </c>
       <c r="O35" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P35" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>13399</v>
+        <v>14438</v>
       </c>
       <c r="B36">
-        <v>0.4</v>
+        <v>0.26</v>
       </c>
       <c r="C36" t="s">
-        <v>294</v>
+        <v>391</v>
       </c>
       <c r="D36" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E36" t="s">
-        <v>269</v>
+        <v>29</v>
       </c>
       <c r="G36" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H36" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I36" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J36" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K36" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L36" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M36" s="6">
-        <v>15680.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N36" s="6">
-        <v>18973</v>
+        <v>11188</v>
       </c>
       <c r="O36" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P36" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>13400</v>
+        <v>14457</v>
       </c>
       <c r="B37">
-        <v>0.4</v>
+        <v>0.26</v>
       </c>
       <c r="C37" t="s">
-        <v>295</v>
+        <v>392</v>
       </c>
       <c r="D37" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E37" t="s">
-        <v>269</v>
+        <v>29</v>
       </c>
       <c r="G37" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H37" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I37" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J37" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K37" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L37" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M37" s="6">
-        <v>15680.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N37" s="6">
-        <v>18973</v>
+        <v>11188</v>
       </c>
       <c r="O37" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P37" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>13401</v>
+        <v>14503</v>
       </c>
       <c r="B38">
-        <v>0.4</v>
+        <v>0.25</v>
       </c>
       <c r="C38" t="s">
-        <v>296</v>
+        <v>393</v>
       </c>
       <c r="D38" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E38" t="s">
-        <v>269</v>
+        <v>31</v>
       </c>
       <c r="G38" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H38" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I38" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K38" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L38" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M38" s="6">
-        <v>15680.0</v>
+        <v>9330.0</v>
       </c>
       <c r="N38" s="6">
-        <v>18973</v>
+        <v>11289</v>
       </c>
       <c r="O38" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P38" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>13402</v>
+        <v>13937</v>
       </c>
       <c r="B39">
         <v>0.4</v>
       </c>
       <c r="C39" t="s">
-        <v>297</v>
+        <v>394</v>
       </c>
       <c r="D39" t="s">
-        <v>33</v>
+        <v>395</v>
       </c>
       <c r="E39" t="s">
-        <v>269</v>
+        <v>24</v>
       </c>
       <c r="G39" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H39" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I39" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J39" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K39" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L39" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M39" s="6">
-        <v>15680.0</v>
+        <v>9460.0</v>
       </c>
       <c r="N39" s="6">
-        <v>18973</v>
+        <v>11447</v>
       </c>
       <c r="O39" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P39" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>14134</v>
+        <v>14248</v>
       </c>
       <c r="B40">
-        <v>0.4</v>
+        <v>0.38</v>
       </c>
       <c r="C40" t="s">
-        <v>298</v>
+        <v>396</v>
       </c>
       <c r="D40" t="s">
-        <v>25</v>
+        <v>397</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>398</v>
       </c>
       <c r="G40" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H40" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I40" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J40" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K40" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L40" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M40" s="6">
-        <v>16340.0</v>
+        <v>9576.0</v>
       </c>
       <c r="N40" s="6">
-        <v>19771</v>
+        <v>11587</v>
       </c>
       <c r="O40" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P40" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>13392</v>
+        <v>14448</v>
       </c>
       <c r="B41">
-        <v>0.4</v>
+        <v>0.27</v>
       </c>
       <c r="C41" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="D41" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E41" t="s">
-        <v>269</v>
+        <v>31</v>
       </c>
       <c r="G41" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H41" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I41" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J41" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K41" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L41" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M41" s="6">
-        <v>16660.0</v>
+        <v>9582.0</v>
       </c>
       <c r="N41" s="6">
-        <v>20159</v>
+        <v>11594</v>
       </c>
       <c r="O41" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P41" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>13393</v>
+        <v>14432</v>
       </c>
       <c r="B42">
-        <v>0.4</v>
+        <v>0.28</v>
       </c>
       <c r="C42" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="D42" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E42" t="s">
-        <v>269</v>
+        <v>29</v>
       </c>
       <c r="G42" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H42" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I42" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J42" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K42" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L42" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M42" s="6">
-        <v>16660.0</v>
+        <v>9918.0</v>
       </c>
       <c r="N42" s="6">
-        <v>20159</v>
+        <v>12001</v>
       </c>
       <c r="O42" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P42" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>13623</v>
+        <v>14456</v>
       </c>
       <c r="B43">
-        <v>0.4</v>
+        <v>0.28</v>
       </c>
       <c r="C43" t="s">
-        <v>301</v>
+        <v>401</v>
       </c>
       <c r="D43" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E43" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G43" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H43" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I43" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J43" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K43" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L43" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M43" s="6">
-        <v>16704.0</v>
+        <v>9918.0</v>
       </c>
       <c r="N43" s="6">
-        <v>20212</v>
+        <v>12001</v>
       </c>
       <c r="O43" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P43" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>14180</v>
+        <v>14318</v>
       </c>
       <c r="B44">
-        <v>0.33</v>
+        <v>0.4</v>
       </c>
       <c r="C44" t="s">
-        <v>302</v>
+        <v>402</v>
       </c>
       <c r="D44" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="E44" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G44" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H44" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I44" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J44" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K44" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L44" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M44" s="6">
-        <v>17028.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N44" s="6">
-        <v>20604</v>
+        <v>12197</v>
       </c>
       <c r="O44" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P44" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>14133</v>
+        <v>14319</v>
       </c>
       <c r="B45">
-        <v>0.42</v>
+        <v>0.4</v>
       </c>
       <c r="C45" t="s">
-        <v>303</v>
+        <v>403</v>
       </c>
       <c r="D45" t="s">
-        <v>25</v>
+        <v>361</v>
       </c>
       <c r="E45" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G45" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H45" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I45" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J45" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K45" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L45" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M45" s="6">
-        <v>17157.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N45" s="6">
-        <v>20760</v>
+        <v>12197</v>
       </c>
       <c r="O45" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P45" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>13666</v>
+        <v>14492</v>
       </c>
       <c r="B46">
-        <v>0.5</v>
+        <v>0.29</v>
       </c>
       <c r="C46" t="s">
-        <v>304</v>
+        <v>404</v>
       </c>
       <c r="D46" t="s">
         <v>22</v>
       </c>
       <c r="E46" t="s">
         <v>29</v>
       </c>
       <c r="G46" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H46" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I46" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J46" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K46" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L46" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M46" s="6">
-        <v>17400.0</v>
+        <v>10254.0</v>
       </c>
       <c r="N46" s="6">
-        <v>21054</v>
+        <v>12407</v>
       </c>
       <c r="O46" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P46" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>12731</v>
+        <v>14437</v>
       </c>
       <c r="B47">
-        <v>0.4</v>
+        <v>0.28</v>
       </c>
       <c r="C47" t="s">
-        <v>305</v>
+        <v>405</v>
       </c>
       <c r="D47" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E47" t="s">
-        <v>280</v>
+        <v>29</v>
       </c>
       <c r="G47" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H47" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I47" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="J47" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K47" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L47" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M47" s="6">
-        <v>17525.0</v>
+        <v>10388.0</v>
       </c>
       <c r="N47" s="6">
-        <v>21205</v>
+        <v>12570</v>
       </c>
       <c r="O47" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P47" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>14197</v>
+        <v>14446</v>
       </c>
       <c r="B48">
-        <v>0.51</v>
+        <v>0.28</v>
       </c>
       <c r="C48" t="s">
-        <v>306</v>
+        <v>406</v>
       </c>
       <c r="D48" t="s">
         <v>19</v>
       </c>
       <c r="E48" t="s">
         <v>29</v>
       </c>
       <c r="G48" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H48" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I48" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J48" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K48" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L48" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M48" s="6">
-        <v>17544.0</v>
+        <v>10388.0</v>
       </c>
       <c r="N48" s="6">
-        <v>21228</v>
+        <v>12570</v>
       </c>
       <c r="O48" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P48" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>14198</v>
+        <v>14430</v>
       </c>
       <c r="B49">
-        <v>0.51</v>
+        <v>0.29</v>
       </c>
       <c r="C49" t="s">
-        <v>307</v>
+        <v>407</v>
       </c>
       <c r="D49" t="s">
         <v>19</v>
       </c>
       <c r="E49" t="s">
         <v>29</v>
       </c>
       <c r="G49" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H49" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I49" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J49" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K49" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L49" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M49" s="6">
-        <v>17544.0</v>
+        <v>10741.0</v>
       </c>
       <c r="N49" s="6">
-        <v>21228</v>
+        <v>12997</v>
       </c>
       <c r="O49" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P49" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>13391</v>
+        <v>14431</v>
       </c>
       <c r="B50">
-        <v>0.4</v>
+        <v>0.29</v>
       </c>
       <c r="C50" t="s">
-        <v>308</v>
+        <v>408</v>
       </c>
       <c r="D50" t="s">
-        <v>284</v>
+        <v>28</v>
       </c>
       <c r="E50" t="s">
-        <v>269</v>
+        <v>29</v>
       </c>
       <c r="G50" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H50" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I50" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J50" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K50" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L50" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M50" s="6">
-        <v>17640.0</v>
+        <v>10741.0</v>
       </c>
       <c r="N50" s="6">
-        <v>21344</v>
+        <v>12997</v>
       </c>
       <c r="O50" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P50" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>13772</v>
+        <v>14439</v>
       </c>
       <c r="B51">
-        <v>0.37</v>
+        <v>0.29</v>
       </c>
       <c r="C51" t="s">
-        <v>309</v>
+        <v>409</v>
       </c>
       <c r="D51" t="s">
-        <v>284</v>
+        <v>22</v>
       </c>
       <c r="E51" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G51" t="s">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="H51" t="s">
-        <v>251</v>
+        <v>354</v>
+      </c>
+      <c r="I51" t="s">
+        <v>355</v>
       </c>
       <c r="J51" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K51" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L51" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M51" s="6">
-        <v>17908.0</v>
+        <v>10741.0</v>
       </c>
       <c r="N51" s="6">
-        <v>21669</v>
+        <v>12997</v>
       </c>
       <c r="O51" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P51" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>14129</v>
+        <v>14142</v>
       </c>
       <c r="B52">
         <v>0.4</v>
       </c>
       <c r="C52" t="s">
-        <v>311</v>
+        <v>410</v>
       </c>
       <c r="D52" t="s">
-        <v>25</v>
+        <v>373</v>
       </c>
       <c r="E52" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="G52" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H52" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I52" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J52" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K52" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L52" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M52" s="6">
-        <v>18060.0</v>
+        <v>10920.0</v>
       </c>
       <c r="N52" s="6">
-        <v>21853</v>
+        <v>13213</v>
       </c>
       <c r="O52" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P52" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>12730</v>
+        <v>14143</v>
       </c>
       <c r="B53">
-        <v>0.42</v>
+        <v>0.4</v>
       </c>
       <c r="C53" t="s">
-        <v>312</v>
+        <v>411</v>
       </c>
       <c r="D53" t="s">
-        <v>28</v>
+        <v>373</v>
       </c>
       <c r="E53" t="s">
-        <v>280</v>
+        <v>24</v>
       </c>
       <c r="G53" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H53" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I53" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J53" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K53" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L53" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M53" s="6">
-        <v>18117.0</v>
+        <v>10920.0</v>
       </c>
       <c r="N53" s="6">
-        <v>21922</v>
+        <v>13213</v>
       </c>
       <c r="O53" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P53" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>14131</v>
+        <v>14350</v>
       </c>
       <c r="B54">
-        <v>0.43</v>
+        <v>0.4</v>
       </c>
       <c r="C54" t="s">
-        <v>313</v>
+        <v>412</v>
       </c>
       <c r="D54" t="s">
-        <v>25</v>
+        <v>361</v>
       </c>
       <c r="E54" t="s">
         <v>29</v>
       </c>
       <c r="G54" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H54" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I54" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J54" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K54" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L54" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M54" s="6">
-        <v>18490.0</v>
+        <v>10920.0</v>
       </c>
       <c r="N54" s="6">
-        <v>22373</v>
+        <v>13213</v>
       </c>
       <c r="O54" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P54" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>13641</v>
+        <v>14351</v>
       </c>
       <c r="B55">
-        <v>0.42</v>
+        <v>0.4</v>
       </c>
       <c r="C55" t="s">
-        <v>314</v>
+        <v>413</v>
       </c>
       <c r="D55" t="s">
-        <v>266</v>
+        <v>361</v>
       </c>
       <c r="E55" t="s">
-        <v>315</v>
+        <v>29</v>
       </c>
       <c r="G55" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H55" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I55" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J55" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K55" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L55" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M55" s="6">
-        <v>18514.0</v>
+        <v>10920.0</v>
       </c>
       <c r="N55" s="6">
-        <v>22401</v>
+        <v>13213</v>
       </c>
       <c r="O55" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P55" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>14127</v>
+        <v>12592</v>
       </c>
       <c r="B56">
-        <v>0.41</v>
+        <v>0.29</v>
       </c>
       <c r="C56" t="s">
-        <v>316</v>
+        <v>414</v>
       </c>
       <c r="D56" t="s">
-        <v>33</v>
+        <v>415</v>
       </c>
       <c r="E56" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G56" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H56" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I56" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J56" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K56" t="s">
-        <v>252</v>
+        <v>416</v>
       </c>
       <c r="L56" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M56" s="6">
-        <v>21156.0</v>
+        <v>11030.0</v>
       </c>
       <c r="N56" s="6">
-        <v>25599</v>
+        <v>13346</v>
       </c>
       <c r="O56" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P56" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>14102</v>
+        <v>14241</v>
       </c>
       <c r="B57">
-        <v>0.36</v>
+        <v>0.38</v>
       </c>
       <c r="C57" t="s">
-        <v>317</v>
+        <v>417</v>
       </c>
       <c r="D57" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="E57" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>398</v>
       </c>
       <c r="G57" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="H57" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I57" t="s">
+        <v>359</v>
       </c>
       <c r="J57" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K57" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L57" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M57" s="6">
-        <v>22000.0</v>
+        <v>11172.0</v>
       </c>
       <c r="N57" s="6">
-        <v>26620</v>
+        <v>13518</v>
       </c>
       <c r="O57" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P57" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>14125</v>
+        <v>14328</v>
       </c>
       <c r="B58">
-        <v>0.4</v>
+        <v>0.36</v>
       </c>
       <c r="C58" t="s">
-        <v>321</v>
+        <v>418</v>
       </c>
       <c r="D58" t="s">
         <v>28</v>
       </c>
       <c r="E58" t="s">
-        <v>26</v>
+        <v>398</v>
       </c>
       <c r="G58" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H58" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I58" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J58" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K58" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L58" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M58" s="6">
-        <v>22360.0</v>
+        <v>11340.0</v>
       </c>
       <c r="N58" s="6">
-        <v>27056</v>
+        <v>13721</v>
       </c>
       <c r="O58" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P58" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>14099</v>
+        <v>13399</v>
       </c>
       <c r="B59">
-        <v>0.33</v>
+        <v>0.4</v>
       </c>
       <c r="C59" t="s">
-        <v>322</v>
+        <v>419</v>
       </c>
       <c r="D59" t="s">
-        <v>318</v>
+        <v>22</v>
       </c>
       <c r="E59" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>420</v>
       </c>
       <c r="G59" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H59" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I59" t="s">
+        <v>359</v>
       </c>
       <c r="J59" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K59" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L59" t="s">
-        <v>323</v>
+        <v>379</v>
       </c>
       <c r="M59" s="6">
-        <v>24000.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N59" s="6">
-        <v>29040</v>
+        <v>14230</v>
       </c>
       <c r="O59" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P59" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>14159</v>
+        <v>13400</v>
       </c>
       <c r="B60">
-        <v>0.38</v>
+        <v>0.4</v>
       </c>
       <c r="C60" t="s">
-        <v>324</v>
+        <v>421</v>
       </c>
       <c r="D60" t="s">
-        <v>284</v>
+        <v>22</v>
       </c>
       <c r="E60" t="s">
-        <v>315</v>
+        <v>420</v>
       </c>
       <c r="G60" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H60" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I60" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J60" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K60" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L60" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M60" s="6">
-        <v>25327.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N60" s="6">
-        <v>30646</v>
+        <v>14230</v>
       </c>
       <c r="O60" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P60" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>14160</v>
+        <v>13401</v>
       </c>
       <c r="B61">
-        <v>0.38</v>
+        <v>0.4</v>
       </c>
       <c r="C61" t="s">
-        <v>325</v>
+        <v>422</v>
       </c>
       <c r="D61" t="s">
-        <v>284</v>
+        <v>22</v>
       </c>
       <c r="E61" t="s">
-        <v>315</v>
+        <v>420</v>
       </c>
       <c r="G61" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H61" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I61" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J61" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K61" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L61" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M61" s="6">
-        <v>25327.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N61" s="6">
-        <v>30646</v>
+        <v>14230</v>
       </c>
       <c r="O61" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P61" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>14196</v>
+        <v>13402</v>
       </c>
       <c r="B62">
-        <v>0.52</v>
+        <v>0.4</v>
       </c>
       <c r="C62" t="s">
-        <v>326</v>
+        <v>423</v>
       </c>
       <c r="D62" t="s">
-        <v>266</v>
+        <v>22</v>
       </c>
       <c r="E62" t="s">
-        <v>315</v>
+        <v>420</v>
       </c>
       <c r="G62" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H62" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I62" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J62" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K62" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L62" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M62" s="6">
-        <v>25714.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N62" s="6">
-        <v>31114</v>
+        <v>14230</v>
       </c>
       <c r="O62" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P62" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>13153</v>
+        <v>10810</v>
       </c>
       <c r="B63">
-        <v>0.55</v>
+        <v>0.24</v>
       </c>
       <c r="C63" t="s">
-        <v>327</v>
+        <v>424</v>
       </c>
       <c r="D63" t="s">
-        <v>266</v>
+        <v>19</v>
       </c>
       <c r="E63" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G63" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H63" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I63" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J63" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="K63" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L63" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M63" s="6">
-        <v>25757.0</v>
+        <v>11957.0</v>
       </c>
       <c r="N63" s="6">
-        <v>31166</v>
+        <v>14468</v>
       </c>
       <c r="O63" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P63" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>14163</v>
+        <v>10811</v>
       </c>
       <c r="B64">
-        <v>0.42</v>
+        <v>0.24</v>
       </c>
       <c r="C64" t="s">
-        <v>328</v>
+        <v>425</v>
       </c>
       <c r="D64" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E64" t="s">
-        <v>315</v>
+        <v>29</v>
       </c>
       <c r="G64" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H64" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I64" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J64" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="K64" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="L64" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M64" s="6">
-        <v>26187.0</v>
+        <v>11957.0</v>
       </c>
       <c r="N64" s="6">
-        <v>31686</v>
+        <v>14468</v>
       </c>
       <c r="O64" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P64" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>14195</v>
+        <v>14330</v>
       </c>
       <c r="B65">
-        <v>0.53</v>
+        <v>0.36</v>
       </c>
       <c r="C65" t="s">
-        <v>329</v>
+        <v>426</v>
       </c>
       <c r="D65" t="s">
-        <v>266</v>
+        <v>397</v>
       </c>
       <c r="E65" t="s">
-        <v>315</v>
+        <v>31</v>
       </c>
       <c r="G65" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H65" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I65" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J65" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K65" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L65" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M65" s="6">
-        <v>26209.0</v>
+        <v>12096.0</v>
       </c>
       <c r="N65" s="6">
-        <v>31712</v>
+        <v>14636</v>
       </c>
       <c r="O65" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P65" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>14171</v>
+        <v>14331</v>
       </c>
       <c r="B66">
-        <v>0.56</v>
+        <v>0.36</v>
       </c>
       <c r="C66" t="s">
-        <v>330</v>
+        <v>427</v>
       </c>
       <c r="D66" t="s">
-        <v>33</v>
+        <v>397</v>
       </c>
       <c r="E66" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="G66" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H66" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I66" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J66" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K66" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L66" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M66" s="6">
-        <v>26488.0</v>
+        <v>12096.0</v>
       </c>
       <c r="N66" s="6">
-        <v>32050</v>
+        <v>14636</v>
       </c>
       <c r="O66" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P66" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>13852</v>
+        <v>14244</v>
       </c>
       <c r="B67">
-        <v>0.43</v>
+        <v>0.39</v>
       </c>
       <c r="C67" t="s">
-        <v>331</v>
+        <v>428</v>
       </c>
       <c r="D67" t="s">
-        <v>28</v>
+        <v>415</v>
       </c>
       <c r="E67" t="s">
-        <v>315</v>
+        <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H67" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I67" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J67" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K67" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L67" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M67" s="6">
-        <v>26811.0</v>
+        <v>12285.0</v>
       </c>
       <c r="N67" s="6">
-        <v>32441</v>
+        <v>14865</v>
       </c>
       <c r="O67" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P67" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>13757</v>
+        <v>13392</v>
       </c>
       <c r="B68">
-        <v>0.5</v>
+        <v>0.4</v>
       </c>
       <c r="C68" t="s">
-        <v>332</v>
+        <v>429</v>
       </c>
       <c r="D68" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E68" t="s">
-        <v>29</v>
+        <v>420</v>
       </c>
       <c r="G68" t="s">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="H68" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I68" t="s">
+        <v>359</v>
       </c>
       <c r="J68" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K68" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L68" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M68" s="6">
-        <v>27875.0</v>
+        <v>12600.0</v>
       </c>
       <c r="N68" s="6">
-        <v>33729</v>
+        <v>15246</v>
       </c>
       <c r="O68" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P68" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>13286</v>
+        <v>13393</v>
       </c>
       <c r="B69">
-        <v>0.55</v>
+        <v>0.4</v>
       </c>
       <c r="C69" t="s">
-        <v>333</v>
+        <v>430</v>
       </c>
       <c r="D69" t="s">
-        <v>266</v>
+        <v>19</v>
       </c>
       <c r="E69" t="s">
-        <v>26</v>
+        <v>420</v>
       </c>
       <c r="G69" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H69" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I69" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J69" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K69" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L69" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M69" s="6">
-        <v>28298.0</v>
+        <v>12600.0</v>
       </c>
       <c r="N69" s="6">
-        <v>34240</v>
+        <v>15246</v>
       </c>
       <c r="O69" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P69" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>12854</v>
+        <v>14022</v>
       </c>
       <c r="B70">
         <v>0.4</v>
       </c>
       <c r="C70" t="s">
-        <v>334</v>
+        <v>431</v>
       </c>
       <c r="D70" t="s">
-        <v>28</v>
+        <v>415</v>
       </c>
       <c r="E70" t="s">
-        <v>315</v>
+        <v>398</v>
       </c>
       <c r="G70" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H70" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I70" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J70" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K70" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L70" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M70" s="6">
-        <v>28642.0</v>
+        <v>12600.0</v>
       </c>
       <c r="N70" s="6">
-        <v>34656</v>
+        <v>15246</v>
       </c>
       <c r="O70" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P70" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>11472</v>
+        <v>14019</v>
       </c>
       <c r="B71">
-        <v>0.71</v>
+        <v>0.43</v>
       </c>
       <c r="C71" t="s">
-        <v>335</v>
+        <v>432</v>
       </c>
       <c r="D71" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="E71" t="s">
-        <v>20</v>
+        <v>420</v>
       </c>
       <c r="G71" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H71" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I71" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J71" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K71" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L71" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M71" s="6">
-        <v>28755.0</v>
+        <v>12642.0</v>
       </c>
       <c r="N71" s="6">
-        <v>34794</v>
+        <v>15297</v>
       </c>
       <c r="O71" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P71" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>14047</v>
+        <v>12597</v>
       </c>
       <c r="B72">
-        <v>0.57</v>
+        <v>0.29</v>
       </c>
       <c r="C72" t="s">
-        <v>337</v>
+        <v>433</v>
       </c>
       <c r="D72" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E72" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G72" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="H72" t="s">
-        <v>251</v>
+        <v>354</v>
+      </c>
+      <c r="I72" t="s">
+        <v>355</v>
       </c>
       <c r="J72" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K72" t="s">
-        <v>255</v>
+        <v>356</v>
       </c>
       <c r="L72" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M72" s="6">
-        <v>29412.0</v>
+        <v>12650.0</v>
       </c>
       <c r="N72" s="6">
-        <v>35589</v>
+        <v>15306</v>
       </c>
       <c r="O72" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P72" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>14048</v>
+        <v>13730</v>
       </c>
       <c r="B73">
-        <v>0.6</v>
+        <v>0.44</v>
       </c>
       <c r="C73" t="s">
-        <v>339</v>
+        <v>434</v>
       </c>
       <c r="D73" t="s">
-        <v>25</v>
+        <v>361</v>
       </c>
       <c r="E73" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G73" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="H73" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I73" t="s">
+        <v>359</v>
       </c>
       <c r="J73" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K73" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L73" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M73" s="6">
-        <v>30960.0</v>
+        <v>12936.0</v>
       </c>
       <c r="N73" s="6">
-        <v>37462</v>
+        <v>15653</v>
       </c>
       <c r="O73" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P73" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>13950</v>
+        <v>13731</v>
       </c>
       <c r="B74">
-        <v>0.43</v>
+        <v>0.44</v>
       </c>
       <c r="C74" t="s">
-        <v>340</v>
+        <v>435</v>
       </c>
       <c r="D74" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="E74" t="s">
-        <v>315</v>
+        <v>31</v>
       </c>
       <c r="G74" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H74" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I74" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J74" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K74" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L74" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M74" s="6">
-        <v>32358.0</v>
+        <v>12936.0</v>
       </c>
       <c r="N74" s="6">
-        <v>39153</v>
+        <v>15653</v>
       </c>
       <c r="O74" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P74" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>14152</v>
+        <v>14212</v>
       </c>
       <c r="B75">
-        <v>0.52</v>
+        <v>0.31</v>
       </c>
       <c r="C75" t="s">
-        <v>341</v>
+        <v>436</v>
       </c>
       <c r="D75" t="s">
-        <v>25</v>
+        <v>415</v>
       </c>
       <c r="E75" t="s">
-        <v>26</v>
+        <v>437</v>
       </c>
       <c r="G75" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H75" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I75" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J75" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K75" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L75" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M75" s="6">
-        <v>32422.0</v>
+        <v>13020.0</v>
       </c>
       <c r="N75" s="6">
-        <v>39231</v>
+        <v>15754</v>
       </c>
       <c r="O75" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P75" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>11196</v>
+        <v>14050</v>
       </c>
       <c r="B76">
-        <v>0.7</v>
+        <v>0.32</v>
       </c>
       <c r="C76" t="s">
-        <v>342</v>
+        <v>438</v>
       </c>
       <c r="D76" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E76" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G76" t="s">
-        <v>250</v>
+        <v>439</v>
       </c>
       <c r="H76" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>362</v>
       </c>
       <c r="J76" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K76" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L76" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M76" s="6">
-        <v>32781.0</v>
+        <v>13072.0</v>
       </c>
       <c r="N76" s="6">
-        <v>39665</v>
+        <v>15817</v>
       </c>
       <c r="O76" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P76" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>13633</v>
+        <v>13531</v>
       </c>
       <c r="B77">
-        <v>0.59</v>
+        <v>0.3</v>
       </c>
       <c r="C77" t="s">
-        <v>343</v>
+        <v>440</v>
       </c>
       <c r="D77" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E77" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G77" t="s">
-        <v>275</v>
+        <v>439</v>
       </c>
       <c r="H77" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="J77" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K77" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L77" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M77" s="6">
-        <v>35589.0</v>
+        <v>13230.0</v>
       </c>
       <c r="N77" s="6">
-        <v>43062</v>
+        <v>16008</v>
       </c>
       <c r="O77" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P77" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>12281</v>
+        <v>12495</v>
       </c>
       <c r="B78">
-        <v>0.52</v>
+        <v>0.3</v>
       </c>
       <c r="C78" t="s">
-        <v>344</v>
+        <v>441</v>
       </c>
       <c r="D78" t="s">
-        <v>284</v>
+        <v>28</v>
       </c>
       <c r="E78" t="s">
         <v>29</v>
       </c>
       <c r="G78" t="s">
-        <v>310</v>
+        <v>442</v>
       </c>
       <c r="H78" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="J78" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K78" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L78" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M78" s="6">
-        <v>36120.0</v>
+        <v>13230.0</v>
       </c>
       <c r="N78" s="6">
-        <v>43705</v>
+        <v>16008</v>
       </c>
       <c r="O78" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P78" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>11272</v>
+        <v>13391</v>
       </c>
       <c r="B79">
-        <v>0.75</v>
+        <v>0.4</v>
       </c>
       <c r="C79" t="s">
-        <v>345</v>
+        <v>443</v>
       </c>
       <c r="D79" t="s">
-        <v>336</v>
+        <v>28</v>
       </c>
       <c r="E79" t="s">
-        <v>26</v>
+        <v>420</v>
       </c>
       <c r="G79" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H79" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I79" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J79" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K79" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L79" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M79" s="6">
-        <v>37613.0</v>
+        <v>13440.0</v>
       </c>
       <c r="N79" s="6">
-        <v>45512</v>
+        <v>16262</v>
       </c>
       <c r="O79" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P79" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>13275</v>
+        <v>14137</v>
       </c>
       <c r="B80">
-        <v>0.53</v>
+        <v>0.4</v>
       </c>
       <c r="C80" t="s">
-        <v>346</v>
+        <v>444</v>
       </c>
       <c r="D80" t="s">
-        <v>25</v>
+        <v>373</v>
       </c>
       <c r="E80" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G80" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H80" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I80" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J80" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K80" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L80" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M80" s="6">
-        <v>37657.0</v>
+        <v>13760.0</v>
       </c>
       <c r="N80" s="6">
-        <v>45564</v>
+        <v>16650</v>
       </c>
       <c r="O80" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P80" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>13291</v>
+        <v>13943</v>
       </c>
       <c r="B81">
-        <v>0.7</v>
+        <v>0.41</v>
       </c>
       <c r="C81" t="s">
-        <v>347</v>
+        <v>445</v>
       </c>
       <c r="D81" t="s">
-        <v>19</v>
+        <v>397</v>
       </c>
       <c r="E81" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H81" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I81" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J81" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K81" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L81" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M81" s="6">
-        <v>39445.0</v>
+        <v>13776.0</v>
       </c>
       <c r="N81" s="6">
-        <v>47728</v>
+        <v>16669</v>
       </c>
       <c r="O81" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P81" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>13292</v>
+        <v>13944</v>
       </c>
       <c r="B82">
-        <v>0.7</v>
+        <v>0.41</v>
       </c>
       <c r="C82" t="s">
-        <v>348</v>
+        <v>446</v>
       </c>
       <c r="D82" t="s">
-        <v>19</v>
+        <v>397</v>
       </c>
       <c r="E82" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H82" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I82" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J82" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K82" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L82" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M82" s="6">
-        <v>39445.0</v>
+        <v>13776.0</v>
       </c>
       <c r="N82" s="6">
-        <v>47728</v>
+        <v>16669</v>
       </c>
       <c r="O82" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P82" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>13026</v>
+        <v>14211</v>
       </c>
       <c r="B83">
-        <v>0.71</v>
+        <v>0.3</v>
       </c>
       <c r="C83" t="s">
-        <v>349</v>
+        <v>447</v>
       </c>
       <c r="D83" t="s">
-        <v>266</v>
+        <v>19</v>
       </c>
       <c r="E83" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G83" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H83" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I83" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J83" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K83" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L83" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M83" s="6">
-        <v>39583.0</v>
+        <v>13860.0</v>
       </c>
       <c r="N83" s="6">
-        <v>47895</v>
+        <v>16771</v>
       </c>
       <c r="O83" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P83" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>14200</v>
+        <v>14531</v>
       </c>
       <c r="B84">
-        <v>0.71</v>
+        <v>0.37</v>
       </c>
       <c r="C84" t="s">
-        <v>350</v>
+        <v>448</v>
       </c>
       <c r="D84" t="s">
-        <v>266</v>
+        <v>22</v>
       </c>
       <c r="E84" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G84" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H84" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I84" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J84" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K84" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L84" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M84" s="6">
-        <v>39689.0</v>
+        <v>13986.0</v>
       </c>
       <c r="N84" s="6">
-        <v>48024</v>
+        <v>16923</v>
       </c>
       <c r="O84" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P84" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>14199</v>
+        <v>14532</v>
       </c>
       <c r="B85">
-        <v>0.72</v>
+        <v>0.37</v>
       </c>
       <c r="C85" t="s">
-        <v>351</v>
+        <v>449</v>
       </c>
       <c r="D85" t="s">
-        <v>266</v>
+        <v>22</v>
       </c>
       <c r="E85" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G85" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H85" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I85" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J85" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K85" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L85" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M85" s="6">
-        <v>40248.0</v>
+        <v>13986.0</v>
       </c>
       <c r="N85" s="6">
-        <v>48700</v>
+        <v>16923</v>
       </c>
       <c r="O85" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P85" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
-        <v>4408</v>
+        <v>14533</v>
       </c>
       <c r="B86">
-        <v>0.51</v>
+        <v>0.37</v>
       </c>
       <c r="C86" t="s">
-        <v>352</v>
+        <v>450</v>
       </c>
       <c r="D86" t="s">
-        <v>318</v>
+        <v>22</v>
       </c>
       <c r="E86" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>29</v>
       </c>
       <c r="G86" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="H86" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="I86" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="J86" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K86" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L86" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M86" s="6">
-        <v>40376.0</v>
+        <v>13986.0</v>
       </c>
       <c r="N86" s="6">
-        <v>48855</v>
+        <v>16923</v>
       </c>
       <c r="O86" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P86" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
-        <v>1199</v>
+        <v>12731</v>
       </c>
       <c r="B87">
-        <v>0.71</v>
+        <v>0.4</v>
       </c>
       <c r="C87" t="s">
-        <v>355</v>
+        <v>451</v>
       </c>
       <c r="D87" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E87" t="s">
-        <v>280</v>
+        <v>398</v>
       </c>
       <c r="G87" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H87" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="I87" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="J87" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="K87" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="L87" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M87" s="6">
-        <v>42141.0</v>
+        <v>14280.0</v>
       </c>
       <c r="N87" s="6">
-        <v>50991</v>
+        <v>17279</v>
       </c>
       <c r="O87" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P87" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
-        <v>13632</v>
+        <v>14135</v>
       </c>
       <c r="B88">
-        <v>0.7</v>
+        <v>0.4</v>
       </c>
       <c r="C88" t="s">
-        <v>358</v>
+        <v>452</v>
       </c>
       <c r="D88" t="s">
-        <v>289</v>
+        <v>415</v>
       </c>
       <c r="E88" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G88" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H88" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I88" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J88" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K88" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L88" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M88" s="6">
-        <v>39990.0</v>
+        <v>14280.0</v>
       </c>
       <c r="N88" s="6">
-        <v>48388</v>
+        <v>17279</v>
       </c>
       <c r="O88" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P88" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
-        <v>10749</v>
+        <v>13623</v>
       </c>
       <c r="B89">
-        <v>1</v>
+        <v>0.4</v>
       </c>
       <c r="C89" t="s">
-        <v>359</v>
+        <v>453</v>
       </c>
       <c r="D89" t="s">
-        <v>19</v>
+        <v>415</v>
       </c>
       <c r="E89" t="s">
-        <v>353</v>
+        <v>24</v>
       </c>
       <c r="G89" t="s">
-        <v>273</v>
+        <v>353</v>
       </c>
       <c r="H89" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I89" t="s">
+        <v>359</v>
       </c>
       <c r="J89" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K89" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L89" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M89" s="6">
-        <v>42370.0</v>
+        <v>14280.0</v>
       </c>
       <c r="N89" s="6">
-        <v>51268</v>
+        <v>17279</v>
       </c>
       <c r="O89" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P89" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
-        <v>14157</v>
+        <v>14527</v>
       </c>
       <c r="B90">
-        <v>0.68</v>
+        <v>0.35</v>
       </c>
       <c r="C90" t="s">
-        <v>360</v>
+        <v>454</v>
       </c>
       <c r="D90" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E90" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G90" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H90" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I90" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J90" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K90" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L90" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M90" s="6">
-        <v>42398.0</v>
+        <v>14700.0</v>
       </c>
       <c r="N90" s="6">
-        <v>51302</v>
+        <v>17787</v>
       </c>
       <c r="O90" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P90" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
-        <v>2905</v>
+        <v>14529</v>
       </c>
       <c r="B91">
-        <v>0.71</v>
+        <v>0.35</v>
       </c>
       <c r="C91" t="s">
-        <v>361</v>
+        <v>455</v>
       </c>
       <c r="D91" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E91" t="s">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="G91" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H91" t="s">
         <v>362</v>
       </c>
       <c r="I91" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J91" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K91" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L91" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M91" s="6">
-        <v>42749.0</v>
+        <v>14700.0</v>
       </c>
       <c r="N91" s="6">
-        <v>51726</v>
+        <v>17787</v>
       </c>
       <c r="O91" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P91" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
-        <v>4409</v>
+        <v>14294</v>
       </c>
       <c r="B92">
-        <v>0.54</v>
+        <v>0.32</v>
       </c>
       <c r="C92" t="s">
-        <v>363</v>
+        <v>456</v>
       </c>
       <c r="D92" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="E92" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>31</v>
       </c>
       <c r="G92" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="H92" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="I92" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="J92" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K92" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L92" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M92" s="6">
-        <v>42848.0</v>
+        <v>14784.0</v>
       </c>
       <c r="N92" s="6">
-        <v>51846</v>
+        <v>17889</v>
       </c>
       <c r="O92" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P92" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
-        <v>13409</v>
+        <v>12730</v>
       </c>
       <c r="B93">
-        <v>0.53</v>
+        <v>0.42</v>
       </c>
       <c r="C93" t="s">
-        <v>364</v>
+        <v>457</v>
       </c>
       <c r="D93" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E93" t="s">
-        <v>315</v>
+        <v>398</v>
       </c>
       <c r="G93" t="s">
-        <v>285</v>
+        <v>353</v>
       </c>
       <c r="H93" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I93" t="s">
+        <v>359</v>
       </c>
       <c r="J93" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K93" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L93" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M93" s="6">
-        <v>42851.0</v>
+        <v>14994.0</v>
       </c>
       <c r="N93" s="6">
-        <v>51849</v>
+        <v>18143</v>
       </c>
       <c r="O93" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P93" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
-        <v>10886</v>
+        <v>14134</v>
       </c>
       <c r="B94">
-        <v>1.01</v>
+        <v>0.4</v>
       </c>
       <c r="C94" t="s">
-        <v>365</v>
+        <v>458</v>
       </c>
       <c r="D94" t="s">
-        <v>366</v>
+        <v>415</v>
       </c>
       <c r="E94" t="s">
-        <v>269</v>
+        <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H94" t="s">
-        <v>257</v>
+        <v>362</v>
+      </c>
+      <c r="I94" t="s">
+        <v>359</v>
       </c>
       <c r="J94" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K94" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L94" t="s">
-        <v>323</v>
+        <v>357</v>
       </c>
       <c r="M94" s="6">
-        <v>44000.0</v>
+        <v>15120.0</v>
       </c>
       <c r="N94" s="6">
-        <v>53240</v>
+        <v>18295</v>
       </c>
       <c r="O94" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P94" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
-        <v>14173</v>
+        <v>14317</v>
       </c>
       <c r="B95">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
       <c r="C95" t="s">
-        <v>367</v>
+        <v>459</v>
       </c>
       <c r="D95" t="s">
-        <v>289</v>
+        <v>373</v>
       </c>
       <c r="E95" t="s">
-        <v>20</v>
+        <v>437</v>
       </c>
       <c r="G95" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H95" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I95" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J95" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K95" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L95" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M95" s="6">
-        <v>44720.0</v>
+        <v>15120.0</v>
       </c>
       <c r="N95" s="6">
-        <v>54111</v>
+        <v>18295</v>
       </c>
       <c r="O95" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P95" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
-        <v>14165</v>
+        <v>14530</v>
       </c>
       <c r="B96">
-        <v>0.55</v>
+        <v>0.36</v>
       </c>
       <c r="C96" t="s">
-        <v>368</v>
+        <v>460</v>
       </c>
       <c r="D96" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E96" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G96" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H96" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I96" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J96" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K96" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L96" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M96" s="6">
-        <v>44935.0</v>
+        <v>15120.0</v>
       </c>
       <c r="N96" s="6">
-        <v>54371</v>
+        <v>18295</v>
       </c>
       <c r="O96" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P96" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
-        <v>14098</v>
+        <v>14028</v>
       </c>
       <c r="B97">
-        <v>0.3</v>
+        <v>0.51</v>
       </c>
       <c r="C97" t="s">
-        <v>369</v>
+        <v>461</v>
       </c>
       <c r="D97" t="s">
-        <v>318</v>
+        <v>395</v>
       </c>
       <c r="E97" t="s">
         <v>29</v>
       </c>
-      <c r="F97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G97" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H97" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I97" t="s">
+        <v>359</v>
       </c>
       <c r="J97" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K97" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L97" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M97" s="6">
-        <v>45000.0</v>
+        <v>15351.0</v>
       </c>
       <c r="N97" s="6">
-        <v>54450</v>
+        <v>18575</v>
       </c>
       <c r="O97" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P97" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
-        <v>8083</v>
+        <v>14528</v>
       </c>
       <c r="B98">
-        <v>0.9</v>
+        <v>0.37</v>
       </c>
       <c r="C98" t="s">
-        <v>371</v>
+        <v>462</v>
       </c>
       <c r="D98" t="s">
         <v>22</v>
       </c>
       <c r="E98" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="G98" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H98" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I98" t="s">
+        <v>359</v>
       </c>
       <c r="J98" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K98" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L98" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M98" s="6">
-        <v>45279.0</v>
+        <v>15540.0</v>
       </c>
       <c r="N98" s="6">
-        <v>54788</v>
+        <v>18803</v>
       </c>
       <c r="O98" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P98" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
-        <v>14088</v>
+        <v>14133</v>
       </c>
       <c r="B99">
-        <v>0.7</v>
+        <v>0.42</v>
       </c>
       <c r="C99" t="s">
-        <v>372</v>
+        <v>463</v>
       </c>
       <c r="D99" t="s">
-        <v>289</v>
+        <v>415</v>
       </c>
       <c r="E99" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H99" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I99" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J99" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K99" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L99" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M99" s="6">
-        <v>46655.0</v>
+        <v>15876.0</v>
       </c>
       <c r="N99" s="6">
-        <v>56453</v>
+        <v>19210</v>
       </c>
       <c r="O99" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P99" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
-        <v>14090</v>
+        <v>13641</v>
       </c>
       <c r="B100">
-        <v>0.7</v>
+        <v>0.42</v>
       </c>
       <c r="C100" t="s">
+        <v>464</v>
+      </c>
+      <c r="D100" t="s">
         <v>373</v>
       </c>
-      <c r="D100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" t="s">
-        <v>26</v>
+        <v>437</v>
       </c>
       <c r="G100" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H100" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I100" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J100" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K100" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L100" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M100" s="6">
-        <v>46655.0</v>
+        <v>15876.0</v>
       </c>
       <c r="N100" s="6">
-        <v>56453</v>
+        <v>19210</v>
       </c>
       <c r="O100" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P100" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
-        <v>14164</v>
+        <v>14316</v>
       </c>
       <c r="B101">
-        <v>0.58</v>
+        <v>0.4</v>
       </c>
       <c r="C101" t="s">
-        <v>374</v>
+        <v>465</v>
       </c>
       <c r="D101" t="s">
-        <v>28</v>
+        <v>415</v>
       </c>
       <c r="E101" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G101" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H101" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I101" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J101" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K101" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L101" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M101" s="6">
-        <v>47386.0</v>
+        <v>15960.0</v>
       </c>
       <c r="N101" s="6">
-        <v>57337</v>
+        <v>19312</v>
       </c>
       <c r="O101" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P101" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
-        <v>14158</v>
+        <v>14348</v>
       </c>
       <c r="B102">
-        <v>0.72</v>
+        <v>0.41</v>
       </c>
       <c r="C102" t="s">
-        <v>375</v>
+        <v>466</v>
       </c>
       <c r="D102" t="s">
-        <v>266</v>
+        <v>415</v>
       </c>
       <c r="E102" t="s">
-        <v>376</v>
+        <v>29</v>
       </c>
       <c r="G102" t="s">
+        <v>353</v>
+      </c>
+      <c r="H102" t="s">
+        <v>362</v>
+      </c>
+      <c r="I102" t="s">
+        <v>359</v>
+      </c>
+      <c r="J102" t="s">
+        <v>359</v>
+      </c>
+      <c r="K102" t="s">
+        <v>359</v>
+      </c>
+      <c r="L102" t="s">
         <v>377</v>
       </c>
-      <c r="H102" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M102" s="6">
-        <v>47988.0</v>
+        <v>16359.0</v>
       </c>
       <c r="N102" s="6">
-        <v>58065</v>
+        <v>19794</v>
       </c>
       <c r="O102" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P102" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
-        <v>14045</v>
+        <v>14509</v>
       </c>
       <c r="B103">
-        <v>0.91</v>
+        <v>0.33</v>
       </c>
       <c r="C103" t="s">
-        <v>378</v>
+        <v>467</v>
       </c>
       <c r="D103" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E103" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G103" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H103" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I103" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J103" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K103" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L103" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M103" s="6">
-        <v>50869.0</v>
+        <v>16632.0</v>
       </c>
       <c r="N103" s="6">
-        <v>61551</v>
+        <v>20125</v>
       </c>
       <c r="O103" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P103" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
-        <v>13148</v>
+        <v>14314</v>
       </c>
       <c r="B104">
-        <v>0.6</v>
+        <v>0.4</v>
       </c>
       <c r="C104" t="s">
-        <v>379</v>
+        <v>468</v>
       </c>
       <c r="D104" t="s">
-        <v>33</v>
+        <v>415</v>
       </c>
       <c r="E104" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G104" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H104" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I104" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J104" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K104" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L104" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M104" s="6">
-        <v>51840.0</v>
+        <v>16800.0</v>
       </c>
       <c r="N104" s="6">
-        <v>62726</v>
+        <v>20328</v>
       </c>
       <c r="O104" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P104" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
-        <v>13149</v>
+        <v>14315</v>
       </c>
       <c r="B105">
-        <v>0.6</v>
+        <v>0.4</v>
       </c>
       <c r="C105" t="s">
-        <v>380</v>
+        <v>469</v>
       </c>
       <c r="D105" t="s">
-        <v>33</v>
+        <v>415</v>
       </c>
       <c r="E105" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G105" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H105" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I105" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J105" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K105" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L105" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M105" s="6">
-        <v>51840.0</v>
+        <v>16800.0</v>
       </c>
       <c r="N105" s="6">
-        <v>62726</v>
+        <v>20328</v>
       </c>
       <c r="O105" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P105" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
-        <v>14077</v>
+        <v>14524</v>
       </c>
       <c r="B106">
-        <v>0.56</v>
+        <v>0.35</v>
       </c>
       <c r="C106" t="s">
-        <v>381</v>
+        <v>470</v>
       </c>
       <c r="D106" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E106" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G106" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H106" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I106" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J106" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K106" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L106" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M106" s="6">
-        <v>52976.0</v>
+        <v>16905.0</v>
       </c>
       <c r="N106" s="6">
-        <v>64101</v>
+        <v>20455</v>
       </c>
       <c r="O106" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P106" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
-        <v>14078</v>
+        <v>14525</v>
       </c>
       <c r="B107">
-        <v>0.56</v>
+        <v>0.35</v>
       </c>
       <c r="C107" t="s">
-        <v>382</v>
+        <v>471</v>
       </c>
       <c r="D107" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E107" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G107" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H107" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I107" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J107" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K107" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L107" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M107" s="6">
-        <v>52976.0</v>
+        <v>16905.0</v>
       </c>
       <c r="N107" s="6">
-        <v>64101</v>
+        <v>20455</v>
       </c>
       <c r="O107" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P107" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
-        <v>10959</v>
+        <v>14526</v>
       </c>
       <c r="B108">
-        <v>0.7</v>
+        <v>0.35</v>
       </c>
       <c r="C108" t="s">
-        <v>383</v>
+        <v>472</v>
       </c>
       <c r="D108" t="s">
-        <v>289</v>
+        <v>22</v>
       </c>
       <c r="E108" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G108" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H108" t="s">
         <v>362</v>
       </c>
       <c r="I108" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J108" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K108" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L108" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M108" s="6">
-        <v>53074.0</v>
+        <v>16905.0</v>
       </c>
       <c r="N108" s="6">
-        <v>64220</v>
+        <v>20455</v>
       </c>
       <c r="O108" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P108" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
-        <v>4963</v>
+        <v>14522</v>
       </c>
       <c r="B109">
-        <v>0.7</v>
+        <v>0.37</v>
       </c>
       <c r="C109" t="s">
-        <v>384</v>
+        <v>473</v>
       </c>
       <c r="D109" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E109" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G109" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H109" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="I109" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J109" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K109" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L109" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M109" s="6">
-        <v>54791.0</v>
+        <v>17094.0</v>
       </c>
       <c r="N109" s="6">
-        <v>66297</v>
+        <v>20684</v>
       </c>
       <c r="O109" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P109" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
-        <v>14046</v>
+        <v>14523</v>
       </c>
       <c r="B110">
-        <v>0.9</v>
+        <v>0.37</v>
       </c>
       <c r="C110" t="s">
-        <v>385</v>
+        <v>474</v>
       </c>
       <c r="D110" t="s">
         <v>19</v>
       </c>
       <c r="E110" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G110" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H110" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I110" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J110" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K110" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L110" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M110" s="6">
-        <v>56115.0</v>
+        <v>17094.0</v>
       </c>
       <c r="N110" s="6">
-        <v>67899</v>
+        <v>20684</v>
       </c>
       <c r="O110" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P110" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
-        <v>13529</v>
+        <v>14197</v>
       </c>
       <c r="B111">
-        <v>0.7</v>
+        <v>0.51</v>
       </c>
       <c r="C111" t="s">
-        <v>386</v>
+        <v>475</v>
       </c>
       <c r="D111" t="s">
-        <v>25</v>
+        <v>361</v>
       </c>
       <c r="E111" t="s">
         <v>29</v>
       </c>
       <c r="G111" t="s">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="H111" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I111" t="s">
+        <v>359</v>
       </c>
       <c r="J111" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K111" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L111" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M111" s="6">
-        <v>56364.0</v>
+        <v>17544.0</v>
       </c>
       <c r="N111" s="6">
-        <v>68200</v>
+        <v>21228</v>
       </c>
       <c r="O111" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P111" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
-        <v>14044</v>
+        <v>14198</v>
       </c>
       <c r="B112">
-        <v>0.91</v>
+        <v>0.51</v>
       </c>
       <c r="C112" t="s">
-        <v>387</v>
+        <v>476</v>
       </c>
       <c r="D112" t="s">
-        <v>19</v>
+        <v>361</v>
       </c>
       <c r="E112" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G112" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H112" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I112" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J112" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K112" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L112" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M112" s="6">
-        <v>56739.0</v>
+        <v>17544.0</v>
       </c>
       <c r="N112" s="6">
-        <v>68654</v>
+        <v>21228</v>
       </c>
       <c r="O112" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P112" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
-        <v>1952</v>
+        <v>14544</v>
       </c>
       <c r="B113">
-        <v>0.92</v>
+        <v>0.38</v>
       </c>
       <c r="C113" t="s">
-        <v>388</v>
+        <v>477</v>
       </c>
       <c r="D113" t="s">
         <v>19</v>
       </c>
       <c r="E113" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G113" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H113" t="s">
-        <v>389</v>
+        <v>362</v>
       </c>
       <c r="I113" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J113" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K113" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L113" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M113" s="6">
-        <v>58842.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N113" s="6">
-        <v>71199</v>
+        <v>21243</v>
       </c>
       <c r="O113" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P113" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
-        <v>13236</v>
+        <v>14545</v>
       </c>
       <c r="B114">
-        <v>0.41</v>
+        <v>0.38</v>
       </c>
       <c r="C114" t="s">
-        <v>390</v>
+        <v>478</v>
       </c>
       <c r="D114" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="E114" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>31</v>
       </c>
       <c r="G114" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H114" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I114" t="s">
+        <v>359</v>
       </c>
       <c r="J114" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K114" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L114" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M114" s="6">
-        <v>59500.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N114" s="6">
-        <v>71995</v>
+        <v>21243</v>
       </c>
       <c r="O114" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P114" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
-        <v>12715</v>
+        <v>14546</v>
       </c>
       <c r="B115">
-        <v>0.5</v>
+        <v>0.38</v>
       </c>
       <c r="C115" t="s">
-        <v>391</v>
+        <v>479</v>
       </c>
       <c r="D115" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E115" t="s">
-        <v>315</v>
+        <v>31</v>
       </c>
       <c r="G115" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H115" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I115" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J115" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K115" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L115" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M115" s="6">
-        <v>61325.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N115" s="6">
-        <v>74203</v>
+        <v>21243</v>
       </c>
       <c r="O115" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P115" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
-        <v>12096</v>
+        <v>14547</v>
       </c>
       <c r="B116">
-        <v>0.55</v>
+        <v>0.38</v>
       </c>
       <c r="C116" t="s">
-        <v>392</v>
+        <v>480</v>
       </c>
       <c r="D116" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E116" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G116" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H116" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I116" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J116" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K116" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L116" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M116" s="6">
-        <v>61652.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N116" s="6">
-        <v>74599</v>
+        <v>21243</v>
       </c>
       <c r="O116" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P116" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
-        <v>13222</v>
+        <v>14548</v>
       </c>
       <c r="B117">
-        <v>1.13</v>
+        <v>0.38</v>
       </c>
       <c r="C117" t="s">
-        <v>393</v>
+        <v>481</v>
       </c>
       <c r="D117" t="s">
-        <v>366</v>
+        <v>19</v>
       </c>
       <c r="E117" t="s">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="G117" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H117" t="s">
         <v>362</v>
       </c>
       <c r="I117" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J117" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K117" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L117" t="s">
-        <v>394</v>
+        <v>377</v>
       </c>
       <c r="M117" s="6">
-        <v>61800.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N117" s="6">
-        <v>74778</v>
+        <v>21243</v>
       </c>
       <c r="O117" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P117" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
-        <v>10574</v>
+        <v>14570</v>
       </c>
       <c r="B118">
-        <v>0.75</v>
+        <v>0.4</v>
       </c>
       <c r="C118" t="s">
-        <v>395</v>
+        <v>482</v>
       </c>
       <c r="D118" t="s">
-        <v>284</v>
+        <v>22</v>
       </c>
       <c r="E118" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G118" t="s">
-        <v>273</v>
+        <v>353</v>
       </c>
       <c r="H118" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I118" t="s">
+        <v>359</v>
       </c>
       <c r="J118" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K118" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L118" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M118" s="6">
-        <v>61883.0</v>
+        <v>17640.0</v>
       </c>
       <c r="N118" s="6">
-        <v>74878</v>
+        <v>21344</v>
       </c>
       <c r="O118" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P118" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
-        <v>12467</v>
+        <v>13772</v>
       </c>
       <c r="B119">
-        <v>0.51</v>
+        <v>0.37</v>
       </c>
       <c r="C119" t="s">
-        <v>396</v>
+        <v>483</v>
       </c>
       <c r="D119" t="s">
-        <v>284</v>
+        <v>28</v>
       </c>
       <c r="E119" t="s">
-        <v>315</v>
+        <v>31</v>
       </c>
       <c r="G119" t="s">
-        <v>250</v>
+        <v>484</v>
       </c>
       <c r="H119" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>362</v>
       </c>
       <c r="J119" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K119" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L119" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M119" s="6">
-        <v>62552.0</v>
+        <v>17908.0</v>
       </c>
       <c r="N119" s="6">
-        <v>75688</v>
+        <v>21669</v>
       </c>
       <c r="O119" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P119" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
-        <v>12881</v>
+        <v>14549</v>
       </c>
       <c r="B120">
-        <v>1.03</v>
+        <v>0.38</v>
       </c>
       <c r="C120" t="s">
-        <v>397</v>
+        <v>485</v>
       </c>
       <c r="D120" t="s">
-        <v>398</v>
+        <v>22</v>
       </c>
       <c r="E120" t="s">
-        <v>26</v>
+        <v>437</v>
       </c>
       <c r="G120" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H120" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I120" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J120" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K120" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L120" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M120" s="6">
-        <v>63000.0</v>
+        <v>18354.0</v>
       </c>
       <c r="N120" s="6">
-        <v>76230</v>
+        <v>22208</v>
       </c>
       <c r="O120" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P120" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
-        <v>2187</v>
+        <v>14312</v>
       </c>
       <c r="B121">
-        <v>0.9</v>
+        <v>0.4</v>
       </c>
       <c r="C121" t="s">
-        <v>399</v>
+        <v>486</v>
       </c>
       <c r="D121" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E121" t="s">
-        <v>280</v>
+        <v>29</v>
       </c>
       <c r="G121" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H121" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="I121" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="J121" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="K121" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="L121" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M121" s="6">
-        <v>63239.0</v>
+        <v>18480.0</v>
       </c>
       <c r="N121" s="6">
-        <v>76519</v>
+        <v>22361</v>
       </c>
       <c r="O121" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P121" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
-        <v>11491</v>
+        <v>14313</v>
       </c>
       <c r="B122">
-        <v>0.91</v>
+        <v>0.4</v>
       </c>
       <c r="C122" t="s">
-        <v>400</v>
+        <v>487</v>
       </c>
       <c r="D122" t="s">
-        <v>266</v>
+        <v>19</v>
       </c>
       <c r="E122" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G122" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H122" t="s">
         <v>362</v>
       </c>
       <c r="I122" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J122" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K122" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L122" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M122" s="6">
-        <v>64938.0</v>
+        <v>18480.0</v>
       </c>
       <c r="N122" s="6">
-        <v>78575</v>
+        <v>22361</v>
       </c>
       <c r="O122" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P122" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
-        <v>14097</v>
+        <v>14347</v>
       </c>
       <c r="B123">
-        <v>0.3</v>
+        <v>0.43</v>
       </c>
       <c r="C123" t="s">
-        <v>401</v>
+        <v>488</v>
       </c>
       <c r="D123" t="s">
-        <v>318</v>
+        <v>22</v>
       </c>
       <c r="E123" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>29</v>
       </c>
       <c r="G123" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H123" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I123" t="s">
+        <v>359</v>
       </c>
       <c r="J123" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K123" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L123" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M123" s="6">
-        <v>65000.0</v>
+        <v>18963.0</v>
       </c>
       <c r="N123" s="6">
-        <v>78650</v>
+        <v>22945</v>
       </c>
       <c r="O123" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P123" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
-        <v>12867</v>
+        <v>14517</v>
       </c>
       <c r="B124">
-        <v>0.76</v>
+        <v>0.35</v>
       </c>
       <c r="C124" t="s">
-        <v>403</v>
+        <v>489</v>
       </c>
       <c r="D124" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E124" t="s">
-        <v>26</v>
+        <v>437</v>
       </c>
       <c r="G124" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H124" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I124" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J124" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K124" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L124" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M124" s="6">
-        <v>66098.0</v>
+        <v>19110.0</v>
       </c>
       <c r="N124" s="6">
-        <v>79979</v>
+        <v>23123</v>
       </c>
       <c r="O124" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P124" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
-        <v>13700</v>
+        <v>14521</v>
       </c>
       <c r="B125">
-        <v>0.55</v>
+        <v>0.35</v>
       </c>
       <c r="C125" t="s">
-        <v>404</v>
+        <v>490</v>
       </c>
       <c r="D125" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E125" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G125" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H125" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I125" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J125" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K125" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L125" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M125" s="6">
-        <v>67458.0</v>
+        <v>19110.0</v>
       </c>
       <c r="N125" s="6">
-        <v>81624</v>
+        <v>23123</v>
       </c>
       <c r="O125" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P125" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
-        <v>12868</v>
+        <v>14539</v>
       </c>
       <c r="B126">
-        <v>0.78</v>
+        <v>0.38</v>
       </c>
       <c r="C126" t="s">
-        <v>405</v>
+        <v>491</v>
       </c>
       <c r="D126" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E126" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G126" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H126" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I126" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J126" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K126" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L126" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M126" s="6">
-        <v>67837.0</v>
+        <v>19152.0</v>
       </c>
       <c r="N126" s="6">
-        <v>82083</v>
+        <v>23174</v>
       </c>
       <c r="O126" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P126" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
-        <v>6122</v>
+        <v>14540</v>
       </c>
       <c r="B127">
-        <v>0.8</v>
+        <v>0.38</v>
       </c>
       <c r="C127" t="s">
-        <v>406</v>
+        <v>492</v>
       </c>
       <c r="D127" t="s">
-        <v>284</v>
+        <v>28</v>
       </c>
       <c r="E127" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G127" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H127" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I127" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J127" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K127" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L127" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M127" s="6">
-        <v>69576.0</v>
+        <v>19152.0</v>
       </c>
       <c r="N127" s="6">
-        <v>84187</v>
+        <v>23174</v>
       </c>
       <c r="O127" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P127" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
-        <v>2264</v>
+        <v>14541</v>
       </c>
       <c r="B128">
-        <v>0.9</v>
+        <v>0.38</v>
       </c>
       <c r="C128" t="s">
-        <v>407</v>
+        <v>493</v>
       </c>
       <c r="D128" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E128" t="s">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="G128" t="s">
-        <v>273</v>
+        <v>353</v>
       </c>
       <c r="H128" t="s">
         <v>362</v>
       </c>
+      <c r="I128" t="s">
+        <v>359</v>
+      </c>
       <c r="J128" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K128" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="L128" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M128" s="6">
-        <v>69890.0</v>
+        <v>19152.0</v>
       </c>
       <c r="N128" s="6">
-        <v>84567</v>
+        <v>23174</v>
       </c>
       <c r="O128" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P128" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
-        <v>11169</v>
+        <v>14569</v>
       </c>
       <c r="B129">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
       <c r="C129" t="s">
-        <v>408</v>
+        <v>494</v>
       </c>
       <c r="D129" t="s">
-        <v>284</v>
+        <v>22</v>
       </c>
       <c r="E129" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G129" t="s">
-        <v>285</v>
+        <v>353</v>
       </c>
       <c r="H129" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I129" t="s">
+        <v>359</v>
       </c>
       <c r="J129" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K129" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L129" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M129" s="6">
-        <v>71360.0</v>
+        <v>19320.0</v>
       </c>
       <c r="N129" s="6">
-        <v>86346</v>
+        <v>23377</v>
       </c>
       <c r="O129" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P129" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
-        <v>13219</v>
+        <v>14518</v>
       </c>
       <c r="B130">
-        <v>0.7</v>
+        <v>0.36</v>
       </c>
       <c r="C130" t="s">
-        <v>409</v>
+        <v>495</v>
       </c>
       <c r="D130" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E130" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G130" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H130" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I130" t="s">
+        <v>359</v>
       </c>
       <c r="J130" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K130" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L130" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M130" s="6">
-        <v>73920.0</v>
+        <v>19656.0</v>
       </c>
       <c r="N130" s="6">
-        <v>89443</v>
+        <v>23784</v>
       </c>
       <c r="O130" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P130" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
-        <v>13135</v>
+        <v>14520</v>
       </c>
       <c r="B131">
-        <v>0.9</v>
+        <v>0.36</v>
       </c>
       <c r="C131" t="s">
-        <v>410</v>
+        <v>496</v>
       </c>
       <c r="D131" t="s">
         <v>19</v>
       </c>
       <c r="E131" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G131" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H131" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I131" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J131" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K131" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L131" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M131" s="6">
-        <v>76266.0</v>
+        <v>19656.0</v>
       </c>
       <c r="N131" s="6">
-        <v>92282</v>
+        <v>23784</v>
       </c>
       <c r="O131" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P131" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
-        <v>13136</v>
+        <v>14310</v>
       </c>
       <c r="B132">
-        <v>0.9</v>
+        <v>0.4</v>
       </c>
       <c r="C132" t="s">
-        <v>411</v>
+        <v>497</v>
       </c>
       <c r="D132" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="E132" t="s">
-        <v>315</v>
+        <v>29</v>
       </c>
       <c r="G132" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H132" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I132" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J132" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K132" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L132" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M132" s="6">
-        <v>76266.0</v>
+        <v>20160.0</v>
       </c>
       <c r="N132" s="6">
-        <v>92282</v>
+        <v>24394</v>
       </c>
       <c r="O132" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P132" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
-        <v>2370</v>
+        <v>14311</v>
       </c>
       <c r="B133">
-        <v>0.7</v>
+        <v>0.4</v>
       </c>
       <c r="C133" t="s">
-        <v>412</v>
+        <v>498</v>
       </c>
       <c r="D133" t="s">
         <v>28</v>
       </c>
       <c r="E133" t="s">
-        <v>315</v>
+        <v>29</v>
       </c>
       <c r="G133" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H133" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="I133" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J133" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K133" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L133" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M133" s="6">
-        <v>77571.0</v>
+        <v>20160.0</v>
       </c>
       <c r="N133" s="6">
-        <v>93861</v>
+        <v>24394</v>
       </c>
       <c r="O133" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P133" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
-        <v>13228</v>
+        <v>14519</v>
       </c>
       <c r="B134">
-        <v>1.7</v>
+        <v>0.37</v>
       </c>
       <c r="C134" t="s">
-        <v>413</v>
+        <v>499</v>
       </c>
       <c r="D134" t="s">
-        <v>398</v>
+        <v>19</v>
       </c>
       <c r="E134" t="s">
-        <v>269</v>
+        <v>437</v>
       </c>
       <c r="G134" t="s">
-        <v>285</v>
+        <v>353</v>
       </c>
       <c r="H134" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I134" t="s">
+        <v>359</v>
       </c>
       <c r="J134" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K134" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L134" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M134" s="6">
-        <v>78000.0</v>
+        <v>20202.0</v>
       </c>
       <c r="N134" s="6">
-        <v>94380</v>
+        <v>24444</v>
       </c>
       <c r="O134" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P134" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="135" spans="1:17">
       <c r="A135">
-        <v>10126</v>
+        <v>14568</v>
       </c>
       <c r="B135">
-        <v>0.7</v>
+        <v>0.42</v>
       </c>
       <c r="C135" t="s">
-        <v>414</v>
+        <v>500</v>
       </c>
       <c r="D135" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E135" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G135" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H135" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I135" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J135" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K135" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L135" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M135" s="6">
-        <v>79611.0</v>
+        <v>20286.0</v>
       </c>
       <c r="N135" s="6">
-        <v>96329</v>
+        <v>24546</v>
       </c>
       <c r="O135" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P135" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="136" spans="1:17">
       <c r="A136">
-        <v>12055</v>
+        <v>14564</v>
       </c>
       <c r="B136">
-        <v>1.5</v>
+        <v>0.41</v>
       </c>
       <c r="C136" t="s">
-        <v>415</v>
+        <v>501</v>
       </c>
       <c r="D136" t="s">
-        <v>266</v>
+        <v>28</v>
       </c>
       <c r="E136" t="s">
-        <v>269</v>
+        <v>29</v>
       </c>
       <c r="G136" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="H136" t="s">
         <v>362</v>
       </c>
+      <c r="I136" t="s">
+        <v>359</v>
+      </c>
       <c r="J136" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K136" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L136" t="s">
-        <v>394</v>
+        <v>379</v>
       </c>
       <c r="M136" s="6">
-        <v>79900.0</v>
+        <v>20664.0</v>
       </c>
       <c r="N136" s="6">
-        <v>96679</v>
+        <v>25003</v>
       </c>
       <c r="O136" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P136" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="137" spans="1:17">
       <c r="A137">
-        <v>10887</v>
+        <v>14543</v>
       </c>
       <c r="B137">
-        <v>1.5</v>
+        <v>0.38</v>
       </c>
       <c r="C137" t="s">
-        <v>416</v>
+        <v>485</v>
       </c>
       <c r="D137" t="s">
-        <v>398</v>
+        <v>19</v>
       </c>
       <c r="E137" t="s">
-        <v>280</v>
+        <v>437</v>
       </c>
       <c r="G137" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="H137" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I137" t="s">
+        <v>359</v>
       </c>
       <c r="J137" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K137" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L137" t="s">
-        <v>323</v>
+        <v>379</v>
       </c>
       <c r="M137" s="6">
-        <v>85000.0</v>
+        <v>20748.0</v>
       </c>
       <c r="N137" s="6">
-        <v>102850</v>
+        <v>25105</v>
       </c>
       <c r="O137" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P137" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="138" spans="1:17">
       <c r="A138">
-        <v>10889</v>
+        <v>14346</v>
       </c>
       <c r="B138">
-        <v>1.51</v>
+        <v>0.43</v>
       </c>
       <c r="C138" t="s">
-        <v>417</v>
+        <v>502</v>
       </c>
       <c r="D138" t="s">
-        <v>398</v>
+        <v>22</v>
       </c>
       <c r="E138" t="s">
-        <v>269</v>
+        <v>31</v>
       </c>
       <c r="G138" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="H138" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I138" t="s">
+        <v>359</v>
       </c>
       <c r="J138" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K138" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L138" t="s">
-        <v>323</v>
+        <v>377</v>
       </c>
       <c r="M138" s="6">
-        <v>85000.0</v>
+        <v>20769.0</v>
       </c>
       <c r="N138" s="6">
-        <v>102850</v>
+        <v>25130</v>
       </c>
       <c r="O138" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P138" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="139" spans="1:17">
       <c r="A139">
-        <v>13229</v>
+        <v>14239</v>
       </c>
       <c r="B139">
-        <v>1.51</v>
+        <v>0.39</v>
       </c>
       <c r="C139" t="s">
-        <v>418</v>
+        <v>503</v>
       </c>
       <c r="D139" t="s">
-        <v>398</v>
+        <v>19</v>
       </c>
       <c r="E139" t="s">
-        <v>20</v>
+        <v>437</v>
       </c>
       <c r="G139" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="H139" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I139" t="s">
+        <v>359</v>
       </c>
       <c r="J139" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K139" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L139" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M139" s="6">
-        <v>85000.0</v>
+        <v>21294.0</v>
       </c>
       <c r="N139" s="6">
-        <v>102850</v>
+        <v>25766</v>
       </c>
       <c r="O139" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P139" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
     </row>
     <row r="140" spans="1:17">
       <c r="A140">
-        <v>10890</v>
+        <v>14240</v>
       </c>
       <c r="B140">
-        <v>0.9</v>
+        <v>0.39</v>
       </c>
       <c r="C140" t="s">
-        <v>419</v>
+        <v>504</v>
       </c>
       <c r="D140" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E140" t="s">
-        <v>280</v>
+        <v>437</v>
       </c>
       <c r="G140" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H140" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I140" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J140" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K140" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L140" t="s">
-        <v>323</v>
+        <v>377</v>
       </c>
       <c r="M140" s="6">
-        <v>85050.0</v>
+        <v>21294.0</v>
       </c>
       <c r="N140" s="6">
-        <v>102911</v>
+        <v>25766</v>
       </c>
       <c r="O140" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P140" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="141" spans="1:17">
       <c r="A141">
-        <v>14087</v>
+        <v>14542</v>
       </c>
       <c r="B141">
-        <v>0.7</v>
+        <v>0.39</v>
       </c>
       <c r="C141" t="s">
-        <v>420</v>
+        <v>505</v>
       </c>
       <c r="D141" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E141" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G141" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H141" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I141" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J141" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K141" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L141" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M141" s="6">
-        <v>85785.0</v>
+        <v>21294.0</v>
       </c>
       <c r="N141" s="6">
-        <v>103800</v>
+        <v>25766</v>
       </c>
       <c r="O141" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P141" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
     </row>
     <row r="142" spans="1:17">
       <c r="A142">
-        <v>14089</v>
+        <v>14567</v>
       </c>
       <c r="B142">
-        <v>0.7</v>
+        <v>0.4</v>
       </c>
       <c r="C142" t="s">
-        <v>421</v>
+        <v>506</v>
       </c>
       <c r="D142" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E142" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G142" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H142" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I142" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J142" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K142" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L142" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M142" s="6">
-        <v>85785.0</v>
+        <v>21840.0</v>
       </c>
       <c r="N142" s="6">
-        <v>103800</v>
+        <v>26426</v>
       </c>
       <c r="O142" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P142" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
     </row>
     <row r="143" spans="1:17">
       <c r="A143">
-        <v>10222</v>
+        <v>14102</v>
       </c>
       <c r="B143">
-        <v>0.5</v>
+        <v>0.36</v>
       </c>
       <c r="C143" t="s">
-        <v>422</v>
+        <v>507</v>
       </c>
       <c r="D143" t="s">
-        <v>318</v>
+        <v>508</v>
       </c>
       <c r="E143" t="s">
-        <v>269</v>
+        <v>420</v>
       </c>
       <c r="F143" t="s">
-        <v>423</v>
+        <v>509</v>
       </c>
       <c r="G143" t="s">
-        <v>320</v>
+        <v>510</v>
       </c>
       <c r="H143" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="J143" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="K143" t="s">
-        <v>258</v>
+        <v>355</v>
       </c>
       <c r="L143" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M143" s="6">
-        <v>87400.0</v>
+        <v>22000.0</v>
       </c>
       <c r="N143" s="6">
-        <v>105754</v>
+        <v>26620</v>
       </c>
       <c r="O143" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P143" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
     </row>
     <row r="144" spans="1:17">
       <c r="A144">
-        <v>13272</v>
+        <v>14271</v>
       </c>
       <c r="B144">
-        <v>0.8</v>
+        <v>0.59</v>
       </c>
       <c r="C144" t="s">
-        <v>424</v>
+        <v>511</v>
       </c>
       <c r="D144" t="s">
-        <v>33</v>
+        <v>373</v>
       </c>
       <c r="E144" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H144" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I144" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J144" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K144" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L144" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M144" s="6">
-        <v>90160.0</v>
+        <v>22302.0</v>
       </c>
       <c r="N144" s="6">
-        <v>109094</v>
+        <v>26985</v>
       </c>
       <c r="O144" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P144" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
     </row>
     <row r="145" spans="1:17">
       <c r="A145">
-        <v>12476</v>
+        <v>14345</v>
       </c>
       <c r="B145">
-        <v>0.7</v>
+        <v>0.43</v>
       </c>
       <c r="C145" t="s">
-        <v>425</v>
+        <v>512</v>
       </c>
       <c r="D145" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E145" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G145" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H145" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I145" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J145" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K145" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L145" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M145" s="6">
-        <v>93520.0</v>
+        <v>22575.0</v>
       </c>
       <c r="N145" s="6">
-        <v>113159</v>
+        <v>27316</v>
       </c>
       <c r="O145" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P145" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="146" spans="1:17">
       <c r="A146">
-        <v>12477</v>
+        <v>14566</v>
       </c>
       <c r="B146">
-        <v>0.7</v>
+        <v>0.43</v>
       </c>
       <c r="C146" t="s">
-        <v>426</v>
+        <v>513</v>
       </c>
       <c r="D146" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E146" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G146" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H146" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I146" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J146" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K146" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L146" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M146" s="6">
-        <v>93520.0</v>
+        <v>22575.0</v>
       </c>
       <c r="N146" s="6">
-        <v>113159</v>
+        <v>27316</v>
       </c>
       <c r="O146" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P146" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
     </row>
     <row r="147" spans="1:17">
       <c r="A147">
-        <v>13227</v>
+        <v>14363</v>
       </c>
       <c r="B147">
-        <v>1.5</v>
+        <v>0.6</v>
       </c>
       <c r="C147" t="s">
-        <v>427</v>
+        <v>514</v>
       </c>
       <c r="D147" t="s">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="E147" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>273</v>
+        <v>353</v>
       </c>
       <c r="H147" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I147" t="s">
+        <v>359</v>
       </c>
       <c r="J147" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K147" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L147" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M147" s="6">
-        <v>94000.0</v>
+        <v>22680.0</v>
       </c>
       <c r="N147" s="6">
-        <v>113740</v>
+        <v>27443</v>
       </c>
       <c r="O147" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P147" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
     </row>
     <row r="148" spans="1:17">
       <c r="A148">
-        <v>12346</v>
+        <v>14365</v>
       </c>
       <c r="B148">
-        <v>1.7</v>
+        <v>0.6</v>
       </c>
       <c r="C148" t="s">
-        <v>428</v>
+        <v>515</v>
       </c>
       <c r="D148" t="s">
-        <v>19</v>
+        <v>373</v>
       </c>
       <c r="E148" t="s">
-        <v>269</v>
+        <v>20</v>
       </c>
       <c r="G148" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="H148" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I148" t="s">
+        <v>359</v>
       </c>
       <c r="J148" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K148" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L148" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M148" s="6">
-        <v>99000.0</v>
+        <v>22680.0</v>
       </c>
       <c r="N148" s="6">
-        <v>119790</v>
+        <v>27443</v>
       </c>
       <c r="O148" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P148" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
     </row>
     <row r="149" spans="1:17">
       <c r="A149">
-        <v>11578</v>
+        <v>14565</v>
       </c>
       <c r="B149">
-        <v>0.9</v>
+        <v>0.45</v>
       </c>
       <c r="C149" t="s">
-        <v>429</v>
+        <v>516</v>
       </c>
       <c r="D149" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E149" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G149" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H149" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I149" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J149" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K149" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L149" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M149" s="6">
-        <v>99225.0</v>
+        <v>22680.0</v>
       </c>
       <c r="N149" s="6">
-        <v>120062</v>
+        <v>27443</v>
       </c>
       <c r="O149" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P149" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="150" spans="1:17">
       <c r="A150">
-        <v>6046</v>
+        <v>13153</v>
       </c>
       <c r="B150">
-        <v>1.01</v>
+        <v>0.55</v>
       </c>
       <c r="C150" t="s">
-        <v>430</v>
+        <v>517</v>
       </c>
       <c r="D150" t="s">
-        <v>28</v>
+        <v>373</v>
       </c>
       <c r="E150" t="s">
-        <v>269</v>
+        <v>31</v>
       </c>
       <c r="G150" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H150" t="s">
         <v>362</v>
       </c>
       <c r="I150" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J150" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K150" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L150" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M150" s="6">
-        <v>109080.0</v>
+        <v>23100.0</v>
       </c>
       <c r="N150" s="6">
-        <v>131987</v>
+        <v>27951</v>
       </c>
       <c r="O150" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P150" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:17">
       <c r="A151">
-        <v>14203</v>
+        <v>13286</v>
       </c>
       <c r="B151">
-        <v>1.13</v>
+        <v>0.55</v>
       </c>
       <c r="C151" t="s">
-        <v>431</v>
+        <v>518</v>
       </c>
       <c r="D151" t="s">
-        <v>289</v>
+        <v>373</v>
       </c>
       <c r="E151" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="G151" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H151" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I151" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J151" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K151" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L151" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M151" s="6">
-        <v>111800.0</v>
+        <v>23100.0</v>
       </c>
       <c r="N151" s="6">
-        <v>135278</v>
+        <v>27951</v>
       </c>
       <c r="O151" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P151" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
     </row>
     <row r="152" spans="1:17">
       <c r="A152">
-        <v>11575</v>
+        <v>14514</v>
       </c>
       <c r="B152">
-        <v>0.9</v>
+        <v>0.36</v>
       </c>
       <c r="C152" t="s">
-        <v>432</v>
+        <v>519</v>
       </c>
       <c r="D152" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E152" t="s">
-        <v>29</v>
+        <v>437</v>
       </c>
       <c r="G152" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H152" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I152" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J152" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K152" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L152" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M152" s="6">
-        <v>117450.0</v>
+        <v>23436.0</v>
       </c>
       <c r="N152" s="6">
-        <v>142115</v>
+        <v>28358</v>
       </c>
       <c r="O152" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P152" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
     </row>
     <row r="153" spans="1:17">
       <c r="A153">
-        <v>11583</v>
+        <v>14556</v>
       </c>
       <c r="B153">
-        <v>0.9</v>
+        <v>0.4</v>
       </c>
       <c r="C153" t="s">
-        <v>433</v>
+        <v>520</v>
       </c>
       <c r="D153" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E153" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G153" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H153" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I153" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J153" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K153" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L153" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M153" s="6">
-        <v>117450.0</v>
+        <v>23520.0</v>
       </c>
       <c r="N153" s="6">
-        <v>142115</v>
+        <v>28459</v>
       </c>
       <c r="O153" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P153" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="154" spans="1:17">
       <c r="A154">
-        <v>13373</v>
+        <v>14559</v>
       </c>
       <c r="B154">
-        <v>1.13</v>
+        <v>0.4</v>
       </c>
       <c r="C154" t="s">
-        <v>434</v>
+        <v>521</v>
       </c>
       <c r="D154" t="s">
-        <v>289</v>
+        <v>28</v>
       </c>
       <c r="E154" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="G154" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H154" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I154" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J154" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K154" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L154" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M154" s="6">
-        <v>119800.0</v>
+        <v>23520.0</v>
       </c>
       <c r="N154" s="6">
-        <v>144958</v>
+        <v>28459</v>
       </c>
       <c r="O154" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P154" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
     </row>
     <row r="155" spans="1:17">
       <c r="A155">
-        <v>11170</v>
+        <v>14561</v>
       </c>
       <c r="B155">
-        <v>1.5</v>
+        <v>0.4</v>
       </c>
       <c r="C155" t="s">
-        <v>435</v>
+        <v>522</v>
       </c>
       <c r="D155" t="s">
-        <v>366</v>
+        <v>28</v>
       </c>
       <c r="E155" t="s">
-        <v>269</v>
+        <v>31</v>
       </c>
       <c r="G155" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H155" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="I155" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J155" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K155" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L155" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M155" s="6">
-        <v>121500.0</v>
+        <v>23520.0</v>
       </c>
       <c r="N155" s="6">
-        <v>147015</v>
+        <v>28459</v>
       </c>
       <c r="O155" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P155" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="156" spans="1:17">
       <c r="A156">
-        <v>12876</v>
+        <v>14563</v>
       </c>
       <c r="B156">
-        <v>1.5</v>
+        <v>0.4</v>
       </c>
       <c r="C156" t="s">
-        <v>436</v>
+        <v>523</v>
       </c>
       <c r="D156" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E156" t="s">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="G156" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H156" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I156" t="s">
+        <v>359</v>
       </c>
       <c r="J156" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K156" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L156" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M156" s="6">
-        <v>123000.0</v>
+        <v>23520.0</v>
       </c>
       <c r="N156" s="6">
-        <v>148830</v>
+        <v>28459</v>
       </c>
       <c r="O156" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P156" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="157" spans="1:17">
       <c r="A157">
-        <v>12493</v>
+        <v>14099</v>
       </c>
       <c r="B157">
-        <v>2.01</v>
+        <v>0.33</v>
       </c>
       <c r="C157" t="s">
-        <v>437</v>
+        <v>524</v>
       </c>
       <c r="D157" t="s">
-        <v>366</v>
+        <v>508</v>
       </c>
       <c r="E157" t="s">
-        <v>269</v>
+        <v>398</v>
+      </c>
+      <c r="F157" t="s">
+        <v>509</v>
       </c>
       <c r="G157" t="s">
-        <v>273</v>
+        <v>525</v>
       </c>
       <c r="H157" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>362</v>
       </c>
       <c r="J157" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K157" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L157" t="s">
-        <v>438</v>
+        <v>526</v>
       </c>
       <c r="M157" s="6">
-        <v>126000.0</v>
+        <v>24000.0</v>
       </c>
       <c r="N157" s="6">
-        <v>152460</v>
+        <v>29040</v>
       </c>
       <c r="O157" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P157" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
     </row>
     <row r="158" spans="1:17">
       <c r="A158">
-        <v>13765</v>
+        <v>14515</v>
       </c>
       <c r="B158">
-        <v>1.01</v>
+        <v>0.37</v>
       </c>
       <c r="C158" t="s">
-        <v>439</v>
+        <v>527</v>
       </c>
       <c r="D158" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E158" t="s">
-        <v>29</v>
+        <v>437</v>
       </c>
       <c r="G158" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H158" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I158" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J158" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K158" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L158" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M158" s="6">
-        <v>130000.0</v>
+        <v>24087.0</v>
       </c>
       <c r="N158" s="6">
-        <v>157300</v>
+        <v>29145</v>
       </c>
       <c r="O158" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P158" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="159" spans="1:17">
       <c r="A159">
-        <v>13231</v>
+        <v>14557</v>
       </c>
       <c r="B159">
-        <v>1.02</v>
+        <v>0.41</v>
       </c>
       <c r="C159" t="s">
-        <v>440</v>
+        <v>528</v>
       </c>
       <c r="D159" t="s">
         <v>28</v>
       </c>
       <c r="E159" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G159" t="s">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="H159" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I159" t="s">
+        <v>359</v>
       </c>
       <c r="J159" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K159" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L159" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M159" s="6">
-        <v>138000.0</v>
+        <v>24108.0</v>
       </c>
       <c r="N159" s="6">
-        <v>166980</v>
+        <v>29171</v>
       </c>
       <c r="O159" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P159" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
     </row>
     <row r="160" spans="1:17">
       <c r="A160">
-        <v>11867</v>
+        <v>14558</v>
       </c>
       <c r="B160">
-        <v>1</v>
+        <v>0.41</v>
       </c>
       <c r="C160" t="s">
-        <v>441</v>
+        <v>529</v>
       </c>
       <c r="D160" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E160" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G160" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H160" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I160" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J160" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K160" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L160" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M160" s="6">
-        <v>153500.0</v>
+        <v>24108.0</v>
       </c>
       <c r="N160" s="6">
-        <v>185735</v>
+        <v>29171</v>
       </c>
       <c r="O160" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P160" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:17">
       <c r="A161">
-        <v>11746</v>
+        <v>14562</v>
       </c>
       <c r="B161">
-        <v>1.01</v>
+        <v>0.41</v>
       </c>
       <c r="C161" t="s">
-        <v>442</v>
+        <v>530</v>
       </c>
       <c r="D161" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E161" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G161" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H161" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I161" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J161" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K161" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L161" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M161" s="6">
-        <v>155000.0</v>
+        <v>24108.0</v>
       </c>
       <c r="N161" s="6">
-        <v>187550</v>
+        <v>29171</v>
       </c>
       <c r="O161" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P161" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
     </row>
     <row r="162" spans="1:17">
       <c r="A162">
-        <v>4662</v>
+        <v>14264</v>
       </c>
       <c r="B162">
-        <v>0.59</v>
+        <v>0.5</v>
       </c>
       <c r="C162" t="s">
-        <v>443</v>
+        <v>531</v>
       </c>
       <c r="D162" t="s">
-        <v>318</v>
+        <v>415</v>
       </c>
       <c r="E162" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="H162" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I162" t="s">
+        <v>359</v>
       </c>
       <c r="J162" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="K162" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="L162" t="s">
-        <v>445</v>
+        <v>379</v>
       </c>
       <c r="M162" s="6">
-        <v>158000.0</v>
+        <v>24150.0</v>
       </c>
       <c r="N162" s="6">
-        <v>191180</v>
+        <v>29222</v>
       </c>
       <c r="O162" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P162" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
     </row>
     <row r="163" spans="1:17">
       <c r="A163">
-        <v>11492</v>
+        <v>14573</v>
       </c>
       <c r="B163">
-        <v>1.22</v>
+        <v>0.46</v>
       </c>
       <c r="C163" t="s">
-        <v>446</v>
+        <v>532</v>
       </c>
       <c r="D163" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E163" t="s">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="G163" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H163" t="s">
         <v>362</v>
       </c>
       <c r="I163" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J163" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K163" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L163" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M163" s="6">
-        <v>162500.0</v>
+        <v>24150.0</v>
       </c>
       <c r="N163" s="6">
-        <v>196625</v>
+        <v>29222</v>
       </c>
       <c r="O163" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P163" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
     </row>
     <row r="164" spans="1:17">
       <c r="A164">
-        <v>10946</v>
+        <v>12854</v>
       </c>
       <c r="B164">
-        <v>1.72</v>
+        <v>0.4</v>
       </c>
       <c r="C164" t="s">
-        <v>447</v>
+        <v>533</v>
       </c>
       <c r="D164" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="E164" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>437</v>
       </c>
       <c r="G164" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="H164" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I164" t="s">
+        <v>359</v>
       </c>
       <c r="J164" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K164" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L164" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M164" s="6">
-        <v>165000.0</v>
+        <v>24360.0</v>
       </c>
       <c r="N164" s="6">
-        <v>199650</v>
+        <v>29476</v>
       </c>
       <c r="O164" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P164" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="165" spans="1:17">
       <c r="A165">
-        <v>10961</v>
+        <v>14535</v>
       </c>
       <c r="B165">
-        <v>1.11</v>
+        <v>0.38</v>
       </c>
       <c r="C165" t="s">
-        <v>449</v>
+        <v>534</v>
       </c>
       <c r="D165" t="s">
-        <v>289</v>
+        <v>28</v>
       </c>
       <c r="E165" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G165" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H165" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I165" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J165" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K165" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L165" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M165" s="6">
-        <v>169800.0</v>
+        <v>24738.0</v>
       </c>
       <c r="N165" s="6">
-        <v>205458</v>
+        <v>29933</v>
       </c>
       <c r="O165" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P165" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
     </row>
     <row r="166" spans="1:17">
       <c r="A166">
-        <v>1746</v>
+        <v>14344</v>
       </c>
       <c r="B166">
-        <v>1.24</v>
+        <v>0.43</v>
       </c>
       <c r="C166" t="s">
-        <v>450</v>
+        <v>535</v>
       </c>
       <c r="D166" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E166" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G166" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H166" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="I166" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="J166" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K166" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L166" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M166" s="6">
-        <v>176000.0</v>
+        <v>25284.0</v>
       </c>
       <c r="N166" s="6">
-        <v>212960</v>
+        <v>30594</v>
       </c>
       <c r="O166" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P166" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="167" spans="1:17">
       <c r="A167">
-        <v>14104</v>
+        <v>14560</v>
       </c>
       <c r="B167">
-        <v>1.01</v>
+        <v>0.43</v>
       </c>
       <c r="C167" t="s">
-        <v>451</v>
+        <v>536</v>
       </c>
       <c r="D167" t="s">
         <v>28</v>
       </c>
       <c r="E167" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G167" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H167" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I167" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J167" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K167" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L167" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M167" s="6">
-        <v>176500.0</v>
+        <v>25284.0</v>
       </c>
       <c r="N167" s="6">
-        <v>213565</v>
+        <v>30594</v>
       </c>
       <c r="O167" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P167" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="168" spans="1:17">
       <c r="A168">
-        <v>12737</v>
+        <v>14536</v>
       </c>
       <c r="B168">
-        <v>0.92</v>
+        <v>0.39</v>
       </c>
       <c r="C168" t="s">
-        <v>452</v>
+        <v>537</v>
       </c>
       <c r="D168" t="s">
         <v>28</v>
       </c>
       <c r="E168" t="s">
-        <v>26</v>
+        <v>437</v>
       </c>
       <c r="G168" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H168" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I168" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J168" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K168" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L168" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M168" s="6">
-        <v>178020.0</v>
+        <v>25389.0</v>
       </c>
       <c r="N168" s="6">
-        <v>215404</v>
+        <v>30721</v>
       </c>
       <c r="O168" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P168" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="169" spans="1:17">
       <c r="A169">
-        <v>11743</v>
+        <v>14555</v>
       </c>
       <c r="B169">
-        <v>1.51</v>
+        <v>0.44</v>
       </c>
       <c r="C169" t="s">
-        <v>453</v>
+        <v>538</v>
       </c>
       <c r="D169" t="s">
-        <v>366</v>
+        <v>28</v>
       </c>
       <c r="E169" t="s">
-        <v>315</v>
+        <v>31</v>
       </c>
       <c r="G169" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H169" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I169" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J169" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K169" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L169" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M169" s="6">
-        <v>184000.0</v>
+        <v>25872.0</v>
       </c>
       <c r="N169" s="6">
-        <v>222640</v>
+        <v>31305</v>
       </c>
       <c r="O169" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P169" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
     </row>
     <row r="170" spans="1:17">
       <c r="A170">
-        <v>13220</v>
+        <v>14163</v>
       </c>
       <c r="B170">
-        <v>1.06</v>
+        <v>0.42</v>
       </c>
       <c r="C170" t="s">
-        <v>454</v>
+        <v>539</v>
       </c>
       <c r="D170" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E170" t="s">
-        <v>315</v>
+        <v>437</v>
       </c>
       <c r="G170" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="H170" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I170" t="s">
+        <v>359</v>
       </c>
       <c r="J170" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K170" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L170" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M170" s="6">
-        <v>185000.0</v>
+        <v>26187.0</v>
       </c>
       <c r="N170" s="6">
-        <v>223850</v>
+        <v>31686</v>
       </c>
       <c r="O170" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P170" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:17">
       <c r="A171">
-        <v>13143</v>
+        <v>14195</v>
       </c>
       <c r="B171">
-        <v>0.9</v>
+        <v>0.53</v>
       </c>
       <c r="C171" t="s">
-        <v>455</v>
+        <v>540</v>
       </c>
       <c r="D171" t="s">
-        <v>28</v>
+        <v>373</v>
       </c>
       <c r="E171" t="s">
-        <v>26</v>
+        <v>437</v>
       </c>
       <c r="G171" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H171" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I171" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J171" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K171" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L171" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M171" s="6">
-        <v>185760.0</v>
+        <v>26209.0</v>
       </c>
       <c r="N171" s="6">
-        <v>224770</v>
+        <v>31712</v>
       </c>
       <c r="O171" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P171" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
     </row>
     <row r="172" spans="1:17">
       <c r="A172">
-        <v>13144</v>
+        <v>14265</v>
       </c>
       <c r="B172">
-        <v>0.9</v>
+        <v>0.55</v>
       </c>
       <c r="C172" t="s">
-        <v>456</v>
+        <v>541</v>
       </c>
       <c r="D172" t="s">
-        <v>28</v>
+        <v>397</v>
       </c>
       <c r="E172" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="G172" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H172" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I172" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J172" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K172" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L172" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M172" s="6">
-        <v>185760.0</v>
+        <v>26565.0</v>
       </c>
       <c r="N172" s="6">
-        <v>224770</v>
+        <v>32144</v>
       </c>
       <c r="O172" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P172" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="173" spans="1:17">
       <c r="A173">
-        <v>13974</v>
+        <v>13852</v>
       </c>
       <c r="B173">
-        <v>0.15</v>
+        <v>0.43</v>
+      </c>
+      <c r="C173" t="s">
+        <v>542</v>
       </c>
       <c r="D173" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="E173" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>437</v>
       </c>
       <c r="G173" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H173" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="I173" t="s">
+        <v>359</v>
+      </c>
+      <c r="J173" t="s">
+        <v>359</v>
+      </c>
+      <c r="K173" t="s">
+        <v>359</v>
+      </c>
+      <c r="L173" t="s">
+        <v>379</v>
       </c>
       <c r="M173" s="6">
-        <v>190000.0</v>
+        <v>26811.0</v>
       </c>
       <c r="N173" s="6">
-        <v>229900</v>
+        <v>32441</v>
       </c>
       <c r="O173" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P173" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
     </row>
     <row r="174" spans="1:17">
       <c r="A174">
-        <v>13608</v>
+        <v>14355</v>
       </c>
       <c r="B174">
-        <v>2.01</v>
+        <v>0.45</v>
       </c>
       <c r="C174" t="s">
-        <v>459</v>
+        <v>543</v>
       </c>
       <c r="D174" t="s">
-        <v>366</v>
+        <v>28</v>
       </c>
       <c r="E174" t="s">
-        <v>23</v>
+        <v>437</v>
       </c>
       <c r="G174" t="s">
-        <v>250</v>
+        <v>484</v>
       </c>
       <c r="H174" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>362</v>
       </c>
       <c r="J174" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K174" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L174" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M174" s="6">
-        <v>199000.0</v>
+        <v>27405.0</v>
       </c>
       <c r="N174" s="6">
-        <v>240790</v>
+        <v>33160</v>
       </c>
       <c r="O174" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P174" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
     </row>
     <row r="175" spans="1:17">
       <c r="A175">
-        <v>10750</v>
+        <v>11472</v>
       </c>
       <c r="B175">
-        <v>2.01</v>
+        <v>0.71</v>
       </c>
       <c r="C175" t="s">
-        <v>460</v>
+        <v>544</v>
       </c>
       <c r="D175" t="s">
-        <v>22</v>
+        <v>545</v>
       </c>
       <c r="E175" t="s">
-        <v>269</v>
+        <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>273</v>
+        <v>353</v>
       </c>
       <c r="H175" t="s">
-        <v>257</v>
+        <v>362</v>
+      </c>
+      <c r="I175" t="s">
+        <v>359</v>
       </c>
       <c r="J175" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K175" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L175" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M175" s="6">
-        <v>209000.0</v>
+        <v>28755.0</v>
       </c>
       <c r="N175" s="6">
-        <v>252890</v>
+        <v>34794</v>
       </c>
       <c r="O175" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P175" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="176" spans="1:17">
       <c r="A176">
-        <v>13230</v>
+        <v>14550</v>
       </c>
       <c r="B176">
-        <v>1.51</v>
+        <v>0.42</v>
       </c>
       <c r="C176" t="s">
-        <v>461</v>
+        <v>546</v>
       </c>
       <c r="D176" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E176" t="s">
-        <v>20</v>
+        <v>437</v>
       </c>
       <c r="G176" t="s">
+        <v>353</v>
+      </c>
+      <c r="H176" t="s">
+        <v>362</v>
+      </c>
+      <c r="I176" t="s">
+        <v>359</v>
+      </c>
+      <c r="J176" t="s">
+        <v>359</v>
+      </c>
+      <c r="K176" t="s">
+        <v>359</v>
+      </c>
+      <c r="L176" t="s">
         <v>377</v>
       </c>
-      <c r="H176" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M176" s="6">
-        <v>240800.0</v>
+        <v>30870.0</v>
       </c>
       <c r="N176" s="6">
-        <v>291368</v>
+        <v>37353</v>
       </c>
       <c r="O176" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P176" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
     </row>
     <row r="177" spans="1:17">
       <c r="A177">
-        <v>10214</v>
+        <v>14359</v>
       </c>
       <c r="B177">
-        <v>0.5</v>
+        <v>0.53</v>
       </c>
       <c r="C177" t="s">
-        <v>462</v>
+        <v>547</v>
       </c>
       <c r="D177" t="s">
-        <v>318</v>
+        <v>415</v>
       </c>
       <c r="E177" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>31</v>
       </c>
       <c r="G177" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H177" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I177" t="s">
+        <v>359</v>
       </c>
       <c r="J177" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K177" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L177" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M177" s="6">
-        <v>259000.0</v>
+        <v>31164.0</v>
       </c>
       <c r="N177" s="6">
-        <v>313390</v>
+        <v>37708</v>
       </c>
       <c r="O177" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P177" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="178" spans="1:17">
       <c r="A178">
-        <v>3274</v>
+        <v>14551</v>
       </c>
       <c r="B178">
-        <v>0.87</v>
+        <v>0.43</v>
       </c>
       <c r="C178" t="s">
-        <v>463</v>
+        <v>548</v>
       </c>
       <c r="D178" t="s">
-        <v>318</v>
+        <v>28</v>
       </c>
       <c r="E178" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>437</v>
       </c>
       <c r="G178" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="H178" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="I178" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="J178" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="K178" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="L178" t="s">
-        <v>464</v>
+        <v>357</v>
       </c>
       <c r="M178" s="6">
-        <v>268500.0</v>
+        <v>31605.0</v>
       </c>
       <c r="N178" s="6">
-        <v>324885</v>
+        <v>38242</v>
       </c>
       <c r="O178" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P178" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
     </row>
     <row r="179" spans="1:17">
       <c r="A179">
-        <v>6324</v>
+        <v>1199</v>
       </c>
       <c r="B179">
-        <v>0.35</v>
+        <v>0.71</v>
       </c>
       <c r="C179" t="s">
-        <v>465</v>
+        <v>549</v>
       </c>
       <c r="D179" t="s">
-        <v>318</v>
+        <v>22</v>
       </c>
       <c r="E179" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>398</v>
       </c>
       <c r="G179" t="s">
+        <v>353</v>
+      </c>
+      <c r="H179" t="s">
         <v>354</v>
       </c>
-      <c r="H179" t="s">
-        <v>251</v>
+      <c r="I179" t="s">
+        <v>550</v>
       </c>
       <c r="J179" t="s">
-        <v>255</v>
+        <v>551</v>
       </c>
       <c r="K179" t="s">
-        <v>258</v>
+        <v>551</v>
       </c>
       <c r="L179" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M179" s="6">
-        <v>269000.0</v>
+        <v>31684.0</v>
       </c>
       <c r="N179" s="6">
-        <v>325490</v>
+        <v>38338</v>
       </c>
       <c r="O179" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P179" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="180" spans="1:17">
       <c r="A180">
-        <v>3887</v>
+        <v>13633</v>
       </c>
       <c r="B180">
-        <v>2.24</v>
+        <v>0.59</v>
       </c>
       <c r="C180" t="s">
-        <v>467</v>
+        <v>552</v>
       </c>
       <c r="D180" t="s">
-        <v>318</v>
+        <v>28</v>
       </c>
       <c r="E180" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>354</v>
+        <v>525</v>
       </c>
       <c r="H180" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="J180" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K180" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L180" t="s">
-        <v>323</v>
+        <v>379</v>
       </c>
       <c r="M180" s="6">
-        <v>275000.0</v>
+        <v>32214.0</v>
       </c>
       <c r="N180" s="6">
-        <v>332750</v>
+        <v>38979</v>
       </c>
       <c r="O180" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P180" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="181" spans="1:17">
       <c r="A181">
-        <v>10550</v>
+        <v>13291</v>
       </c>
       <c r="B181">
-        <v>1.15</v>
+        <v>0.7</v>
       </c>
       <c r="C181" t="s">
-        <v>468</v>
+        <v>553</v>
       </c>
       <c r="D181" t="s">
-        <v>28</v>
+        <v>361</v>
       </c>
       <c r="E181" t="s">
-        <v>315</v>
+        <v>31</v>
       </c>
       <c r="G181" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H181" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I181" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J181" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K181" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L181" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M181" s="6">
-        <v>285000.0</v>
+        <v>32340.0</v>
       </c>
       <c r="N181" s="6">
-        <v>344850</v>
+        <v>39131</v>
       </c>
       <c r="O181" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P181" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
     <row r="182" spans="1:17">
       <c r="A182">
-        <v>14176</v>
+        <v>13292</v>
       </c>
       <c r="B182">
-        <v>1.12</v>
+        <v>0.7</v>
       </c>
       <c r="C182" t="s">
-        <v>469</v>
+        <v>554</v>
       </c>
       <c r="D182" t="s">
-        <v>284</v>
+        <v>361</v>
       </c>
       <c r="E182" t="s">
-        <v>315</v>
+        <v>31</v>
       </c>
       <c r="G182" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H182" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I182" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J182" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K182" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L182" t="s">
-        <v>256</v>
+        <v>379</v>
       </c>
       <c r="M182" s="6">
-        <v>303900.0</v>
+        <v>32340.0</v>
       </c>
       <c r="N182" s="6">
-        <v>367719</v>
+        <v>39131</v>
       </c>
       <c r="O182" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P182" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="183" spans="1:17">
       <c r="A183">
-        <v>13541</v>
+        <v>13950</v>
       </c>
       <c r="B183">
-        <v>0.19</v>
+        <v>0.43</v>
+      </c>
+      <c r="C183" t="s">
+        <v>555</v>
       </c>
       <c r="D183" t="s">
-        <v>318</v>
+        <v>28</v>
       </c>
       <c r="E183" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>437</v>
       </c>
       <c r="G183" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H183" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="I183" t="s">
+        <v>359</v>
+      </c>
+      <c r="J183" t="s">
+        <v>359</v>
+      </c>
+      <c r="K183" t="s">
+        <v>359</v>
+      </c>
+      <c r="L183" t="s">
+        <v>357</v>
       </c>
       <c r="M183" s="6">
-        <v>320000.0</v>
+        <v>32358.0</v>
       </c>
       <c r="N183" s="6">
-        <v>387200</v>
+        <v>39153</v>
       </c>
       <c r="O183" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P183" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
     </row>
     <row r="184" spans="1:17">
       <c r="A184">
-        <v>2967</v>
+        <v>14373</v>
       </c>
       <c r="B184">
-        <v>0.21</v>
+        <v>0.71</v>
       </c>
       <c r="C184" t="s">
-        <v>470</v>
+        <v>556</v>
       </c>
       <c r="D184" t="s">
-        <v>318</v>
+        <v>361</v>
       </c>
       <c r="E184" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>471</v>
+        <v>31</v>
       </c>
       <c r="G184" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H184" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I184" t="s">
+        <v>359</v>
       </c>
       <c r="J184" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K184" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="L184" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M184" s="6">
-        <v>322000.0</v>
+        <v>32802.0</v>
       </c>
       <c r="N184" s="6">
-        <v>389620</v>
+        <v>39690</v>
       </c>
       <c r="O184" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P184" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="185" spans="1:17">
       <c r="A185">
-        <v>9314</v>
+        <v>14374</v>
       </c>
       <c r="B185">
-        <v>1.51</v>
+        <v>0.72</v>
       </c>
       <c r="C185" t="s">
-        <v>472</v>
+        <v>557</v>
       </c>
       <c r="D185" t="s">
-        <v>25</v>
+        <v>361</v>
       </c>
       <c r="E185" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G185" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H185" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I185" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J185" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K185" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L185" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M185" s="6">
-        <v>335000.0</v>
+        <v>33264.0</v>
       </c>
       <c r="N185" s="6">
-        <v>405350</v>
+        <v>40249</v>
       </c>
       <c r="O185" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P185" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
     </row>
     <row r="186" spans="1:17">
       <c r="A186">
-        <v>13226</v>
+        <v>14572</v>
       </c>
       <c r="B186">
-        <v>2.02</v>
+        <v>0.46</v>
       </c>
       <c r="C186" t="s">
-        <v>473</v>
+        <v>558</v>
       </c>
       <c r="D186" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E186" t="s">
-        <v>269</v>
+        <v>437</v>
       </c>
       <c r="G186" t="s">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="H186" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I186" t="s">
+        <v>359</v>
       </c>
       <c r="J186" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K186" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L186" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M186" s="6">
-        <v>340000.0</v>
+        <v>33810.0</v>
       </c>
       <c r="N186" s="6">
-        <v>411400</v>
+        <v>40910</v>
       </c>
       <c r="O186" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P186" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
     </row>
     <row r="187" spans="1:17">
       <c r="A187">
-        <v>5468</v>
+        <v>14288</v>
       </c>
       <c r="B187">
-        <v>0.73</v>
+        <v>1</v>
       </c>
       <c r="C187" t="s">
-        <v>474</v>
+        <v>559</v>
       </c>
       <c r="D187" t="s">
-        <v>318</v>
+        <v>560</v>
       </c>
       <c r="E187" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>420</v>
       </c>
       <c r="G187" t="s">
-        <v>354</v>
+        <v>525</v>
       </c>
       <c r="H187" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="J187" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K187" t="s">
-        <v>476</v>
+        <v>355</v>
       </c>
       <c r="L187" t="s">
-        <v>477</v>
+        <v>357</v>
       </c>
       <c r="M187" s="6">
-        <v>390000.0</v>
+        <v>33900.0</v>
       </c>
       <c r="N187" s="6">
-        <v>471900</v>
+        <v>41019</v>
       </c>
       <c r="O187" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P187" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="188" spans="1:17">
       <c r="A188">
-        <v>12483</v>
+        <v>14576</v>
       </c>
       <c r="B188">
-        <v>0.09</v>
+        <v>0.56</v>
+      </c>
+      <c r="C188" t="s">
+        <v>561</v>
       </c>
       <c r="D188" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="E188" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>437</v>
       </c>
       <c r="G188" t="s">
-        <v>250</v>
+        <v>484</v>
       </c>
       <c r="H188" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="J188" t="s">
+        <v>359</v>
+      </c>
+      <c r="K188" t="s">
+        <v>359</v>
+      </c>
+      <c r="L188" t="s">
+        <v>357</v>
       </c>
       <c r="M188" s="6">
-        <v>390000.0</v>
+        <v>35280.0</v>
       </c>
       <c r="N188" s="6">
-        <v>471900</v>
+        <v>42689</v>
       </c>
       <c r="O188" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P188" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="189" spans="1:17">
       <c r="A189">
-        <v>9296</v>
+        <v>10749</v>
       </c>
       <c r="B189">
-        <v>1.5</v>
+        <v>1</v>
       </c>
       <c r="C189" t="s">
-        <v>479</v>
+        <v>562</v>
       </c>
       <c r="D189" t="s">
-        <v>28</v>
+        <v>361</v>
       </c>
       <c r="E189" t="s">
-        <v>29</v>
+        <v>563</v>
       </c>
       <c r="G189" t="s">
-        <v>250</v>
+        <v>439</v>
       </c>
       <c r="H189" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>362</v>
       </c>
       <c r="J189" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K189" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L189" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M189" s="6">
-        <v>390000.0</v>
+        <v>35900.0</v>
       </c>
       <c r="N189" s="6">
-        <v>471900</v>
+        <v>43439</v>
       </c>
       <c r="O189" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P189" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
     </row>
     <row r="190" spans="1:17">
       <c r="A190">
-        <v>3747</v>
+        <v>14289</v>
       </c>
       <c r="B190">
-        <v>3.1</v>
+        <v>1.01</v>
       </c>
       <c r="C190" t="s">
-        <v>480</v>
+        <v>564</v>
       </c>
       <c r="D190" t="s">
-        <v>318</v>
+        <v>565</v>
       </c>
       <c r="E190" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>420</v>
       </c>
       <c r="G190" t="s">
-        <v>354</v>
+        <v>484</v>
       </c>
       <c r="H190" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="J190" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K190" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L190" t="s">
-        <v>256</v>
+        <v>377</v>
       </c>
       <c r="M190" s="6">
-        <v>400000.0</v>
+        <v>36700.0</v>
       </c>
       <c r="N190" s="6">
-        <v>484000</v>
+        <v>44407</v>
       </c>
       <c r="O190" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P190" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:17">
       <c r="A191">
-        <v>9353</v>
+        <v>13409</v>
       </c>
       <c r="B191">
-        <v>1.02</v>
+        <v>0.53</v>
       </c>
       <c r="C191" t="s">
-        <v>481</v>
+        <v>566</v>
       </c>
       <c r="D191" t="s">
-        <v>318</v>
+        <v>28</v>
       </c>
       <c r="E191" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>437</v>
       </c>
       <c r="G191" t="s">
-        <v>354</v>
+        <v>442</v>
       </c>
       <c r="H191" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="J191" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K191" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="L191" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M191" s="6">
-        <v>429000.0</v>
+        <v>36729.0</v>
       </c>
       <c r="N191" s="6">
-        <v>519090</v>
+        <v>44442</v>
       </c>
       <c r="O191" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P191" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
     </row>
     <row r="192" spans="1:17">
       <c r="A192">
-        <v>13542</v>
+        <v>2905</v>
       </c>
       <c r="B192">
-        <v>0.18</v>
+        <v>0.71</v>
+      </c>
+      <c r="C192" t="s">
+        <v>567</v>
       </c>
       <c r="D192" t="s">
-        <v>318</v>
+        <v>22</v>
       </c>
       <c r="E192" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>398</v>
       </c>
       <c r="G192" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H192" t="s">
-        <v>458</v>
+        <v>568</v>
+      </c>
+      <c r="I192" t="s">
+        <v>355</v>
+      </c>
+      <c r="J192" t="s">
+        <v>359</v>
+      </c>
+      <c r="K192" t="s">
+        <v>355</v>
+      </c>
+      <c r="L192" t="s">
+        <v>357</v>
       </c>
       <c r="M192" s="6">
-        <v>440000.0</v>
+        <v>37275.0</v>
       </c>
       <c r="N192" s="6">
-        <v>532400</v>
+        <v>45103</v>
       </c>
       <c r="O192" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P192" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="193" spans="1:17">
       <c r="A193">
-        <v>10677</v>
+        <v>11272</v>
       </c>
       <c r="B193">
-        <v>2</v>
+        <v>0.75</v>
       </c>
       <c r="C193" t="s">
-        <v>483</v>
+        <v>569</v>
       </c>
       <c r="D193" t="s">
-        <v>266</v>
+        <v>545</v>
       </c>
       <c r="E193" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G193" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H193" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I193" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J193" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K193" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L193" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M193" s="6">
-        <v>446000.0</v>
+        <v>37613.0</v>
       </c>
       <c r="N193" s="6">
-        <v>539660</v>
+        <v>45512</v>
       </c>
       <c r="O193" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P193" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
     </row>
     <row r="194" spans="1:17">
       <c r="A194">
-        <v>4608</v>
+        <v>14285</v>
       </c>
       <c r="B194">
-        <v>0.27</v>
+        <v>1.03</v>
       </c>
       <c r="C194" t="s">
-        <v>484</v>
+        <v>570</v>
       </c>
       <c r="D194" t="s">
-        <v>318</v>
+        <v>508</v>
       </c>
       <c r="E194" t="s">
-        <v>269</v>
+        <v>20</v>
       </c>
       <c r="F194" t="s">
-        <v>485</v>
+        <v>571</v>
       </c>
       <c r="G194" t="s">
-        <v>275</v>
+        <v>572</v>
       </c>
       <c r="H194" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="J194" t="s">
-        <v>255</v>
+        <v>359</v>
       </c>
       <c r="K194" t="s">
-        <v>258</v>
+        <v>355</v>
       </c>
       <c r="L194" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M194" s="6">
-        <v>475000.0</v>
+        <v>37900.0</v>
       </c>
       <c r="N194" s="6">
-        <v>574750</v>
+        <v>45859</v>
       </c>
       <c r="O194" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P194" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
     </row>
     <row r="195" spans="1:17">
       <c r="A195">
-        <v>13976</v>
+        <v>14371</v>
       </c>
       <c r="B195">
-        <v>0.13</v>
+        <v>0.7</v>
+      </c>
+      <c r="C195" t="s">
+        <v>573</v>
       </c>
       <c r="D195" t="s">
-        <v>318</v>
+        <v>397</v>
       </c>
       <c r="E195" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>20</v>
       </c>
       <c r="G195" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H195" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="I195" t="s">
+        <v>359</v>
+      </c>
+      <c r="J195" t="s">
+        <v>359</v>
+      </c>
+      <c r="K195" t="s">
+        <v>359</v>
+      </c>
+      <c r="L195" t="s">
+        <v>379</v>
       </c>
       <c r="M195" s="6">
-        <v>500000.0</v>
+        <v>38220.0</v>
       </c>
       <c r="N195" s="6">
-        <v>605000</v>
+        <v>46246</v>
       </c>
       <c r="O195" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P195" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
     </row>
     <row r="196" spans="1:17">
       <c r="A196">
-        <v>10634</v>
+        <v>14263</v>
       </c>
       <c r="B196">
-        <v>0.8</v>
+        <v>0.57</v>
       </c>
       <c r="C196" t="s">
-        <v>486</v>
+        <v>574</v>
       </c>
       <c r="D196" t="s">
-        <v>318</v>
+        <v>415</v>
       </c>
       <c r="E196" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>437</v>
       </c>
       <c r="G196" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H196" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I196" t="s">
+        <v>359</v>
       </c>
       <c r="J196" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K196" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="L196" t="s">
-        <v>253</v>
+        <v>377</v>
       </c>
       <c r="M196" s="6">
-        <v>510000.0</v>
+        <v>38304.0</v>
       </c>
       <c r="N196" s="6">
-        <v>617100</v>
+        <v>46348</v>
       </c>
       <c r="O196" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P196" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
     </row>
     <row r="197" spans="1:17">
       <c r="A197">
-        <v>3947</v>
+        <v>14200</v>
       </c>
       <c r="B197">
-        <v>0.13</v>
+        <v>0.71</v>
       </c>
       <c r="C197" t="s">
-        <v>488</v>
+        <v>575</v>
       </c>
       <c r="D197" t="s">
-        <v>318</v>
+        <v>373</v>
       </c>
       <c r="E197" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>31</v>
       </c>
       <c r="G197" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="H197" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I197" t="s">
+        <v>359</v>
+      </c>
+      <c r="J197" t="s">
+        <v>359</v>
+      </c>
+      <c r="K197" t="s">
+        <v>359</v>
+      </c>
+      <c r="L197" t="s">
+        <v>379</v>
       </c>
       <c r="M197" s="6">
-        <v>520000.0</v>
+        <v>39689.0</v>
       </c>
       <c r="N197" s="6">
-        <v>629200</v>
+        <v>48024</v>
       </c>
       <c r="O197" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P197" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="198" spans="1:17">
       <c r="A198">
-        <v>5926</v>
+        <v>14199</v>
       </c>
       <c r="B198">
-        <v>0.27</v>
+        <v>0.72</v>
       </c>
       <c r="C198" t="s">
-        <v>490</v>
+        <v>576</v>
       </c>
       <c r="D198" t="s">
-        <v>318</v>
+        <v>373</v>
       </c>
       <c r="E198" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>31</v>
       </c>
       <c r="G198" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="H198" t="s">
-        <v>257</v>
+        <v>362</v>
+      </c>
+      <c r="I198" t="s">
+        <v>359</v>
       </c>
       <c r="J198" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="K198" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="L198" t="s">
-        <v>253</v>
+        <v>379</v>
       </c>
       <c r="M198" s="6">
-        <v>585000.0</v>
+        <v>40248.0</v>
       </c>
       <c r="N198" s="6">
-        <v>707850</v>
+        <v>48700</v>
       </c>
       <c r="O198" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P198" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
     </row>
     <row r="199" spans="1:17">
       <c r="A199">
-        <v>10354</v>
+        <v>4408</v>
       </c>
       <c r="B199">
-        <v>1.51</v>
+        <v>0.51</v>
       </c>
       <c r="C199" t="s">
-        <v>492</v>
+        <v>577</v>
       </c>
       <c r="D199" t="s">
-        <v>284</v>
+        <v>508</v>
       </c>
       <c r="E199" t="s">
-        <v>315</v>
+        <v>563</v>
+      </c>
+      <c r="F199" t="s">
+        <v>509</v>
       </c>
       <c r="G199" t="s">
-        <v>250</v>
+        <v>572</v>
       </c>
       <c r="H199" t="s">
-        <v>251</v>
+        <v>354</v>
       </c>
       <c r="I199" t="s">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="J199" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="K199" t="s">
-        <v>252</v>
+        <v>355</v>
       </c>
       <c r="L199" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M199" s="6">
-        <v>645000.0</v>
+        <v>40376.0</v>
       </c>
       <c r="N199" s="6">
-        <v>780450</v>
+        <v>48855</v>
       </c>
       <c r="O199" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P199" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
     </row>
     <row r="200" spans="1:17">
       <c r="A200">
-        <v>13410</v>
+        <v>14260</v>
       </c>
       <c r="B200">
-        <v>3.13</v>
+        <v>0.51</v>
       </c>
       <c r="C200" t="s">
-        <v>493</v>
+        <v>578</v>
       </c>
       <c r="D200" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E200" t="s">
-        <v>269</v>
+        <v>31</v>
       </c>
       <c r="G200" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H200" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I200" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J200" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K200" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L200" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M200" s="6">
-        <v>920000.0</v>
+        <v>40698.0</v>
       </c>
       <c r="N200" s="6">
-        <v>1113200</v>
+        <v>49245</v>
       </c>
       <c r="O200" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P200" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:17">
       <c r="A201">
-        <v>14209</v>
+        <v>13148</v>
       </c>
       <c r="B201">
-        <v>0.25</v>
+        <v>0.6</v>
+      </c>
+      <c r="C201" t="s">
+        <v>579</v>
       </c>
       <c r="D201" t="s">
-        <v>318</v>
+        <v>22</v>
       </c>
       <c r="E201" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>31</v>
       </c>
       <c r="G201" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H201" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="I201" t="s">
+        <v>359</v>
+      </c>
+      <c r="J201" t="s">
+        <v>359</v>
+      </c>
+      <c r="K201" t="s">
+        <v>359</v>
+      </c>
+      <c r="L201" t="s">
+        <v>379</v>
       </c>
       <c r="M201" s="6">
-        <v>981900.0</v>
+        <v>41580.0</v>
       </c>
       <c r="N201" s="6">
-        <v>1188099</v>
+        <v>50312</v>
       </c>
       <c r="O201" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P201" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
     </row>
     <row r="202" spans="1:17">
       <c r="A202">
-        <v>12803</v>
+        <v>13149</v>
       </c>
       <c r="B202">
-        <v>0.15</v>
+        <v>0.6</v>
       </c>
       <c r="C202" t="s">
-        <v>494</v>
+        <v>580</v>
       </c>
       <c r="D202" t="s">
-        <v>318</v>
+        <v>22</v>
       </c>
       <c r="E202" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>31</v>
       </c>
       <c r="G202" t="s">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="H202" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I202" t="s">
+        <v>359</v>
       </c>
       <c r="J202" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="K202" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="L202" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M202" s="6">
-        <v>1150000.0</v>
+        <v>41580.0</v>
       </c>
       <c r="N202" s="6">
-        <v>1391500</v>
+        <v>50312</v>
       </c>
       <c r="O202" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P202" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="203" spans="1:17">
       <c r="A203">
-        <v>14207</v>
+        <v>14261</v>
       </c>
       <c r="B203">
-        <v>0.15</v>
+        <v>0.53</v>
+      </c>
+      <c r="C203" t="s">
+        <v>581</v>
       </c>
       <c r="D203" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="E203" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>31</v>
       </c>
       <c r="G203" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H203" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="I203" t="s">
+        <v>359</v>
+      </c>
+      <c r="J203" t="s">
+        <v>359</v>
+      </c>
+      <c r="K203" t="s">
+        <v>359</v>
+      </c>
+      <c r="L203" t="s">
+        <v>379</v>
       </c>
       <c r="M203" s="6">
-        <v>1150000.0</v>
+        <v>42294.0</v>
       </c>
       <c r="N203" s="6">
-        <v>1391500</v>
+        <v>51176</v>
       </c>
       <c r="O203" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P203" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
     </row>
     <row r="204" spans="1:17">
       <c r="A204">
-        <v>4439</v>
+        <v>4409</v>
       </c>
       <c r="B204">
-        <v>0.31</v>
+        <v>0.54</v>
       </c>
       <c r="C204" t="s">
-        <v>496</v>
+        <v>582</v>
       </c>
       <c r="D204" t="s">
-        <v>318</v>
+        <v>508</v>
       </c>
       <c r="E204" t="s">
-        <v>269</v>
+        <v>563</v>
       </c>
       <c r="F204" t="s">
-        <v>497</v>
+        <v>509</v>
       </c>
       <c r="G204" t="s">
+        <v>572</v>
+      </c>
+      <c r="H204" t="s">
         <v>354</v>
       </c>
-      <c r="H204" t="s">
-        <v>251</v>
+      <c r="I204" t="s">
+        <v>356</v>
       </c>
       <c r="J204" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="K204" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="L204" t="s">
-        <v>253</v>
+        <v>357</v>
       </c>
       <c r="M204" s="6">
-        <v>1150000.0</v>
+        <v>42848.0</v>
       </c>
       <c r="N204" s="6">
-        <v>1391500</v>
+        <v>51846</v>
       </c>
       <c r="O204" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P204" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
     </row>
     <row r="205" spans="1:17">
       <c r="A205">
-        <v>9999</v>
+        <v>14259</v>
       </c>
       <c r="B205">
-        <v>2.02</v>
+        <v>0.54</v>
       </c>
       <c r="C205" t="s">
-        <v>498</v>
+        <v>583</v>
       </c>
       <c r="D205" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="E205" t="s">
-        <v>376</v>
+        <v>31</v>
       </c>
       <c r="G205" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H205" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="I205" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="J205" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="K205" t="s">
-        <v>252</v>
+        <v>359</v>
       </c>
       <c r="L205" t="s">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="M205" s="6">
-        <v>1200000.0</v>
+        <v>43092.0</v>
       </c>
       <c r="N205" s="6">
-        <v>1452000</v>
+        <v>52141</v>
       </c>
       <c r="O205" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P205" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="206" spans="1:17">
       <c r="A206">
-        <v>14210</v>
+        <v>8083</v>
       </c>
       <c r="B206">
-        <v>0.16</v>
+        <v>0.9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>584</v>
       </c>
       <c r="D206" t="s">
-        <v>318</v>
+        <v>395</v>
       </c>
       <c r="E206" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>24</v>
       </c>
       <c r="G206" t="s">
-        <v>273</v>
+        <v>525</v>
       </c>
       <c r="H206" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="J206" t="s">
+        <v>359</v>
+      </c>
+      <c r="K206" t="s">
+        <v>355</v>
+      </c>
+      <c r="L206" t="s">
+        <v>379</v>
       </c>
       <c r="M206" s="6">
-        <v>1400000.0</v>
+        <v>43470.0</v>
       </c>
       <c r="N206" s="6">
-        <v>1694000</v>
+        <v>52599</v>
       </c>
       <c r="O206" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P206" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
     </row>
     <row r="207" spans="1:17">
       <c r="A207">
-        <v>14208</v>
+        <v>14088</v>
       </c>
       <c r="B207">
-        <v>0.18</v>
+        <v>0.7</v>
+      </c>
+      <c r="C207" t="s">
+        <v>585</v>
       </c>
       <c r="D207" t="s">
-        <v>318</v>
+        <v>397</v>
       </c>
       <c r="E207" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>499</v>
+        <v>31</v>
       </c>
       <c r="G207" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H207" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="I207" t="s">
+        <v>359</v>
+      </c>
+      <c r="J207" t="s">
+        <v>359</v>
+      </c>
+      <c r="K207" t="s">
+        <v>359</v>
+      </c>
+      <c r="L207" t="s">
+        <v>379</v>
       </c>
       <c r="M207" s="6">
-        <v>1490000.0</v>
+        <v>44100.0</v>
       </c>
       <c r="N207" s="6">
-        <v>1802900</v>
+        <v>53361</v>
       </c>
       <c r="O207" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P207" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="208" spans="1:17">
       <c r="A208">
-        <v>4440</v>
+        <v>14090</v>
       </c>
       <c r="B208">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="C208" t="s">
-        <v>500</v>
+        <v>586</v>
       </c>
       <c r="D208" t="s">
-        <v>318</v>
+        <v>397</v>
       </c>
       <c r="E208" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>501</v>
+        <v>31</v>
       </c>
       <c r="G208" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="H208" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I208" t="s">
+        <v>359</v>
+      </c>
+      <c r="J208" t="s">
+        <v>359</v>
+      </c>
+      <c r="K208" t="s">
+        <v>359</v>
+      </c>
+      <c r="L208" t="s">
+        <v>379</v>
       </c>
       <c r="M208" s="6">
-        <v>1500000.0</v>
+        <v>44100.0</v>
       </c>
       <c r="N208" s="6">
-        <v>1815000</v>
+        <v>53361</v>
       </c>
       <c r="O208" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P208" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="209" spans="1:17">
       <c r="A209">
-        <v>4661</v>
+        <v>14165</v>
       </c>
       <c r="B209">
-        <v>0.3</v>
+        <v>0.55</v>
       </c>
       <c r="C209" t="s">
-        <v>502</v>
+        <v>587</v>
       </c>
       <c r="D209" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="E209" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>31</v>
       </c>
       <c r="G209" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="H209" t="s">
-        <v>251</v>
+        <v>362</v>
+      </c>
+      <c r="I209" t="s">
+        <v>359</v>
       </c>
       <c r="J209" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="K209" t="s">
-        <v>258</v>
+        <v>359</v>
       </c>
       <c r="L209" t="s">
-        <v>259</v>
+        <v>379</v>
       </c>
       <c r="M209" s="6">
-        <v>1550000.0</v>
+        <v>44935.0</v>
       </c>
       <c r="N209" s="6">
-        <v>1875500</v>
+        <v>54371</v>
       </c>
       <c r="O209" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P209" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
     </row>
     <row r="210" spans="1:17">
       <c r="A210">
-        <v>12806</v>
+        <v>10959</v>
       </c>
       <c r="B210">
-        <v>0.26</v>
+        <v>0.7</v>
       </c>
       <c r="C210" t="s">
-        <v>503</v>
+        <v>588</v>
       </c>
       <c r="D210" t="s">
-        <v>318</v>
+        <v>397</v>
       </c>
       <c r="E210" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>437</v>
       </c>
       <c r="G210" t="s">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="H210" t="s">
-        <v>251</v>
+        <v>568</v>
+      </c>
+      <c r="I210" t="s">
+        <v>355</v>
       </c>
       <c r="J210" t="s">
-        <v>258</v>
+        <v>355</v>
       </c>
       <c r="K210" t="s">
-        <v>258</v>
+        <v>355</v>
       </c>
       <c r="L210" t="s">
-        <v>256</v>
+        <v>357</v>
       </c>
       <c r="M210" s="6">
-        <v>1650000.0</v>
+        <v>44982.0</v>
       </c>
       <c r="N210" s="6">
-        <v>1996500</v>
+        <v>54428</v>
       </c>
       <c r="O210" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P210" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="211" spans="1:17">
       <c r="A211">
-        <v>13415</v>
+        <v>14098</v>
       </c>
       <c r="B211">
-        <v>0.38</v>
+        <v>0.3</v>
       </c>
       <c r="C211" t="s">
-        <v>504</v>
+        <v>589</v>
       </c>
       <c r="D211" t="s">
-        <v>318</v>
+        <v>508</v>
       </c>
       <c r="E211" t="s">
-        <v>280</v>
+        <v>29</v>
       </c>
       <c r="F211" t="s">
-        <v>495</v>
+        <v>590</v>
       </c>
       <c r="G211" t="s">
-        <v>505</v>
+        <v>525</v>
       </c>
       <c r="H211" t="s">
-        <v>251</v>
+        <v>362</v>
       </c>
       <c r="J211" t="s">
-        <v>255</v>
+        <v>355</v>
       </c>
       <c r="K211" t="s">
-        <v>258</v>
+        <v>355</v>
       </c>
       <c r="L211" t="s">
-        <v>259</v>
+        <v>357</v>
       </c>
       <c r="M211" s="6">
-        <v>3750000.0</v>
+        <v>45000.0</v>
       </c>
       <c r="N211" s="6">
-        <v>4537500</v>
+        <v>54450</v>
       </c>
       <c r="O211" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P211" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
     </row>
     <row r="212" spans="1:17">
       <c r="A212">
-        <v>11121</v>
+        <v>14045</v>
       </c>
       <c r="B212">
-        <v>0.16</v>
+        <v>0.91</v>
+      </c>
+      <c r="C212" t="s">
+        <v>591</v>
       </c>
       <c r="D212" t="s">
-        <v>318</v>
+        <v>395</v>
       </c>
       <c r="E212" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H212" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="I212" t="s">
+        <v>359</v>
+      </c>
+      <c r="J212" t="s">
+        <v>359</v>
+      </c>
+      <c r="K212" t="s">
+        <v>359</v>
+      </c>
+      <c r="L212" t="s">
+        <v>379</v>
       </c>
       <c r="M212" s="6">
-        <v>4400000.0</v>
+        <v>47775.0</v>
       </c>
       <c r="N212" s="6">
-        <v>5324000</v>
+        <v>57808</v>
       </c>
       <c r="O212" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P212" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
     </row>
     <row r="213" spans="1:17">
       <c r="A213">
-        <v>9787</v>
+        <v>14158</v>
       </c>
       <c r="B213">
-        <v>0.42</v>
+        <v>0.72</v>
+      </c>
+      <c r="C213" t="s">
+        <v>592</v>
       </c>
       <c r="D213" t="s">
-        <v>318</v>
+        <v>373</v>
       </c>
       <c r="E213" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>593</v>
       </c>
       <c r="G213" t="s">
-        <v>310</v>
+        <v>594</v>
       </c>
       <c r="H213" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="J213" t="s">
+        <v>359</v>
+      </c>
+      <c r="K213" t="s">
+        <v>355</v>
+      </c>
+      <c r="L213" t="s">
+        <v>357</v>
       </c>
       <c r="M213" s="6">
-        <v>4900000.0</v>
+        <v>47988.0</v>
       </c>
       <c r="N213" s="6">
-        <v>5929000</v>
+        <v>58065</v>
       </c>
       <c r="O213" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P213" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="214" spans="1:17">
       <c r="A214">
-        <v>11247</v>
+        <v>13529</v>
       </c>
       <c r="B214">
-        <v>0.56</v>
+        <v>0.7</v>
+      </c>
+      <c r="C214" t="s">
+        <v>595</v>
       </c>
       <c r="D214" t="s">
-        <v>318</v>
+        <v>415</v>
       </c>
       <c r="E214" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>29</v>
       </c>
       <c r="G214" t="s">
-        <v>273</v>
+        <v>484</v>
       </c>
       <c r="H214" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="J214" t="s">
+        <v>359</v>
+      </c>
+      <c r="K214" t="s">
+        <v>359</v>
+      </c>
+      <c r="L214" t="s">
+        <v>379</v>
       </c>
       <c r="M214" s="6">
-        <v>9700000.0</v>
+        <v>48510.0</v>
       </c>
       <c r="N214" s="6">
-        <v>11737000</v>
+        <v>58697</v>
       </c>
       <c r="O214" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P214" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
     </row>
     <row r="215" spans="1:17">
       <c r="A215">
-        <v>7404</v>
+        <v>12881</v>
       </c>
       <c r="B215">
-        <v>0.8</v>
+        <v>1.03</v>
       </c>
       <c r="C215" t="s">
-        <v>507</v>
+        <v>596</v>
       </c>
       <c r="D215" t="s">
-        <v>318</v>
+        <v>560</v>
       </c>
       <c r="E215" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>499</v>
+        <v>31</v>
       </c>
       <c r="G215" t="s">
-        <v>320</v>
+        <v>353</v>
       </c>
       <c r="H215" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="I215" t="s">
+        <v>359</v>
+      </c>
+      <c r="J215" t="s">
+        <v>359</v>
+      </c>
+      <c r="K215" t="s">
+        <v>359</v>
+      </c>
+      <c r="L215" t="s">
+        <v>357</v>
       </c>
       <c r="M215" s="6">
-        <v>13500000.0</v>
+        <v>51300.0</v>
       </c>
       <c r="N215" s="6">
-        <v>16335000</v>
+        <v>62073</v>
       </c>
       <c r="O215" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P215" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
     </row>
     <row r="216" spans="1:17">
       <c r="A216">
-        <v>6776</v>
+        <v>14046</v>
       </c>
       <c r="B216">
-        <v>1.02</v>
+        <v>0.9</v>
       </c>
       <c r="C216" t="s">
-        <v>508</v>
+        <v>597</v>
       </c>
       <c r="D216" t="s">
-        <v>318</v>
+        <v>361</v>
       </c>
       <c r="E216" t="s">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>20</v>
       </c>
       <c r="G216" t="s">
-        <v>275</v>
+        <v>353</v>
       </c>
       <c r="H216" t="s">
-        <v>458</v>
+        <v>362</v>
+      </c>
+      <c r="I216" t="s">
+        <v>359</v>
+      </c>
+      <c r="J216" t="s">
+        <v>359</v>
+      </c>
+      <c r="K216" t="s">
+        <v>359</v>
+      </c>
+      <c r="L216" t="s">
+        <v>379</v>
       </c>
       <c r="M216" s="6">
-        <v>16500000.0</v>
+        <v>52920.0</v>
       </c>
       <c r="N216" s="6">
-        <v>19965000</v>
+        <v>64033</v>
       </c>
       <c r="O216" t="s">
-        <v>254</v>
+        <v>358</v>
       </c>
       <c r="P216" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="217" spans="1:17">
       <c r="A217">
+        <v>14044</v>
+      </c>
+      <c r="B217">
+        <v>0.91</v>
+      </c>
+      <c r="C217" t="s">
+        <v>598</v>
+      </c>
+      <c r="D217" t="s">
+        <v>361</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" t="s">
+        <v>353</v>
+      </c>
+      <c r="H217" t="s">
+        <v>362</v>
+      </c>
+      <c r="I217" t="s">
+        <v>359</v>
+      </c>
+      <c r="J217" t="s">
+        <v>359</v>
+      </c>
+      <c r="K217" t="s">
+        <v>359</v>
+      </c>
+      <c r="L217" t="s">
+        <v>379</v>
+      </c>
+      <c r="M217" s="6">
+        <v>53508.0</v>
+      </c>
+      <c r="N217" s="6">
+        <v>64745</v>
+      </c>
+      <c r="O217" t="s">
+        <v>358</v>
+      </c>
+      <c r="P217" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="218" spans="1:17">
+      <c r="A218">
+        <v>11491</v>
+      </c>
+      <c r="B218">
+        <v>0.91</v>
+      </c>
+      <c r="C218" t="s">
+        <v>599</v>
+      </c>
+      <c r="D218" t="s">
+        <v>373</v>
+      </c>
+      <c r="E218" t="s">
+        <v>24</v>
+      </c>
+      <c r="G218" t="s">
+        <v>353</v>
+      </c>
+      <c r="H218" t="s">
+        <v>568</v>
+      </c>
+      <c r="I218" t="s">
+        <v>355</v>
+      </c>
+      <c r="J218" t="s">
+        <v>359</v>
+      </c>
+      <c r="K218" t="s">
+        <v>355</v>
+      </c>
+      <c r="L218" t="s">
+        <v>357</v>
+      </c>
+      <c r="M218" s="6">
+        <v>54464.0</v>
+      </c>
+      <c r="N218" s="6">
+        <v>65901</v>
+      </c>
+      <c r="O218" t="s">
+        <v>358</v>
+      </c>
+      <c r="P218" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="219" spans="1:17">
+      <c r="A219">
+        <v>4963</v>
+      </c>
+      <c r="B219">
+        <v>0.7</v>
+      </c>
+      <c r="C219" t="s">
+        <v>600</v>
+      </c>
+      <c r="D219" t="s">
+        <v>28</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="G219" t="s">
+        <v>353</v>
+      </c>
+      <c r="H219" t="s">
+        <v>354</v>
+      </c>
+      <c r="I219" t="s">
+        <v>355</v>
+      </c>
+      <c r="J219" t="s">
+        <v>355</v>
+      </c>
+      <c r="K219" t="s">
+        <v>355</v>
+      </c>
+      <c r="L219" t="s">
+        <v>357</v>
+      </c>
+      <c r="M219" s="6">
+        <v>54791.0</v>
+      </c>
+      <c r="N219" s="6">
+        <v>66297</v>
+      </c>
+      <c r="O219" t="s">
+        <v>358</v>
+      </c>
+      <c r="P219" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="220" spans="1:17">
+      <c r="A220">
+        <v>12715</v>
+      </c>
+      <c r="B220">
+        <v>0.5</v>
+      </c>
+      <c r="C220" t="s">
+        <v>601</v>
+      </c>
+      <c r="D220" t="s">
+        <v>28</v>
+      </c>
+      <c r="E220" t="s">
+        <v>437</v>
+      </c>
+      <c r="G220" t="s">
+        <v>353</v>
+      </c>
+      <c r="H220" t="s">
+        <v>362</v>
+      </c>
+      <c r="I220" t="s">
+        <v>359</v>
+      </c>
+      <c r="J220" t="s">
+        <v>359</v>
+      </c>
+      <c r="K220" t="s">
+        <v>359</v>
+      </c>
+      <c r="L220" t="s">
+        <v>379</v>
+      </c>
+      <c r="M220" s="6">
+        <v>57750.0</v>
+      </c>
+      <c r="N220" s="6">
+        <v>69878</v>
+      </c>
+      <c r="O220" t="s">
+        <v>358</v>
+      </c>
+      <c r="P220" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="221" spans="1:17">
+      <c r="A221">
+        <v>10574</v>
+      </c>
+      <c r="B221">
+        <v>0.75</v>
+      </c>
+      <c r="C221" t="s">
+        <v>602</v>
+      </c>
+      <c r="D221" t="s">
+        <v>28</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="G221" t="s">
+        <v>439</v>
+      </c>
+      <c r="H221" t="s">
+        <v>362</v>
+      </c>
+      <c r="J221" t="s">
+        <v>359</v>
+      </c>
+      <c r="K221" t="s">
+        <v>359</v>
+      </c>
+      <c r="L221" t="s">
+        <v>379</v>
+      </c>
+      <c r="M221" s="6">
+        <v>58275.0</v>
+      </c>
+      <c r="N221" s="6">
+        <v>70513</v>
+      </c>
+      <c r="O221" t="s">
+        <v>358</v>
+      </c>
+      <c r="P221" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="222" spans="1:17">
+      <c r="A222">
+        <v>1952</v>
+      </c>
+      <c r="B222">
+        <v>0.92</v>
+      </c>
+      <c r="C222" t="s">
+        <v>603</v>
+      </c>
+      <c r="D222" t="s">
+        <v>361</v>
+      </c>
+      <c r="E222" t="s">
+        <v>29</v>
+      </c>
+      <c r="G222" t="s">
+        <v>353</v>
+      </c>
+      <c r="H222" t="s">
+        <v>604</v>
+      </c>
+      <c r="I222" t="s">
+        <v>355</v>
+      </c>
+      <c r="J222" t="s">
+        <v>355</v>
+      </c>
+      <c r="K222" t="s">
+        <v>355</v>
+      </c>
+      <c r="L222" t="s">
+        <v>357</v>
+      </c>
+      <c r="M222" s="6">
+        <v>58842.0</v>
+      </c>
+      <c r="N222" s="6">
+        <v>71199</v>
+      </c>
+      <c r="O222" t="s">
+        <v>358</v>
+      </c>
+      <c r="P222" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="223" spans="1:17">
+      <c r="A223">
+        <v>12467</v>
+      </c>
+      <c r="B223">
+        <v>0.51</v>
+      </c>
+      <c r="C223" t="s">
+        <v>605</v>
+      </c>
+      <c r="D223" t="s">
+        <v>28</v>
+      </c>
+      <c r="E223" t="s">
+        <v>437</v>
+      </c>
+      <c r="G223" t="s">
+        <v>353</v>
+      </c>
+      <c r="H223" t="s">
+        <v>362</v>
+      </c>
+      <c r="I223" t="s">
+        <v>359</v>
+      </c>
+      <c r="J223" t="s">
+        <v>359</v>
+      </c>
+      <c r="K223" t="s">
+        <v>359</v>
+      </c>
+      <c r="L223" t="s">
+        <v>377</v>
+      </c>
+      <c r="M223" s="6">
+        <v>58905.0</v>
+      </c>
+      <c r="N223" s="6">
+        <v>71275</v>
+      </c>
+      <c r="O223" t="s">
+        <v>358</v>
+      </c>
+      <c r="P223" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="224" spans="1:17">
+      <c r="A224">
+        <v>12867</v>
+      </c>
+      <c r="B224">
+        <v>0.76</v>
+      </c>
+      <c r="C224" t="s">
+        <v>606</v>
+      </c>
+      <c r="D224" t="s">
+        <v>415</v>
+      </c>
+      <c r="E224" t="s">
+        <v>31</v>
+      </c>
+      <c r="G224" t="s">
+        <v>353</v>
+      </c>
+      <c r="H224" t="s">
+        <v>362</v>
+      </c>
+      <c r="I224" t="s">
+        <v>359</v>
+      </c>
+      <c r="J224" t="s">
+        <v>359</v>
+      </c>
+      <c r="K224" t="s">
+        <v>359</v>
+      </c>
+      <c r="L224" t="s">
+        <v>379</v>
+      </c>
+      <c r="M224" s="6">
+        <v>59052.0</v>
+      </c>
+      <c r="N224" s="6">
+        <v>71453</v>
+      </c>
+      <c r="O224" t="s">
+        <v>358</v>
+      </c>
+      <c r="P224" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="225" spans="1:17">
+      <c r="A225">
+        <v>13236</v>
+      </c>
+      <c r="B225">
+        <v>0.41</v>
+      </c>
+      <c r="C225" t="s">
+        <v>607</v>
+      </c>
+      <c r="D225" t="s">
+        <v>508</v>
+      </c>
+      <c r="E225" t="s">
+        <v>24</v>
+      </c>
+      <c r="F225" t="s">
+        <v>590</v>
+      </c>
+      <c r="G225" t="s">
+        <v>353</v>
+      </c>
+      <c r="H225" t="s">
+        <v>362</v>
+      </c>
+      <c r="J225" t="s">
+        <v>359</v>
+      </c>
+      <c r="K225" t="s">
+        <v>359</v>
+      </c>
+      <c r="L225" t="s">
+        <v>357</v>
+      </c>
+      <c r="M225" s="6">
+        <v>59500.0</v>
+      </c>
+      <c r="N225" s="6">
+        <v>71995</v>
+      </c>
+      <c r="O225" t="s">
+        <v>358</v>
+      </c>
+      <c r="P225" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="226" spans="1:17">
+      <c r="A226">
+        <v>12868</v>
+      </c>
+      <c r="B226">
+        <v>0.78</v>
+      </c>
+      <c r="C226" t="s">
+        <v>608</v>
+      </c>
+      <c r="D226" t="s">
+        <v>415</v>
+      </c>
+      <c r="E226" t="s">
+        <v>31</v>
+      </c>
+      <c r="G226" t="s">
+        <v>353</v>
+      </c>
+      <c r="H226" t="s">
+        <v>362</v>
+      </c>
+      <c r="I226" t="s">
+        <v>359</v>
+      </c>
+      <c r="J226" t="s">
+        <v>359</v>
+      </c>
+      <c r="K226" t="s">
+        <v>359</v>
+      </c>
+      <c r="L226" t="s">
+        <v>377</v>
+      </c>
+      <c r="M226" s="6">
+        <v>60606.0</v>
+      </c>
+      <c r="N226" s="6">
+        <v>73333</v>
+      </c>
+      <c r="O226" t="s">
+        <v>358</v>
+      </c>
+      <c r="P226" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="227" spans="1:17">
+      <c r="A227">
+        <v>10889</v>
+      </c>
+      <c r="B227">
+        <v>1.51</v>
+      </c>
+      <c r="C227" t="s">
+        <v>609</v>
+      </c>
+      <c r="D227" t="s">
+        <v>560</v>
+      </c>
+      <c r="E227" t="s">
+        <v>420</v>
+      </c>
+      <c r="G227" t="s">
+        <v>510</v>
+      </c>
+      <c r="H227" t="s">
+        <v>362</v>
+      </c>
+      <c r="J227" t="s">
+        <v>359</v>
+      </c>
+      <c r="K227" t="s">
+        <v>359</v>
+      </c>
+      <c r="L227" t="s">
+        <v>526</v>
+      </c>
+      <c r="M227" s="6">
+        <v>63000.0</v>
+      </c>
+      <c r="N227" s="6">
+        <v>76230</v>
+      </c>
+      <c r="O227" t="s">
+        <v>358</v>
+      </c>
+      <c r="P227" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="228" spans="1:17">
+      <c r="A228">
+        <v>13219</v>
+      </c>
+      <c r="B228">
+        <v>0.7</v>
+      </c>
+      <c r="C228" t="s">
+        <v>610</v>
+      </c>
+      <c r="D228" t="s">
+        <v>19</v>
+      </c>
+      <c r="E228" t="s">
+        <v>437</v>
+      </c>
+      <c r="G228" t="s">
+        <v>525</v>
+      </c>
+      <c r="H228" t="s">
+        <v>362</v>
+      </c>
+      <c r="J228" t="s">
+        <v>359</v>
+      </c>
+      <c r="K228" t="s">
+        <v>359</v>
+      </c>
+      <c r="L228" t="s">
+        <v>379</v>
+      </c>
+      <c r="M228" s="6">
+        <v>63210.0</v>
+      </c>
+      <c r="N228" s="6">
+        <v>76484</v>
+      </c>
+      <c r="O228" t="s">
+        <v>358</v>
+      </c>
+      <c r="P228" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="229" spans="1:17">
+      <c r="A229">
+        <v>2187</v>
+      </c>
+      <c r="B229">
+        <v>0.9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>611</v>
+      </c>
+      <c r="D229" t="s">
+        <v>19</v>
+      </c>
+      <c r="E229" t="s">
+        <v>398</v>
+      </c>
+      <c r="G229" t="s">
+        <v>525</v>
+      </c>
+      <c r="H229" t="s">
+        <v>354</v>
+      </c>
+      <c r="I229" t="s">
+        <v>356</v>
+      </c>
+      <c r="J229" t="s">
+        <v>356</v>
+      </c>
+      <c r="K229" t="s">
+        <v>356</v>
+      </c>
+      <c r="L229" t="s">
+        <v>357</v>
+      </c>
+      <c r="M229" s="6">
+        <v>63239.0</v>
+      </c>
+      <c r="N229" s="6">
+        <v>76519</v>
+      </c>
+      <c r="O229" t="s">
+        <v>358</v>
+      </c>
+      <c r="P229" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="230" spans="1:17">
+      <c r="A230">
+        <v>10890</v>
+      </c>
+      <c r="B230">
+        <v>0.9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>612</v>
+      </c>
+      <c r="D230" t="s">
+        <v>22</v>
+      </c>
+      <c r="E230" t="s">
+        <v>398</v>
+      </c>
+      <c r="G230" t="s">
+        <v>353</v>
+      </c>
+      <c r="H230" t="s">
+        <v>362</v>
+      </c>
+      <c r="I230" t="s">
+        <v>355</v>
+      </c>
+      <c r="J230" t="s">
+        <v>359</v>
+      </c>
+      <c r="K230" t="s">
+        <v>355</v>
+      </c>
+      <c r="L230" t="s">
+        <v>526</v>
+      </c>
+      <c r="M230" s="6">
+        <v>64260.0</v>
+      </c>
+      <c r="N230" s="6">
+        <v>77755</v>
+      </c>
+      <c r="O230" t="s">
+        <v>358</v>
+      </c>
+      <c r="P230" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="231" spans="1:17">
+      <c r="A231">
+        <v>14097</v>
+      </c>
+      <c r="B231">
+        <v>0.3</v>
+      </c>
+      <c r="C231" t="s">
+        <v>613</v>
+      </c>
+      <c r="D231" t="s">
+        <v>508</v>
+      </c>
+      <c r="E231" t="s">
+        <v>398</v>
+      </c>
+      <c r="F231" t="s">
+        <v>614</v>
+      </c>
+      <c r="G231" t="s">
+        <v>525</v>
+      </c>
+      <c r="H231" t="s">
+        <v>362</v>
+      </c>
+      <c r="J231" t="s">
+        <v>359</v>
+      </c>
+      <c r="K231" t="s">
+        <v>355</v>
+      </c>
+      <c r="L231" t="s">
+        <v>357</v>
+      </c>
+      <c r="M231" s="6">
+        <v>65000.0</v>
+      </c>
+      <c r="N231" s="6">
+        <v>78650</v>
+      </c>
+      <c r="O231" t="s">
+        <v>358</v>
+      </c>
+      <c r="P231" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="232" spans="1:17">
+      <c r="A232">
+        <v>14281</v>
+      </c>
+      <c r="B232">
+        <v>1</v>
+      </c>
+      <c r="C232" t="s">
+        <v>615</v>
+      </c>
+      <c r="D232" t="s">
+        <v>361</v>
+      </c>
+      <c r="E232" t="s">
+        <v>24</v>
+      </c>
+      <c r="G232" t="s">
+        <v>353</v>
+      </c>
+      <c r="H232" t="s">
+        <v>362</v>
+      </c>
+      <c r="I232" t="s">
+        <v>359</v>
+      </c>
+      <c r="J232" t="s">
+        <v>359</v>
+      </c>
+      <c r="K232" t="s">
+        <v>359</v>
+      </c>
+      <c r="L232" t="s">
+        <v>379</v>
+      </c>
+      <c r="M232" s="6">
+        <v>65100.0</v>
+      </c>
+      <c r="N232" s="6">
+        <v>78771</v>
+      </c>
+      <c r="O232" t="s">
+        <v>358</v>
+      </c>
+      <c r="P232" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="233" spans="1:17">
+      <c r="A233">
+        <v>14369</v>
+      </c>
+      <c r="B233">
+        <v>0.71</v>
+      </c>
+      <c r="C233" t="s">
+        <v>616</v>
+      </c>
+      <c r="D233" t="s">
+        <v>22</v>
+      </c>
+      <c r="E233" t="s">
+        <v>31</v>
+      </c>
+      <c r="G233" t="s">
+        <v>353</v>
+      </c>
+      <c r="H233" t="s">
+        <v>362</v>
+      </c>
+      <c r="I233" t="s">
+        <v>359</v>
+      </c>
+      <c r="J233" t="s">
+        <v>359</v>
+      </c>
+      <c r="K233" t="s">
+        <v>359</v>
+      </c>
+      <c r="L233" t="s">
+        <v>379</v>
+      </c>
+      <c r="M233" s="6">
+        <v>65604.0</v>
+      </c>
+      <c r="N233" s="6">
+        <v>79381</v>
+      </c>
+      <c r="O233" t="s">
+        <v>358</v>
+      </c>
+      <c r="P233" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="234" spans="1:17">
+      <c r="A234">
+        <v>14370</v>
+      </c>
+      <c r="B234">
+        <v>0.71</v>
+      </c>
+      <c r="C234" t="s">
+        <v>556</v>
+      </c>
+      <c r="D234" t="s">
+        <v>22</v>
+      </c>
+      <c r="E234" t="s">
+        <v>31</v>
+      </c>
+      <c r="G234" t="s">
+        <v>353</v>
+      </c>
+      <c r="H234" t="s">
+        <v>362</v>
+      </c>
+      <c r="I234" t="s">
+        <v>359</v>
+      </c>
+      <c r="J234" t="s">
+        <v>359</v>
+      </c>
+      <c r="K234" t="s">
+        <v>359</v>
+      </c>
+      <c r="L234" t="s">
+        <v>379</v>
+      </c>
+      <c r="M234" s="6">
+        <v>65604.0</v>
+      </c>
+      <c r="N234" s="6">
+        <v>79381</v>
+      </c>
+      <c r="O234" t="s">
+        <v>358</v>
+      </c>
+      <c r="P234" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="235" spans="1:17">
+      <c r="A235">
+        <v>11169</v>
+      </c>
+      <c r="B235">
+        <v>0.8</v>
+      </c>
+      <c r="C235" t="s">
+        <v>617</v>
+      </c>
+      <c r="D235" t="s">
+        <v>28</v>
+      </c>
+      <c r="E235" t="s">
+        <v>29</v>
+      </c>
+      <c r="G235" t="s">
+        <v>442</v>
+      </c>
+      <c r="H235" t="s">
+        <v>362</v>
+      </c>
+      <c r="J235" t="s">
+        <v>359</v>
+      </c>
+      <c r="K235" t="s">
+        <v>359</v>
+      </c>
+      <c r="L235" t="s">
+        <v>377</v>
+      </c>
+      <c r="M235" s="6">
+        <v>67200.0</v>
+      </c>
+      <c r="N235" s="6">
+        <v>81312</v>
+      </c>
+      <c r="O235" t="s">
+        <v>358</v>
+      </c>
+      <c r="P235" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="236" spans="1:17">
+      <c r="A236">
+        <v>10887</v>
+      </c>
+      <c r="B236">
+        <v>1.5</v>
+      </c>
+      <c r="C236" t="s">
+        <v>618</v>
+      </c>
+      <c r="D236" t="s">
+        <v>560</v>
+      </c>
+      <c r="E236" t="s">
+        <v>398</v>
+      </c>
+      <c r="G236" t="s">
+        <v>510</v>
+      </c>
+      <c r="H236" t="s">
+        <v>362</v>
+      </c>
+      <c r="J236" t="s">
+        <v>359</v>
+      </c>
+      <c r="K236" t="s">
+        <v>355</v>
+      </c>
+      <c r="L236" t="s">
+        <v>526</v>
+      </c>
+      <c r="M236" s="6">
+        <v>68000.0</v>
+      </c>
+      <c r="N236" s="6">
+        <v>82280</v>
+      </c>
+      <c r="O236" t="s">
+        <v>358</v>
+      </c>
+      <c r="P236" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="237" spans="1:17">
+      <c r="A237">
+        <v>13135</v>
+      </c>
+      <c r="B237">
+        <v>0.9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>619</v>
+      </c>
+      <c r="D237" t="s">
+        <v>361</v>
+      </c>
+      <c r="E237" t="s">
+        <v>437</v>
+      </c>
+      <c r="G237" t="s">
+        <v>353</v>
+      </c>
+      <c r="H237" t="s">
+        <v>362</v>
+      </c>
+      <c r="I237" t="s">
+        <v>359</v>
+      </c>
+      <c r="J237" t="s">
+        <v>359</v>
+      </c>
+      <c r="K237" t="s">
+        <v>359</v>
+      </c>
+      <c r="L237" t="s">
+        <v>379</v>
+      </c>
+      <c r="M237" s="6">
+        <v>69930.0</v>
+      </c>
+      <c r="N237" s="6">
+        <v>84615</v>
+      </c>
+      <c r="O237" t="s">
+        <v>358</v>
+      </c>
+      <c r="P237" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="238" spans="1:17">
+      <c r="A238">
+        <v>13136</v>
+      </c>
+      <c r="B238">
+        <v>0.9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>620</v>
+      </c>
+      <c r="D238" t="s">
+        <v>361</v>
+      </c>
+      <c r="E238" t="s">
+        <v>437</v>
+      </c>
+      <c r="G238" t="s">
+        <v>353</v>
+      </c>
+      <c r="H238" t="s">
+        <v>362</v>
+      </c>
+      <c r="I238" t="s">
+        <v>359</v>
+      </c>
+      <c r="J238" t="s">
+        <v>359</v>
+      </c>
+      <c r="K238" t="s">
+        <v>359</v>
+      </c>
+      <c r="L238" t="s">
+        <v>379</v>
+      </c>
+      <c r="M238" s="6">
+        <v>69930.0</v>
+      </c>
+      <c r="N238" s="6">
+        <v>84615</v>
+      </c>
+      <c r="O238" t="s">
+        <v>358</v>
+      </c>
+      <c r="P238" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="239" spans="1:17">
+      <c r="A239">
+        <v>14368</v>
+      </c>
+      <c r="B239">
+        <v>0.7</v>
+      </c>
+      <c r="C239" t="s">
+        <v>621</v>
+      </c>
+      <c r="D239" t="s">
+        <v>19</v>
+      </c>
+      <c r="E239" t="s">
+        <v>31</v>
+      </c>
+      <c r="G239" t="s">
+        <v>353</v>
+      </c>
+      <c r="H239" t="s">
+        <v>362</v>
+      </c>
+      <c r="I239" t="s">
+        <v>359</v>
+      </c>
+      <c r="J239" t="s">
+        <v>359</v>
+      </c>
+      <c r="K239" t="s">
+        <v>359</v>
+      </c>
+      <c r="L239" t="s">
+        <v>379</v>
+      </c>
+      <c r="M239" s="6">
+        <v>72030.0</v>
+      </c>
+      <c r="N239" s="6">
+        <v>87156</v>
+      </c>
+      <c r="O239" t="s">
+        <v>358</v>
+      </c>
+      <c r="P239" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="240" spans="1:17">
+      <c r="A240">
+        <v>6046</v>
+      </c>
+      <c r="B240">
+        <v>1.01</v>
+      </c>
+      <c r="C240" t="s">
+        <v>622</v>
+      </c>
+      <c r="D240" t="s">
+        <v>19</v>
+      </c>
+      <c r="E240" t="s">
+        <v>420</v>
+      </c>
+      <c r="G240" t="s">
+        <v>353</v>
+      </c>
+      <c r="H240" t="s">
+        <v>568</v>
+      </c>
+      <c r="I240" t="s">
+        <v>355</v>
+      </c>
+      <c r="J240" t="s">
+        <v>355</v>
+      </c>
+      <c r="K240" t="s">
+        <v>359</v>
+      </c>
+      <c r="L240" t="s">
+        <v>357</v>
+      </c>
+      <c r="M240" s="6">
+        <v>72500.0</v>
+      </c>
+      <c r="N240" s="6">
+        <v>87725</v>
+      </c>
+      <c r="O240" t="s">
+        <v>358</v>
+      </c>
+      <c r="P240" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="241" spans="1:17">
+      <c r="A241">
+        <v>13272</v>
+      </c>
+      <c r="B241">
+        <v>0.8</v>
+      </c>
+      <c r="C241" t="s">
+        <v>623</v>
+      </c>
+      <c r="D241" t="s">
+        <v>22</v>
+      </c>
+      <c r="E241" t="s">
+        <v>31</v>
+      </c>
+      <c r="G241" t="s">
+        <v>353</v>
+      </c>
+      <c r="H241" t="s">
+        <v>362</v>
+      </c>
+      <c r="I241" t="s">
+        <v>359</v>
+      </c>
+      <c r="J241" t="s">
+        <v>359</v>
+      </c>
+      <c r="K241" t="s">
+        <v>359</v>
+      </c>
+      <c r="L241" t="s">
+        <v>379</v>
+      </c>
+      <c r="M241" s="6">
+        <v>73920.0</v>
+      </c>
+      <c r="N241" s="6">
+        <v>89443</v>
+      </c>
+      <c r="O241" t="s">
+        <v>358</v>
+      </c>
+      <c r="P241" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="242" spans="1:17">
+      <c r="A242">
+        <v>14278</v>
+      </c>
+      <c r="B242">
+        <v>0.81</v>
+      </c>
+      <c r="C242" t="s">
+        <v>624</v>
+      </c>
+      <c r="D242" t="s">
+        <v>22</v>
+      </c>
+      <c r="E242" t="s">
+        <v>31</v>
+      </c>
+      <c r="G242" t="s">
+        <v>353</v>
+      </c>
+      <c r="H242" t="s">
+        <v>362</v>
+      </c>
+      <c r="I242" t="s">
+        <v>359</v>
+      </c>
+      <c r="J242" t="s">
+        <v>359</v>
+      </c>
+      <c r="K242" t="s">
+        <v>359</v>
+      </c>
+      <c r="L242" t="s">
+        <v>379</v>
+      </c>
+      <c r="M242" s="6">
+        <v>74844.0</v>
+      </c>
+      <c r="N242" s="6">
+        <v>90561</v>
+      </c>
+      <c r="O242" t="s">
+        <v>358</v>
+      </c>
+      <c r="P242" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="243" spans="1:17">
+      <c r="A243">
+        <v>14274</v>
+      </c>
+      <c r="B243">
+        <v>0.67</v>
+      </c>
+      <c r="C243" t="s">
+        <v>625</v>
+      </c>
+      <c r="D243" t="s">
+        <v>28</v>
+      </c>
+      <c r="E243" t="s">
+        <v>437</v>
+      </c>
+      <c r="G243" t="s">
+        <v>353</v>
+      </c>
+      <c r="H243" t="s">
+        <v>362</v>
+      </c>
+      <c r="I243" t="s">
+        <v>359</v>
+      </c>
+      <c r="J243" t="s">
+        <v>359</v>
+      </c>
+      <c r="K243" t="s">
+        <v>359</v>
+      </c>
+      <c r="L243" t="s">
+        <v>379</v>
+      </c>
+      <c r="M243" s="6">
+        <v>77385.0</v>
+      </c>
+      <c r="N243" s="6">
+        <v>93636</v>
+      </c>
+      <c r="O243" t="s">
+        <v>358</v>
+      </c>
+      <c r="P243" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="244" spans="1:17">
+      <c r="A244">
+        <v>2370</v>
+      </c>
+      <c r="B244">
+        <v>0.7</v>
+      </c>
+      <c r="C244" t="s">
+        <v>626</v>
+      </c>
+      <c r="D244" t="s">
+        <v>19</v>
+      </c>
+      <c r="E244" t="s">
+        <v>437</v>
+      </c>
+      <c r="G244" t="s">
+        <v>353</v>
+      </c>
+      <c r="H244" t="s">
+        <v>354</v>
+      </c>
+      <c r="I244" t="s">
+        <v>355</v>
+      </c>
+      <c r="J244" t="s">
+        <v>355</v>
+      </c>
+      <c r="K244" t="s">
+        <v>355</v>
+      </c>
+      <c r="L244" t="s">
+        <v>357</v>
+      </c>
+      <c r="M244" s="6">
+        <v>77571.0</v>
+      </c>
+      <c r="N244" s="6">
+        <v>93861</v>
+      </c>
+      <c r="O244" t="s">
+        <v>358</v>
+      </c>
+      <c r="P244" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="245" spans="1:17">
+      <c r="A245">
+        <v>13228</v>
+      </c>
+      <c r="B245">
+        <v>1.7</v>
+      </c>
+      <c r="C245" t="s">
+        <v>627</v>
+      </c>
+      <c r="D245" t="s">
+        <v>560</v>
+      </c>
+      <c r="E245" t="s">
+        <v>420</v>
+      </c>
+      <c r="G245" t="s">
+        <v>442</v>
+      </c>
+      <c r="H245" t="s">
+        <v>362</v>
+      </c>
+      <c r="J245" t="s">
+        <v>359</v>
+      </c>
+      <c r="K245" t="s">
+        <v>355</v>
+      </c>
+      <c r="L245" t="s">
+        <v>377</v>
+      </c>
+      <c r="M245" s="6">
+        <v>78000.0</v>
+      </c>
+      <c r="N245" s="6">
+        <v>94380</v>
+      </c>
+      <c r="O245" t="s">
+        <v>358</v>
+      </c>
+      <c r="P245" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="246" spans="1:17">
+      <c r="A246">
+        <v>12055</v>
+      </c>
+      <c r="B246">
+        <v>1.5</v>
+      </c>
+      <c r="C246" t="s">
+        <v>628</v>
+      </c>
+      <c r="D246" t="s">
+        <v>373</v>
+      </c>
+      <c r="E246" t="s">
+        <v>420</v>
+      </c>
+      <c r="G246" t="s">
+        <v>510</v>
+      </c>
+      <c r="H246" t="s">
+        <v>568</v>
+      </c>
+      <c r="J246" t="s">
+        <v>359</v>
+      </c>
+      <c r="K246" t="s">
+        <v>355</v>
+      </c>
+      <c r="L246" t="s">
+        <v>629</v>
+      </c>
+      <c r="M246" s="6">
+        <v>79900.0</v>
+      </c>
+      <c r="N246" s="6">
+        <v>96679</v>
+      </c>
+      <c r="O246" t="s">
+        <v>358</v>
+      </c>
+      <c r="P246" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="247" spans="1:17">
+      <c r="A247">
+        <v>11578</v>
+      </c>
+      <c r="B247">
+        <v>0.9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>630</v>
+      </c>
+      <c r="D247" t="s">
+        <v>415</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="G247" t="s">
+        <v>353</v>
+      </c>
+      <c r="H247" t="s">
+        <v>362</v>
+      </c>
+      <c r="I247" t="s">
+        <v>359</v>
+      </c>
+      <c r="J247" t="s">
+        <v>359</v>
+      </c>
+      <c r="K247" t="s">
+        <v>359</v>
+      </c>
+      <c r="L247" t="s">
+        <v>379</v>
+      </c>
+      <c r="M247" s="6">
+        <v>81270.0</v>
+      </c>
+      <c r="N247" s="6">
+        <v>98337</v>
+      </c>
+      <c r="O247" t="s">
+        <v>358</v>
+      </c>
+      <c r="P247" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="248" spans="1:17">
+      <c r="A248">
+        <v>12476</v>
+      </c>
+      <c r="B248">
+        <v>0.7</v>
+      </c>
+      <c r="C248" t="s">
+        <v>631</v>
+      </c>
+      <c r="D248" t="s">
+        <v>28</v>
+      </c>
+      <c r="E248" t="s">
+        <v>31</v>
+      </c>
+      <c r="G248" t="s">
+        <v>353</v>
+      </c>
+      <c r="H248" t="s">
+        <v>362</v>
+      </c>
+      <c r="I248" t="s">
+        <v>359</v>
+      </c>
+      <c r="J248" t="s">
+        <v>359</v>
+      </c>
+      <c r="K248" t="s">
+        <v>359</v>
+      </c>
+      <c r="L248" t="s">
+        <v>377</v>
+      </c>
+      <c r="M248" s="6">
+        <v>82320.0</v>
+      </c>
+      <c r="N248" s="6">
+        <v>99607</v>
+      </c>
+      <c r="O248" t="s">
+        <v>358</v>
+      </c>
+      <c r="P248" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="249" spans="1:17">
+      <c r="A249">
+        <v>12477</v>
+      </c>
+      <c r="B249">
+        <v>0.7</v>
+      </c>
+      <c r="C249" t="s">
+        <v>632</v>
+      </c>
+      <c r="D249" t="s">
+        <v>28</v>
+      </c>
+      <c r="E249" t="s">
+        <v>31</v>
+      </c>
+      <c r="G249" t="s">
+        <v>353</v>
+      </c>
+      <c r="H249" t="s">
+        <v>362</v>
+      </c>
+      <c r="I249" t="s">
+        <v>359</v>
+      </c>
+      <c r="J249" t="s">
+        <v>359</v>
+      </c>
+      <c r="K249" t="s">
+        <v>359</v>
+      </c>
+      <c r="L249" t="s">
+        <v>377</v>
+      </c>
+      <c r="M249" s="6">
+        <v>82320.0</v>
+      </c>
+      <c r="N249" s="6">
+        <v>99607</v>
+      </c>
+      <c r="O249" t="s">
+        <v>358</v>
+      </c>
+      <c r="P249" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="250" spans="1:17">
+      <c r="A250">
+        <v>11170</v>
+      </c>
+      <c r="B250">
+        <v>1.5</v>
+      </c>
+      <c r="C250" t="s">
+        <v>633</v>
+      </c>
+      <c r="D250" t="s">
+        <v>376</v>
+      </c>
+      <c r="E250" t="s">
+        <v>420</v>
+      </c>
+      <c r="G250" t="s">
+        <v>353</v>
+      </c>
+      <c r="H250" t="s">
+        <v>354</v>
+      </c>
+      <c r="I250" t="s">
+        <v>359</v>
+      </c>
+      <c r="J250" t="s">
+        <v>359</v>
+      </c>
+      <c r="K250" t="s">
+        <v>359</v>
+      </c>
+      <c r="L250" t="s">
+        <v>357</v>
+      </c>
+      <c r="M250" s="6">
+        <v>83160.0</v>
+      </c>
+      <c r="N250" s="6">
+        <v>100624</v>
+      </c>
+      <c r="O250" t="s">
+        <v>358</v>
+      </c>
+      <c r="P250" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="251" spans="1:17">
+      <c r="A251">
+        <v>14087</v>
+      </c>
+      <c r="B251">
+        <v>0.7</v>
+      </c>
+      <c r="C251" t="s">
+        <v>634</v>
+      </c>
+      <c r="D251" t="s">
+        <v>19</v>
+      </c>
+      <c r="E251" t="s">
+        <v>437</v>
+      </c>
+      <c r="G251" t="s">
+        <v>353</v>
+      </c>
+      <c r="H251" t="s">
+        <v>362</v>
+      </c>
+      <c r="I251" t="s">
+        <v>359</v>
+      </c>
+      <c r="J251" t="s">
+        <v>359</v>
+      </c>
+      <c r="K251" t="s">
+        <v>359</v>
+      </c>
+      <c r="L251" t="s">
+        <v>379</v>
+      </c>
+      <c r="M251" s="6">
+        <v>83790.0</v>
+      </c>
+      <c r="N251" s="6">
+        <v>101386</v>
+      </c>
+      <c r="O251" t="s">
+        <v>358</v>
+      </c>
+      <c r="P251" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="252" spans="1:17">
+      <c r="A252">
+        <v>14089</v>
+      </c>
+      <c r="B252">
+        <v>0.7</v>
+      </c>
+      <c r="C252" t="s">
+        <v>635</v>
+      </c>
+      <c r="D252" t="s">
+        <v>19</v>
+      </c>
+      <c r="E252" t="s">
+        <v>437</v>
+      </c>
+      <c r="G252" t="s">
+        <v>353</v>
+      </c>
+      <c r="H252" t="s">
+        <v>362</v>
+      </c>
+      <c r="I252" t="s">
+        <v>359</v>
+      </c>
+      <c r="J252" t="s">
+        <v>359</v>
+      </c>
+      <c r="K252" t="s">
+        <v>359</v>
+      </c>
+      <c r="L252" t="s">
+        <v>379</v>
+      </c>
+      <c r="M252" s="6">
+        <v>83790.0</v>
+      </c>
+      <c r="N252" s="6">
+        <v>101386</v>
+      </c>
+      <c r="O252" t="s">
+        <v>358</v>
+      </c>
+      <c r="P252" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="253" spans="1:17">
+      <c r="A253">
+        <v>13229</v>
+      </c>
+      <c r="B253">
+        <v>1.51</v>
+      </c>
+      <c r="C253" t="s">
+        <v>636</v>
+      </c>
+      <c r="D253" t="s">
+        <v>560</v>
+      </c>
+      <c r="E253" t="s">
+        <v>20</v>
+      </c>
+      <c r="G253" t="s">
+        <v>572</v>
+      </c>
+      <c r="H253" t="s">
+        <v>362</v>
+      </c>
+      <c r="J253" t="s">
+        <v>359</v>
+      </c>
+      <c r="K253" t="s">
+        <v>359</v>
+      </c>
+      <c r="L253" t="s">
+        <v>377</v>
+      </c>
+      <c r="M253" s="6">
+        <v>85000.0</v>
+      </c>
+      <c r="N253" s="6">
+        <v>102850</v>
+      </c>
+      <c r="O253" t="s">
+        <v>358</v>
+      </c>
+      <c r="P253" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="254" spans="1:17">
+      <c r="A254">
+        <v>10222</v>
+      </c>
+      <c r="B254">
+        <v>0.5</v>
+      </c>
+      <c r="C254" t="s">
+        <v>637</v>
+      </c>
+      <c r="D254" t="s">
+        <v>508</v>
+      </c>
+      <c r="E254" t="s">
+        <v>420</v>
+      </c>
+      <c r="F254" t="s">
+        <v>638</v>
+      </c>
+      <c r="G254" t="s">
+        <v>510</v>
+      </c>
+      <c r="H254" t="s">
+        <v>362</v>
+      </c>
+      <c r="J254" t="s">
+        <v>356</v>
+      </c>
+      <c r="K254" t="s">
+        <v>356</v>
+      </c>
+      <c r="L254" t="s">
+        <v>357</v>
+      </c>
+      <c r="M254" s="6">
+        <v>87400.0</v>
+      </c>
+      <c r="N254" s="6">
+        <v>105754</v>
+      </c>
+      <c r="O254" t="s">
+        <v>358</v>
+      </c>
+      <c r="P254" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="255" spans="1:17">
+      <c r="A255">
+        <v>11575</v>
+      </c>
+      <c r="B255">
+        <v>0.9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>639</v>
+      </c>
+      <c r="D255" t="s">
+        <v>415</v>
+      </c>
+      <c r="E255" t="s">
+        <v>29</v>
+      </c>
+      <c r="G255" t="s">
+        <v>353</v>
+      </c>
+      <c r="H255" t="s">
+        <v>362</v>
+      </c>
+      <c r="I255" t="s">
+        <v>359</v>
+      </c>
+      <c r="J255" t="s">
+        <v>359</v>
+      </c>
+      <c r="K255" t="s">
+        <v>359</v>
+      </c>
+      <c r="L255" t="s">
+        <v>379</v>
+      </c>
+      <c r="M255" s="6">
+        <v>92610.0</v>
+      </c>
+      <c r="N255" s="6">
+        <v>112058</v>
+      </c>
+      <c r="O255" t="s">
+        <v>358</v>
+      </c>
+      <c r="P255" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="256" spans="1:17">
+      <c r="A256">
+        <v>11583</v>
+      </c>
+      <c r="B256">
+        <v>0.9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>640</v>
+      </c>
+      <c r="D256" t="s">
+        <v>415</v>
+      </c>
+      <c r="E256" t="s">
+        <v>29</v>
+      </c>
+      <c r="G256" t="s">
+        <v>353</v>
+      </c>
+      <c r="H256" t="s">
+        <v>362</v>
+      </c>
+      <c r="I256" t="s">
+        <v>359</v>
+      </c>
+      <c r="J256" t="s">
+        <v>359</v>
+      </c>
+      <c r="K256" t="s">
+        <v>359</v>
+      </c>
+      <c r="L256" t="s">
+        <v>379</v>
+      </c>
+      <c r="M256" s="6">
+        <v>92610.0</v>
+      </c>
+      <c r="N256" s="6">
+        <v>112058</v>
+      </c>
+      <c r="O256" t="s">
+        <v>358</v>
+      </c>
+      <c r="P256" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="257" spans="1:17">
+      <c r="A257">
+        <v>13227</v>
+      </c>
+      <c r="B257">
+        <v>1.5</v>
+      </c>
+      <c r="C257" t="s">
+        <v>641</v>
+      </c>
+      <c r="D257" t="s">
+        <v>560</v>
+      </c>
+      <c r="E257" t="s">
+        <v>31</v>
+      </c>
+      <c r="G257" t="s">
+        <v>439</v>
+      </c>
+      <c r="H257" t="s">
+        <v>362</v>
+      </c>
+      <c r="J257" t="s">
+        <v>359</v>
+      </c>
+      <c r="K257" t="s">
+        <v>359</v>
+      </c>
+      <c r="L257" t="s">
+        <v>377</v>
+      </c>
+      <c r="M257" s="6">
+        <v>94000.0</v>
+      </c>
+      <c r="N257" s="6">
+        <v>113740</v>
+      </c>
+      <c r="O257" t="s">
+        <v>358</v>
+      </c>
+      <c r="P257" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="258" spans="1:17">
+      <c r="A258">
+        <v>12346</v>
+      </c>
+      <c r="B258">
+        <v>1.7</v>
+      </c>
+      <c r="C258" t="s">
+        <v>642</v>
+      </c>
+      <c r="D258" t="s">
+        <v>361</v>
+      </c>
+      <c r="E258" t="s">
+        <v>420</v>
+      </c>
+      <c r="G258" t="s">
+        <v>572</v>
+      </c>
+      <c r="H258" t="s">
+        <v>362</v>
+      </c>
+      <c r="J258" t="s">
+        <v>359</v>
+      </c>
+      <c r="K258" t="s">
+        <v>359</v>
+      </c>
+      <c r="L258" t="s">
+        <v>357</v>
+      </c>
+      <c r="M258" s="6">
+        <v>99000.0</v>
+      </c>
+      <c r="N258" s="6">
+        <v>119790</v>
+      </c>
+      <c r="O258" t="s">
+        <v>358</v>
+      </c>
+      <c r="P258" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="259" spans="1:17">
+      <c r="A259">
+        <v>13373</v>
+      </c>
+      <c r="B259">
+        <v>1.13</v>
+      </c>
+      <c r="C259" t="s">
+        <v>643</v>
+      </c>
+      <c r="D259" t="s">
+        <v>397</v>
+      </c>
+      <c r="E259" t="s">
+        <v>24</v>
+      </c>
+      <c r="G259" t="s">
+        <v>353</v>
+      </c>
+      <c r="H259" t="s">
+        <v>362</v>
+      </c>
+      <c r="I259" t="s">
+        <v>359</v>
+      </c>
+      <c r="J259" t="s">
+        <v>359</v>
+      </c>
+      <c r="K259" t="s">
+        <v>359</v>
+      </c>
+      <c r="L259" t="s">
+        <v>377</v>
+      </c>
+      <c r="M259" s="6">
+        <v>103700.0</v>
+      </c>
+      <c r="N259" s="6">
+        <v>125477</v>
+      </c>
+      <c r="O259" t="s">
+        <v>358</v>
+      </c>
+      <c r="P259" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="260" spans="1:17">
+      <c r="A260">
+        <v>14203</v>
+      </c>
+      <c r="B260">
+        <v>1.13</v>
+      </c>
+      <c r="C260" t="s">
+        <v>644</v>
+      </c>
+      <c r="D260" t="s">
+        <v>397</v>
+      </c>
+      <c r="E260" t="s">
+        <v>24</v>
+      </c>
+      <c r="G260" t="s">
+        <v>353</v>
+      </c>
+      <c r="H260" t="s">
+        <v>362</v>
+      </c>
+      <c r="I260" t="s">
+        <v>359</v>
+      </c>
+      <c r="J260" t="s">
+        <v>359</v>
+      </c>
+      <c r="K260" t="s">
+        <v>359</v>
+      </c>
+      <c r="L260" t="s">
+        <v>377</v>
+      </c>
+      <c r="M260" s="6">
+        <v>111800.0</v>
+      </c>
+      <c r="N260" s="6">
+        <v>135278</v>
+      </c>
+      <c r="O260" t="s">
+        <v>358</v>
+      </c>
+      <c r="P260" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="261" spans="1:17">
+      <c r="A261">
+        <v>14580</v>
+      </c>
+      <c r="B261">
+        <v>1</v>
+      </c>
+      <c r="C261" t="s">
+        <v>645</v>
+      </c>
+      <c r="D261" t="s">
+        <v>22</v>
+      </c>
+      <c r="E261" t="s">
+        <v>31</v>
+      </c>
+      <c r="G261" t="s">
+        <v>510</v>
+      </c>
+      <c r="H261" t="s">
+        <v>362</v>
+      </c>
+      <c r="J261" t="s">
+        <v>359</v>
+      </c>
+      <c r="K261" t="s">
+        <v>359</v>
+      </c>
+      <c r="L261" t="s">
+        <v>357</v>
+      </c>
+      <c r="M261" s="6">
+        <v>114240.0</v>
+      </c>
+      <c r="N261" s="6">
+        <v>138230</v>
+      </c>
+      <c r="O261" t="s">
+        <v>358</v>
+      </c>
+      <c r="P261" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="262" spans="1:17">
+      <c r="A262">
+        <v>12876</v>
+      </c>
+      <c r="B262">
+        <v>1.5</v>
+      </c>
+      <c r="C262" t="s">
+        <v>646</v>
+      </c>
+      <c r="D262" t="s">
+        <v>395</v>
+      </c>
+      <c r="E262" t="s">
+        <v>398</v>
+      </c>
+      <c r="G262" t="s">
+        <v>525</v>
+      </c>
+      <c r="H262" t="s">
+        <v>362</v>
+      </c>
+      <c r="J262" t="s">
+        <v>359</v>
+      </c>
+      <c r="K262" t="s">
+        <v>359</v>
+      </c>
+      <c r="L262" t="s">
+        <v>357</v>
+      </c>
+      <c r="M262" s="6">
+        <v>116000.0</v>
+      </c>
+      <c r="N262" s="6">
+        <v>140360</v>
+      </c>
+      <c r="O262" t="s">
+        <v>358</v>
+      </c>
+      <c r="P262" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="263" spans="1:17">
+      <c r="A263">
+        <v>11492</v>
+      </c>
+      <c r="B263">
+        <v>1.22</v>
+      </c>
+      <c r="C263" t="s">
+        <v>647</v>
+      </c>
+      <c r="D263" t="s">
+        <v>19</v>
+      </c>
+      <c r="E263" t="s">
+        <v>398</v>
+      </c>
+      <c r="G263" t="s">
+        <v>353</v>
+      </c>
+      <c r="H263" t="s">
+        <v>568</v>
+      </c>
+      <c r="I263" t="s">
+        <v>355</v>
+      </c>
+      <c r="J263" t="s">
+        <v>355</v>
+      </c>
+      <c r="K263" t="s">
+        <v>355</v>
+      </c>
+      <c r="L263" t="s">
+        <v>379</v>
+      </c>
+      <c r="M263" s="6">
+        <v>116800.0</v>
+      </c>
+      <c r="N263" s="6">
+        <v>141328</v>
+      </c>
+      <c r="O263" t="s">
+        <v>358</v>
+      </c>
+      <c r="P263" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="264" spans="1:17">
+      <c r="A264">
+        <v>11867</v>
+      </c>
+      <c r="B264">
+        <v>1</v>
+      </c>
+      <c r="C264" t="s">
+        <v>648</v>
+      </c>
+      <c r="D264" t="s">
+        <v>415</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="G264" t="s">
+        <v>353</v>
+      </c>
+      <c r="H264" t="s">
+        <v>362</v>
+      </c>
+      <c r="I264" t="s">
+        <v>359</v>
+      </c>
+      <c r="J264" t="s">
+        <v>359</v>
+      </c>
+      <c r="K264" t="s">
+        <v>359</v>
+      </c>
+      <c r="L264" t="s">
+        <v>379</v>
+      </c>
+      <c r="M264" s="6">
+        <v>117700.0</v>
+      </c>
+      <c r="N264" s="6">
+        <v>142417</v>
+      </c>
+      <c r="O264" t="s">
+        <v>358</v>
+      </c>
+      <c r="P264" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="265" spans="1:17">
+      <c r="A265">
+        <v>11746</v>
+      </c>
+      <c r="B265">
+        <v>1.01</v>
+      </c>
+      <c r="C265" t="s">
+        <v>649</v>
+      </c>
+      <c r="D265" t="s">
+        <v>415</v>
+      </c>
+      <c r="E265" t="s">
+        <v>20</v>
+      </c>
+      <c r="G265" t="s">
+        <v>353</v>
+      </c>
+      <c r="H265" t="s">
+        <v>362</v>
+      </c>
+      <c r="I265" t="s">
+        <v>359</v>
+      </c>
+      <c r="J265" t="s">
+        <v>359</v>
+      </c>
+      <c r="K265" t="s">
+        <v>359</v>
+      </c>
+      <c r="L265" t="s">
+        <v>379</v>
+      </c>
+      <c r="M265" s="6">
+        <v>118900.0</v>
+      </c>
+      <c r="N265" s="6">
+        <v>143869</v>
+      </c>
+      <c r="O265" t="s">
+        <v>358</v>
+      </c>
+      <c r="P265" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="266" spans="1:17">
+      <c r="A266">
+        <v>13231</v>
+      </c>
+      <c r="B266">
+        <v>1.02</v>
+      </c>
+      <c r="C266" t="s">
+        <v>650</v>
+      </c>
+      <c r="D266" t="s">
+        <v>19</v>
+      </c>
+      <c r="E266" t="s">
+        <v>20</v>
+      </c>
+      <c r="G266" t="s">
+        <v>484</v>
+      </c>
+      <c r="H266" t="s">
+        <v>362</v>
+      </c>
+      <c r="J266" t="s">
+        <v>359</v>
+      </c>
+      <c r="K266" t="s">
+        <v>359</v>
+      </c>
+      <c r="L266" t="s">
+        <v>379</v>
+      </c>
+      <c r="M266" s="6">
+        <v>126000.0</v>
+      </c>
+      <c r="N266" s="6">
+        <v>152460</v>
+      </c>
+      <c r="O266" t="s">
+        <v>358</v>
+      </c>
+      <c r="P266" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="267" spans="1:17">
+      <c r="A267">
+        <v>12493</v>
+      </c>
+      <c r="B267">
+        <v>2.01</v>
+      </c>
+      <c r="C267" t="s">
+        <v>651</v>
+      </c>
+      <c r="D267" t="s">
+        <v>376</v>
+      </c>
+      <c r="E267" t="s">
+        <v>420</v>
+      </c>
+      <c r="G267" t="s">
+        <v>439</v>
+      </c>
+      <c r="H267" t="s">
+        <v>354</v>
+      </c>
+      <c r="I267" t="s">
+        <v>355</v>
+      </c>
+      <c r="J267" t="s">
+        <v>359</v>
+      </c>
+      <c r="K267" t="s">
+        <v>359</v>
+      </c>
+      <c r="L267" t="s">
+        <v>652</v>
+      </c>
+      <c r="M267" s="6">
+        <v>126000.0</v>
+      </c>
+      <c r="N267" s="6">
+        <v>152460</v>
+      </c>
+      <c r="O267" t="s">
+        <v>358</v>
+      </c>
+      <c r="P267" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="268" spans="1:17">
+      <c r="A268">
+        <v>14579</v>
+      </c>
+      <c r="B268">
+        <v>1</v>
+      </c>
+      <c r="C268" t="s">
+        <v>653</v>
+      </c>
+      <c r="D268" t="s">
+        <v>28</v>
+      </c>
+      <c r="E268" t="s">
+        <v>20</v>
+      </c>
+      <c r="G268" t="s">
+        <v>439</v>
+      </c>
+      <c r="H268" t="s">
+        <v>362</v>
+      </c>
+      <c r="J268" t="s">
+        <v>359</v>
+      </c>
+      <c r="K268" t="s">
+        <v>359</v>
+      </c>
+      <c r="L268" t="s">
+        <v>379</v>
+      </c>
+      <c r="M268" s="6">
+        <v>121880.0</v>
+      </c>
+      <c r="N268" s="6">
+        <v>147475</v>
+      </c>
+      <c r="O268" t="s">
+        <v>358</v>
+      </c>
+      <c r="P268" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="269" spans="1:17">
+      <c r="A269">
+        <v>13765</v>
+      </c>
+      <c r="B269">
+        <v>1.01</v>
+      </c>
+      <c r="C269" t="s">
+        <v>654</v>
+      </c>
+      <c r="D269" t="s">
+        <v>22</v>
+      </c>
+      <c r="E269" t="s">
+        <v>29</v>
+      </c>
+      <c r="G269" t="s">
+        <v>353</v>
+      </c>
+      <c r="H269" t="s">
+        <v>362</v>
+      </c>
+      <c r="I269" t="s">
+        <v>359</v>
+      </c>
+      <c r="J269" t="s">
+        <v>359</v>
+      </c>
+      <c r="K269" t="s">
+        <v>359</v>
+      </c>
+      <c r="L269" t="s">
+        <v>379</v>
+      </c>
+      <c r="M269" s="6">
+        <v>130000.0</v>
+      </c>
+      <c r="N269" s="6">
+        <v>157300</v>
+      </c>
+      <c r="O269" t="s">
+        <v>358</v>
+      </c>
+      <c r="P269" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="270" spans="1:17">
+      <c r="A270">
+        <v>10961</v>
+      </c>
+      <c r="B270">
+        <v>1.11</v>
+      </c>
+      <c r="C270" t="s">
+        <v>655</v>
+      </c>
+      <c r="D270" t="s">
+        <v>397</v>
+      </c>
+      <c r="E270" t="s">
+        <v>437</v>
+      </c>
+      <c r="G270" t="s">
+        <v>353</v>
+      </c>
+      <c r="H270" t="s">
+        <v>362</v>
+      </c>
+      <c r="I270" t="s">
+        <v>359</v>
+      </c>
+      <c r="J270" t="s">
+        <v>359</v>
+      </c>
+      <c r="K270" t="s">
+        <v>359</v>
+      </c>
+      <c r="L270" t="s">
+        <v>357</v>
+      </c>
+      <c r="M270" s="6">
+        <v>135100.0</v>
+      </c>
+      <c r="N270" s="6">
+        <v>163471</v>
+      </c>
+      <c r="O270" t="s">
+        <v>358</v>
+      </c>
+      <c r="P270" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="271" spans="1:17">
+      <c r="A271">
+        <v>13143</v>
+      </c>
+      <c r="B271">
+        <v>0.9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>656</v>
+      </c>
+      <c r="D271" t="s">
+        <v>19</v>
+      </c>
+      <c r="E271" t="s">
+        <v>31</v>
+      </c>
+      <c r="G271" t="s">
+        <v>353</v>
+      </c>
+      <c r="H271" t="s">
+        <v>362</v>
+      </c>
+      <c r="I271" t="s">
+        <v>359</v>
+      </c>
+      <c r="J271" t="s">
+        <v>359</v>
+      </c>
+      <c r="K271" t="s">
+        <v>359</v>
+      </c>
+      <c r="L271" t="s">
+        <v>379</v>
+      </c>
+      <c r="M271" s="6">
+        <v>145530.0</v>
+      </c>
+      <c r="N271" s="6">
+        <v>176091</v>
+      </c>
+      <c r="O271" t="s">
+        <v>358</v>
+      </c>
+      <c r="P271" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="272" spans="1:17">
+      <c r="A272">
+        <v>13144</v>
+      </c>
+      <c r="B272">
+        <v>0.9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>657</v>
+      </c>
+      <c r="D272" t="s">
+        <v>19</v>
+      </c>
+      <c r="E272" t="s">
+        <v>31</v>
+      </c>
+      <c r="G272" t="s">
+        <v>353</v>
+      </c>
+      <c r="H272" t="s">
+        <v>362</v>
+      </c>
+      <c r="I272" t="s">
+        <v>359</v>
+      </c>
+      <c r="J272" t="s">
+        <v>359</v>
+      </c>
+      <c r="K272" t="s">
+        <v>359</v>
+      </c>
+      <c r="L272" t="s">
+        <v>379</v>
+      </c>
+      <c r="M272" s="6">
+        <v>145530.0</v>
+      </c>
+      <c r="N272" s="6">
+        <v>176091</v>
+      </c>
+      <c r="O272" t="s">
+        <v>358</v>
+      </c>
+      <c r="P272" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="273" spans="1:17">
+      <c r="A273">
+        <v>12737</v>
+      </c>
+      <c r="B273">
+        <v>0.92</v>
+      </c>
+      <c r="C273" t="s">
+        <v>658</v>
+      </c>
+      <c r="D273" t="s">
+        <v>19</v>
+      </c>
+      <c r="E273" t="s">
+        <v>31</v>
+      </c>
+      <c r="G273" t="s">
+        <v>353</v>
+      </c>
+      <c r="H273" t="s">
+        <v>362</v>
+      </c>
+      <c r="I273" t="s">
+        <v>359</v>
+      </c>
+      <c r="J273" t="s">
+        <v>359</v>
+      </c>
+      <c r="K273" t="s">
+        <v>359</v>
+      </c>
+      <c r="L273" t="s">
+        <v>377</v>
+      </c>
+      <c r="M273" s="6">
+        <v>148764.0</v>
+      </c>
+      <c r="N273" s="6">
+        <v>180004</v>
+      </c>
+      <c r="O273" t="s">
+        <v>358</v>
+      </c>
+      <c r="P273" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="274" spans="1:17">
+      <c r="A274">
+        <v>1746</v>
+      </c>
+      <c r="B274">
+        <v>1.24</v>
+      </c>
+      <c r="C274" t="s">
+        <v>659</v>
+      </c>
+      <c r="D274" t="s">
+        <v>22</v>
+      </c>
+      <c r="E274" t="s">
+        <v>20</v>
+      </c>
+      <c r="G274" t="s">
+        <v>353</v>
+      </c>
+      <c r="H274" t="s">
+        <v>354</v>
+      </c>
+      <c r="I274" t="s">
+        <v>355</v>
+      </c>
+      <c r="J274" t="s">
+        <v>355</v>
+      </c>
+      <c r="K274" t="s">
+        <v>355</v>
+      </c>
+      <c r="L274" t="s">
+        <v>357</v>
+      </c>
+      <c r="M274" s="6">
+        <v>150000.0</v>
+      </c>
+      <c r="N274" s="6">
+        <v>181500</v>
+      </c>
+      <c r="O274" t="s">
+        <v>358</v>
+      </c>
+      <c r="P274" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="275" spans="1:17">
+      <c r="A275">
+        <v>4662</v>
+      </c>
+      <c r="B275">
+        <v>0.59</v>
+      </c>
+      <c r="C275" t="s">
+        <v>660</v>
+      </c>
+      <c r="D275" t="s">
+        <v>508</v>
+      </c>
+      <c r="E275" t="s">
+        <v>420</v>
+      </c>
+      <c r="F275" t="s">
+        <v>661</v>
+      </c>
+      <c r="G275" t="s">
+        <v>572</v>
+      </c>
+      <c r="H275" t="s">
+        <v>362</v>
+      </c>
+      <c r="J275" t="s">
+        <v>356</v>
+      </c>
+      <c r="K275" t="s">
+        <v>356</v>
+      </c>
+      <c r="L275" t="s">
+        <v>662</v>
+      </c>
+      <c r="M275" s="6">
+        <v>158000.0</v>
+      </c>
+      <c r="N275" s="6">
+        <v>191180</v>
+      </c>
+      <c r="O275" t="s">
+        <v>358</v>
+      </c>
+      <c r="P275" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="276" spans="1:17">
+      <c r="A276">
+        <v>11743</v>
+      </c>
+      <c r="B276">
+        <v>1.51</v>
+      </c>
+      <c r="C276" t="s">
+        <v>663</v>
+      </c>
+      <c r="D276" t="s">
+        <v>376</v>
+      </c>
+      <c r="E276" t="s">
+        <v>437</v>
+      </c>
+      <c r="G276" t="s">
+        <v>353</v>
+      </c>
+      <c r="H276" t="s">
+        <v>362</v>
+      </c>
+      <c r="I276" t="s">
+        <v>359</v>
+      </c>
+      <c r="J276" t="s">
+        <v>359</v>
+      </c>
+      <c r="K276" t="s">
+        <v>359</v>
+      </c>
+      <c r="L276" t="s">
+        <v>357</v>
+      </c>
+      <c r="M276" s="6">
+        <v>159000.0</v>
+      </c>
+      <c r="N276" s="6">
+        <v>192390</v>
+      </c>
+      <c r="O276" t="s">
+        <v>358</v>
+      </c>
+      <c r="P276" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="277" spans="1:17">
+      <c r="A277">
+        <v>10946</v>
+      </c>
+      <c r="B277">
+        <v>1.72</v>
+      </c>
+      <c r="C277" t="s">
+        <v>664</v>
+      </c>
+      <c r="D277" t="s">
+        <v>508</v>
+      </c>
+      <c r="E277" t="s">
+        <v>437</v>
+      </c>
+      <c r="F277" t="s">
+        <v>665</v>
+      </c>
+      <c r="G277" t="s">
+        <v>572</v>
+      </c>
+      <c r="H277" t="s">
+        <v>362</v>
+      </c>
+      <c r="J277" t="s">
+        <v>359</v>
+      </c>
+      <c r="K277" t="s">
+        <v>355</v>
+      </c>
+      <c r="L277" t="s">
+        <v>357</v>
+      </c>
+      <c r="M277" s="6">
+        <v>165000.0</v>
+      </c>
+      <c r="N277" s="6">
+        <v>199650</v>
+      </c>
+      <c r="O277" t="s">
+        <v>358</v>
+      </c>
+      <c r="P277" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="278" spans="1:17">
+      <c r="A278">
+        <v>14104</v>
+      </c>
+      <c r="B278">
+        <v>1.01</v>
+      </c>
+      <c r="C278" t="s">
+        <v>666</v>
+      </c>
+      <c r="D278" t="s">
+        <v>19</v>
+      </c>
+      <c r="E278" t="s">
+        <v>31</v>
+      </c>
+      <c r="G278" t="s">
+        <v>353</v>
+      </c>
+      <c r="H278" t="s">
+        <v>362</v>
+      </c>
+      <c r="I278" t="s">
+        <v>359</v>
+      </c>
+      <c r="J278" t="s">
+        <v>359</v>
+      </c>
+      <c r="K278" t="s">
+        <v>359</v>
+      </c>
+      <c r="L278" t="s">
+        <v>379</v>
+      </c>
+      <c r="M278" s="6">
+        <v>176500.0</v>
+      </c>
+      <c r="N278" s="6">
+        <v>213565</v>
+      </c>
+      <c r="O278" t="s">
+        <v>358</v>
+      </c>
+      <c r="P278" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="279" spans="1:17">
+      <c r="A279">
+        <v>13220</v>
+      </c>
+      <c r="B279">
+        <v>1.06</v>
+      </c>
+      <c r="C279" t="s">
+        <v>667</v>
+      </c>
+      <c r="D279" t="s">
+        <v>28</v>
+      </c>
+      <c r="E279" t="s">
+        <v>437</v>
+      </c>
+      <c r="G279" t="s">
+        <v>572</v>
+      </c>
+      <c r="H279" t="s">
+        <v>362</v>
+      </c>
+      <c r="J279" t="s">
+        <v>359</v>
+      </c>
+      <c r="K279" t="s">
+        <v>359</v>
+      </c>
+      <c r="L279" t="s">
+        <v>379</v>
+      </c>
+      <c r="M279" s="6">
+        <v>185000.0</v>
+      </c>
+      <c r="N279" s="6">
+        <v>223850</v>
+      </c>
+      <c r="O279" t="s">
+        <v>358</v>
+      </c>
+      <c r="P279" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="280" spans="1:17">
+      <c r="A280">
+        <v>13974</v>
+      </c>
+      <c r="B280">
+        <v>0.15</v>
+      </c>
+      <c r="D280" t="s">
+        <v>508</v>
+      </c>
+      <c r="E280" t="s">
+        <v>563</v>
+      </c>
+      <c r="F280" t="s">
+        <v>668</v>
+      </c>
+      <c r="G280" t="s">
+        <v>353</v>
+      </c>
+      <c r="H280" t="s">
+        <v>669</v>
+      </c>
+      <c r="M280" s="6">
+        <v>190000.0</v>
+      </c>
+      <c r="N280" s="6">
+        <v>229900</v>
+      </c>
+      <c r="O280" t="s">
+        <v>358</v>
+      </c>
+      <c r="P280" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="281" spans="1:17">
+      <c r="A281">
+        <v>13608</v>
+      </c>
+      <c r="B281">
+        <v>2.01</v>
+      </c>
+      <c r="C281" t="s">
+        <v>670</v>
+      </c>
+      <c r="D281" t="s">
+        <v>376</v>
+      </c>
+      <c r="E281" t="s">
+        <v>24</v>
+      </c>
+      <c r="G281" t="s">
+        <v>353</v>
+      </c>
+      <c r="H281" t="s">
+        <v>362</v>
+      </c>
+      <c r="I281" t="s">
+        <v>359</v>
+      </c>
+      <c r="J281" t="s">
+        <v>359</v>
+      </c>
+      <c r="K281" t="s">
+        <v>359</v>
+      </c>
+      <c r="L281" t="s">
+        <v>377</v>
+      </c>
+      <c r="M281" s="6">
+        <v>199000.0</v>
+      </c>
+      <c r="N281" s="6">
+        <v>240790</v>
+      </c>
+      <c r="O281" t="s">
+        <v>358</v>
+      </c>
+      <c r="P281" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="282" spans="1:17">
+      <c r="A282">
+        <v>10750</v>
+      </c>
+      <c r="B282">
+        <v>2.01</v>
+      </c>
+      <c r="C282" t="s">
+        <v>671</v>
+      </c>
+      <c r="D282" t="s">
+        <v>395</v>
+      </c>
+      <c r="E282" t="s">
+        <v>420</v>
+      </c>
+      <c r="G282" t="s">
+        <v>439</v>
+      </c>
+      <c r="H282" t="s">
+        <v>354</v>
+      </c>
+      <c r="J282" t="s">
+        <v>355</v>
+      </c>
+      <c r="K282" t="s">
+        <v>355</v>
+      </c>
+      <c r="L282" t="s">
+        <v>357</v>
+      </c>
+      <c r="M282" s="6">
+        <v>209000.0</v>
+      </c>
+      <c r="N282" s="6">
+        <v>252890</v>
+      </c>
+      <c r="O282" t="s">
+        <v>358</v>
+      </c>
+      <c r="P282" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="283" spans="1:17">
+      <c r="A283">
+        <v>13230</v>
+      </c>
+      <c r="B283">
+        <v>1.51</v>
+      </c>
+      <c r="C283" t="s">
+        <v>672</v>
+      </c>
+      <c r="D283" t="s">
+        <v>415</v>
+      </c>
+      <c r="E283" t="s">
+        <v>20</v>
+      </c>
+      <c r="G283" t="s">
+        <v>594</v>
+      </c>
+      <c r="H283" t="s">
+        <v>362</v>
+      </c>
+      <c r="J283" t="s">
+        <v>359</v>
+      </c>
+      <c r="K283" t="s">
+        <v>359</v>
+      </c>
+      <c r="L283" t="s">
+        <v>379</v>
+      </c>
+      <c r="M283" s="6">
+        <v>240800.0</v>
+      </c>
+      <c r="N283" s="6">
+        <v>291368</v>
+      </c>
+      <c r="O283" t="s">
+        <v>358</v>
+      </c>
+      <c r="P283" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="284" spans="1:17">
+      <c r="A284">
+        <v>10214</v>
+      </c>
+      <c r="B284">
+        <v>0.5</v>
+      </c>
+      <c r="C284" t="s">
+        <v>673</v>
+      </c>
+      <c r="D284" t="s">
+        <v>508</v>
+      </c>
+      <c r="E284" t="s">
+        <v>420</v>
+      </c>
+      <c r="F284" t="s">
+        <v>614</v>
+      </c>
+      <c r="G284" t="s">
+        <v>353</v>
+      </c>
+      <c r="H284" t="s">
+        <v>362</v>
+      </c>
+      <c r="J284" t="s">
+        <v>355</v>
+      </c>
+      <c r="K284" t="s">
+        <v>355</v>
+      </c>
+      <c r="L284" t="s">
+        <v>357</v>
+      </c>
+      <c r="M284" s="6">
+        <v>259000.0</v>
+      </c>
+      <c r="N284" s="6">
+        <v>313390</v>
+      </c>
+      <c r="O284" t="s">
+        <v>358</v>
+      </c>
+      <c r="P284" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="285" spans="1:17">
+      <c r="A285">
+        <v>3274</v>
+      </c>
+      <c r="B285">
+        <v>0.87</v>
+      </c>
+      <c r="C285" t="s">
+        <v>674</v>
+      </c>
+      <c r="D285" t="s">
+        <v>508</v>
+      </c>
+      <c r="E285" t="s">
+        <v>398</v>
+      </c>
+      <c r="F285" t="s">
+        <v>638</v>
+      </c>
+      <c r="G285" t="s">
+        <v>572</v>
+      </c>
+      <c r="H285" t="s">
+        <v>354</v>
+      </c>
+      <c r="I285" t="s">
+        <v>356</v>
+      </c>
+      <c r="J285" t="s">
+        <v>356</v>
+      </c>
+      <c r="K285" t="s">
+        <v>356</v>
+      </c>
+      <c r="L285" t="s">
+        <v>675</v>
+      </c>
+      <c r="M285" s="6">
+        <v>268500.0</v>
+      </c>
+      <c r="N285" s="6">
+        <v>324885</v>
+      </c>
+      <c r="O285" t="s">
+        <v>358</v>
+      </c>
+      <c r="P285" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="286" spans="1:17">
+      <c r="A286">
+        <v>6324</v>
+      </c>
+      <c r="B286">
+        <v>0.35</v>
+      </c>
+      <c r="C286" t="s">
+        <v>676</v>
+      </c>
+      <c r="D286" t="s">
+        <v>508</v>
+      </c>
+      <c r="E286" t="s">
+        <v>398</v>
+      </c>
+      <c r="F286" t="s">
+        <v>677</v>
+      </c>
+      <c r="G286" t="s">
+        <v>572</v>
+      </c>
+      <c r="H286" t="s">
+        <v>362</v>
+      </c>
+      <c r="J286" t="s">
+        <v>355</v>
+      </c>
+      <c r="K286" t="s">
+        <v>356</v>
+      </c>
+      <c r="L286" t="s">
+        <v>357</v>
+      </c>
+      <c r="M286" s="6">
+        <v>269000.0</v>
+      </c>
+      <c r="N286" s="6">
+        <v>325490</v>
+      </c>
+      <c r="O286" t="s">
+        <v>358</v>
+      </c>
+      <c r="P286" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="287" spans="1:17">
+      <c r="A287">
+        <v>3887</v>
+      </c>
+      <c r="B287">
+        <v>2.24</v>
+      </c>
+      <c r="C287" t="s">
+        <v>678</v>
+      </c>
+      <c r="D287" t="s">
+        <v>508</v>
+      </c>
+      <c r="E287" t="s">
+        <v>31</v>
+      </c>
+      <c r="F287" t="s">
+        <v>665</v>
+      </c>
+      <c r="G287" t="s">
+        <v>572</v>
+      </c>
+      <c r="H287" t="s">
+        <v>362</v>
+      </c>
+      <c r="J287" t="s">
+        <v>359</v>
+      </c>
+      <c r="K287" t="s">
+        <v>359</v>
+      </c>
+      <c r="L287" t="s">
+        <v>526</v>
+      </c>
+      <c r="M287" s="6">
+        <v>275000.0</v>
+      </c>
+      <c r="N287" s="6">
+        <v>332750</v>
+      </c>
+      <c r="O287" t="s">
+        <v>358</v>
+      </c>
+      <c r="P287" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="288" spans="1:17">
+      <c r="A288">
+        <v>10550</v>
+      </c>
+      <c r="B288">
+        <v>1.15</v>
+      </c>
+      <c r="C288" t="s">
+        <v>679</v>
+      </c>
+      <c r="D288" t="s">
+        <v>19</v>
+      </c>
+      <c r="E288" t="s">
+        <v>437</v>
+      </c>
+      <c r="G288" t="s">
+        <v>353</v>
+      </c>
+      <c r="H288" t="s">
+        <v>362</v>
+      </c>
+      <c r="I288" t="s">
+        <v>359</v>
+      </c>
+      <c r="J288" t="s">
+        <v>359</v>
+      </c>
+      <c r="K288" t="s">
+        <v>359</v>
+      </c>
+      <c r="L288" t="s">
+        <v>377</v>
+      </c>
+      <c r="M288" s="6">
+        <v>285000.0</v>
+      </c>
+      <c r="N288" s="6">
+        <v>344850</v>
+      </c>
+      <c r="O288" t="s">
+        <v>358</v>
+      </c>
+      <c r="P288" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="289" spans="1:17">
+      <c r="A289">
+        <v>9314</v>
+      </c>
+      <c r="B289">
+        <v>1.51</v>
+      </c>
+      <c r="C289" t="s">
+        <v>680</v>
+      </c>
+      <c r="D289" t="s">
+        <v>415</v>
+      </c>
+      <c r="E289" t="s">
+        <v>20</v>
+      </c>
+      <c r="G289" t="s">
+        <v>353</v>
+      </c>
+      <c r="H289" t="s">
+        <v>362</v>
+      </c>
+      <c r="I289" t="s">
+        <v>359</v>
+      </c>
+      <c r="J289" t="s">
+        <v>359</v>
+      </c>
+      <c r="K289" t="s">
+        <v>359</v>
+      </c>
+      <c r="L289" t="s">
+        <v>379</v>
+      </c>
+      <c r="M289" s="6">
+        <v>298000.0</v>
+      </c>
+      <c r="N289" s="6">
+        <v>360580</v>
+      </c>
+      <c r="O289" t="s">
+        <v>358</v>
+      </c>
+      <c r="P289" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="290" spans="1:17">
+      <c r="A290">
+        <v>13541</v>
+      </c>
+      <c r="B290">
+        <v>0.19</v>
+      </c>
+      <c r="D290" t="s">
+        <v>508</v>
+      </c>
+      <c r="E290" t="s">
+        <v>563</v>
+      </c>
+      <c r="F290" t="s">
+        <v>668</v>
+      </c>
+      <c r="G290" t="s">
+        <v>353</v>
+      </c>
+      <c r="H290" t="s">
+        <v>669</v>
+      </c>
+      <c r="M290" s="6">
+        <v>320000.0</v>
+      </c>
+      <c r="N290" s="6">
+        <v>387200</v>
+      </c>
+      <c r="O290" t="s">
+        <v>358</v>
+      </c>
+      <c r="P290" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="291" spans="1:17">
+      <c r="A291">
+        <v>2967</v>
+      </c>
+      <c r="B291">
+        <v>0.21</v>
+      </c>
+      <c r="C291" t="s">
+        <v>681</v>
+      </c>
+      <c r="D291" t="s">
+        <v>508</v>
+      </c>
+      <c r="E291" t="s">
+        <v>398</v>
+      </c>
+      <c r="F291" t="s">
+        <v>682</v>
+      </c>
+      <c r="G291" t="s">
+        <v>525</v>
+      </c>
+      <c r="H291" t="s">
+        <v>362</v>
+      </c>
+      <c r="J291" t="s">
+        <v>355</v>
+      </c>
+      <c r="K291" t="s">
+        <v>356</v>
+      </c>
+      <c r="L291" t="s">
+        <v>357</v>
+      </c>
+      <c r="M291" s="6">
+        <v>322000.0</v>
+      </c>
+      <c r="N291" s="6">
+        <v>389620</v>
+      </c>
+      <c r="O291" t="s">
+        <v>358</v>
+      </c>
+      <c r="P291" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="292" spans="1:17">
+      <c r="A292">
+        <v>13226</v>
+      </c>
+      <c r="B292">
+        <v>2.02</v>
+      </c>
+      <c r="C292" t="s">
+        <v>683</v>
+      </c>
+      <c r="D292" t="s">
+        <v>415</v>
+      </c>
+      <c r="E292" t="s">
+        <v>420</v>
+      </c>
+      <c r="G292" t="s">
+        <v>484</v>
+      </c>
+      <c r="H292" t="s">
+        <v>362</v>
+      </c>
+      <c r="J292" t="s">
+        <v>359</v>
+      </c>
+      <c r="K292" t="s">
+        <v>359</v>
+      </c>
+      <c r="L292" t="s">
+        <v>357</v>
+      </c>
+      <c r="M292" s="6">
+        <v>340000.0</v>
+      </c>
+      <c r="N292" s="6">
+        <v>411400</v>
+      </c>
+      <c r="O292" t="s">
+        <v>358</v>
+      </c>
+      <c r="P292" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="293" spans="1:17">
+      <c r="A293">
+        <v>5468</v>
+      </c>
+      <c r="B293">
+        <v>0.73</v>
+      </c>
+      <c r="C293" t="s">
+        <v>684</v>
+      </c>
+      <c r="D293" t="s">
+        <v>508</v>
+      </c>
+      <c r="E293" t="s">
+        <v>398</v>
+      </c>
+      <c r="F293" t="s">
+        <v>685</v>
+      </c>
+      <c r="G293" t="s">
+        <v>572</v>
+      </c>
+      <c r="H293" t="s">
+        <v>362</v>
+      </c>
+      <c r="J293" t="s">
+        <v>359</v>
+      </c>
+      <c r="K293" t="s">
+        <v>686</v>
+      </c>
+      <c r="L293" t="s">
+        <v>687</v>
+      </c>
+      <c r="M293" s="6">
+        <v>390000.0</v>
+      </c>
+      <c r="N293" s="6">
+        <v>471900</v>
+      </c>
+      <c r="O293" t="s">
+        <v>358</v>
+      </c>
+      <c r="P293" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="294" spans="1:17">
+      <c r="A294">
+        <v>12483</v>
+      </c>
+      <c r="B294">
+        <v>0.09</v>
+      </c>
+      <c r="D294" t="s">
+        <v>508</v>
+      </c>
+      <c r="E294" t="s">
+        <v>420</v>
+      </c>
+      <c r="F294" t="s">
+        <v>688</v>
+      </c>
+      <c r="G294" t="s">
+        <v>353</v>
+      </c>
+      <c r="H294" t="s">
+        <v>669</v>
+      </c>
+      <c r="M294" s="6">
+        <v>390000.0</v>
+      </c>
+      <c r="N294" s="6">
+        <v>471900</v>
+      </c>
+      <c r="O294" t="s">
+        <v>358</v>
+      </c>
+      <c r="P294" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="295" spans="1:17">
+      <c r="A295">
+        <v>10677</v>
+      </c>
+      <c r="B295">
+        <v>2</v>
+      </c>
+      <c r="C295" t="s">
+        <v>689</v>
+      </c>
+      <c r="D295" t="s">
+        <v>373</v>
+      </c>
+      <c r="E295" t="s">
+        <v>20</v>
+      </c>
+      <c r="G295" t="s">
+        <v>353</v>
+      </c>
+      <c r="H295" t="s">
+        <v>362</v>
+      </c>
+      <c r="I295" t="s">
+        <v>359</v>
+      </c>
+      <c r="J295" t="s">
+        <v>359</v>
+      </c>
+      <c r="K295" t="s">
+        <v>359</v>
+      </c>
+      <c r="L295" t="s">
+        <v>379</v>
+      </c>
+      <c r="M295" s="6">
+        <v>399000.0</v>
+      </c>
+      <c r="N295" s="6">
+        <v>482790</v>
+      </c>
+      <c r="O295" t="s">
+        <v>358</v>
+      </c>
+      <c r="P295" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="296" spans="1:17">
+      <c r="A296">
+        <v>3747</v>
+      </c>
+      <c r="B296">
+        <v>3.1</v>
+      </c>
+      <c r="C296" t="s">
+        <v>690</v>
+      </c>
+      <c r="D296" t="s">
+        <v>508</v>
+      </c>
+      <c r="E296" t="s">
+        <v>24</v>
+      </c>
+      <c r="F296" t="s">
+        <v>665</v>
+      </c>
+      <c r="G296" t="s">
+        <v>572</v>
+      </c>
+      <c r="H296" t="s">
+        <v>362</v>
+      </c>
+      <c r="J296" t="s">
+        <v>359</v>
+      </c>
+      <c r="K296" t="s">
+        <v>355</v>
+      </c>
+      <c r="L296" t="s">
+        <v>377</v>
+      </c>
+      <c r="M296" s="6">
+        <v>400000.0</v>
+      </c>
+      <c r="N296" s="6">
+        <v>484000</v>
+      </c>
+      <c r="O296" t="s">
+        <v>358</v>
+      </c>
+      <c r="P296" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="297" spans="1:17">
+      <c r="A297">
+        <v>9353</v>
+      </c>
+      <c r="B297">
+        <v>1.02</v>
+      </c>
+      <c r="C297" t="s">
+        <v>691</v>
+      </c>
+      <c r="D297" t="s">
+        <v>508</v>
+      </c>
+      <c r="E297" t="s">
+        <v>31</v>
+      </c>
+      <c r="F297" t="s">
+        <v>638</v>
+      </c>
+      <c r="G297" t="s">
+        <v>572</v>
+      </c>
+      <c r="H297" t="s">
+        <v>362</v>
+      </c>
+      <c r="J297" t="s">
+        <v>359</v>
+      </c>
+      <c r="K297" t="s">
+        <v>355</v>
+      </c>
+      <c r="L297" t="s">
+        <v>357</v>
+      </c>
+      <c r="M297" s="6">
+        <v>429000.0</v>
+      </c>
+      <c r="N297" s="6">
+        <v>519090</v>
+      </c>
+      <c r="O297" t="s">
+        <v>358</v>
+      </c>
+      <c r="P297" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="298" spans="1:17">
+      <c r="A298">
+        <v>13542</v>
+      </c>
+      <c r="B298">
+        <v>0.18</v>
+      </c>
+      <c r="D298" t="s">
+        <v>508</v>
+      </c>
+      <c r="E298" t="s">
+        <v>563</v>
+      </c>
+      <c r="F298" t="s">
+        <v>692</v>
+      </c>
+      <c r="G298" t="s">
+        <v>353</v>
+      </c>
+      <c r="H298" t="s">
+        <v>669</v>
+      </c>
+      <c r="M298" s="6">
+        <v>440000.0</v>
+      </c>
+      <c r="N298" s="6">
+        <v>532400</v>
+      </c>
+      <c r="O298" t="s">
+        <v>358</v>
+      </c>
+      <c r="P298" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="299" spans="1:17">
+      <c r="A299">
+        <v>4608</v>
+      </c>
+      <c r="B299">
+        <v>0.27</v>
+      </c>
+      <c r="C299" t="s">
+        <v>693</v>
+      </c>
+      <c r="D299" t="s">
+        <v>508</v>
+      </c>
+      <c r="E299" t="s">
+        <v>420</v>
+      </c>
+      <c r="F299" t="s">
+        <v>694</v>
+      </c>
+      <c r="G299" t="s">
+        <v>525</v>
+      </c>
+      <c r="H299" t="s">
+        <v>362</v>
+      </c>
+      <c r="J299" t="s">
+        <v>355</v>
+      </c>
+      <c r="K299" t="s">
+        <v>356</v>
+      </c>
+      <c r="L299" t="s">
+        <v>357</v>
+      </c>
+      <c r="M299" s="6">
+        <v>475000.0</v>
+      </c>
+      <c r="N299" s="6">
+        <v>574750</v>
+      </c>
+      <c r="O299" t="s">
+        <v>358</v>
+      </c>
+      <c r="P299" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="300" spans="1:17">
+      <c r="A300">
+        <v>14584</v>
+      </c>
+      <c r="B300">
+        <v>0.14</v>
+      </c>
+      <c r="D300" t="s">
+        <v>508</v>
+      </c>
+      <c r="E300" t="s">
+        <v>398</v>
+      </c>
+      <c r="F300" t="s">
+        <v>692</v>
+      </c>
+      <c r="G300" t="s">
+        <v>525</v>
+      </c>
+      <c r="H300" t="s">
+        <v>669</v>
+      </c>
+      <c r="M300" s="6">
+        <v>500000.0</v>
+      </c>
+      <c r="N300" s="6">
+        <v>605000</v>
+      </c>
+      <c r="O300" t="s">
+        <v>358</v>
+      </c>
+      <c r="P300" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="301" spans="1:17">
+      <c r="A301">
+        <v>10634</v>
+      </c>
+      <c r="B301">
+        <v>0.8</v>
+      </c>
+      <c r="C301" t="s">
+        <v>695</v>
+      </c>
+      <c r="D301" t="s">
+        <v>508</v>
+      </c>
+      <c r="E301" t="s">
+        <v>398</v>
+      </c>
+      <c r="F301" t="s">
+        <v>696</v>
+      </c>
+      <c r="G301" t="s">
+        <v>525</v>
+      </c>
+      <c r="H301" t="s">
+        <v>362</v>
+      </c>
+      <c r="J301" t="s">
+        <v>359</v>
+      </c>
+      <c r="K301" t="s">
+        <v>356</v>
+      </c>
+      <c r="L301" t="s">
+        <v>357</v>
+      </c>
+      <c r="M301" s="6">
+        <v>510000.0</v>
+      </c>
+      <c r="N301" s="6">
+        <v>617100</v>
+      </c>
+      <c r="O301" t="s">
+        <v>358</v>
+      </c>
+      <c r="P301" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="302" spans="1:17">
+      <c r="A302">
+        <v>3947</v>
+      </c>
+      <c r="B302">
+        <v>0.13</v>
+      </c>
+      <c r="C302" t="s">
+        <v>697</v>
+      </c>
+      <c r="D302" t="s">
+        <v>508</v>
+      </c>
+      <c r="E302" t="s">
+        <v>24</v>
+      </c>
+      <c r="F302" t="s">
+        <v>698</v>
+      </c>
+      <c r="G302" t="s">
+        <v>572</v>
+      </c>
+      <c r="H302" t="s">
+        <v>362</v>
+      </c>
+      <c r="M302" s="6">
+        <v>520000.0</v>
+      </c>
+      <c r="N302" s="6">
+        <v>629200</v>
+      </c>
+      <c r="O302" t="s">
+        <v>358</v>
+      </c>
+      <c r="P302" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="303" spans="1:17">
+      <c r="A303">
+        <v>5926</v>
+      </c>
+      <c r="B303">
+        <v>0.27</v>
+      </c>
+      <c r="C303" t="s">
+        <v>699</v>
+      </c>
+      <c r="D303" t="s">
+        <v>508</v>
+      </c>
+      <c r="E303" t="s">
+        <v>398</v>
+      </c>
+      <c r="F303" t="s">
+        <v>700</v>
+      </c>
+      <c r="G303" t="s">
+        <v>510</v>
+      </c>
+      <c r="H303" t="s">
+        <v>354</v>
+      </c>
+      <c r="J303" t="s">
+        <v>356</v>
+      </c>
+      <c r="K303" t="s">
+        <v>356</v>
+      </c>
+      <c r="L303" t="s">
+        <v>357</v>
+      </c>
+      <c r="M303" s="6">
+        <v>585000.0</v>
+      </c>
+      <c r="N303" s="6">
+        <v>707850</v>
+      </c>
+      <c r="O303" t="s">
+        <v>358</v>
+      </c>
+      <c r="P303" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="304" spans="1:17">
+      <c r="A304">
+        <v>10354</v>
+      </c>
+      <c r="B304">
+        <v>1.51</v>
+      </c>
+      <c r="C304" t="s">
+        <v>701</v>
+      </c>
+      <c r="D304" t="s">
+        <v>28</v>
+      </c>
+      <c r="E304" t="s">
+        <v>437</v>
+      </c>
+      <c r="G304" t="s">
+        <v>353</v>
+      </c>
+      <c r="H304" t="s">
+        <v>362</v>
+      </c>
+      <c r="I304" t="s">
+        <v>359</v>
+      </c>
+      <c r="J304" t="s">
+        <v>359</v>
+      </c>
+      <c r="K304" t="s">
+        <v>359</v>
+      </c>
+      <c r="L304" t="s">
+        <v>377</v>
+      </c>
+      <c r="M304" s="6">
+        <v>629900.0</v>
+      </c>
+      <c r="N304" s="6">
+        <v>762179</v>
+      </c>
+      <c r="O304" t="s">
+        <v>358</v>
+      </c>
+      <c r="P304" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="305" spans="1:17">
+      <c r="A305">
+        <v>14585</v>
+      </c>
+      <c r="B305">
+        <v>0.18</v>
+      </c>
+      <c r="D305" t="s">
+        <v>508</v>
+      </c>
+      <c r="E305" t="s">
+        <v>398</v>
+      </c>
+      <c r="F305" t="s">
+        <v>688</v>
+      </c>
+      <c r="G305" t="s">
+        <v>442</v>
+      </c>
+      <c r="H305" t="s">
+        <v>669</v>
+      </c>
+      <c r="M305" s="6">
+        <v>700000.0</v>
+      </c>
+      <c r="N305" s="6">
+        <v>847000</v>
+      </c>
+      <c r="O305" t="s">
+        <v>358</v>
+      </c>
+      <c r="P305" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="306" spans="1:17">
+      <c r="A306">
+        <v>13410</v>
+      </c>
+      <c r="B306">
+        <v>3.13</v>
+      </c>
+      <c r="C306" t="s">
+        <v>702</v>
+      </c>
+      <c r="D306" t="s">
+        <v>22</v>
+      </c>
+      <c r="E306" t="s">
+        <v>420</v>
+      </c>
+      <c r="G306" t="s">
+        <v>353</v>
+      </c>
+      <c r="H306" t="s">
+        <v>362</v>
+      </c>
+      <c r="I306" t="s">
+        <v>359</v>
+      </c>
+      <c r="J306" t="s">
+        <v>359</v>
+      </c>
+      <c r="K306" t="s">
+        <v>359</v>
+      </c>
+      <c r="L306" t="s">
+        <v>379</v>
+      </c>
+      <c r="M306" s="6">
+        <v>920000.0</v>
+      </c>
+      <c r="N306" s="6">
+        <v>1113200</v>
+      </c>
+      <c r="O306" t="s">
+        <v>358</v>
+      </c>
+      <c r="P306" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="307" spans="1:17">
+      <c r="A307">
+        <v>12803</v>
+      </c>
+      <c r="B307">
+        <v>0.15</v>
+      </c>
+      <c r="C307" t="s">
+        <v>703</v>
+      </c>
+      <c r="D307" t="s">
+        <v>508</v>
+      </c>
+      <c r="E307" t="s">
+        <v>420</v>
+      </c>
+      <c r="F307" t="s">
+        <v>688</v>
+      </c>
+      <c r="G307" t="s">
+        <v>484</v>
+      </c>
+      <c r="H307" t="s">
+        <v>362</v>
+      </c>
+      <c r="J307" t="s">
+        <v>356</v>
+      </c>
+      <c r="K307" t="s">
+        <v>356</v>
+      </c>
+      <c r="L307" t="s">
+        <v>379</v>
+      </c>
+      <c r="M307" s="6">
+        <v>1150000.0</v>
+      </c>
+      <c r="N307" s="6">
+        <v>1391500</v>
+      </c>
+      <c r="O307" t="s">
+        <v>358</v>
+      </c>
+      <c r="P307" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="308" spans="1:17">
+      <c r="A308">
+        <v>14207</v>
+      </c>
+      <c r="B308">
+        <v>0.15</v>
+      </c>
+      <c r="D308" t="s">
+        <v>508</v>
+      </c>
+      <c r="E308" t="s">
+        <v>563</v>
+      </c>
+      <c r="F308" t="s">
+        <v>704</v>
+      </c>
+      <c r="G308" t="s">
+        <v>525</v>
+      </c>
+      <c r="H308" t="s">
+        <v>669</v>
+      </c>
+      <c r="M308" s="6">
+        <v>1150000.0</v>
+      </c>
+      <c r="N308" s="6">
+        <v>1391500</v>
+      </c>
+      <c r="O308" t="s">
+        <v>358</v>
+      </c>
+      <c r="P308" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="309" spans="1:17">
+      <c r="A309">
+        <v>4439</v>
+      </c>
+      <c r="B309">
+        <v>0.31</v>
+      </c>
+      <c r="C309" t="s">
+        <v>705</v>
+      </c>
+      <c r="D309" t="s">
+        <v>508</v>
+      </c>
+      <c r="E309" t="s">
+        <v>420</v>
+      </c>
+      <c r="F309" t="s">
+        <v>706</v>
+      </c>
+      <c r="G309" t="s">
+        <v>572</v>
+      </c>
+      <c r="H309" t="s">
+        <v>362</v>
+      </c>
+      <c r="J309" t="s">
+        <v>355</v>
+      </c>
+      <c r="K309" t="s">
+        <v>355</v>
+      </c>
+      <c r="L309" t="s">
+        <v>357</v>
+      </c>
+      <c r="M309" s="6">
+        <v>1150000.0</v>
+      </c>
+      <c r="N309" s="6">
+        <v>1391500</v>
+      </c>
+      <c r="O309" t="s">
+        <v>358</v>
+      </c>
+      <c r="P309" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="310" spans="1:17">
+      <c r="A310">
+        <v>9999</v>
+      </c>
+      <c r="B310">
+        <v>2.02</v>
+      </c>
+      <c r="C310" t="s">
+        <v>707</v>
+      </c>
+      <c r="D310" t="s">
+        <v>28</v>
+      </c>
+      <c r="E310" t="s">
+        <v>593</v>
+      </c>
+      <c r="G310" t="s">
+        <v>353</v>
+      </c>
+      <c r="H310" t="s">
+        <v>362</v>
+      </c>
+      <c r="I310" t="s">
+        <v>359</v>
+      </c>
+      <c r="J310" t="s">
+        <v>359</v>
+      </c>
+      <c r="K310" t="s">
+        <v>359</v>
+      </c>
+      <c r="L310" t="s">
+        <v>379</v>
+      </c>
+      <c r="M310" s="6">
+        <v>1200000.0</v>
+      </c>
+      <c r="N310" s="6">
+        <v>1452000</v>
+      </c>
+      <c r="O310" t="s">
+        <v>358</v>
+      </c>
+      <c r="P310" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="311" spans="1:17">
+      <c r="A311">
+        <v>14210</v>
+      </c>
+      <c r="B311">
+        <v>0.16</v>
+      </c>
+      <c r="D311" t="s">
+        <v>508</v>
+      </c>
+      <c r="E311" t="s">
+        <v>20</v>
+      </c>
+      <c r="F311" t="s">
+        <v>704</v>
+      </c>
+      <c r="G311" t="s">
+        <v>439</v>
+      </c>
+      <c r="H311" t="s">
+        <v>669</v>
+      </c>
+      <c r="M311" s="6">
+        <v>1379900.0</v>
+      </c>
+      <c r="N311" s="6">
+        <v>1669679</v>
+      </c>
+      <c r="O311" t="s">
+        <v>358</v>
+      </c>
+      <c r="P311" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="312" spans="1:17">
+      <c r="A312">
+        <v>4440</v>
+      </c>
+      <c r="B312">
+        <v>0.5</v>
+      </c>
+      <c r="C312" t="s">
+        <v>708</v>
+      </c>
+      <c r="D312" t="s">
+        <v>508</v>
+      </c>
+      <c r="E312" t="s">
+        <v>420</v>
+      </c>
+      <c r="F312" t="s">
+        <v>709</v>
+      </c>
+      <c r="G312" t="s">
+        <v>510</v>
+      </c>
+      <c r="H312" t="s">
+        <v>362</v>
+      </c>
+      <c r="M312" s="6">
+        <v>1500000.0</v>
+      </c>
+      <c r="N312" s="6">
+        <v>1815000</v>
+      </c>
+      <c r="O312" t="s">
+        <v>358</v>
+      </c>
+      <c r="P312" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="313" spans="1:17">
+      <c r="A313">
+        <v>4661</v>
+      </c>
+      <c r="B313">
+        <v>0.3</v>
+      </c>
+      <c r="C313" t="s">
+        <v>710</v>
+      </c>
+      <c r="D313" t="s">
+        <v>508</v>
+      </c>
+      <c r="E313" t="s">
+        <v>398</v>
+      </c>
+      <c r="F313" t="s">
+        <v>704</v>
+      </c>
+      <c r="G313" t="s">
+        <v>510</v>
+      </c>
+      <c r="H313" t="s">
+        <v>362</v>
+      </c>
+      <c r="J313" t="s">
+        <v>356</v>
+      </c>
+      <c r="K313" t="s">
+        <v>356</v>
+      </c>
+      <c r="L313" t="s">
+        <v>379</v>
+      </c>
+      <c r="M313" s="6">
+        <v>1550000.0</v>
+      </c>
+      <c r="N313" s="6">
+        <v>1875500</v>
+      </c>
+      <c r="O313" t="s">
+        <v>358</v>
+      </c>
+      <c r="P313" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="314" spans="1:17">
+      <c r="A314">
+        <v>12806</v>
+      </c>
+      <c r="B314">
+        <v>0.26</v>
+      </c>
+      <c r="C314" t="s">
+        <v>711</v>
+      </c>
+      <c r="D314" t="s">
+        <v>508</v>
+      </c>
+      <c r="E314" t="s">
+        <v>398</v>
+      </c>
+      <c r="F314" t="s">
+        <v>704</v>
+      </c>
+      <c r="G314" t="s">
+        <v>484</v>
+      </c>
+      <c r="H314" t="s">
+        <v>362</v>
+      </c>
+      <c r="J314" t="s">
+        <v>356</v>
+      </c>
+      <c r="K314" t="s">
+        <v>356</v>
+      </c>
+      <c r="L314" t="s">
+        <v>377</v>
+      </c>
+      <c r="M314" s="6">
+        <v>1650000.0</v>
+      </c>
+      <c r="N314" s="6">
+        <v>1996500</v>
+      </c>
+      <c r="O314" t="s">
+        <v>358</v>
+      </c>
+      <c r="P314" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="315" spans="1:17">
+      <c r="A315">
+        <v>13415</v>
+      </c>
+      <c r="B315">
+        <v>0.38</v>
+      </c>
+      <c r="C315" t="s">
+        <v>712</v>
+      </c>
+      <c r="D315" t="s">
+        <v>508</v>
+      </c>
+      <c r="E315" t="s">
+        <v>398</v>
+      </c>
+      <c r="F315" t="s">
+        <v>704</v>
+      </c>
+      <c r="G315" t="s">
+        <v>713</v>
+      </c>
+      <c r="H315" t="s">
+        <v>362</v>
+      </c>
+      <c r="J315" t="s">
+        <v>355</v>
+      </c>
+      <c r="K315" t="s">
+        <v>356</v>
+      </c>
+      <c r="L315" t="s">
+        <v>379</v>
+      </c>
+      <c r="M315" s="6">
+        <v>3750000.0</v>
+      </c>
+      <c r="N315" s="6">
+        <v>4537500</v>
+      </c>
+      <c r="O315" t="s">
+        <v>358</v>
+      </c>
+      <c r="P315" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="316" spans="1:17">
+      <c r="A316">
+        <v>11121</v>
+      </c>
+      <c r="B316">
+        <v>0.16</v>
+      </c>
+      <c r="D316" t="s">
+        <v>508</v>
+      </c>
+      <c r="E316" t="s">
+        <v>420</v>
+      </c>
+      <c r="F316" t="s">
+        <v>714</v>
+      </c>
+      <c r="G316" t="s">
+        <v>353</v>
+      </c>
+      <c r="H316" t="s">
+        <v>669</v>
+      </c>
+      <c r="M316" s="6">
+        <v>4400000.0</v>
+      </c>
+      <c r="N316" s="6">
+        <v>5324000</v>
+      </c>
+      <c r="O316" t="s">
+        <v>358</v>
+      </c>
+      <c r="P316" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="317" spans="1:17">
+      <c r="A317">
+        <v>9787</v>
+      </c>
+      <c r="B317">
+        <v>0.42</v>
+      </c>
+      <c r="D317" t="s">
+        <v>508</v>
+      </c>
+      <c r="E317" t="s">
+        <v>563</v>
+      </c>
+      <c r="F317" t="s">
+        <v>704</v>
+      </c>
+      <c r="G317" t="s">
+        <v>484</v>
+      </c>
+      <c r="H317" t="s">
+        <v>669</v>
+      </c>
+      <c r="M317" s="6">
+        <v>4900000.0</v>
+      </c>
+      <c r="N317" s="6">
+        <v>5929000</v>
+      </c>
+      <c r="O317" t="s">
+        <v>358</v>
+      </c>
+      <c r="P317" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="318" spans="1:17">
+      <c r="A318">
+        <v>11345</v>
+      </c>
+      <c r="B318">
+        <v>0.29</v>
+      </c>
+      <c r="C318" t="s">
+        <v>715</v>
+      </c>
+      <c r="D318" t="s">
+        <v>508</v>
+      </c>
+      <c r="E318" t="s">
+        <v>420</v>
+      </c>
+      <c r="F318" t="s">
+        <v>716</v>
+      </c>
+      <c r="G318" t="s">
+        <v>525</v>
+      </c>
+      <c r="H318" t="s">
+        <v>669</v>
+      </c>
+      <c r="J318" t="s">
+        <v>356</v>
+      </c>
+      <c r="K318" t="s">
+        <v>356</v>
+      </c>
+      <c r="L318" t="s">
+        <v>377</v>
+      </c>
+      <c r="M318" s="6">
+        <v>6500000.0</v>
+      </c>
+      <c r="N318" s="6">
+        <v>7865000</v>
+      </c>
+      <c r="O318" t="s">
+        <v>358</v>
+      </c>
+      <c r="P318" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="319" spans="1:17">
+      <c r="A319">
+        <v>11247</v>
+      </c>
+      <c r="B319">
+        <v>0.56</v>
+      </c>
+      <c r="D319" t="s">
+        <v>508</v>
+      </c>
+      <c r="E319" t="s">
+        <v>563</v>
+      </c>
+      <c r="F319" t="s">
+        <v>714</v>
+      </c>
+      <c r="G319" t="s">
+        <v>439</v>
+      </c>
+      <c r="H319" t="s">
+        <v>669</v>
+      </c>
+      <c r="M319" s="6">
+        <v>9700000.0</v>
+      </c>
+      <c r="N319" s="6">
+        <v>11737000</v>
+      </c>
+      <c r="O319" t="s">
+        <v>358</v>
+      </c>
+      <c r="P319" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="320" spans="1:17">
+      <c r="A320">
+        <v>7404</v>
+      </c>
+      <c r="B320">
+        <v>0.8</v>
+      </c>
+      <c r="C320" t="s">
+        <v>717</v>
+      </c>
+      <c r="D320" t="s">
+        <v>508</v>
+      </c>
+      <c r="E320" t="s">
+        <v>563</v>
+      </c>
+      <c r="F320" t="s">
+        <v>718</v>
+      </c>
+      <c r="G320" t="s">
+        <v>510</v>
+      </c>
+      <c r="H320" t="s">
+        <v>669</v>
+      </c>
+      <c r="M320" s="6">
+        <v>13500000.0</v>
+      </c>
+      <c r="N320" s="6">
+        <v>16335000</v>
+      </c>
+      <c r="O320" t="s">
+        <v>358</v>
+      </c>
+      <c r="P320" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="321" spans="1:17">
+      <c r="A321">
+        <v>6776</v>
+      </c>
+      <c r="B321">
+        <v>1.02</v>
+      </c>
+      <c r="C321" t="s">
+        <v>719</v>
+      </c>
+      <c r="D321" t="s">
+        <v>508</v>
+      </c>
+      <c r="E321" t="s">
+        <v>563</v>
+      </c>
+      <c r="F321" t="s">
+        <v>704</v>
+      </c>
+      <c r="G321" t="s">
+        <v>525</v>
+      </c>
+      <c r="H321" t="s">
+        <v>669</v>
+      </c>
+      <c r="M321" s="6">
+        <v>16500000.0</v>
+      </c>
+      <c r="N321" s="6">
+        <v>19965000</v>
+      </c>
+      <c r="O321" t="s">
+        <v>358</v>
+      </c>
+      <c r="P321" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="322" spans="1:17">
+      <c r="A322">
         <v>8508</v>
       </c>
-      <c r="B217">
+      <c r="B322">
         <v>0.54</v>
       </c>
-      <c r="C217" t="s">
-[...26 lines deleted...]
-      <c r="M217" s="6">
+      <c r="C322" t="s">
+        <v>720</v>
+      </c>
+      <c r="D322" t="s">
+        <v>508</v>
+      </c>
+      <c r="E322" t="s">
+        <v>563</v>
+      </c>
+      <c r="F322" t="s">
+        <v>721</v>
+      </c>
+      <c r="G322" t="s">
+        <v>439</v>
+      </c>
+      <c r="H322" t="s">
+        <v>362</v>
+      </c>
+      <c r="J322" t="s">
+        <v>356</v>
+      </c>
+      <c r="K322" t="s">
+        <v>356</v>
+      </c>
+      <c r="L322" t="s">
+        <v>377</v>
+      </c>
+      <c r="M322" s="6">
         <v>29000000.0</v>
       </c>
-      <c r="N217" s="6">
+      <c r="N322" s="6">
         <v>35090000</v>
       </c>
-      <c r="O217" t="s">
-[...3 lines deleted...]
-        <v>249</v>
+      <c r="O322" t="s">
+        <v>358</v>
+      </c>
+      <c r="P322" t="s">
+        <v>352</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -12215,50 +17798,155 @@
     <hyperlink ref="P193" r:id="rId_hyperlink_191"/>
     <hyperlink ref="P194" r:id="rId_hyperlink_192"/>
     <hyperlink ref="P195" r:id="rId_hyperlink_193"/>
     <hyperlink ref="P196" r:id="rId_hyperlink_194"/>
     <hyperlink ref="P197" r:id="rId_hyperlink_195"/>
     <hyperlink ref="P198" r:id="rId_hyperlink_196"/>
     <hyperlink ref="P199" r:id="rId_hyperlink_197"/>
     <hyperlink ref="P200" r:id="rId_hyperlink_198"/>
     <hyperlink ref="P201" r:id="rId_hyperlink_199"/>
     <hyperlink ref="P202" r:id="rId_hyperlink_200"/>
     <hyperlink ref="P203" r:id="rId_hyperlink_201"/>
     <hyperlink ref="P204" r:id="rId_hyperlink_202"/>
     <hyperlink ref="P205" r:id="rId_hyperlink_203"/>
     <hyperlink ref="P206" r:id="rId_hyperlink_204"/>
     <hyperlink ref="P207" r:id="rId_hyperlink_205"/>
     <hyperlink ref="P208" r:id="rId_hyperlink_206"/>
     <hyperlink ref="P209" r:id="rId_hyperlink_207"/>
     <hyperlink ref="P210" r:id="rId_hyperlink_208"/>
     <hyperlink ref="P211" r:id="rId_hyperlink_209"/>
     <hyperlink ref="P212" r:id="rId_hyperlink_210"/>
     <hyperlink ref="P213" r:id="rId_hyperlink_211"/>
     <hyperlink ref="P214" r:id="rId_hyperlink_212"/>
     <hyperlink ref="P215" r:id="rId_hyperlink_213"/>
     <hyperlink ref="P216" r:id="rId_hyperlink_214"/>
     <hyperlink ref="P217" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="P218" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="P219" r:id="rId_hyperlink_217"/>
+    <hyperlink ref="P220" r:id="rId_hyperlink_218"/>
+    <hyperlink ref="P221" r:id="rId_hyperlink_219"/>
+    <hyperlink ref="P222" r:id="rId_hyperlink_220"/>
+    <hyperlink ref="P223" r:id="rId_hyperlink_221"/>
+    <hyperlink ref="P224" r:id="rId_hyperlink_222"/>
+    <hyperlink ref="P225" r:id="rId_hyperlink_223"/>
+    <hyperlink ref="P226" r:id="rId_hyperlink_224"/>
+    <hyperlink ref="P227" r:id="rId_hyperlink_225"/>
+    <hyperlink ref="P228" r:id="rId_hyperlink_226"/>
+    <hyperlink ref="P229" r:id="rId_hyperlink_227"/>
+    <hyperlink ref="P230" r:id="rId_hyperlink_228"/>
+    <hyperlink ref="P231" r:id="rId_hyperlink_229"/>
+    <hyperlink ref="P232" r:id="rId_hyperlink_230"/>
+    <hyperlink ref="P233" r:id="rId_hyperlink_231"/>
+    <hyperlink ref="P234" r:id="rId_hyperlink_232"/>
+    <hyperlink ref="P235" r:id="rId_hyperlink_233"/>
+    <hyperlink ref="P236" r:id="rId_hyperlink_234"/>
+    <hyperlink ref="P237" r:id="rId_hyperlink_235"/>
+    <hyperlink ref="P238" r:id="rId_hyperlink_236"/>
+    <hyperlink ref="P239" r:id="rId_hyperlink_237"/>
+    <hyperlink ref="P240" r:id="rId_hyperlink_238"/>
+    <hyperlink ref="P241" r:id="rId_hyperlink_239"/>
+    <hyperlink ref="P242" r:id="rId_hyperlink_240"/>
+    <hyperlink ref="P243" r:id="rId_hyperlink_241"/>
+    <hyperlink ref="P244" r:id="rId_hyperlink_242"/>
+    <hyperlink ref="P245" r:id="rId_hyperlink_243"/>
+    <hyperlink ref="P246" r:id="rId_hyperlink_244"/>
+    <hyperlink ref="P247" r:id="rId_hyperlink_245"/>
+    <hyperlink ref="P248" r:id="rId_hyperlink_246"/>
+    <hyperlink ref="P249" r:id="rId_hyperlink_247"/>
+    <hyperlink ref="P250" r:id="rId_hyperlink_248"/>
+    <hyperlink ref="P251" r:id="rId_hyperlink_249"/>
+    <hyperlink ref="P252" r:id="rId_hyperlink_250"/>
+    <hyperlink ref="P253" r:id="rId_hyperlink_251"/>
+    <hyperlink ref="P254" r:id="rId_hyperlink_252"/>
+    <hyperlink ref="P255" r:id="rId_hyperlink_253"/>
+    <hyperlink ref="P256" r:id="rId_hyperlink_254"/>
+    <hyperlink ref="P257" r:id="rId_hyperlink_255"/>
+    <hyperlink ref="P258" r:id="rId_hyperlink_256"/>
+    <hyperlink ref="P259" r:id="rId_hyperlink_257"/>
+    <hyperlink ref="P260" r:id="rId_hyperlink_258"/>
+    <hyperlink ref="P261" r:id="rId_hyperlink_259"/>
+    <hyperlink ref="P262" r:id="rId_hyperlink_260"/>
+    <hyperlink ref="P263" r:id="rId_hyperlink_261"/>
+    <hyperlink ref="P264" r:id="rId_hyperlink_262"/>
+    <hyperlink ref="P265" r:id="rId_hyperlink_263"/>
+    <hyperlink ref="P266" r:id="rId_hyperlink_264"/>
+    <hyperlink ref="P267" r:id="rId_hyperlink_265"/>
+    <hyperlink ref="P268" r:id="rId_hyperlink_266"/>
+    <hyperlink ref="P269" r:id="rId_hyperlink_267"/>
+    <hyperlink ref="P270" r:id="rId_hyperlink_268"/>
+    <hyperlink ref="P271" r:id="rId_hyperlink_269"/>
+    <hyperlink ref="P272" r:id="rId_hyperlink_270"/>
+    <hyperlink ref="P273" r:id="rId_hyperlink_271"/>
+    <hyperlink ref="P274" r:id="rId_hyperlink_272"/>
+    <hyperlink ref="P275" r:id="rId_hyperlink_273"/>
+    <hyperlink ref="P276" r:id="rId_hyperlink_274"/>
+    <hyperlink ref="P277" r:id="rId_hyperlink_275"/>
+    <hyperlink ref="P278" r:id="rId_hyperlink_276"/>
+    <hyperlink ref="P279" r:id="rId_hyperlink_277"/>
+    <hyperlink ref="P280" r:id="rId_hyperlink_278"/>
+    <hyperlink ref="P281" r:id="rId_hyperlink_279"/>
+    <hyperlink ref="P282" r:id="rId_hyperlink_280"/>
+    <hyperlink ref="P283" r:id="rId_hyperlink_281"/>
+    <hyperlink ref="P284" r:id="rId_hyperlink_282"/>
+    <hyperlink ref="P285" r:id="rId_hyperlink_283"/>
+    <hyperlink ref="P286" r:id="rId_hyperlink_284"/>
+    <hyperlink ref="P287" r:id="rId_hyperlink_285"/>
+    <hyperlink ref="P288" r:id="rId_hyperlink_286"/>
+    <hyperlink ref="P289" r:id="rId_hyperlink_287"/>
+    <hyperlink ref="P290" r:id="rId_hyperlink_288"/>
+    <hyperlink ref="P291" r:id="rId_hyperlink_289"/>
+    <hyperlink ref="P292" r:id="rId_hyperlink_290"/>
+    <hyperlink ref="P293" r:id="rId_hyperlink_291"/>
+    <hyperlink ref="P294" r:id="rId_hyperlink_292"/>
+    <hyperlink ref="P295" r:id="rId_hyperlink_293"/>
+    <hyperlink ref="P296" r:id="rId_hyperlink_294"/>
+    <hyperlink ref="P297" r:id="rId_hyperlink_295"/>
+    <hyperlink ref="P298" r:id="rId_hyperlink_296"/>
+    <hyperlink ref="P299" r:id="rId_hyperlink_297"/>
+    <hyperlink ref="P300" r:id="rId_hyperlink_298"/>
+    <hyperlink ref="P301" r:id="rId_hyperlink_299"/>
+    <hyperlink ref="P302" r:id="rId_hyperlink_300"/>
+    <hyperlink ref="P303" r:id="rId_hyperlink_301"/>
+    <hyperlink ref="P304" r:id="rId_hyperlink_302"/>
+    <hyperlink ref="P305" r:id="rId_hyperlink_303"/>
+    <hyperlink ref="P306" r:id="rId_hyperlink_304"/>
+    <hyperlink ref="P307" r:id="rId_hyperlink_305"/>
+    <hyperlink ref="P308" r:id="rId_hyperlink_306"/>
+    <hyperlink ref="P309" r:id="rId_hyperlink_307"/>
+    <hyperlink ref="P310" r:id="rId_hyperlink_308"/>
+    <hyperlink ref="P311" r:id="rId_hyperlink_309"/>
+    <hyperlink ref="P312" r:id="rId_hyperlink_310"/>
+    <hyperlink ref="P313" r:id="rId_hyperlink_311"/>
+    <hyperlink ref="P314" r:id="rId_hyperlink_312"/>
+    <hyperlink ref="P315" r:id="rId_hyperlink_313"/>
+    <hyperlink ref="P316" r:id="rId_hyperlink_314"/>
+    <hyperlink ref="P317" r:id="rId_hyperlink_315"/>
+    <hyperlink ref="P318" r:id="rId_hyperlink_316"/>
+    <hyperlink ref="P319" r:id="rId_hyperlink_317"/>
+    <hyperlink ref="P320" r:id="rId_hyperlink_318"/>
+    <hyperlink ref="P321" r:id="rId_hyperlink_319"/>
+    <hyperlink ref="P322" r:id="rId_hyperlink_320"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>