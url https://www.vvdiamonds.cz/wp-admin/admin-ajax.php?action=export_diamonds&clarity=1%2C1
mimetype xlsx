--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -82,303 +82,309 @@
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
     <t>4.78mm - 4.80mm x 3.01mm</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
-    <t>4.78mm - 4.82mm x 3.02mm</t>
-[...2 lines deleted...]
-    <t>4.45mm x 5.07mm x 3.03mm</t>
+    <t>4.58mm - 4.61mm x 2.80mm</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
-    <t>4.47mm x 5.10mm x 2.97mm</t>
+    <t>4.66mm - 4.68mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.68mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.68mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>5.17mm - 5.20mm x 3.18mm</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.86mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.22mm x 3.22mm</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-d-if-s-gia-certifikatem-14162.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-d-if-s-gia-certifikatem-14161.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14159.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14160.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/052ct-i-if-s-gia-certifikatem-14196.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13949.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-d-if-s-gia-certifikatem-13700.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/112ct-d-if-s-gia-certifikatem-14176.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>žádná</t>
   </si>
   <si>
     <t>4.80mm - 4.83mm x 3.02mm</t>
   </si>
   <si>
-    <t>E</t>
-[...1 lines deleted...]
-  <si>
     <t>4.77mm - 4.79mm x 2.88mm</t>
   </si>
   <si>
     <t>4.82mm - 4.84mm x 3.01mm</t>
   </si>
   <si>
     <t>4.82mm - 4.85mm x 3.02mm</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html</t>
-[...119 lines deleted...]
-    <t>4.85mm - 4.88mm x 2.99mm</t>
+    <t>8.69mm x 4.25mm x 2.52mm</t>
+  </si>
+  <si>
+    <t>Marquise</t>
+  </si>
+  <si>
+    <t>6.32mm x 4.19mm x 2.74mm</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
-    <t>8.69mm x 4.25mm x 2.52mm</t>
-[...13 lines deleted...]
-  <si>
     <t>Emerald</t>
   </si>
   <si>
     <t>Very Good</t>
   </si>
   <si>
     <t>5.27mm - 5.30mm x 3.27mm</t>
   </si>
   <si>
     <t>5.32mm - 5.36mm x 3.27mm</t>
   </si>
   <si>
     <t>5.62mm - 5.66mm x 3.51mm</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HRD</t>
   </si>
   <si>
     <t>5.14mm - 5.17mm x 3.13mm</t>
   </si>
   <si>
     <t>5.10mm - 5.12mm x 3.20mm</t>
   </si>
   <si>
     <t>5.26mm - 5.28mm x 3.25mm</t>
   </si>
   <si>
     <t>8.59mm x 4.53mm x 2.96mm</t>
   </si>
   <si>
     <t>Pear</t>
   </si>
   <si>
-    <t>5.46mm - 5.50mm x 3.34mm</t>
-[...1 lines deleted...]
-  <si>
     <t>6.21mm - 6.25mm x 3.74mm</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
     <t>6.21mm - 6.26mm x 3.74mm</t>
   </si>
   <si>
     <t>5.53mm - 5.59mm x 3.57mm</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
     <t>5.65mm - 5.68mm x 3.55mm</t>
   </si>
   <si>
     <t>5.69mm - 5.72mm x 3.50mm</t>
   </si>
   <si>
     <t>6.51mm x 6.50mm x 4.50mm</t>
   </si>
   <si>
     <t>Fn</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
   <si>
     <t>6.62mm - 6.64mm x 4.15mm</t>
   </si>
   <si>
     <t>7.27mm - 7.32mm x 4.58mm</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>5.79mm x 5.55mm x 3.77mm</t>
   </si>
   <si>
     <t>6.62mm - 6.68mm x 4.17mm</t>
+  </si>
+  <si>
+    <t>6.65mm - 6.68mm x 4.11mm</t>
   </si>
   <si>
     <t>7.29mm - 7.33mm x 4.58mm</t>
   </si>
   <si>
     <t>8.05mm - 8.10mm x 5.02mm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -852,62 +858,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-i-if-s-gia-certifikatem-13640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-if-s-gia-certifikatem-14100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-if-s-gia-certifikatem-14101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-fl-s-gia-certifikatem-14074.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/069ct-g-if-s-gia-certifikatem-14156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-if-s-gia-certifikatem-13700.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/061ct-d-if-s-gia-certifikatem-13701.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-if-s-gia-certifikatem-14162.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-d-if-s-gia-certifikatem-14161.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14160.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-i-if-s-gia-certifikatem-14196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-if-s-gia-certifikatem-13700.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/112ct-d-if-s-gia-certifikatem-14176.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q34"/>
+  <dimension ref="A1:Q36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N34" sqref="N34"/>
+      <selection activeCell="N36" sqref="N36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -964,1560 +970,1662 @@
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
         <v>13641</v>
       </c>
       <c r="B3">
         <v>0.42</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="M3" s="6">
         <v>18514.0</v>
       </c>
       <c r="N3" s="6">
         <v>22401</v>
       </c>
       <c r="O3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>13640</v>
+        <v>14162</v>
       </c>
       <c r="B4">
-        <v>0.43</v>
+        <v>0.35</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M4" s="6">
-        <v>18954.0</v>
+        <v>23328.0</v>
       </c>
       <c r="N4" s="6">
-        <v>22935</v>
+        <v>28226</v>
       </c>
       <c r="O4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14100</v>
+        <v>14161</v>
       </c>
       <c r="B5">
-        <v>0.4</v>
+        <v>0.36</v>
       </c>
       <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" t="s">
         <v>22</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H5" t="s">
-        <v>63</v>
+        <v>65</v>
+      </c>
+      <c r="I5" t="s">
+        <v>66</v>
       </c>
       <c r="J5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L5" t="s">
         <v>69</v>
       </c>
       <c r="M5" s="6">
-        <v>24360.0</v>
+        <v>23994.0</v>
       </c>
       <c r="N5" s="6">
-        <v>29476</v>
+        <v>29033</v>
       </c>
       <c r="O5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>14101</v>
+        <v>14159</v>
       </c>
       <c r="B6">
-        <v>0.4</v>
+        <v>0.38</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="H6" t="s">
-        <v>63</v>
+        <v>65</v>
+      </c>
+      <c r="I6" t="s">
+        <v>66</v>
       </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M6" s="6">
-        <v>24360.0</v>
+        <v>25327.0</v>
       </c>
       <c r="N6" s="6">
-        <v>29476</v>
+        <v>30646</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>13852</v>
+        <v>14160</v>
       </c>
       <c r="B7">
-        <v>0.43</v>
+        <v>0.38</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H7" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="M7" s="6">
-        <v>26811.0</v>
+        <v>25327.0</v>
       </c>
       <c r="N7" s="6">
-        <v>32441</v>
+        <v>30646</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>12854</v>
+        <v>14196</v>
       </c>
       <c r="B8">
-        <v>0.4</v>
+        <v>0.52</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L8" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="M8" s="6">
-        <v>28642.0</v>
+        <v>25714.0</v>
       </c>
       <c r="N8" s="6">
-        <v>34656</v>
+        <v>31114</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>13949</v>
+        <v>14163</v>
       </c>
       <c r="B9">
-        <v>0.43</v>
+        <v>0.42</v>
       </c>
       <c r="C9" t="s">
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
         <v>28</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H9" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M9" s="6">
-        <v>32358.0</v>
+        <v>26187.0</v>
       </c>
       <c r="N9" s="6">
-        <v>39153</v>
+        <v>31686</v>
       </c>
       <c r="O9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>13950</v>
+        <v>14195</v>
       </c>
       <c r="B10">
-        <v>0.43</v>
+        <v>0.53</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M10" s="6">
-        <v>32358.0</v>
+        <v>26209.0</v>
       </c>
       <c r="N10" s="6">
-        <v>39153</v>
+        <v>31712</v>
       </c>
       <c r="O10" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14074</v>
+        <v>13852</v>
       </c>
       <c r="B11">
         <v>0.43</v>
       </c>
       <c r="C11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K11" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L11" t="s">
         <v>69</v>
       </c>
       <c r="M11" s="6">
-        <v>34642.0</v>
+        <v>26811.0</v>
       </c>
       <c r="N11" s="6">
-        <v>41917</v>
+        <v>32441</v>
       </c>
       <c r="O11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>13409</v>
+        <v>12854</v>
       </c>
       <c r="B12">
-        <v>0.53</v>
+        <v>0.4</v>
       </c>
       <c r="C12" t="s">
         <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="H12" t="s">
-        <v>63</v>
+        <v>65</v>
+      </c>
+      <c r="I12" t="s">
+        <v>66</v>
       </c>
       <c r="J12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K12" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L12" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="M12" s="6">
-        <v>42851.0</v>
+        <v>28642.0</v>
       </c>
       <c r="N12" s="6">
-        <v>51849</v>
+        <v>34656</v>
       </c>
       <c r="O12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>14156</v>
+        <v>13949</v>
       </c>
       <c r="B13">
-        <v>0.69</v>
+        <v>0.43</v>
       </c>
       <c r="C13" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D13" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H13" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I13" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J13" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K13" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L13" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="M13" s="6">
-        <v>47472.0</v>
+        <v>32358.0</v>
       </c>
       <c r="N13" s="6">
-        <v>57441</v>
+        <v>39153</v>
       </c>
       <c r="O13" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14158</v>
+        <v>13950</v>
       </c>
       <c r="B14">
-        <v>0.72</v>
+        <v>0.43</v>
       </c>
       <c r="C14" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="H14" t="s">
-        <v>63</v>
+        <v>65</v>
+      </c>
+      <c r="I14" t="s">
+        <v>66</v>
       </c>
       <c r="J14" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K14" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="L14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M14" s="6">
-        <v>47988.0</v>
+        <v>32358.0</v>
       </c>
       <c r="N14" s="6">
-        <v>58065</v>
+        <v>39153</v>
       </c>
       <c r="O14" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>14077</v>
+        <v>13409</v>
       </c>
       <c r="B15">
-        <v>0.56</v>
+        <v>0.53</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="H15" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L15" t="s">
         <v>67</v>
       </c>
       <c r="M15" s="6">
-        <v>52976.0</v>
+        <v>42851.0</v>
       </c>
       <c r="N15" s="6">
-        <v>64101</v>
+        <v>51849</v>
       </c>
       <c r="O15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14078</v>
+        <v>14158</v>
       </c>
       <c r="B16">
-        <v>0.56</v>
+        <v>0.72</v>
       </c>
       <c r="C16" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>78</v>
+      </c>
+      <c r="G16" t="s">
+        <v>79</v>
+      </c>
+      <c r="H16" t="s">
+        <v>65</v>
+      </c>
+      <c r="J16" t="s">
+        <v>66</v>
+      </c>
+      <c r="K16" t="s">
         <v>80</v>
       </c>
-      <c r="D16" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L16" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="M16" s="6">
-        <v>52976.0</v>
+        <v>47988.0</v>
       </c>
       <c r="N16" s="6">
-        <v>64101</v>
+        <v>58065</v>
       </c>
       <c r="O16" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>10959</v>
+        <v>14077</v>
       </c>
       <c r="B17">
-        <v>0.7</v>
+        <v>0.56</v>
       </c>
       <c r="C17" t="s">
         <v>81</v>
       </c>
       <c r="D17" t="s">
-        <v>82</v>
+        <v>28</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H17" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="I17" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="J17" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="K17" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="L17" t="s">
         <v>69</v>
       </c>
       <c r="M17" s="6">
-        <v>53074.0</v>
+        <v>52976.0</v>
       </c>
       <c r="N17" s="6">
-        <v>64220</v>
+        <v>64101</v>
       </c>
       <c r="O17" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P17" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>12715</v>
+        <v>14078</v>
       </c>
       <c r="B18">
-        <v>0.5</v>
+        <v>0.56</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H18" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I18" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J18" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K18" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L18" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M18" s="6">
-        <v>61325.0</v>
+        <v>52976.0</v>
       </c>
       <c r="N18" s="6">
-        <v>74203</v>
+        <v>64101</v>
       </c>
       <c r="O18" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>12467</v>
+        <v>10959</v>
       </c>
       <c r="B19">
-        <v>0.51</v>
+        <v>0.7</v>
       </c>
       <c r="C19" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" t="s">
+        <v>84</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>64</v>
+      </c>
+      <c r="H19" t="s">
         <v>85</v>
       </c>
-      <c r="D19" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I19" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="J19" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="K19" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="L19" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="M19" s="6">
-        <v>62552.0</v>
+        <v>53074.0</v>
       </c>
       <c r="N19" s="6">
-        <v>75688</v>
+        <v>64220</v>
       </c>
       <c r="O19" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>13700</v>
+        <v>12715</v>
       </c>
       <c r="B20">
-        <v>0.55</v>
+        <v>0.5</v>
       </c>
       <c r="C20" t="s">
         <v>86</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H20" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I20" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J20" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K20" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L20" t="s">
         <v>69</v>
       </c>
       <c r="M20" s="6">
-        <v>67458.0</v>
+        <v>61325.0</v>
       </c>
       <c r="N20" s="6">
-        <v>81624</v>
+        <v>74203</v>
       </c>
       <c r="O20" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>13219</v>
+        <v>12467</v>
       </c>
       <c r="B21">
-        <v>0.7</v>
+        <v>0.51</v>
       </c>
       <c r="C21" t="s">
         <v>87</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="H21" t="s">
-        <v>63</v>
+        <v>65</v>
+      </c>
+      <c r="I21" t="s">
+        <v>66</v>
       </c>
       <c r="J21" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K21" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L21" t="s">
         <v>67</v>
       </c>
       <c r="M21" s="6">
-        <v>73920.0</v>
+        <v>62552.0</v>
       </c>
       <c r="N21" s="6">
-        <v>89443</v>
+        <v>75688</v>
       </c>
       <c r="O21" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P21" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>13701</v>
+        <v>13700</v>
       </c>
       <c r="B22">
-        <v>0.61</v>
+        <v>0.55</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H22" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I22" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J22" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K22" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L22" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M22" s="6">
-        <v>74817.0</v>
+        <v>67458.0</v>
       </c>
       <c r="N22" s="6">
-        <v>90528</v>
+        <v>81624</v>
       </c>
       <c r="O22" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>13135</v>
+        <v>13219</v>
       </c>
       <c r="B23">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C23" t="s">
+        <v>89</v>
+      </c>
+      <c r="D23" t="s">
+        <v>28</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>90</v>
       </c>
-      <c r="D23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H23" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J23" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K23" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L23" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M23" s="6">
-        <v>76266.0</v>
+        <v>73920.0</v>
       </c>
       <c r="N23" s="6">
-        <v>92282</v>
+        <v>89443</v>
       </c>
       <c r="O23" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P23" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>13136</v>
+        <v>13135</v>
       </c>
       <c r="B24">
         <v>0.9</v>
       </c>
       <c r="C24" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" t="s">
         <v>92</v>
       </c>
-      <c r="D24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H24" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I24" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J24" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K24" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L24" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M24" s="6">
         <v>76266.0</v>
       </c>
       <c r="N24" s="6">
         <v>92282</v>
       </c>
       <c r="O24" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P24" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>2370</v>
+        <v>13136</v>
       </c>
       <c r="B25">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C25" t="s">
         <v>93</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>92</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H25" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="I25" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="J25" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="K25" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="L25" t="s">
         <v>69</v>
       </c>
       <c r="M25" s="6">
-        <v>77571.0</v>
+        <v>76266.0</v>
       </c>
       <c r="N25" s="6">
-        <v>93861</v>
+        <v>92282</v>
       </c>
       <c r="O25" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P25" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>14087</v>
+        <v>2370</v>
       </c>
       <c r="B26">
         <v>0.7</v>
       </c>
       <c r="C26" t="s">
+        <v>94</v>
+      </c>
+      <c r="D26" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>64</v>
+      </c>
+      <c r="H26" t="s">
         <v>95</v>
       </c>
-      <c r="D26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I26" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="J26" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="K26" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="L26" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="M26" s="6">
-        <v>85785.0</v>
+        <v>77571.0</v>
       </c>
       <c r="N26" s="6">
-        <v>103800</v>
+        <v>93861</v>
       </c>
       <c r="O26" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P26" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14089</v>
+        <v>14087</v>
       </c>
       <c r="B27">
         <v>0.7</v>
       </c>
       <c r="C27" t="s">
         <v>96</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H27" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I27" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J27" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K27" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L27" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M27" s="6">
         <v>85785.0</v>
       </c>
       <c r="N27" s="6">
         <v>103800</v>
       </c>
       <c r="O27" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>10946</v>
+        <v>14089</v>
       </c>
       <c r="B28">
-        <v>1.72</v>
+        <v>0.7</v>
       </c>
       <c r="C28" t="s">
         <v>97</v>
       </c>
       <c r="D28" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28" t="s">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="H28" t="s">
-        <v>63</v>
+        <v>65</v>
+      </c>
+      <c r="I28" t="s">
+        <v>66</v>
       </c>
       <c r="J28" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K28" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="L28" t="s">
         <v>69</v>
       </c>
       <c r="M28" s="6">
-        <v>165000.0</v>
+        <v>85785.0</v>
       </c>
       <c r="N28" s="6">
-        <v>199650</v>
+        <v>103800</v>
       </c>
       <c r="O28" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P28" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>10961</v>
+        <v>10946</v>
       </c>
       <c r="B29">
-        <v>1.11</v>
+        <v>1.72</v>
       </c>
       <c r="C29" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" t="s">
+        <v>99</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>100</v>
+      </c>
+      <c r="G29" t="s">
         <v>101</v>
       </c>
-      <c r="D29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H29" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J29" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K29" t="s">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="L29" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M29" s="6">
-        <v>169800.0</v>
+        <v>165000.0</v>
       </c>
       <c r="N29" s="6">
-        <v>205458</v>
+        <v>199650</v>
       </c>
       <c r="O29" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P29" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>11743</v>
+        <v>10961</v>
       </c>
       <c r="B30">
-        <v>1.51</v>
+        <v>1.11</v>
       </c>
       <c r="C30" t="s">
         <v>102</v>
       </c>
       <c r="D30" t="s">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I30" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J30" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K30" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L30" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M30" s="6">
-        <v>184000.0</v>
+        <v>169800.0</v>
       </c>
       <c r="N30" s="6">
-        <v>222640</v>
+        <v>205458</v>
       </c>
       <c r="O30" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P30" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>13220</v>
+        <v>11743</v>
       </c>
       <c r="B31">
-        <v>1.06</v>
+        <v>1.51</v>
       </c>
       <c r="C31" t="s">
+        <v>103</v>
+      </c>
+      <c r="D31" t="s">
         <v>104</v>
       </c>
-      <c r="D31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="H31" t="s">
-        <v>63</v>
+        <v>65</v>
+      </c>
+      <c r="I31" t="s">
+        <v>66</v>
       </c>
       <c r="J31" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K31" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L31" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="M31" s="6">
-        <v>185000.0</v>
+        <v>184000.0</v>
       </c>
       <c r="N31" s="6">
-        <v>223850</v>
+        <v>222640</v>
       </c>
       <c r="O31" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P31" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>10550</v>
+        <v>13220</v>
       </c>
       <c r="B32">
-        <v>1.15</v>
+        <v>1.06</v>
       </c>
       <c r="C32" t="s">
         <v>105</v>
       </c>
       <c r="D32" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>62</v>
+        <v>101</v>
       </c>
       <c r="H32" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J32" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K32" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L32" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="M32" s="6">
-        <v>285000.0</v>
+        <v>185000.0</v>
       </c>
       <c r="N32" s="6">
-        <v>344850</v>
+        <v>223850</v>
       </c>
       <c r="O32" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P32" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>10354</v>
+        <v>10550</v>
       </c>
       <c r="B33">
-        <v>1.51</v>
+        <v>1.15</v>
       </c>
       <c r="C33" t="s">
         <v>106</v>
       </c>
       <c r="D33" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H33" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I33" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J33" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K33" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L33" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="M33" s="6">
-        <v>645000.0</v>
+        <v>285000.0</v>
       </c>
       <c r="N33" s="6">
-        <v>780450</v>
+        <v>344850</v>
       </c>
       <c r="O33" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P33" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>9999</v>
+        <v>14176</v>
       </c>
       <c r="B34">
-        <v>2.02</v>
+        <v>1.12</v>
       </c>
       <c r="C34" t="s">
         <v>107</v>
       </c>
       <c r="D34" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E34" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="H34" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I34" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="J34" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K34" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L34" t="s">
         <v>67</v>
       </c>
       <c r="M34" s="6">
-        <v>1200000.0</v>
+        <v>308200.0</v>
       </c>
       <c r="N34" s="6">
-        <v>1452000</v>
+        <v>372922</v>
       </c>
       <c r="O34" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="P34" t="s">
         <v>61</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17">
+      <c r="A35">
+        <v>10354</v>
+      </c>
+      <c r="B35">
+        <v>1.51</v>
+      </c>
+      <c r="C35" t="s">
+        <v>108</v>
+      </c>
+      <c r="D35" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>64</v>
+      </c>
+      <c r="H35" t="s">
+        <v>65</v>
+      </c>
+      <c r="I35" t="s">
+        <v>66</v>
+      </c>
+      <c r="J35" t="s">
+        <v>66</v>
+      </c>
+      <c r="K35" t="s">
+        <v>66</v>
+      </c>
+      <c r="L35" t="s">
+        <v>67</v>
+      </c>
+      <c r="M35" s="6">
+        <v>645000.0</v>
+      </c>
+      <c r="N35" s="6">
+        <v>780450</v>
+      </c>
+      <c r="O35" t="s">
+        <v>68</v>
+      </c>
+      <c r="P35" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17">
+      <c r="A36">
+        <v>9999</v>
+      </c>
+      <c r="B36">
+        <v>2.02</v>
+      </c>
+      <c r="C36" t="s">
+        <v>109</v>
+      </c>
+      <c r="D36" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" t="s">
+        <v>78</v>
+      </c>
+      <c r="G36" t="s">
+        <v>64</v>
+      </c>
+      <c r="H36" t="s">
+        <v>65</v>
+      </c>
+      <c r="I36" t="s">
+        <v>66</v>
+      </c>
+      <c r="J36" t="s">
+        <v>66</v>
+      </c>
+      <c r="K36" t="s">
+        <v>66</v>
+      </c>
+      <c r="L36" t="s">
+        <v>69</v>
+      </c>
+      <c r="M36" s="6">
+        <v>1200000.0</v>
+      </c>
+      <c r="N36" s="6">
+        <v>1452000</v>
+      </c>
+      <c r="O36" t="s">
+        <v>68</v>
+      </c>
+      <c r="P36" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="P17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="P18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="P19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="P20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="P21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="P22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="P23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="P24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="P25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="P26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="P27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="P28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="P29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="P30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="P31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="P32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="P33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="P34" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="P35" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="P36" r:id="rId_hyperlink_34"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>