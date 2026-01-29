--- v1 (2025-12-10)
+++ v2 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,288 +73,315 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>3.78mm - 3.81mm x 2.39mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>IF</t>
+  </si>
+  <si>
+    <t>4.40mm - 4.42mm x 2.65mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
     <t>4.78mm - 4.80mm x 3.01mm</t>
   </si>
   <si>
-    <t>I</t>
-[...17 lines deleted...]
-    <t>4.65mm - 4.68mm x 2.88mm</t>
+    <t>4.66mm - 4.69mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.67mm x 2.91mm</t>
   </si>
   <si>
     <t>5.17mm - 5.20mm x 3.18mm</t>
   </si>
   <si>
     <t>4.83mm - 4.86mm x 2.98mm</t>
   </si>
   <si>
-    <t>E</t>
+    <t>https://www.vvdiamonds.cz/022ct-d-if-s-igi-certifikatem-14387.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-g-if-s-gia-certifikatem-14212.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-if-s-gia-certifikatem-14317.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14239.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14240.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/052ct-i-if-s-gia-certifikatem-14196.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/045ct-d-if-s-gia-certifikatem-14355.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/057ct-g-if-s-gia-certifikatem-14263.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/067ct-d-if-s-gia-certifikatem-14274.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/075ct-d-if-s-gia-certifikatem-14277.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/112ct-d-if-s-gia-certifikatem-14176.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
   </si>
   <si>
     <t>5.19mm - 5.22mm x 3.22mm</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html</t>
-[...113 lines deleted...]
-    <t>Skladem</t>
+    <t>4.80mm - 4.83mm x 3.02mm</t>
   </si>
   <si>
     <t>střední</t>
   </si>
   <si>
-    <t>žádná</t>
-[...2 lines deleted...]
-    <t>4.80mm - 4.83mm x 3.02mm</t>
+    <t>4.66mm x 5.26mm x 3.02mm</t>
+  </si>
+  <si>
+    <t>Heart</t>
   </si>
   <si>
     <t>4.77mm - 4.79mm x 2.88mm</t>
   </si>
   <si>
-    <t>4.82mm - 4.84mm x 3.01mm</t>
-[...1 lines deleted...]
-  <si>
     <t>4.82mm - 4.85mm x 3.02mm</t>
   </si>
   <si>
+    <t>5.26mm - 5.30mm x 3.29mm</t>
+  </si>
+  <si>
     <t>8.69mm x 4.25mm x 2.52mm</t>
   </si>
   <si>
     <t>Marquise</t>
   </si>
   <si>
     <t>6.32mm x 4.19mm x 2.74mm</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>Emerald</t>
   </si>
   <si>
-    <t>Very Good</t>
-[...1 lines deleted...]
-  <si>
     <t>5.27mm - 5.30mm x 3.27mm</t>
   </si>
   <si>
     <t>5.32mm - 5.36mm x 3.27mm</t>
   </si>
   <si>
     <t>5.62mm - 5.66mm x 3.51mm</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
     <t>HRD</t>
   </si>
   <si>
     <t>5.14mm - 5.17mm x 3.13mm</t>
   </si>
   <si>
     <t>5.10mm - 5.12mm x 3.20mm</t>
   </si>
   <si>
-    <t>5.26mm - 5.28mm x 3.25mm</t>
-[...1 lines deleted...]
-  <si>
     <t>8.59mm x 4.53mm x 2.96mm</t>
   </si>
   <si>
     <t>Pear</t>
   </si>
   <si>
     <t>6.21mm - 6.25mm x 3.74mm</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
     <t>6.21mm - 6.26mm x 3.74mm</t>
   </si>
   <si>
+    <t>5.70mm - 5.74mm x 3.44mm</t>
+  </si>
+  <si>
     <t>5.53mm - 5.59mm x 3.57mm</t>
   </si>
   <si>
-    <t>IGI</t>
-[...1 lines deleted...]
-  <si>
     <t>5.65mm - 5.68mm x 3.55mm</t>
   </si>
   <si>
     <t>5.69mm - 5.72mm x 3.50mm</t>
+  </si>
+  <si>
+    <t>5.89mm - 5.92mm x 3.53mm</t>
   </si>
   <si>
     <t>6.51mm x 6.50mm x 4.50mm</t>
   </si>
   <si>
     <t>Fn</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
   <si>
     <t>6.62mm - 6.64mm x 4.15mm</t>
   </si>
   <si>
     <t>7.27mm - 7.32mm x 4.58mm</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>5.79mm x 5.55mm x 3.77mm</t>
   </si>
@@ -858,62 +885,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-if-s-gia-certifikatem-14162.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-d-if-s-gia-certifikatem-14161.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14159.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14160.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-i-if-s-gia-certifikatem-14196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-if-s-gia-certifikatem-13700.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/112ct-d-if-s-gia-certifikatem-14176.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/022ct-d-if-s-igi-certifikatem-14387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-if-s-gia-certifikatem-14212.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-if-s-gia-certifikatem-14317.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-i-if-s-gia-certifikatem-14196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/045ct-d-if-s-gia-certifikatem-14355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-if-s-gia-certifikatem-14263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/067ct-d-if-s-gia-certifikatem-14274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-if-s-gia-certifikatem-14277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/112ct-d-if-s-gia-certifikatem-14176.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q36"/>
+  <dimension ref="A1:Q39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N36" sqref="N36"/>
+      <selection activeCell="N39" sqref="N39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -955,1677 +982,1818 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>13641</v>
+        <v>14387</v>
       </c>
       <c r="B3">
-        <v>0.42</v>
+        <v>0.22</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="I3" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="J3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="K3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="L3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M3" s="6">
-        <v>18514.0</v>
+        <v>7010.0</v>
       </c>
       <c r="N3" s="6">
-        <v>22401</v>
+        <v>8483</v>
       </c>
       <c r="O3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>14162</v>
+        <v>14212</v>
       </c>
       <c r="B4">
-        <v>0.35</v>
+        <v>0.31</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H4" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I4" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J4" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K4" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L4" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="M4" s="6">
-        <v>23328.0</v>
+        <v>13020.0</v>
       </c>
       <c r="N4" s="6">
-        <v>28226</v>
+        <v>15754</v>
       </c>
       <c r="O4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14161</v>
+        <v>14317</v>
       </c>
       <c r="B5">
-        <v>0.36</v>
+        <v>0.4</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H5" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I5" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J5" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K5" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L5" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M5" s="6">
-        <v>23994.0</v>
+        <v>15120.0</v>
       </c>
       <c r="N5" s="6">
-        <v>29033</v>
+        <v>18295</v>
       </c>
       <c r="O5" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>14159</v>
+        <v>13641</v>
       </c>
       <c r="B6">
-        <v>0.38</v>
+        <v>0.42</v>
       </c>
       <c r="C6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" t="s">
         <v>24</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H6" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I6" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J6" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K6" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="M6" s="6">
-        <v>25327.0</v>
+        <v>18514.0</v>
       </c>
       <c r="N6" s="6">
-        <v>30646</v>
+        <v>22401</v>
       </c>
       <c r="O6" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>14160</v>
+        <v>14239</v>
       </c>
       <c r="B7">
-        <v>0.38</v>
+        <v>0.39</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I7" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K7" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="M7" s="6">
-        <v>25327.0</v>
+        <v>21294.0</v>
       </c>
       <c r="N7" s="6">
-        <v>30646</v>
+        <v>25766</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14196</v>
+        <v>14240</v>
       </c>
       <c r="B8">
-        <v>0.52</v>
+        <v>0.39</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H8" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K8" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="M8" s="6">
-        <v>25714.0</v>
+        <v>21294.0</v>
       </c>
       <c r="N8" s="6">
-        <v>31114</v>
+        <v>25766</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14163</v>
+        <v>14196</v>
       </c>
       <c r="B9">
-        <v>0.42</v>
+        <v>0.52</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H9" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I9" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J9" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K9" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M9" s="6">
-        <v>26187.0</v>
+        <v>25714.0</v>
       </c>
       <c r="N9" s="6">
-        <v>31686</v>
+        <v>31114</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>14195</v>
+        <v>14163</v>
       </c>
       <c r="B10">
-        <v>0.53</v>
+        <v>0.42</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H10" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I10" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K10" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L10" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M10" s="6">
-        <v>26209.0</v>
+        <v>26187.0</v>
       </c>
       <c r="N10" s="6">
-        <v>31712</v>
+        <v>31686</v>
       </c>
       <c r="O10" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>13852</v>
+        <v>14195</v>
       </c>
       <c r="B11">
-        <v>0.43</v>
+        <v>0.53</v>
       </c>
       <c r="C11" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H11" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I11" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J11" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K11" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L11" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M11" s="6">
-        <v>26811.0</v>
+        <v>26209.0</v>
       </c>
       <c r="N11" s="6">
-        <v>32441</v>
+        <v>31712</v>
       </c>
       <c r="O11" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P11" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>12854</v>
+        <v>13852</v>
       </c>
       <c r="B12">
-        <v>0.4</v>
+        <v>0.43</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H12" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I12" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J12" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K12" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L12" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="M12" s="6">
-        <v>28642.0</v>
+        <v>26811.0</v>
       </c>
       <c r="N12" s="6">
-        <v>34656</v>
+        <v>32441</v>
       </c>
       <c r="O12" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>13949</v>
+        <v>14355</v>
       </c>
       <c r="B13">
-        <v>0.43</v>
+        <v>0.45</v>
       </c>
       <c r="C13" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="H13" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="J13" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K13" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="L13" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M13" s="6">
-        <v>32358.0</v>
+        <v>27405.0</v>
       </c>
       <c r="N13" s="6">
-        <v>39153</v>
+        <v>33160</v>
       </c>
       <c r="O13" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>13950</v>
+        <v>12854</v>
       </c>
       <c r="B14">
-        <v>0.43</v>
+        <v>0.4</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H14" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I14" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J14" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K14" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L14" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="M14" s="6">
-        <v>32358.0</v>
+        <v>28642.0</v>
       </c>
       <c r="N14" s="6">
-        <v>39153</v>
+        <v>34656</v>
       </c>
       <c r="O14" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>13409</v>
+        <v>13950</v>
       </c>
       <c r="B15">
-        <v>0.53</v>
+        <v>0.43</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="H15" t="s">
-        <v>65</v>
+        <v>74</v>
+      </c>
+      <c r="I15" t="s">
+        <v>75</v>
       </c>
       <c r="J15" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K15" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L15" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M15" s="6">
-        <v>42851.0</v>
+        <v>32358.0</v>
       </c>
       <c r="N15" s="6">
-        <v>51849</v>
+        <v>39153</v>
       </c>
       <c r="O15" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14158</v>
+        <v>14263</v>
       </c>
       <c r="B16">
-        <v>0.72</v>
+        <v>0.57</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="D16" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E16" t="s">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="H16" t="s">
-        <v>65</v>
+        <v>74</v>
+      </c>
+      <c r="I16" t="s">
+        <v>75</v>
       </c>
       <c r="J16" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K16" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="L16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="M16" s="6">
-        <v>47988.0</v>
+        <v>38304.0</v>
       </c>
       <c r="N16" s="6">
-        <v>58065</v>
+        <v>46348</v>
       </c>
       <c r="O16" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>14077</v>
+        <v>13409</v>
       </c>
       <c r="B17">
-        <v>0.56</v>
+        <v>0.53</v>
       </c>
       <c r="C17" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D17" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="H17" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="J17" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K17" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L17" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="M17" s="6">
-        <v>52976.0</v>
+        <v>42851.0</v>
       </c>
       <c r="N17" s="6">
-        <v>64101</v>
+        <v>51849</v>
       </c>
       <c r="O17" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>14078</v>
+        <v>14158</v>
       </c>
       <c r="B18">
-        <v>0.56</v>
+        <v>0.72</v>
       </c>
       <c r="C18" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="G18" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="H18" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="J18" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K18" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="L18" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M18" s="6">
-        <v>52976.0</v>
+        <v>47988.0</v>
       </c>
       <c r="N18" s="6">
-        <v>64101</v>
+        <v>58065</v>
       </c>
       <c r="O18" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>10959</v>
+        <v>14077</v>
       </c>
       <c r="B19">
-        <v>0.7</v>
+        <v>0.56</v>
       </c>
       <c r="C19" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="D19" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H19" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="I19" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="J19" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K19" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="L19" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="M19" s="6">
-        <v>53074.0</v>
+        <v>52976.0</v>
       </c>
       <c r="N19" s="6">
-        <v>64220</v>
+        <v>64101</v>
       </c>
       <c r="O19" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>12715</v>
+        <v>14078</v>
       </c>
       <c r="B20">
-        <v>0.5</v>
+        <v>0.56</v>
       </c>
       <c r="C20" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H20" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I20" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J20" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K20" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L20" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="M20" s="6">
-        <v>61325.0</v>
+        <v>52976.0</v>
       </c>
       <c r="N20" s="6">
-        <v>74203</v>
+        <v>64101</v>
       </c>
       <c r="O20" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>12467</v>
+        <v>10959</v>
       </c>
       <c r="B21">
-        <v>0.51</v>
+        <v>0.7</v>
       </c>
       <c r="C21" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H21" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="I21" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="J21" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="K21" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="L21" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M21" s="6">
-        <v>62552.0</v>
+        <v>53074.0</v>
       </c>
       <c r="N21" s="6">
-        <v>75688</v>
+        <v>64220</v>
       </c>
       <c r="O21" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>13700</v>
+        <v>12715</v>
       </c>
       <c r="B22">
-        <v>0.55</v>
+        <v>0.5</v>
       </c>
       <c r="C22" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H22" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I22" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J22" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K22" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L22" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="M22" s="6">
-        <v>67458.0</v>
+        <v>61325.0</v>
       </c>
       <c r="N22" s="6">
-        <v>81624</v>
+        <v>74203</v>
       </c>
       <c r="O22" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>13219</v>
+        <v>12467</v>
       </c>
       <c r="B23">
-        <v>0.7</v>
+        <v>0.51</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="H23" t="s">
-        <v>65</v>
+        <v>74</v>
+      </c>
+      <c r="I23" t="s">
+        <v>75</v>
       </c>
       <c r="J23" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K23" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L23" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="M23" s="6">
-        <v>73920.0</v>
+        <v>62552.0</v>
       </c>
       <c r="N23" s="6">
-        <v>89443</v>
+        <v>75688</v>
       </c>
       <c r="O23" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>13135</v>
+        <v>13219</v>
       </c>
       <c r="B24">
-        <v>0.9</v>
+        <v>0.7</v>
       </c>
       <c r="C24" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D24" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="H24" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="J24" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K24" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L24" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="M24" s="6">
-        <v>76266.0</v>
+        <v>73920.0</v>
       </c>
       <c r="N24" s="6">
-        <v>92282</v>
+        <v>89443</v>
       </c>
       <c r="O24" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>13136</v>
+        <v>13135</v>
       </c>
       <c r="B25">
         <v>0.9</v>
       </c>
       <c r="C25" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="D25" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H25" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I25" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J25" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K25" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L25" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="M25" s="6">
         <v>76266.0</v>
       </c>
       <c r="N25" s="6">
         <v>92282</v>
       </c>
       <c r="O25" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>2370</v>
+        <v>13136</v>
       </c>
       <c r="B26">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C26" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H26" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="I26" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="J26" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="K26" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="L26" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="M26" s="6">
-        <v>77571.0</v>
+        <v>76266.0</v>
       </c>
       <c r="N26" s="6">
-        <v>93861</v>
+        <v>92282</v>
       </c>
       <c r="O26" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P26" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14087</v>
+        <v>14274</v>
       </c>
       <c r="B27">
-        <v>0.7</v>
+        <v>0.67</v>
       </c>
       <c r="C27" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="D27" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H27" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I27" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J27" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K27" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L27" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="M27" s="6">
-        <v>85785.0</v>
+        <v>77385.0</v>
       </c>
       <c r="N27" s="6">
-        <v>103800</v>
+        <v>93636</v>
       </c>
       <c r="O27" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P27" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>14089</v>
+        <v>2370</v>
       </c>
       <c r="B28">
         <v>0.7</v>
       </c>
       <c r="C28" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H28" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="I28" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="J28" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="K28" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="L28" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M28" s="6">
-        <v>85785.0</v>
+        <v>77571.0</v>
       </c>
       <c r="N28" s="6">
-        <v>103800</v>
+        <v>93861</v>
       </c>
       <c r="O28" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P28" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>10946</v>
+        <v>14087</v>
       </c>
       <c r="B29">
-        <v>1.72</v>
+        <v>0.7</v>
       </c>
       <c r="C29" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="D29" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
-      <c r="F29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" t="s">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="H29" t="s">
-        <v>65</v>
+        <v>74</v>
+      </c>
+      <c r="I29" t="s">
+        <v>75</v>
       </c>
       <c r="J29" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K29" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="L29" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="M29" s="6">
-        <v>165000.0</v>
+        <v>85785.0</v>
       </c>
       <c r="N29" s="6">
-        <v>199650</v>
+        <v>103800</v>
       </c>
       <c r="O29" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P29" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>10961</v>
+        <v>14089</v>
       </c>
       <c r="B30">
-        <v>1.11</v>
+        <v>0.7</v>
       </c>
       <c r="C30" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D30" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H30" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I30" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J30" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K30" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L30" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="M30" s="6">
-        <v>169800.0</v>
+        <v>85785.0</v>
       </c>
       <c r="N30" s="6">
-        <v>205458</v>
+        <v>103800</v>
       </c>
       <c r="O30" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P30" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>11743</v>
+        <v>14277</v>
       </c>
       <c r="B31">
-        <v>1.51</v>
+        <v>0.75</v>
       </c>
       <c r="C31" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D31" t="s">
-        <v>104</v>
+        <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H31" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I31" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J31" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K31" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L31" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="M31" s="6">
-        <v>184000.0</v>
+        <v>110250.0</v>
       </c>
       <c r="N31" s="6">
-        <v>222640</v>
+        <v>133403</v>
       </c>
       <c r="O31" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P31" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>13220</v>
+        <v>10946</v>
       </c>
       <c r="B32">
-        <v>1.06</v>
+        <v>1.72</v>
       </c>
       <c r="C32" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D32" t="s">
-        <v>22</v>
+        <v>108</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
+      <c r="F32" t="s">
+        <v>109</v>
+      </c>
       <c r="G32" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="H32" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="J32" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K32" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="L32" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="M32" s="6">
-        <v>185000.0</v>
+        <v>165000.0</v>
       </c>
       <c r="N32" s="6">
-        <v>223850</v>
+        <v>199650</v>
       </c>
       <c r="O32" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P32" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>10550</v>
+        <v>10961</v>
       </c>
       <c r="B33">
-        <v>1.15</v>
+        <v>1.11</v>
       </c>
       <c r="C33" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="D33" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H33" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I33" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J33" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K33" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L33" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M33" s="6">
-        <v>285000.0</v>
+        <v>169800.0</v>
       </c>
       <c r="N33" s="6">
-        <v>344850</v>
+        <v>205458</v>
       </c>
       <c r="O33" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P33" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>14176</v>
+        <v>11743</v>
       </c>
       <c r="B34">
-        <v>1.12</v>
+        <v>1.51</v>
       </c>
       <c r="C34" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="D34" t="s">
-        <v>22</v>
+        <v>113</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H34" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I34" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="J34" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K34" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L34" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M34" s="6">
-        <v>308200.0</v>
+        <v>184000.0</v>
       </c>
       <c r="N34" s="6">
-        <v>372922</v>
+        <v>222640</v>
       </c>
       <c r="O34" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P34" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>10354</v>
+        <v>13220</v>
       </c>
       <c r="B35">
-        <v>1.51</v>
+        <v>1.06</v>
       </c>
       <c r="C35" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="D35" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>64</v>
+        <v>110</v>
       </c>
       <c r="H35" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="J35" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="K35" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="L35" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="M35" s="6">
-        <v>645000.0</v>
+        <v>185000.0</v>
       </c>
       <c r="N35" s="6">
-        <v>780450</v>
+        <v>223850</v>
       </c>
       <c r="O35" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="P35" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
+        <v>10550</v>
+      </c>
+      <c r="B36">
+        <v>1.15</v>
+      </c>
+      <c r="C36" t="s">
+        <v>115</v>
+      </c>
+      <c r="D36" t="s">
+        <v>27</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>68</v>
+      </c>
+      <c r="H36" t="s">
+        <v>74</v>
+      </c>
+      <c r="I36" t="s">
+        <v>75</v>
+      </c>
+      <c r="J36" t="s">
+        <v>75</v>
+      </c>
+      <c r="K36" t="s">
+        <v>75</v>
+      </c>
+      <c r="L36" t="s">
+        <v>76</v>
+      </c>
+      <c r="M36" s="6">
+        <v>285000.0</v>
+      </c>
+      <c r="N36" s="6">
+        <v>344850</v>
+      </c>
+      <c r="O36" t="s">
+        <v>73</v>
+      </c>
+      <c r="P36" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17">
+      <c r="A37">
+        <v>14176</v>
+      </c>
+      <c r="B37">
+        <v>1.12</v>
+      </c>
+      <c r="C37" t="s">
+        <v>116</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>68</v>
+      </c>
+      <c r="H37" t="s">
+        <v>74</v>
+      </c>
+      <c r="I37" t="s">
+        <v>75</v>
+      </c>
+      <c r="J37" t="s">
+        <v>75</v>
+      </c>
+      <c r="K37" t="s">
+        <v>75</v>
+      </c>
+      <c r="L37" t="s">
+        <v>76</v>
+      </c>
+      <c r="M37" s="6">
+        <v>303900.0</v>
+      </c>
+      <c r="N37" s="6">
+        <v>367719</v>
+      </c>
+      <c r="O37" t="s">
+        <v>73</v>
+      </c>
+      <c r="P37" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17">
+      <c r="A38">
+        <v>10354</v>
+      </c>
+      <c r="B38">
+        <v>1.51</v>
+      </c>
+      <c r="C38" t="s">
+        <v>117</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>68</v>
+      </c>
+      <c r="H38" t="s">
+        <v>74</v>
+      </c>
+      <c r="I38" t="s">
+        <v>75</v>
+      </c>
+      <c r="J38" t="s">
+        <v>75</v>
+      </c>
+      <c r="K38" t="s">
+        <v>75</v>
+      </c>
+      <c r="L38" t="s">
+        <v>76</v>
+      </c>
+      <c r="M38" s="6">
+        <v>645000.0</v>
+      </c>
+      <c r="N38" s="6">
+        <v>780450</v>
+      </c>
+      <c r="O38" t="s">
+        <v>73</v>
+      </c>
+      <c r="P38" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17">
+      <c r="A39">
         <v>9999</v>
       </c>
-      <c r="B36">
+      <c r="B39">
         <v>2.02</v>
       </c>
-      <c r="C36" t="s">
-[...26 lines deleted...]
-      <c r="M36" s="6">
+      <c r="C39" t="s">
+        <v>118</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>88</v>
+      </c>
+      <c r="G39" t="s">
+        <v>68</v>
+      </c>
+      <c r="H39" t="s">
+        <v>74</v>
+      </c>
+      <c r="I39" t="s">
+        <v>75</v>
+      </c>
+      <c r="J39" t="s">
+        <v>75</v>
+      </c>
+      <c r="K39" t="s">
+        <v>75</v>
+      </c>
+      <c r="L39" t="s">
+        <v>79</v>
+      </c>
+      <c r="M39" s="6">
         <v>1200000.0</v>
       </c>
-      <c r="N36" s="6">
+      <c r="N39" s="6">
         <v>1452000</v>
       </c>
-      <c r="O36" t="s">
-[...3 lines deleted...]
-        <v>63</v>
+      <c r="O39" t="s">
+        <v>73</v>
+      </c>
+      <c r="P39" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="P17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="P18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="P19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="P20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="P21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="P22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="P23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="P24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="P25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="P26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="P27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="P28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="P29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="P30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="P31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="P32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="P33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="P34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="P35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="P36" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="P37" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="P38" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="P39" r:id="rId_hyperlink_37"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>