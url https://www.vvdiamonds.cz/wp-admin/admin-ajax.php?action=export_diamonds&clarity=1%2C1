--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,345 +73,396 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>3.78mm - 3.81mm x 2.39mm</t>
+    <t>4.40mm - 4.42mm x 2.65mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>IF</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 3.01mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>4.59mm - 4.62mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>4.59mm - 4.60mm x 2.75mm</t>
+  </si>
+  <si>
+    <t>4.61mm - 4.64mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>4.62mm - 4.64mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.56mm - 4.59mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>4.49mm - 4.52mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-g-if-s-gia-certifikatem-14212.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14524.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14525.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14526.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-f-if-s-gia-certifikatem-14549.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-e-if-s-gia-certifikatem-14517.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-e-if-s-gia-certifikatem-14521.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-e-if-s-gia-certifikatem-14518.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-e-if-s-gia-certifikatem-14520.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-if-s-gia-certifikatem-14543.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14239.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14240.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14542.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-if-s-gia-certifikatem-14567.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-d-if-s-gia-certifikatem-14514.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-d-if-s-gia-certifikatem-14515.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14535.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-d-if-s-gia-certifikatem-14536.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/045ct-d-if-s-gia-certifikatem-14355.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-d-if-s-gia-certifikatem-14550.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-14551.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14576.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/057ct-g-if-s-gia-certifikatem-14263.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/067ct-d-if-s-gia-certifikatem-14274.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>4.64mm - 4.65mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>4.58mm - 4.61mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.69mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.67mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.69mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.77mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.55mm - 4.57mm x 2.80mm</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
-    <t>IF</t>
-[...26 lines deleted...]
-    <t>5.17mm - 5.20mm x 3.18mm</t>
+    <t>4.59mm - 4.60mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.67mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.70mm x 2.92mm</t>
   </si>
   <si>
     <t>4.83mm - 4.86mm x 2.98mm</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/022ct-d-if-s-igi-certifikatem-14387.html</t>
-[...110 lines deleted...]
-    <t>Round</t>
+    <t>5.19mm - 5.22mm x 3.22mm</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.83mm x 3.02mm</t>
+  </si>
+  <si>
+    <t>4.66mm x 5.26mm x 3.02mm</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.82mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.94mm - 4.97mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.82mm - 4.85mm x 3.02mm</t>
+  </si>
+  <si>
+    <t>4.94mm x 5.80mm x 3.46mm</t>
+  </si>
+  <si>
+    <t>8.69mm x 4.25mm x 2.52mm</t>
+  </si>
+  <si>
+    <t>Marquise</t>
+  </si>
+  <si>
+    <t>5.26mm - 5.30mm x 3.29mm</t>
+  </si>
+  <si>
+    <t>5.62mm - 5.66mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
+    <t>6.32mm x 4.19mm x 2.74mm</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>Emerald</t>
+  </si>
+  <si>
+    <t>5.14mm - 5.17mm x 3.13mm</t>
+  </si>
+  <si>
+    <t>8.59mm x 4.53mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>6.21mm - 6.25mm x 3.74mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>6.21mm - 6.26mm x 3.74mm</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.74mm x 3.44mm</t>
+  </si>
+  <si>
+    <t>5.53mm - 5.59mm x 3.57mm</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
-    <t>Very Good</t>
-[...100 lines deleted...]
-  <si>
     <t>5.65mm - 5.68mm x 3.55mm</t>
   </si>
   <si>
     <t>5.69mm - 5.72mm x 3.50mm</t>
   </si>
   <si>
-    <t>5.89mm - 5.92mm x 3.53mm</t>
+    <t>6.62mm - 6.64mm x 4.15mm</t>
+  </si>
+  <si>
+    <t>7.27mm - 7.32mm x 4.58mm</t>
+  </si>
+  <si>
+    <t>L</t>
   </si>
   <si>
     <t>6.51mm x 6.50mm x 4.50mm</t>
   </si>
   <si>
     <t>Fn</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
   <si>
-    <t>6.62mm - 6.64mm x 4.15mm</t>
-[...7 lines deleted...]
-  <si>
     <t>5.79mm x 5.55mm x 3.77mm</t>
   </si>
   <si>
     <t>6.62mm - 6.68mm x 4.17mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>6.65mm - 6.68mm x 4.11mm</t>
   </si>
   <si>
     <t>7.29mm - 7.33mm x 4.58mm</t>
   </si>
   <si>
     <t>8.05mm - 8.10mm x 5.02mm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -885,62 +936,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/022ct-d-if-s-igi-certifikatem-14387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-if-s-gia-certifikatem-14212.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-if-s-gia-certifikatem-14317.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-i-if-s-gia-certifikatem-14196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/045ct-d-if-s-gia-certifikatem-14355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-if-s-gia-certifikatem-12854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-if-s-gia-certifikatem-14263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-d-if-s-gia-certifikatem-12467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/067ct-d-if-s-gia-certifikatem-14274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-if-s-gia-certifikatem-14277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/112ct-d-if-s-gia-certifikatem-14176.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-if-s-gia-certifikatem-14212.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-i-if-s-gia-certifikatem-13641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14524.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-if-s-gia-certifikatem-14526.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-f-if-s-gia-certifikatem-14549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-e-if-s-gia-certifikatem-14517.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-e-if-s-gia-certifikatem-14521.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-e-if-s-gia-certifikatem-14518.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-e-if-s-gia-certifikatem-14520.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-if-s-gia-certifikatem-14543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14239.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14240.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-e-if-s-gia-certifikatem-14542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-if-s-gia-certifikatem-14567.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-d-if-s-gia-certifikatem-14514.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-if-s-gia-certifikatem-14515.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-if-s-gia-certifikatem-14535.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-d-if-s-gia-certifikatem-14536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-if-s-gia-certifikatem-14163.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-i-if-s-gia-certifikatem-14195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-if-s-gia-certifikatem-13852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/045ct-d-if-s-gia-certifikatem-14355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-d-if-s-gia-certifikatem-14550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-14551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-if-s-gia-certifikatem-13950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-e-if-s-gia-certifikatem-14576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-d-if-s-gia-certifikatem-13409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-if-s-gia-certifikatem-14263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-if-s-hrd-certifikatem-10959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-fl-s-gia-certifikatem-14158.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-if-s-gia-certifikatem-12715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-13219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-if-s-gia-certifikatem-13136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/067ct-d-if-s-gia-certifikatem-14274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-igi-certifikatem-2370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-if-s-gia-certifikatem-14089.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/111ct-h-if-s-gia-certifikatem-10961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-l-if-s-gia-certifikatem-11743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/172ct-y-z-if-s-gia-certifikatem-10946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/106ct-d-if-s-gia-certifikatem-13220.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/115ct-e-if-s-gia-certifikatem-10550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-d-if-s-gia-certifikatem-10354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-d-flawless-s-gia-certifikatem-9999.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q39"/>
+  <dimension ref="A1:Q48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N39" sqref="N39"/>
+      <selection activeCell="N48" sqref="N48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -982,1818 +1033,2247 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14387</v>
+        <v>14212</v>
       </c>
       <c r="B3">
-        <v>0.22</v>
+        <v>0.31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H3" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="I3" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="J3" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="K3" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="L3" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="M3" s="6">
-        <v>7010.0</v>
+        <v>13020.0</v>
       </c>
       <c r="N3" s="6">
-        <v>8483</v>
+        <v>15754</v>
       </c>
       <c r="O3" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>14212</v>
+        <v>13641</v>
       </c>
       <c r="B4">
-        <v>0.31</v>
+        <v>0.42</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H4" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I4" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J4" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K4" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="M4" s="6">
-        <v>13020.0</v>
+        <v>15876.0</v>
       </c>
       <c r="N4" s="6">
-        <v>15754</v>
+        <v>19210</v>
       </c>
       <c r="O4" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14317</v>
+        <v>14524</v>
       </c>
       <c r="B5">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H5" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L5" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="M5" s="6">
-        <v>15120.0</v>
+        <v>16905.0</v>
       </c>
       <c r="N5" s="6">
-        <v>18295</v>
+        <v>20455</v>
       </c>
       <c r="O5" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>13641</v>
+        <v>14525</v>
       </c>
       <c r="B6">
-        <v>0.42</v>
+        <v>0.35</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H6" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L6" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="M6" s="6">
-        <v>18514.0</v>
+        <v>16905.0</v>
       </c>
       <c r="N6" s="6">
-        <v>22401</v>
+        <v>20455</v>
       </c>
       <c r="O6" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>14239</v>
+        <v>14526</v>
       </c>
       <c r="B7">
-        <v>0.39</v>
+        <v>0.35</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I7" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J7" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K7" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L7" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="M7" s="6">
-        <v>21294.0</v>
+        <v>16905.0</v>
       </c>
       <c r="N7" s="6">
-        <v>25766</v>
+        <v>20455</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14240</v>
+        <v>14549</v>
       </c>
       <c r="B8">
-        <v>0.39</v>
+        <v>0.38</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L8" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="M8" s="6">
-        <v>21294.0</v>
+        <v>18354.0</v>
       </c>
       <c r="N8" s="6">
-        <v>25766</v>
+        <v>22208</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14196</v>
+        <v>14517</v>
       </c>
       <c r="B9">
-        <v>0.52</v>
+        <v>0.35</v>
       </c>
       <c r="C9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" t="s">
         <v>29</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H9" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J9" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L9" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="M9" s="6">
-        <v>25714.0</v>
+        <v>19110.0</v>
       </c>
       <c r="N9" s="6">
-        <v>31114</v>
+        <v>23123</v>
       </c>
       <c r="O9" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>14163</v>
+        <v>14521</v>
       </c>
       <c r="B10">
-        <v>0.42</v>
+        <v>0.35</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L10" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="M10" s="6">
-        <v>26187.0</v>
+        <v>19110.0</v>
       </c>
       <c r="N10" s="6">
-        <v>31686</v>
+        <v>23123</v>
       </c>
       <c r="O10" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14195</v>
+        <v>14518</v>
       </c>
       <c r="B11">
-        <v>0.53</v>
+        <v>0.36</v>
       </c>
       <c r="C11" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H11" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L11" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="M11" s="6">
-        <v>26209.0</v>
+        <v>19656.0</v>
       </c>
       <c r="N11" s="6">
-        <v>31712</v>
+        <v>23784</v>
       </c>
       <c r="O11" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P11" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>13852</v>
+        <v>14520</v>
       </c>
       <c r="B12">
-        <v>0.43</v>
+        <v>0.36</v>
       </c>
       <c r="C12" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H12" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K12" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M12" s="6">
-        <v>26811.0</v>
+        <v>19656.0</v>
       </c>
       <c r="N12" s="6">
-        <v>32441</v>
+        <v>23784</v>
       </c>
       <c r="O12" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>14355</v>
+        <v>14543</v>
       </c>
       <c r="B13">
-        <v>0.45</v>
+        <v>0.38</v>
       </c>
       <c r="C13" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="H13" t="s">
-        <v>74</v>
+        <v>78</v>
+      </c>
+      <c r="I13" t="s">
+        <v>79</v>
       </c>
       <c r="J13" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K13" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="L13" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="M13" s="6">
-        <v>27405.0</v>
+        <v>20748.0</v>
       </c>
       <c r="N13" s="6">
-        <v>33160</v>
+        <v>25105</v>
       </c>
       <c r="O13" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>12854</v>
+        <v>14239</v>
       </c>
       <c r="B14">
-        <v>0.4</v>
+        <v>0.39</v>
       </c>
       <c r="C14" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H14" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K14" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L14" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M14" s="6">
-        <v>28642.0</v>
+        <v>21294.0</v>
       </c>
       <c r="N14" s="6">
-        <v>34656</v>
+        <v>25766</v>
       </c>
       <c r="O14" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>13950</v>
+        <v>14240</v>
       </c>
       <c r="B15">
-        <v>0.43</v>
+        <v>0.39</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H15" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L15" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="M15" s="6">
-        <v>32358.0</v>
+        <v>21294.0</v>
       </c>
       <c r="N15" s="6">
-        <v>39153</v>
+        <v>25766</v>
       </c>
       <c r="O15" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14263</v>
+        <v>14542</v>
       </c>
       <c r="B16">
-        <v>0.57</v>
+        <v>0.39</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I16" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J16" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K16" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L16" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="M16" s="6">
-        <v>38304.0</v>
+        <v>21294.0</v>
       </c>
       <c r="N16" s="6">
-        <v>46348</v>
+        <v>25766</v>
       </c>
       <c r="O16" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P16" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>13409</v>
+        <v>14567</v>
       </c>
       <c r="B17">
-        <v>0.53</v>
+        <v>0.4</v>
       </c>
       <c r="C17" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="H17" t="s">
-        <v>74</v>
+        <v>78</v>
+      </c>
+      <c r="I17" t="s">
+        <v>79</v>
       </c>
       <c r="J17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K17" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L17" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="M17" s="6">
-        <v>42851.0</v>
+        <v>21840.0</v>
       </c>
       <c r="N17" s="6">
-        <v>51849</v>
+        <v>26426</v>
       </c>
       <c r="O17" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>14158</v>
+        <v>14514</v>
       </c>
       <c r="B18">
-        <v>0.72</v>
+        <v>0.36</v>
       </c>
       <c r="C18" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D18" t="s">
-        <v>24</v>
+        <v>91</v>
       </c>
       <c r="E18" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="H18" t="s">
-        <v>74</v>
+        <v>78</v>
+      </c>
+      <c r="I18" t="s">
+        <v>79</v>
       </c>
       <c r="J18" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K18" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="L18" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="M18" s="6">
-        <v>47988.0</v>
+        <v>23436.0</v>
       </c>
       <c r="N18" s="6">
-        <v>58065</v>
+        <v>28358</v>
       </c>
       <c r="O18" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>14077</v>
+        <v>14515</v>
       </c>
       <c r="B19">
-        <v>0.56</v>
+        <v>0.37</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H19" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K19" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L19" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="M19" s="6">
-        <v>52976.0</v>
+        <v>24087.0</v>
       </c>
       <c r="N19" s="6">
-        <v>64101</v>
+        <v>29145</v>
       </c>
       <c r="O19" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P19" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>14078</v>
+        <v>14535</v>
       </c>
       <c r="B20">
-        <v>0.56</v>
+        <v>0.38</v>
       </c>
       <c r="C20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
         <v>91</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H20" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K20" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L20" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M20" s="6">
-        <v>52976.0</v>
+        <v>24738.0</v>
       </c>
       <c r="N20" s="6">
-        <v>64101</v>
+        <v>29933</v>
       </c>
       <c r="O20" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>10959</v>
+        <v>14536</v>
       </c>
       <c r="B21">
-        <v>0.7</v>
+        <v>0.39</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="I21" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="J21" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="K21" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="L21" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="M21" s="6">
-        <v>53074.0</v>
+        <v>25389.0</v>
       </c>
       <c r="N21" s="6">
-        <v>64220</v>
+        <v>30721</v>
       </c>
       <c r="O21" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P21" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>12715</v>
+        <v>14163</v>
       </c>
       <c r="B22">
-        <v>0.5</v>
+        <v>0.42</v>
       </c>
       <c r="C22" t="s">
         <v>95</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H22" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I22" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J22" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K22" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L22" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M22" s="6">
-        <v>61325.0</v>
+        <v>26187.0</v>
       </c>
       <c r="N22" s="6">
-        <v>74203</v>
+        <v>31686</v>
       </c>
       <c r="O22" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P22" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>12467</v>
+        <v>14195</v>
       </c>
       <c r="B23">
-        <v>0.51</v>
+        <v>0.53</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H23" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I23" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J23" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K23" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L23" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="M23" s="6">
-        <v>62552.0</v>
+        <v>26209.0</v>
       </c>
       <c r="N23" s="6">
-        <v>75688</v>
+        <v>31712</v>
       </c>
       <c r="O23" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P23" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>13219</v>
+        <v>13852</v>
       </c>
       <c r="B24">
-        <v>0.7</v>
+        <v>0.43</v>
       </c>
       <c r="C24" t="s">
         <v>97</v>
       </c>
       <c r="D24" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>98</v>
+        <v>77</v>
       </c>
       <c r="H24" t="s">
-        <v>74</v>
+        <v>78</v>
+      </c>
+      <c r="I24" t="s">
+        <v>79</v>
       </c>
       <c r="J24" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K24" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L24" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="M24" s="6">
-        <v>73920.0</v>
+        <v>26811.0</v>
       </c>
       <c r="N24" s="6">
-        <v>89443</v>
+        <v>32441</v>
       </c>
       <c r="O24" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>13135</v>
+        <v>14355</v>
       </c>
       <c r="B25">
-        <v>0.9</v>
+        <v>0.45</v>
       </c>
       <c r="C25" t="s">
+        <v>98</v>
+      </c>
+      <c r="D25" t="s">
+        <v>91</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>99</v>
       </c>
-      <c r="D25" t="s">
+      <c r="H25" t="s">
+        <v>78</v>
+      </c>
+      <c r="J25" t="s">
+        <v>79</v>
+      </c>
+      <c r="K25" t="s">
         <v>100</v>
       </c>
-      <c r="E25" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L25" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M25" s="6">
-        <v>76266.0</v>
+        <v>27405.0</v>
       </c>
       <c r="N25" s="6">
-        <v>92282</v>
+        <v>33160</v>
       </c>
       <c r="O25" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P25" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>13136</v>
+        <v>14550</v>
       </c>
       <c r="B26">
-        <v>0.9</v>
+        <v>0.42</v>
       </c>
       <c r="C26" t="s">
         <v>101</v>
       </c>
       <c r="D26" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H26" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I26" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J26" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K26" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L26" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M26" s="6">
-        <v>76266.0</v>
+        <v>30870.0</v>
       </c>
       <c r="N26" s="6">
-        <v>92282</v>
+        <v>37353</v>
       </c>
       <c r="O26" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P26" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14274</v>
+        <v>14551</v>
       </c>
       <c r="B27">
-        <v>0.67</v>
+        <v>0.43</v>
       </c>
       <c r="C27" t="s">
         <v>102</v>
       </c>
       <c r="D27" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H27" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I27" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J27" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K27" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L27" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M27" s="6">
-        <v>77385.0</v>
+        <v>31605.0</v>
       </c>
       <c r="N27" s="6">
-        <v>93636</v>
+        <v>38242</v>
       </c>
       <c r="O27" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P27" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>2370</v>
+        <v>13950</v>
       </c>
       <c r="B28">
-        <v>0.7</v>
+        <v>0.43</v>
       </c>
       <c r="C28" t="s">
         <v>103</v>
       </c>
       <c r="D28" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H28" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="I28" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="J28" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="K28" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="L28" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="M28" s="6">
-        <v>77571.0</v>
+        <v>32358.0</v>
       </c>
       <c r="N28" s="6">
-        <v>93861</v>
+        <v>39153</v>
       </c>
       <c r="O28" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14087</v>
+        <v>14576</v>
       </c>
       <c r="B29">
-        <v>0.7</v>
+        <v>0.56</v>
       </c>
       <c r="C29" t="s">
         <v>104</v>
       </c>
       <c r="D29" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="H29" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="J29" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K29" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L29" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M29" s="6">
-        <v>85785.0</v>
+        <v>33480.0</v>
       </c>
       <c r="N29" s="6">
-        <v>103800</v>
+        <v>40511</v>
       </c>
       <c r="O29" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P29" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>14089</v>
+        <v>13409</v>
       </c>
       <c r="B30">
-        <v>0.7</v>
+        <v>0.53</v>
       </c>
       <c r="C30" t="s">
         <v>105</v>
       </c>
       <c r="D30" t="s">
-        <v>27</v>
+        <v>91</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="H30" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="J30" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K30" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M30" s="6">
-        <v>85785.0</v>
+        <v>36729.0</v>
       </c>
       <c r="N30" s="6">
-        <v>103800</v>
+        <v>44442</v>
       </c>
       <c r="O30" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P30" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>14277</v>
+        <v>14263</v>
       </c>
       <c r="B31">
-        <v>0.75</v>
+        <v>0.57</v>
       </c>
       <c r="C31" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D31" t="s">
         <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H31" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I31" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J31" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K31" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L31" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="M31" s="6">
-        <v>110250.0</v>
+        <v>38304.0</v>
       </c>
       <c r="N31" s="6">
-        <v>133403</v>
+        <v>46348</v>
       </c>
       <c r="O31" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>10946</v>
+        <v>10959</v>
       </c>
       <c r="B32">
-        <v>1.72</v>
+        <v>0.7</v>
       </c>
       <c r="C32" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D32" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
-      <c r="F32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" t="s">
+        <v>77</v>
+      </c>
+      <c r="H32" t="s">
         <v>110</v>
       </c>
-      <c r="H32" t="s">
-        <v>74</v>
+      <c r="I32" t="s">
+        <v>100</v>
       </c>
       <c r="J32" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="K32" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="L32" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="M32" s="6">
-        <v>165000.0</v>
+        <v>44982.0</v>
       </c>
       <c r="N32" s="6">
-        <v>199650</v>
+        <v>54428</v>
       </c>
       <c r="O32" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P32" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>10961</v>
+        <v>14158</v>
       </c>
       <c r="B33">
-        <v>1.11</v>
+        <v>0.72</v>
       </c>
       <c r="C33" t="s">
         <v>111</v>
       </c>
       <c r="D33" t="s">
-        <v>93</v>
+        <v>22</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="G33" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
       <c r="H33" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="J33" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K33" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="L33" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="M33" s="6">
-        <v>169800.0</v>
+        <v>47988.0</v>
       </c>
       <c r="N33" s="6">
-        <v>205458</v>
+        <v>58065</v>
       </c>
       <c r="O33" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P33" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>11743</v>
+        <v>12715</v>
       </c>
       <c r="B34">
-        <v>1.51</v>
+        <v>0.5</v>
       </c>
       <c r="C34" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D34" t="s">
-        <v>113</v>
+        <v>91</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H34" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I34" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J34" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K34" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L34" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="M34" s="6">
-        <v>184000.0</v>
+        <v>57750.0</v>
       </c>
       <c r="N34" s="6">
-        <v>222640</v>
+        <v>69878</v>
       </c>
       <c r="O34" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P34" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>13220</v>
+        <v>13219</v>
       </c>
       <c r="B35">
-        <v>1.06</v>
+        <v>0.7</v>
       </c>
       <c r="C35" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D35" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="H35" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="J35" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K35" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L35" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="M35" s="6">
-        <v>185000.0</v>
+        <v>63210.0</v>
       </c>
       <c r="N35" s="6">
-        <v>223850</v>
+        <v>76484</v>
       </c>
       <c r="O35" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P35" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>10550</v>
+        <v>13135</v>
       </c>
       <c r="B36">
-        <v>1.15</v>
+        <v>0.9</v>
       </c>
       <c r="C36" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D36" t="s">
-        <v>27</v>
+        <v>118</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H36" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I36" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J36" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K36" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L36" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="M36" s="6">
-        <v>285000.0</v>
+        <v>69930.0</v>
       </c>
       <c r="N36" s="6">
-        <v>344850</v>
+        <v>84615</v>
       </c>
       <c r="O36" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>14176</v>
+        <v>13136</v>
       </c>
       <c r="B37">
-        <v>1.12</v>
+        <v>0.9</v>
       </c>
       <c r="C37" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D37" t="s">
-        <v>19</v>
+        <v>118</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H37" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I37" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J37" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K37" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L37" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="M37" s="6">
-        <v>303900.0</v>
+        <v>69930.0</v>
       </c>
       <c r="N37" s="6">
-        <v>367719</v>
+        <v>84615</v>
       </c>
       <c r="O37" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P37" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>10354</v>
+        <v>14274</v>
       </c>
       <c r="B38">
-        <v>1.51</v>
+        <v>0.67</v>
       </c>
       <c r="C38" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D38" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H38" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I38" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J38" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K38" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="L38" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="M38" s="6">
-        <v>645000.0</v>
+        <v>77385.0</v>
       </c>
       <c r="N38" s="6">
-        <v>780450</v>
+        <v>93636</v>
       </c>
       <c r="O38" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P38" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>9999</v>
+        <v>2370</v>
       </c>
       <c r="B39">
-        <v>2.02</v>
+        <v>0.7</v>
       </c>
       <c r="C39" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D39" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="E39" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="H39" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="I39" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="J39" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="K39" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="L39" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M39" s="6">
-        <v>1200000.0</v>
+        <v>77571.0</v>
       </c>
       <c r="N39" s="6">
-        <v>1452000</v>
+        <v>93861</v>
       </c>
       <c r="O39" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="P39" t="s">
         <v>67</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17">
+      <c r="A40">
+        <v>14087</v>
+      </c>
+      <c r="B40">
+        <v>0.7</v>
+      </c>
+      <c r="C40" t="s">
+        <v>123</v>
+      </c>
+      <c r="D40" t="s">
+        <v>29</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>77</v>
+      </c>
+      <c r="H40" t="s">
+        <v>78</v>
+      </c>
+      <c r="I40" t="s">
+        <v>79</v>
+      </c>
+      <c r="J40" t="s">
+        <v>79</v>
+      </c>
+      <c r="K40" t="s">
+        <v>79</v>
+      </c>
+      <c r="L40" t="s">
+        <v>82</v>
+      </c>
+      <c r="M40" s="6">
+        <v>83790.0</v>
+      </c>
+      <c r="N40" s="6">
+        <v>101386</v>
+      </c>
+      <c r="O40" t="s">
+        <v>81</v>
+      </c>
+      <c r="P40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17">
+      <c r="A41">
+        <v>14089</v>
+      </c>
+      <c r="B41">
+        <v>0.7</v>
+      </c>
+      <c r="C41" t="s">
+        <v>124</v>
+      </c>
+      <c r="D41" t="s">
+        <v>29</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>77</v>
+      </c>
+      <c r="H41" t="s">
+        <v>78</v>
+      </c>
+      <c r="I41" t="s">
+        <v>79</v>
+      </c>
+      <c r="J41" t="s">
+        <v>79</v>
+      </c>
+      <c r="K41" t="s">
+        <v>79</v>
+      </c>
+      <c r="L41" t="s">
+        <v>82</v>
+      </c>
+      <c r="M41" s="6">
+        <v>83790.0</v>
+      </c>
+      <c r="N41" s="6">
+        <v>101386</v>
+      </c>
+      <c r="O41" t="s">
+        <v>81</v>
+      </c>
+      <c r="P41" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17">
+      <c r="A42">
+        <v>10961</v>
+      </c>
+      <c r="B42">
+        <v>1.11</v>
+      </c>
+      <c r="C42" t="s">
+        <v>125</v>
+      </c>
+      <c r="D42" t="s">
+        <v>109</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>77</v>
+      </c>
+      <c r="H42" t="s">
+        <v>78</v>
+      </c>
+      <c r="I42" t="s">
+        <v>79</v>
+      </c>
+      <c r="J42" t="s">
+        <v>79</v>
+      </c>
+      <c r="K42" t="s">
+        <v>79</v>
+      </c>
+      <c r="L42" t="s">
+        <v>83</v>
+      </c>
+      <c r="M42" s="6">
+        <v>135100.0</v>
+      </c>
+      <c r="N42" s="6">
+        <v>163471</v>
+      </c>
+      <c r="O42" t="s">
+        <v>81</v>
+      </c>
+      <c r="P42" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17">
+      <c r="A43">
+        <v>11743</v>
+      </c>
+      <c r="B43">
+        <v>1.51</v>
+      </c>
+      <c r="C43" t="s">
+        <v>126</v>
+      </c>
+      <c r="D43" t="s">
+        <v>127</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>77</v>
+      </c>
+      <c r="H43" t="s">
+        <v>78</v>
+      </c>
+      <c r="I43" t="s">
+        <v>79</v>
+      </c>
+      <c r="J43" t="s">
+        <v>79</v>
+      </c>
+      <c r="K43" t="s">
+        <v>79</v>
+      </c>
+      <c r="L43" t="s">
+        <v>83</v>
+      </c>
+      <c r="M43" s="6">
+        <v>159000.0</v>
+      </c>
+      <c r="N43" s="6">
+        <v>192390</v>
+      </c>
+      <c r="O43" t="s">
+        <v>81</v>
+      </c>
+      <c r="P43" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17">
+      <c r="A44">
+        <v>10946</v>
+      </c>
+      <c r="B44">
+        <v>1.72</v>
+      </c>
+      <c r="C44" t="s">
+        <v>128</v>
+      </c>
+      <c r="D44" t="s">
+        <v>129</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>130</v>
+      </c>
+      <c r="G44" t="s">
+        <v>131</v>
+      </c>
+      <c r="H44" t="s">
+        <v>78</v>
+      </c>
+      <c r="J44" t="s">
+        <v>79</v>
+      </c>
+      <c r="K44" t="s">
+        <v>100</v>
+      </c>
+      <c r="L44" t="s">
+        <v>83</v>
+      </c>
+      <c r="M44" s="6">
+        <v>165000.0</v>
+      </c>
+      <c r="N44" s="6">
+        <v>199650</v>
+      </c>
+      <c r="O44" t="s">
+        <v>81</v>
+      </c>
+      <c r="P44" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17">
+      <c r="A45">
+        <v>13220</v>
+      </c>
+      <c r="B45">
+        <v>1.06</v>
+      </c>
+      <c r="C45" t="s">
+        <v>132</v>
+      </c>
+      <c r="D45" t="s">
+        <v>91</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>131</v>
+      </c>
+      <c r="H45" t="s">
+        <v>78</v>
+      </c>
+      <c r="J45" t="s">
+        <v>79</v>
+      </c>
+      <c r="K45" t="s">
+        <v>79</v>
+      </c>
+      <c r="L45" t="s">
+        <v>82</v>
+      </c>
+      <c r="M45" s="6">
+        <v>179900.0</v>
+      </c>
+      <c r="N45" s="6">
+        <v>217679</v>
+      </c>
+      <c r="O45" t="s">
+        <v>81</v>
+      </c>
+      <c r="P45" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17">
+      <c r="A46">
+        <v>10550</v>
+      </c>
+      <c r="B46">
+        <v>1.15</v>
+      </c>
+      <c r="C46" t="s">
+        <v>133</v>
+      </c>
+      <c r="D46" t="s">
+        <v>29</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>77</v>
+      </c>
+      <c r="H46" t="s">
+        <v>78</v>
+      </c>
+      <c r="I46" t="s">
+        <v>79</v>
+      </c>
+      <c r="J46" t="s">
+        <v>79</v>
+      </c>
+      <c r="K46" t="s">
+        <v>79</v>
+      </c>
+      <c r="L46" t="s">
+        <v>80</v>
+      </c>
+      <c r="M46" s="6">
+        <v>285000.0</v>
+      </c>
+      <c r="N46" s="6">
+        <v>344850</v>
+      </c>
+      <c r="O46" t="s">
+        <v>81</v>
+      </c>
+      <c r="P46" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17">
+      <c r="A47">
+        <v>10354</v>
+      </c>
+      <c r="B47">
+        <v>1.51</v>
+      </c>
+      <c r="C47" t="s">
+        <v>134</v>
+      </c>
+      <c r="D47" t="s">
+        <v>91</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>77</v>
+      </c>
+      <c r="H47" t="s">
+        <v>78</v>
+      </c>
+      <c r="I47" t="s">
+        <v>79</v>
+      </c>
+      <c r="J47" t="s">
+        <v>79</v>
+      </c>
+      <c r="K47" t="s">
+        <v>79</v>
+      </c>
+      <c r="L47" t="s">
+        <v>80</v>
+      </c>
+      <c r="M47" s="6">
+        <v>645000.0</v>
+      </c>
+      <c r="N47" s="6">
+        <v>780450</v>
+      </c>
+      <c r="O47" t="s">
+        <v>81</v>
+      </c>
+      <c r="P47" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17">
+      <c r="A48">
+        <v>9999</v>
+      </c>
+      <c r="B48">
+        <v>2.02</v>
+      </c>
+      <c r="C48" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" t="s">
+        <v>91</v>
+      </c>
+      <c r="E48" t="s">
+        <v>112</v>
+      </c>
+      <c r="G48" t="s">
+        <v>77</v>
+      </c>
+      <c r="H48" t="s">
+        <v>78</v>
+      </c>
+      <c r="I48" t="s">
+        <v>79</v>
+      </c>
+      <c r="J48" t="s">
+        <v>79</v>
+      </c>
+      <c r="K48" t="s">
+        <v>79</v>
+      </c>
+      <c r="L48" t="s">
+        <v>82</v>
+      </c>
+      <c r="M48" s="6">
+        <v>1200000.0</v>
+      </c>
+      <c r="N48" s="6">
+        <v>1452000</v>
+      </c>
+      <c r="O48" t="s">
+        <v>81</v>
+      </c>
+      <c r="P48" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="P17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="P18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="P19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="P20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="P21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="P22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="P23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="P24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="P25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="P26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="P27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="P28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="P29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="P30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="P31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="P32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="P33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="P34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="P35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="P36" r:id="rId_hyperlink_34"/>
     <hyperlink ref="P37" r:id="rId_hyperlink_35"/>
     <hyperlink ref="P38" r:id="rId_hyperlink_36"/>
     <hyperlink ref="P39" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="P40" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="P41" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="P42" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="P43" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="P44" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="P45" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="P46" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="P47" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="P48" r:id="rId_hyperlink_46"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>