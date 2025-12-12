--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,392 +73,296 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>4.30mm - 4.32mm x 2.66mm</t>
+    <t>4.60mm - 4.63mm x 2.89mm</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
     <t>VVS2</t>
   </si>
   <si>
-    <t>4.10mm - 4.12mm x 2.40mm</t>
+    <t>4.14mm - 4.16mm x 2.57mm</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
-    <t>4.60mm - 4.63mm x 2.89mm</t>
-[...7 lines deleted...]
-  <si>
     <t>VVS1</t>
   </si>
   <si>
-    <t>4.74mm - 4.77mm x 2.92mm</t>
-[...5 lines deleted...]
-    <t>4.57mm - 4.59mm x 2.72mm</t>
+    <t>3.86mm - 3.89mm x 2.36mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>4.11mm - 4.12mm x 2.55mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.66mm x 2.86mm</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
-    <t>4.14mm - 4.16mm x 2.57mm</t>
-[...5 lines deleted...]
-    <t>https://www.vvdiamonds.cz/025ct-g-vvs2-s-igi-certifikatem-13839.html</t>
+    <t>4.63mm - 4.65mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.21mm - 4.25mm x 2.60mm</t>
+  </si>
+  <si>
+    <t>4.61mm - 4.63mm x 2.88mm</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/038ct-k-vvs2-s-gia-certifikatem-13912.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/027ct-g-vvs2-s-igi-certifikatem-13843.html</t>
-[...10 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-13841.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/038ct-i-vvs2-s-gia-certifikatem-14181.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-i-vvs2-s-gia-certifikatem-14182.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/031ct-g-vvs2-s-gia-certifikatem-14112.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/038ct-i-vvs1-s-gia-certifikatem-13985.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/031ct-e-vvs2-s-gia-certifikatem-14049.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/030ct-f-vvs1-s-gia-certifikatem-14108.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14136.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/038ct-g-vvs2-s-gia-certifikatem-14123.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/031ct-f-vvs1-s-gia-certifikatem-14107.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/031ct-d-vvs2-s-gia-certifikatem-13879.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/032ct-d-vvs2-s-gia-certifikatem-14093.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/031ct-e-vvs1-s-gia-certifikatem-13875.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/038ct-f-vvs2-s-gia-certifikatem-14120.html</t>
-[...11 lines deleted...]
-    <t>https://www.vvdiamonds.cz/031ct-d-vvs1-s-gia-certifikatem-13878.html</t>
+    <t>https://www.vvdiamonds.cz/032ct-d-vvs1-s-gia-certifikatem-14179.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14180.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/035ct-d-vvs2-s-gia-certifikatem-13530.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14132.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14130.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14129.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/050ct-j-vvs2-s-gia-certifikatem-13745.html</t>
-[...13 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/041ct-f-vvs1-s-gia-certifikatem-14127.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-13850.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/040ct-e-vvs1-s-gia-certifikatem-14125.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/041ct-e-vvs1-s-gia-certifikatem-14126.html</t>
-[...13 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/050ct-f-vvs2-s-gia-certifikatem-13757.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/051ct-g-vvs2-s-gia-certifikatem-14153.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/060ct-g-vvs1-s-gia-certifikatem-14048.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/062ct-h-vvs2-s-gia-certifikatem-13760.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/062ct-h-vvs2-s-gia-certifikatem-13768.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/055ct-g-vvs1-s-gia-certifikatem-14151.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-12281.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-13956.html</t>
+    <t>https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/068ct-g-vvs1-s-gia-certifikatem-14157.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/050ct-d-vvs1-s-gia-certifikatem-14075.html</t>
-[...2 lines deleted...]
-    <t>https://www.vvdiamonds.cz/050ct-d-vvs1-s-gia-certifikatem-14076.html</t>
+    <t>https://www.vvdiamonds.cz/058ct-e-vvs1-s-gia-certifikatem-14164.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/070ct-f-vvs2-s-igi-certifikatem-3644.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/056ct-d-vvs1-s-gia-certifikatem-13114.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-12414.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/102ct-e-vvs1-s-gia-certifikatem-13635.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html</t>
@@ -469,387 +373,291 @@
   <si>
     <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html</t>
   </si>
   <si>
     <t>Round</t>
   </si>
   <si>
     <t>GIA</t>
   </si>
   <si>
     <t>Excellent</t>
   </si>
   <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>Fair</t>
+  </si>
+  <si>
+    <t>4.36mm - 4.38mm x 2.73mm</t>
+  </si>
+  <si>
+    <t>3.82mm - 3.86mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>4.00mm - 4.05mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>4.29mm - 4.36mm x 2.48mm</t>
+  </si>
+  <si>
+    <t>5.36mm x 3.94mm x 2.34mm</t>
+  </si>
+  <si>
+    <t>Oval</t>
+  </si>
+  <si>
+    <t>5.71mm x 3.70mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.79mm x 2.90mm</t>
+  </si>
+  <si>
     <t>střední</t>
   </si>
   <si>
-    <t>Skladem</t>
-[...68 lines deleted...]
-    <t>4.33mm - 4.35mm x 2.63mm</t>
+    <t>4.72mm - 4.74mm x 2.92mm</t>
+  </si>
+  <si>
+    <t>4.40mm - 4.42mm x 2.64mm</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
-    <t>4.57mm - 4.59mm x 2.76mm</t>
-[...13 lines deleted...]
-  <si>
     <t>5.14mm x 3.81mm x 2.42mm</t>
   </si>
   <si>
-    <t>4.32mm - 4.34mm x 2.71mm</t>
+    <t>6.46mm x 3.44mm x 2.19mm</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
-    <t>6.46mm x 3.44mm x 2.19mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Marquise</t>
   </si>
   <si>
     <t>4.83mm - 4.87mm x 3.04mm</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
     <t>4.83mm - 4.87mm x 3.05mm</t>
   </si>
   <si>
-    <t>4.42mm - 4.44mm x 2.71mm</t>
-[...4 lines deleted...]
-  <si>
     <t>4.33mm - 4.35mm x 2.68mm</t>
   </si>
   <si>
     <t>5.09mm - 5.11mm x 3.19mm</t>
   </si>
   <si>
-    <t>4.65mm - 4.68mm x 2.85mm</t>
-[...8 lines deleted...]
-    <t>3.80mm x 3.77mm x 2.74mm</t>
+    <t>4.45mm - 4.48mm x 2.67mm</t>
+  </si>
+  <si>
+    <t>4.46mm - 4.48mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>3.90mm x 3.87mm x 2.81mm</t>
   </si>
   <si>
     <t>Princess</t>
   </si>
   <si>
-    <t>4.38mm - 4.40mm x 2.68mm</t>
-[...4 lines deleted...]
-  <si>
     <t>4.72mm - 4.75mm x 2.96mm</t>
   </si>
   <si>
     <t>5.01mm - 5.05mm x 3.18mm</t>
   </si>
   <si>
+    <t>5.12mm - 5.13mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>5.13mm - 5.16mm x 3.16mm</t>
+  </si>
+  <si>
     <t>4.31mm x 5.01mm x 2.96mm</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
     <t>4.79mm - 4.82mm x 2.89mm</t>
   </si>
   <si>
     <t>4.82mm - 4.85mm x 2.99mm</t>
   </si>
   <si>
-    <t>5.09mm - 5.12mm x 3.09mm</t>
-[...13 lines deleted...]
-  <si>
     <t>4.80mm - 4.83mm x 2.96mm</t>
   </si>
   <si>
-    <t>4.69mm - 4.71mm x 2.93mm</t>
-[...2 lines deleted...]
-    <t>4.69mm - 4.72mm x 2.93mm</t>
+    <t>4.67mm - 4.71mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.23mm x 3.24mm</t>
+  </si>
+  <si>
+    <t>4.99mm x 5.48mm x 3.12mm</t>
+  </si>
+  <si>
+    <t>5.36mm - 5.39mm x 3.15mm</t>
+  </si>
+  <si>
+    <t>4.66mm x 4.62mm x 3.29mm</t>
+  </si>
+  <si>
+    <t>4.66mm x 4.66mm x 3.32mm</t>
+  </si>
+  <si>
+    <t>5.42mm - 5.46mm x 3.41mm</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
-    <t>4.67mm - 4.71mm x 2.96mm</t>
-[...40 lines deleted...]
-  <si>
     <t>5.19mm - 5.22mm x 3.18mm</t>
   </si>
   <si>
     <t>5.63mm - 5.67mm x 3.47mm</t>
   </si>
   <si>
-    <t>5.24mm - 5.27mm x 3.27mm</t>
-[...1 lines deleted...]
-  <si>
     <t>4.74mm x 5.64mm x 3.37mm</t>
   </si>
   <si>
     <t>5.76mm - 5.78mm x 3.61mm</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>5.14mm - 5.17mm x 3.17mm</t>
   </si>
   <si>
     <t>5.62mm - 5.67mm x 3.56mm</t>
   </si>
   <si>
     <t>5.63mm - 5.68mm x 3.58mm</t>
   </si>
   <si>
     <t>5.72mm - 5.74mm x 3.51mm</t>
   </si>
   <si>
-    <t>5.19mm - 5.21mm x 3.16mm</t>
+    <t>5.68mm - 5.71mm x 3.58mm</t>
+  </si>
+  <si>
+    <t>5.71mm - 5.75mm x 3.57mm</t>
   </si>
   <si>
     <t>5.68mm - 5.70mm x 3.42mm</t>
   </si>
   <si>
+    <t>5.32mm - 5.33mm x 3.19mm</t>
+  </si>
+  <si>
     <t>5.80mm x 3.70mm x 2.33mm</t>
   </si>
   <si>
     <t>Fn</t>
   </si>
   <si>
     <t>Faint Pink</t>
   </si>
   <si>
     <t>5.69mm - 5.73mm x 3.54mm</t>
   </si>
   <si>
     <t>5.70mm - 5.74mm x 3.52mm</t>
   </si>
   <si>
-    <t>5.09mm - 5.12mm x 3.13mm</t>
-[...2 lines deleted...]
-    <t>5.07mm - 5.09mm x 3.17mm</t>
+    <t>5.32mm - 5.34mm x 3.30mm</t>
   </si>
   <si>
     <t>5.34mm - 5.38mm x 3.37mm</t>
   </si>
   <si>
     <t>5.34mm - 5.38mm x 3.38mm</t>
   </si>
   <si>
-    <t>5.58mm - 5.62mm x 3.54mm</t>
-[...1 lines deleted...]
-  <si>
     <t>5.30mm x 6.29mm x 3.62mm</t>
   </si>
   <si>
-    <t>5.24mm - 5.27mm x 3.28mm</t>
-[...1 lines deleted...]
-  <si>
     <t>5.98mm - 6.08mm x 3.85mm</t>
   </si>
   <si>
     <t>EGL</t>
   </si>
   <si>
     <t>5.19mm - 5.23mm x 3.27mm</t>
   </si>
   <si>
     <t>6.49mm - 6.51mm x 3.96mm</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>5.89mm - 5.92mm x 3.61mm</t>
   </si>
   <si>
     <t>5.87mm - 5.91mm x 3.66mm</t>
   </si>
   <si>
     <t>10.43mm x 4.69mm x 2.72mm</t>
   </si>
   <si>
     <t>5.69mm - 5.71mm x 3.50mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>5.86mm - 5.90mm x 3.71mm</t>
   </si>
   <si>
     <t>5.88mm - 5.92mm x 3.72mm</t>
   </si>
   <si>
     <t>5.66mm - 5.69mm x 3.54mm</t>
   </si>
   <si>
     <t>5.70mm - 5.73mm x 3.49mm</t>
   </si>
   <si>
     <t>8.68mm x 6.42mm x 4.07mm</t>
   </si>
   <si>
     <t>6.09mm - 6.14mm x 3.85mm</t>
   </si>
   <si>
     <t>6.26mm - 6.29mm x 3.77mm</t>
   </si>
   <si>
     <t>7.14mm x 5.11mm x 3.29mm</t>
   </si>
   <si>
     <t>Radiant</t>
   </si>
@@ -1377,62 +1185,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-k-vvs2-s-gia-certifikatem-13868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-g-vvs2-s-igi-certifikatem-13839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-k-vvs2-s-gia-certifikatem-13912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs2-s-igi-certifikatem-13843.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-g-vvs1-s-igi-certifikatem-13467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vvs2-s-gia-certifikatem-13931.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-i-vvs2-s-gia-certifikatem-13984.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-13841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vvs2-s-gia-certifikatem-14112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vvs2-s-gia-certifikatem-14113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vvs1-s-gia-certifikatem-13985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-e-vvs2-s-gia-certifikatem-14049.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vvs1-s-gia-certifikatem-14108.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-g-vvs1-s-gia-certifikatem-14116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vvs2-s-gia-certifikatem-14123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-f-vvs1-s-gia-certifikatem-14107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-d-vvs2-s-gia-certifikatem-13879.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-d-vvs2-s-gia-certifikatem-14093.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13982.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-e-vvs1-s-gia-certifikatem-13875.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-f-vvs2-s-gia-certifikatem-14120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs1-s-gia-certifikatem-13886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs1-s-gia-certifikatem-14057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/034ct-d-vvs2-s-gia-certifikatem-13528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-d-vvs1-s-gia-certifikatem-13878.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-vvs2-s-gia-certifikatem-13530.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-j-vvs2-s-gia-certifikatem-13745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-13744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-f-vvs2-s-gia-certifikatem-13848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs2-s-gia-certifikatem-13853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-vvs1-s-gia-certifikatem-14128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-f-vvs1-s-gia-certifikatem-14127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-13850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-h-vvs1-s-gia-certifikatem-10704.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs1-s-gia-certifikatem-14125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-e-vvs1-s-gia-certifikatem-14126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/058ct-i-vvs2-s-gia-certifikatem-14029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14071.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14072.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vvs2-s-gia-certifikatem-14026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-f-vvs2-s-gia-certifikatem-13757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-g-vvs2-s-gia-certifikatem-14153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-g-vvs2-s-gia-certifikatem-14154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-g-vvs1-s-gia-certifikatem-14048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/062ct-h-vvs2-s-gia-certifikatem-13760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/062ct-h-vvs2-s-gia-certifikatem-13768.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-g-vvs1-s-gia-certifikatem-14151.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-12281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-13956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/068ct-g-vvs1-s-gia-certifikatem-14157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-vvs1-s-gia-certifikatem-14075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-d-vvs1-s-gia-certifikatem-14076.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-f-vvs2-s-igi-certifikatem-3644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-d-vvs1-s-gia-certifikatem-13114.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-12414.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vvs1-s-gia-certifikatem-13635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-k-vvs2-s-gia-certifikatem-13912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-13841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vvs2-s-gia-certifikatem-14181.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vvs2-s-gia-certifikatem-14182.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vvs1-s-gia-certifikatem-13985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-f-vvs1-s-gia-certifikatem-14107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-e-vvs1-s-gia-certifikatem-13875.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-d-vvs1-s-gia-certifikatem-14179.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14180.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-vvs2-s-gia-certifikatem-13530.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-f-vvs1-s-gia-certifikatem-14127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs1-s-gia-certifikatem-14125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-f-vvs2-s-gia-certifikatem-13757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-g-vvs1-s-gia-certifikatem-14048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/062ct-h-vvs2-s-gia-certifikatem-13760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-12281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/068ct-g-vvs1-s-gia-certifikatem-14157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/058ct-e-vvs1-s-gia-certifikatem-14164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vvs1-s-gia-certifikatem-13635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q117"/>
+  <dimension ref="A1:Q85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N117" sqref="N117"/>
+      <selection activeCell="N85" sqref="N85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1474,5403 +1282,3905 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>13868</v>
+        <v>13912</v>
       </c>
       <c r="B3">
-        <v>0.3</v>
+        <v>0.38</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H3" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I3" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J3" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K3" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L3" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="M3" s="6">
-        <v>6450.0</v>
+        <v>8170.0</v>
       </c>
       <c r="N3" s="6">
-        <v>7805</v>
+        <v>9886</v>
       </c>
       <c r="O3" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>13839</v>
+        <v>13477</v>
       </c>
       <c r="B4">
-        <v>0.25</v>
+        <v>0.27</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G4" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H4" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="I4" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="J4" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="K4" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="L4" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="M4" s="6">
-        <v>8169.0</v>
+        <v>9912.0</v>
       </c>
       <c r="N4" s="6">
-        <v>9885</v>
+        <v>11993</v>
       </c>
       <c r="O4" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>13912</v>
+        <v>12629</v>
       </c>
       <c r="B5">
-        <v>0.38</v>
+        <v>0.23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H5" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
       <c r="I5" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="J5" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="K5" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="L5" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="M5" s="6">
-        <v>8170.0</v>
+        <v>10165.0</v>
       </c>
       <c r="N5" s="6">
-        <v>9886</v>
+        <v>12299</v>
       </c>
       <c r="O5" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>13843</v>
+        <v>13841</v>
       </c>
       <c r="B6">
         <v>0.27</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H6" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="I6" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="J6" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="K6" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="L6" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="M6" s="6">
-        <v>8779.0</v>
+        <v>10607.0</v>
       </c>
       <c r="N6" s="6">
-        <v>10622</v>
+        <v>12835</v>
       </c>
       <c r="O6" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>13467</v>
+        <v>14181</v>
       </c>
       <c r="B7">
-        <v>0.25</v>
+        <v>0.38</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H7" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="I7" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="J7" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="K7" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="L7" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="M7" s="6">
-        <v>8818.0</v>
+        <v>10621.0</v>
       </c>
       <c r="N7" s="6">
-        <v>10669</v>
+        <v>12851</v>
       </c>
       <c r="O7" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>13931</v>
+        <v>14182</v>
       </c>
       <c r="B8">
-        <v>0.4</v>
+        <v>0.38</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H8" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I8" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J8" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K8" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L8" t="s">
-        <v>156</v>
+        <v>123</v>
       </c>
       <c r="M8" s="6">
-        <v>9460.0</v>
+        <v>10621.0</v>
       </c>
       <c r="N8" s="6">
-        <v>11447</v>
+        <v>12851</v>
       </c>
       <c r="O8" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>13984</v>
+        <v>12592</v>
       </c>
       <c r="B9">
-        <v>0.35</v>
+        <v>0.29</v>
       </c>
       <c r="C9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H9" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
       <c r="I9" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="J9" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="K9" t="s">
-        <v>149</v>
+        <v>124</v>
       </c>
       <c r="L9" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="M9" s="6">
-        <v>9783.0</v>
+        <v>11030.0</v>
       </c>
       <c r="N9" s="6">
-        <v>11837</v>
+        <v>13346</v>
       </c>
       <c r="O9" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>13477</v>
+        <v>13985</v>
       </c>
       <c r="B10">
-        <v>0.27</v>
+        <v>0.38</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G10" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H10" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="I10" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="J10" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="K10" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="L10" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="M10" s="6">
-        <v>9912.0</v>
+        <v>11438.0</v>
       </c>
       <c r="N10" s="6">
-        <v>11993</v>
+        <v>13840</v>
       </c>
       <c r="O10" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>12629</v>
+        <v>14111</v>
       </c>
       <c r="B11">
-        <v>0.23</v>
+        <v>0.32</v>
       </c>
       <c r="C11" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="D11" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H11" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="I11" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="J11" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="K11" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="L11" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="M11" s="6">
-        <v>10165.0</v>
+        <v>11696.0</v>
       </c>
       <c r="N11" s="6">
-        <v>12299</v>
+        <v>14152</v>
       </c>
       <c r="O11" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>13841</v>
+        <v>10810</v>
       </c>
       <c r="B12">
-        <v>0.27</v>
+        <v>0.24</v>
       </c>
       <c r="C12" t="s">
-        <v>159</v>
+        <v>126</v>
       </c>
       <c r="D12" t="s">
-        <v>158</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H12" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="I12" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="J12" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="K12" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="L12" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="M12" s="6">
-        <v>10607.0</v>
+        <v>11957.0</v>
       </c>
       <c r="N12" s="6">
-        <v>12835</v>
+        <v>14468</v>
       </c>
       <c r="O12" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>12592</v>
+        <v>10811</v>
       </c>
       <c r="B13">
-        <v>0.29</v>
+        <v>0.24</v>
       </c>
       <c r="C13" t="s">
-        <v>160</v>
+        <v>127</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H13" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="I13" t="s">
-        <v>155</v>
+        <v>122</v>
       </c>
       <c r="J13" t="s">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="K13" t="s">
-        <v>161</v>
+        <v>122</v>
       </c>
       <c r="L13" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="M13" s="6">
-        <v>11030.0</v>
+        <v>11957.0</v>
       </c>
       <c r="N13" s="6">
-        <v>13346</v>
+        <v>14468</v>
       </c>
       <c r="O13" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P13" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14112</v>
+        <v>12597</v>
       </c>
       <c r="B14">
-        <v>0.31</v>
+        <v>0.29</v>
       </c>
       <c r="C14" t="s">
-        <v>162</v>
+        <v>128</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H14" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
       <c r="I14" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="J14" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="K14" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="L14" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="M14" s="6">
-        <v>11331.0</v>
+        <v>12650.0</v>
       </c>
       <c r="N14" s="6">
-        <v>13710</v>
+        <v>15306</v>
       </c>
       <c r="O14" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>14113</v>
+        <v>14050</v>
       </c>
       <c r="B15">
-        <v>0.31</v>
+        <v>0.32</v>
       </c>
       <c r="C15" t="s">
-        <v>163</v>
+        <v>129</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="H15" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J15" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="K15" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="L15" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M15" s="6">
-        <v>11331.0</v>
+        <v>13072.0</v>
       </c>
       <c r="N15" s="6">
-        <v>13710</v>
+        <v>15817</v>
       </c>
       <c r="O15" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>13985</v>
+        <v>13773</v>
       </c>
       <c r="B16">
-        <v>0.38</v>
+        <v>0.3</v>
       </c>
       <c r="C16" t="s">
-        <v>164</v>
+        <v>131</v>
       </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G16" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="H16" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J16" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K16" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L16" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="M16" s="6">
-        <v>11438.0</v>
+        <v>13200.0</v>
       </c>
       <c r="N16" s="6">
-        <v>13840</v>
+        <v>15972</v>
       </c>
       <c r="O16" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>14111</v>
+        <v>14136</v>
       </c>
       <c r="B17">
-        <v>0.32</v>
+        <v>0.4</v>
       </c>
       <c r="C17" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G17" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H17" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I17" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J17" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K17" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L17" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="M17" s="6">
-        <v>11696.0</v>
+        <v>13760.0</v>
       </c>
       <c r="N17" s="6">
-        <v>14152</v>
+        <v>16650</v>
       </c>
       <c r="O17" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P17" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>10810</v>
+        <v>14137</v>
       </c>
       <c r="B18">
-        <v>0.24</v>
+        <v>0.4</v>
       </c>
       <c r="C18" t="s">
-        <v>166</v>
+        <v>135</v>
       </c>
       <c r="D18" t="s">
-        <v>158</v>
+        <v>28</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G18" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H18" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="I18" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="J18" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="K18" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="L18" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="M18" s="6">
-        <v>11957.0</v>
+        <v>13760.0</v>
       </c>
       <c r="N18" s="6">
-        <v>14468</v>
+        <v>16650</v>
       </c>
       <c r="O18" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>10811</v>
+        <v>14107</v>
       </c>
       <c r="B19">
-        <v>0.24</v>
+        <v>0.31</v>
       </c>
       <c r="C19" t="s">
-        <v>167</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G19" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H19" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="I19" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="J19" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="K19" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="L19" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="M19" s="6">
-        <v>11957.0</v>
+        <v>13997.0</v>
       </c>
       <c r="N19" s="6">
-        <v>14468</v>
+        <v>16936</v>
       </c>
       <c r="O19" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P19" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>12597</v>
+        <v>13531</v>
       </c>
       <c r="B20">
-        <v>0.29</v>
+        <v>0.3</v>
       </c>
       <c r="C20" t="s">
-        <v>168</v>
+        <v>138</v>
       </c>
       <c r="D20" t="s">
-        <v>158</v>
+        <v>25</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G20" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="H20" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>116</v>
       </c>
       <c r="J20" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="K20" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="L20" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="M20" s="6">
-        <v>12650.0</v>
+        <v>14640.0</v>
       </c>
       <c r="N20" s="6">
-        <v>15306</v>
+        <v>17714</v>
       </c>
       <c r="O20" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P20" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>14049</v>
+        <v>12495</v>
       </c>
       <c r="B21">
-        <v>0.31</v>
+        <v>0.3</v>
       </c>
       <c r="C21" t="s">
-        <v>169</v>
+        <v>139</v>
       </c>
       <c r="D21" t="s">
-        <v>158</v>
+        <v>140</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>170</v>
+        <v>141</v>
       </c>
       <c r="H21" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="J21" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="K21" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="L21" t="s">
-        <v>156</v>
+        <v>123</v>
       </c>
       <c r="M21" s="6">
-        <v>12664.0</v>
+        <v>14718.0</v>
       </c>
       <c r="N21" s="6">
-        <v>15323</v>
+        <v>17808</v>
       </c>
       <c r="O21" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P21" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>14050</v>
+        <v>13730</v>
       </c>
       <c r="B22">
-        <v>0.32</v>
+        <v>0.44</v>
       </c>
       <c r="C22" t="s">
-        <v>171</v>
+        <v>142</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G22" t="s">
-        <v>170</v>
+        <v>115</v>
       </c>
       <c r="H22" t="s">
-        <v>148</v>
+        <v>116</v>
+      </c>
+      <c r="I22" t="s">
+        <v>117</v>
       </c>
       <c r="J22" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="K22" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="L22" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M22" s="6">
-        <v>13072.0</v>
+        <v>14718.0</v>
       </c>
       <c r="N22" s="6">
-        <v>15817</v>
+        <v>17809</v>
       </c>
       <c r="O22" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P22" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>13773</v>
+        <v>13731</v>
       </c>
       <c r="B23">
-        <v>0.3</v>
+        <v>0.44</v>
       </c>
       <c r="C23" t="s">
-        <v>172</v>
+        <v>144</v>
       </c>
       <c r="D23" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="E23" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G23" t="s">
-        <v>173</v>
+        <v>115</v>
       </c>
       <c r="H23" t="s">
-        <v>148</v>
+        <v>116</v>
+      </c>
+      <c r="I23" t="s">
+        <v>117</v>
       </c>
       <c r="J23" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K23" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L23" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M23" s="6">
-        <v>13200.0</v>
+        <v>14718.0</v>
       </c>
       <c r="N23" s="6">
-        <v>15972</v>
+        <v>17809</v>
       </c>
       <c r="O23" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>14108</v>
+        <v>13875</v>
       </c>
       <c r="B24">
-        <v>0.3</v>
+        <v>0.31</v>
       </c>
       <c r="C24" t="s">
-        <v>174</v>
+        <v>145</v>
       </c>
       <c r="D24" t="s">
-        <v>175</v>
+        <v>25</v>
       </c>
       <c r="E24" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G24" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H24" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I24" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J24" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K24" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L24" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M24" s="6">
-        <v>13545.0</v>
+        <v>15330.0</v>
       </c>
       <c r="N24" s="6">
-        <v>16389</v>
+        <v>18549</v>
       </c>
       <c r="O24" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P24" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>14116</v>
+        <v>14028</v>
       </c>
       <c r="B25">
-        <v>0.35</v>
+        <v>0.51</v>
       </c>
       <c r="C25" t="s">
-        <v>176</v>
+        <v>146</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H25" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I25" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J25" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K25" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L25" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="M25" s="6">
-        <v>13545.0</v>
+        <v>15351.0</v>
       </c>
       <c r="N25" s="6">
-        <v>16389</v>
+        <v>18575</v>
       </c>
       <c r="O25" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P25" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>14136</v>
+        <v>14179</v>
       </c>
       <c r="B26">
-        <v>0.4</v>
+        <v>0.32</v>
       </c>
       <c r="C26" t="s">
-        <v>177</v>
+        <v>147</v>
       </c>
       <c r="D26" t="s">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="E26" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G26" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H26" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I26" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J26" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K26" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L26" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M26" s="6">
-        <v>13760.0</v>
+        <v>16512.0</v>
       </c>
       <c r="N26" s="6">
-        <v>16650</v>
+        <v>19980</v>
       </c>
       <c r="O26" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P26" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14137</v>
+        <v>14180</v>
       </c>
       <c r="B27">
-        <v>0.4</v>
+        <v>0.33</v>
       </c>
       <c r="C27" t="s">
-        <v>178</v>
+        <v>148</v>
       </c>
       <c r="D27" t="s">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="E27" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G27" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H27" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I27" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J27" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K27" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L27" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M27" s="6">
-        <v>13760.0</v>
+        <v>17028.0</v>
       </c>
       <c r="N27" s="6">
-        <v>16650</v>
+        <v>20604</v>
       </c>
       <c r="O27" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P27" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>14123</v>
+        <v>13530</v>
       </c>
       <c r="B28">
-        <v>0.38</v>
+        <v>0.35</v>
       </c>
       <c r="C28" t="s">
-        <v>179</v>
+        <v>149</v>
       </c>
       <c r="D28" t="s">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="H28" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J28" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K28" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L28" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="M28" s="6">
-        <v>13889.0</v>
+        <v>17080.0</v>
       </c>
       <c r="N28" s="6">
-        <v>16806</v>
+        <v>20667</v>
       </c>
       <c r="O28" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P28" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14107</v>
+        <v>14132</v>
       </c>
       <c r="B29">
-        <v>0.31</v>
+        <v>0.4</v>
       </c>
       <c r="C29" t="s">
-        <v>180</v>
+        <v>151</v>
       </c>
       <c r="D29" t="s">
-        <v>175</v>
+        <v>22</v>
       </c>
       <c r="E29" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H29" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I29" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J29" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K29" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L29" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M29" s="6">
-        <v>13997.0</v>
+        <v>17200.0</v>
       </c>
       <c r="N29" s="6">
-        <v>16936</v>
+        <v>20812</v>
       </c>
       <c r="O29" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P29" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>13531</v>
+        <v>13666</v>
       </c>
       <c r="B30">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="C30" t="s">
-        <v>181</v>
+        <v>152</v>
       </c>
       <c r="D30" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="E30" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>170</v>
+        <v>115</v>
       </c>
       <c r="H30" t="s">
-        <v>148</v>
+        <v>116</v>
+      </c>
+      <c r="I30" t="s">
+        <v>117</v>
       </c>
       <c r="J30" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K30" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L30" t="s">
-        <v>156</v>
+        <v>118</v>
       </c>
       <c r="M30" s="6">
-        <v>14640.0</v>
+        <v>17400.0</v>
       </c>
       <c r="N30" s="6">
-        <v>17714</v>
+        <v>21054</v>
       </c>
       <c r="O30" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P30" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>13879</v>
+        <v>14197</v>
       </c>
       <c r="B31">
-        <v>0.31</v>
+        <v>0.51</v>
       </c>
       <c r="C31" t="s">
-        <v>182</v>
+        <v>153</v>
       </c>
       <c r="D31" t="s">
-        <v>183</v>
+        <v>143</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H31" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I31" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J31" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K31" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L31" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="M31" s="6">
-        <v>14663.0</v>
+        <v>17544.0</v>
       </c>
       <c r="N31" s="6">
-        <v>17742</v>
+        <v>21228</v>
       </c>
       <c r="O31" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P31" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>12495</v>
+        <v>14198</v>
       </c>
       <c r="B32">
-        <v>0.3</v>
+        <v>0.51</v>
       </c>
       <c r="C32" t="s">
-        <v>184</v>
+        <v>154</v>
       </c>
       <c r="D32" t="s">
-        <v>183</v>
+        <v>143</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>185</v>
+        <v>115</v>
       </c>
       <c r="H32" t="s">
-        <v>148</v>
+        <v>116</v>
+      </c>
+      <c r="I32" t="s">
+        <v>117</v>
       </c>
       <c r="J32" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K32" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L32" t="s">
-        <v>156</v>
+        <v>118</v>
       </c>
       <c r="M32" s="6">
-        <v>14718.0</v>
+        <v>17544.0</v>
       </c>
       <c r="N32" s="6">
-        <v>17808</v>
+        <v>21228</v>
       </c>
       <c r="O32" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P32" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>13730</v>
+        <v>13772</v>
       </c>
       <c r="B33">
-        <v>0.44</v>
+        <v>0.37</v>
       </c>
       <c r="C33" t="s">
-        <v>186</v>
+        <v>155</v>
       </c>
       <c r="D33" t="s">
-        <v>187</v>
+        <v>140</v>
       </c>
       <c r="E33" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G33" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="H33" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J33" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K33" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L33" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M33" s="6">
-        <v>14718.0</v>
+        <v>17908.0</v>
       </c>
       <c r="N33" s="6">
-        <v>17809</v>
+        <v>21669</v>
       </c>
       <c r="O33" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P33" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>13731</v>
+        <v>14130</v>
       </c>
       <c r="B34">
-        <v>0.44</v>
+        <v>0.4</v>
       </c>
       <c r="C34" t="s">
-        <v>188</v>
+        <v>157</v>
       </c>
       <c r="D34" t="s">
-        <v>187</v>
+        <v>22</v>
       </c>
       <c r="E34" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G34" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H34" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I34" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J34" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K34" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L34" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M34" s="6">
-        <v>14718.0</v>
+        <v>18060.0</v>
       </c>
       <c r="N34" s="6">
-        <v>17809</v>
+        <v>21853</v>
       </c>
       <c r="O34" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P34" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>14093</v>
+        <v>14129</v>
       </c>
       <c r="B35">
-        <v>0.32</v>
+        <v>0.4</v>
       </c>
       <c r="C35" t="s">
-        <v>189</v>
+        <v>157</v>
       </c>
       <c r="D35" t="s">
-        <v>183</v>
+        <v>22</v>
       </c>
       <c r="E35" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G35" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H35" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I35" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J35" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K35" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L35" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="M35" s="6">
-        <v>14784.0</v>
+        <v>18060.0</v>
       </c>
       <c r="N35" s="6">
-        <v>17889</v>
+        <v>21853</v>
       </c>
       <c r="O35" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P35" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>13982</v>
+        <v>14131</v>
       </c>
       <c r="B36">
-        <v>0.3</v>
+        <v>0.43</v>
       </c>
       <c r="C36" t="s">
-        <v>190</v>
+        <v>158</v>
       </c>
       <c r="D36" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="E36" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H36" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I36" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J36" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K36" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L36" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M36" s="6">
-        <v>14835.0</v>
+        <v>18490.0</v>
       </c>
       <c r="N36" s="6">
-        <v>17950</v>
+        <v>22373</v>
       </c>
       <c r="O36" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P36" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>13875</v>
+        <v>14127</v>
       </c>
       <c r="B37">
-        <v>0.31</v>
+        <v>0.41</v>
       </c>
       <c r="C37" t="s">
-        <v>191</v>
+        <v>159</v>
       </c>
       <c r="D37" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="E37" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G37" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H37" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I37" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J37" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K37" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L37" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M37" s="6">
-        <v>15330.0</v>
+        <v>21156.0</v>
       </c>
       <c r="N37" s="6">
-        <v>18549</v>
+        <v>25599</v>
       </c>
       <c r="O37" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P37" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>14028</v>
+        <v>14125</v>
       </c>
       <c r="B38">
-        <v>0.51</v>
+        <v>0.4</v>
       </c>
       <c r="C38" t="s">
-        <v>192</v>
+        <v>160</v>
       </c>
       <c r="D38" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E38" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G38" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H38" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I38" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J38" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K38" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L38" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M38" s="6">
-        <v>15351.0</v>
+        <v>22360.0</v>
       </c>
       <c r="N38" s="6">
-        <v>18575</v>
+        <v>27056</v>
       </c>
       <c r="O38" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P38" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>14120</v>
+        <v>13153</v>
       </c>
       <c r="B39">
-        <v>0.38</v>
+        <v>0.55</v>
       </c>
       <c r="C39" t="s">
-        <v>193</v>
+        <v>161</v>
       </c>
       <c r="D39" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="E39" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G39" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H39" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I39" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J39" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K39" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L39" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M39" s="6">
-        <v>15523.0</v>
+        <v>25757.0</v>
       </c>
       <c r="N39" s="6">
-        <v>18783</v>
+        <v>31166</v>
       </c>
       <c r="O39" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P39" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>13886</v>
+        <v>13757</v>
       </c>
       <c r="B40">
-        <v>0.32</v>
+        <v>0.5</v>
       </c>
       <c r="C40" t="s">
-        <v>194</v>
+        <v>162</v>
       </c>
       <c r="D40" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="E40" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="H40" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J40" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K40" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L40" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M40" s="6">
-        <v>15824.0</v>
+        <v>27875.0</v>
       </c>
       <c r="N40" s="6">
-        <v>19147</v>
+        <v>33729</v>
       </c>
       <c r="O40" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P40" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>14057</v>
+        <v>13286</v>
       </c>
       <c r="B41">
-        <v>0.3</v>
+        <v>0.55</v>
       </c>
       <c r="C41" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="D41" t="s">
-        <v>183</v>
+        <v>28</v>
       </c>
       <c r="E41" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G41" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H41" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I41" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J41" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K41" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L41" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M41" s="6">
-        <v>16125.0</v>
+        <v>28298.0</v>
       </c>
       <c r="N41" s="6">
-        <v>19511</v>
+        <v>34240</v>
       </c>
       <c r="O41" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P41" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>13528</v>
+        <v>14047</v>
       </c>
       <c r="B42">
-        <v>0.34</v>
+        <v>0.57</v>
       </c>
       <c r="C42" t="s">
-        <v>196</v>
+        <v>164</v>
       </c>
       <c r="D42" t="s">
-        <v>183</v>
+        <v>22</v>
       </c>
       <c r="E42" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G42" t="s">
-        <v>197</v>
+        <v>150</v>
       </c>
       <c r="H42" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="J42" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K42" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="L42" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M42" s="6">
-        <v>16592.0</v>
+        <v>29412.0</v>
       </c>
       <c r="N42" s="6">
-        <v>20076</v>
+        <v>35589</v>
       </c>
       <c r="O42" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P42" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>13878</v>
+        <v>14048</v>
       </c>
       <c r="B43">
-        <v>0.31</v>
+        <v>0.6</v>
       </c>
       <c r="C43" t="s">
-        <v>198</v>
+        <v>165</v>
       </c>
       <c r="D43" t="s">
-        <v>183</v>
+        <v>22</v>
       </c>
       <c r="E43" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G43" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="H43" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J43" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="K43" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L43" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M43" s="6">
-        <v>16663.0</v>
+        <v>30960.0</v>
       </c>
       <c r="N43" s="6">
-        <v>20162</v>
+        <v>37462</v>
       </c>
       <c r="O43" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P43" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>13530</v>
+        <v>13760</v>
       </c>
       <c r="B44">
-        <v>0.35</v>
+        <v>0.62</v>
       </c>
       <c r="C44" t="s">
-        <v>199</v>
+        <v>166</v>
       </c>
       <c r="D44" t="s">
-        <v>183</v>
+        <v>167</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>197</v>
+        <v>115</v>
       </c>
       <c r="H44" t="s">
-        <v>148</v>
+        <v>116</v>
+      </c>
+      <c r="I44" t="s">
+        <v>117</v>
       </c>
       <c r="J44" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K44" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L44" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M44" s="6">
-        <v>17080.0</v>
+        <v>31372.0</v>
       </c>
       <c r="N44" s="6">
-        <v>20667</v>
+        <v>37960</v>
       </c>
       <c r="O44" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P44" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>14132</v>
+        <v>14152</v>
       </c>
       <c r="B45">
-        <v>0.4</v>
+        <v>0.52</v>
       </c>
       <c r="C45" t="s">
-        <v>200</v>
+        <v>168</v>
       </c>
       <c r="D45" t="s">
         <v>22</v>
       </c>
       <c r="E45" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G45" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H45" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I45" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J45" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K45" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L45" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M45" s="6">
-        <v>17200.0</v>
+        <v>32422.0</v>
       </c>
       <c r="N45" s="6">
-        <v>20812</v>
+        <v>39231</v>
       </c>
       <c r="O45" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P45" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>13666</v>
+        <v>11196</v>
       </c>
       <c r="B46">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="C46" t="s">
-        <v>201</v>
+        <v>169</v>
       </c>
       <c r="D46" t="s">
         <v>19</v>
       </c>
       <c r="E46" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G46" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H46" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I46" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J46" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K46" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L46" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="M46" s="6">
-        <v>17400.0</v>
+        <v>32781.0</v>
       </c>
       <c r="N46" s="6">
-        <v>21054</v>
+        <v>39665</v>
       </c>
       <c r="O46" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P46" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>13772</v>
+        <v>12281</v>
       </c>
       <c r="B47">
-        <v>0.37</v>
+        <v>0.52</v>
       </c>
       <c r="C47" t="s">
-        <v>202</v>
+        <v>170</v>
       </c>
       <c r="D47" t="s">
-        <v>183</v>
+        <v>140</v>
       </c>
       <c r="E47" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>203</v>
+        <v>156</v>
       </c>
       <c r="H47" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="J47" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K47" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="L47" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M47" s="6">
-        <v>17908.0</v>
+        <v>36120.0</v>
       </c>
       <c r="N47" s="6">
-        <v>21669</v>
+        <v>43705</v>
       </c>
       <c r="O47" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P47" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>14130</v>
+        <v>11272</v>
       </c>
       <c r="B48">
-        <v>0.4</v>
+        <v>0.75</v>
       </c>
       <c r="C48" t="s">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="D48" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="E48" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G48" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H48" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I48" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J48" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K48" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L48" t="s">
-        <v>156</v>
+        <v>123</v>
       </c>
       <c r="M48" s="6">
-        <v>18060.0</v>
+        <v>37613.0</v>
       </c>
       <c r="N48" s="6">
-        <v>21853</v>
+        <v>45512</v>
       </c>
       <c r="O48" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P48" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>14129</v>
+        <v>13275</v>
       </c>
       <c r="B49">
-        <v>0.4</v>
+        <v>0.53</v>
       </c>
       <c r="C49" t="s">
-        <v>204</v>
+        <v>173</v>
       </c>
       <c r="D49" t="s">
         <v>22</v>
       </c>
       <c r="E49" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G49" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H49" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I49" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J49" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K49" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L49" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M49" s="6">
-        <v>18060.0</v>
+        <v>37657.0</v>
       </c>
       <c r="N49" s="6">
-        <v>21853</v>
+        <v>45564</v>
       </c>
       <c r="O49" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P49" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>14131</v>
+        <v>13291</v>
       </c>
       <c r="B50">
-        <v>0.43</v>
+        <v>0.7</v>
       </c>
       <c r="C50" t="s">
-        <v>205</v>
+        <v>174</v>
       </c>
       <c r="D50" t="s">
-        <v>22</v>
+        <v>143</v>
       </c>
       <c r="E50" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G50" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H50" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I50" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J50" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K50" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L50" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M50" s="6">
-        <v>18490.0</v>
+        <v>39445.0</v>
       </c>
       <c r="N50" s="6">
-        <v>22373</v>
+        <v>47728</v>
       </c>
       <c r="O50" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P50" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>13745</v>
+        <v>13292</v>
       </c>
       <c r="B51">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="C51" t="s">
-        <v>206</v>
+        <v>175</v>
       </c>
       <c r="D51" t="s">
-        <v>187</v>
+        <v>143</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G51" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H51" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I51" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J51" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K51" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L51" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M51" s="6">
-        <v>18955.0</v>
+        <v>39445.0</v>
       </c>
       <c r="N51" s="6">
-        <v>22936</v>
+        <v>47728</v>
       </c>
       <c r="O51" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P51" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>13744</v>
+        <v>13026</v>
       </c>
       <c r="B52">
-        <v>0.51</v>
+        <v>0.71</v>
       </c>
       <c r="C52" t="s">
-        <v>207</v>
+        <v>176</v>
       </c>
       <c r="D52" t="s">
-        <v>187</v>
+        <v>28</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H52" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I52" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J52" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K52" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L52" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M52" s="6">
-        <v>19334.0</v>
+        <v>39583.0</v>
       </c>
       <c r="N52" s="6">
-        <v>23394</v>
+        <v>47895</v>
       </c>
       <c r="O52" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P52" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>13848</v>
+        <v>14200</v>
       </c>
       <c r="B53">
-        <v>0.42</v>
+        <v>0.71</v>
       </c>
       <c r="C53" t="s">
-        <v>208</v>
+        <v>177</v>
       </c>
       <c r="D53" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="E53" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G53" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H53" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I53" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J53" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K53" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L53" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M53" s="6">
-        <v>19866.0</v>
+        <v>39689.0</v>
       </c>
       <c r="N53" s="6">
-        <v>24038</v>
+        <v>48024</v>
       </c>
       <c r="O53" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P53" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>13853</v>
+        <v>14199</v>
       </c>
       <c r="B54">
-        <v>0.43</v>
+        <v>0.72</v>
       </c>
       <c r="C54" t="s">
-        <v>209</v>
+        <v>178</v>
       </c>
       <c r="D54" t="s">
-        <v>175</v>
+        <v>28</v>
       </c>
       <c r="E54" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G54" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H54" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I54" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J54" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K54" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L54" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M54" s="6">
-        <v>20339.0</v>
+        <v>40248.0</v>
       </c>
       <c r="N54" s="6">
-        <v>24610</v>
+        <v>48700</v>
       </c>
       <c r="O54" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P54" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>14128</v>
+        <v>14157</v>
       </c>
       <c r="B55">
-        <v>0.4</v>
+        <v>0.68</v>
       </c>
       <c r="C55" t="s">
-        <v>210</v>
+        <v>179</v>
       </c>
       <c r="D55" t="s">
-        <v>175</v>
+        <v>22</v>
       </c>
       <c r="E55" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G55" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H55" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I55" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J55" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K55" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L55" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M55" s="6">
-        <v>20640.0</v>
+        <v>42398.0</v>
       </c>
       <c r="N55" s="6">
-        <v>24974</v>
+        <v>51302</v>
       </c>
       <c r="O55" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P55" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>14127</v>
+        <v>14165</v>
       </c>
       <c r="B56">
-        <v>0.41</v>
+        <v>0.55</v>
       </c>
       <c r="C56" t="s">
-        <v>211</v>
+        <v>180</v>
       </c>
       <c r="D56" t="s">
-        <v>175</v>
+        <v>25</v>
       </c>
       <c r="E56" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G56" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H56" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I56" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J56" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K56" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L56" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M56" s="6">
-        <v>21156.0</v>
+        <v>44935.0</v>
       </c>
       <c r="N56" s="6">
-        <v>25599</v>
+        <v>54371</v>
       </c>
       <c r="O56" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P56" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>13850</v>
+        <v>14098</v>
       </c>
       <c r="B57">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="C57" t="s">
-        <v>212</v>
+        <v>181</v>
       </c>
       <c r="D57" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
+      <c r="F57" t="s">
+        <v>183</v>
+      </c>
       <c r="G57" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="H57" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J57" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="K57" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="L57" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="M57" s="6">
-        <v>21500.0</v>
+        <v>45000.0</v>
       </c>
       <c r="N57" s="6">
-        <v>26015</v>
+        <v>54450</v>
       </c>
       <c r="O57" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P57" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>10704</v>
+        <v>14088</v>
       </c>
       <c r="B58">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C58" t="s">
-        <v>213</v>
+        <v>184</v>
       </c>
       <c r="D58" t="s">
-        <v>214</v>
+        <v>167</v>
       </c>
       <c r="E58" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G58" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H58" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I58" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J58" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K58" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L58" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M58" s="6">
-        <v>21600.0</v>
+        <v>46655.0</v>
       </c>
       <c r="N58" s="6">
-        <v>26136</v>
+        <v>56453</v>
       </c>
       <c r="O58" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P58" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>14125</v>
+        <v>14090</v>
       </c>
       <c r="B59">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C59" t="s">
-        <v>215</v>
+        <v>185</v>
       </c>
       <c r="D59" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="E59" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G59" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H59" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I59" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J59" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K59" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L59" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M59" s="6">
-        <v>22360.0</v>
+        <v>46655.0</v>
       </c>
       <c r="N59" s="6">
-        <v>27056</v>
+        <v>56453</v>
       </c>
       <c r="O59" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P59" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>14126</v>
+        <v>14164</v>
       </c>
       <c r="B60">
-        <v>0.41</v>
+        <v>0.58</v>
       </c>
       <c r="C60" t="s">
-        <v>216</v>
+        <v>186</v>
       </c>
       <c r="D60" t="s">
-        <v>158</v>
+        <v>25</v>
       </c>
       <c r="E60" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G60" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H60" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I60" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J60" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K60" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L60" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M60" s="6">
-        <v>22919.0</v>
+        <v>47386.0</v>
       </c>
       <c r="N60" s="6">
-        <v>27732</v>
+        <v>57337</v>
       </c>
       <c r="O60" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P60" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>14029</v>
+        <v>13148</v>
       </c>
       <c r="B61">
-        <v>0.58</v>
+        <v>0.6</v>
       </c>
       <c r="C61" t="s">
-        <v>217</v>
+        <v>187</v>
       </c>
       <c r="D61" t="s">
-        <v>30</v>
+        <v>137</v>
       </c>
       <c r="E61" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G61" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H61" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I61" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J61" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K61" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L61" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M61" s="6">
-        <v>24940.0</v>
+        <v>51840.0</v>
       </c>
       <c r="N61" s="6">
-        <v>30177</v>
+        <v>62726</v>
       </c>
       <c r="O61" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P61" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>14071</v>
+        <v>13149</v>
       </c>
       <c r="B62">
-        <v>0.4</v>
+        <v>0.6</v>
       </c>
       <c r="C62" t="s">
-        <v>218</v>
+        <v>188</v>
       </c>
       <c r="D62" t="s">
-        <v>183</v>
+        <v>137</v>
       </c>
       <c r="E62" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G62" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H62" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I62" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J62" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K62" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L62" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M62" s="6">
-        <v>24940.0</v>
+        <v>51840.0</v>
       </c>
       <c r="N62" s="6">
-        <v>30177</v>
+        <v>62726</v>
       </c>
       <c r="O62" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P62" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>14072</v>
+        <v>13529</v>
       </c>
       <c r="B63">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C63" t="s">
-        <v>216</v>
+        <v>189</v>
       </c>
       <c r="D63" t="s">
-        <v>183</v>
+        <v>22</v>
       </c>
       <c r="E63" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="H63" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J63" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K63" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L63" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M63" s="6">
-        <v>24940.0</v>
+        <v>56364.0</v>
       </c>
       <c r="N63" s="6">
-        <v>30177</v>
+        <v>68200</v>
       </c>
       <c r="O63" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P63" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>14026</v>
+        <v>1952</v>
       </c>
       <c r="B64">
-        <v>0.59</v>
+        <v>0.92</v>
       </c>
       <c r="C64" t="s">
-        <v>219</v>
+        <v>190</v>
       </c>
       <c r="D64" t="s">
-        <v>30</v>
+        <v>143</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H64" t="s">
-        <v>148</v>
+        <v>191</v>
       </c>
       <c r="I64" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="J64" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="K64" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="L64" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="M64" s="6">
-        <v>25370.0</v>
+        <v>58842.0</v>
       </c>
       <c r="N64" s="6">
-        <v>30698</v>
+        <v>71199</v>
       </c>
       <c r="O64" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P64" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>13153</v>
+        <v>12096</v>
       </c>
       <c r="B65">
         <v>0.55</v>
       </c>
       <c r="C65" t="s">
-        <v>220</v>
+        <v>192</v>
       </c>
       <c r="D65" t="s">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="E65" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G65" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H65" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I65" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J65" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K65" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L65" t="s">
-        <v>156</v>
+        <v>123</v>
       </c>
       <c r="M65" s="6">
-        <v>25757.0</v>
+        <v>61652.0</v>
       </c>
       <c r="N65" s="6">
-        <v>31166</v>
+        <v>74599</v>
       </c>
       <c r="O65" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P65" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>13757</v>
+        <v>12881</v>
       </c>
       <c r="B66">
-        <v>0.5</v>
+        <v>1.03</v>
       </c>
       <c r="C66" t="s">
-        <v>221</v>
+        <v>193</v>
       </c>
       <c r="D66" t="s">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="E66" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G66" t="s">
-        <v>203</v>
+        <v>115</v>
       </c>
       <c r="H66" t="s">
-        <v>148</v>
+        <v>116</v>
+      </c>
+      <c r="I66" t="s">
+        <v>117</v>
       </c>
       <c r="J66" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K66" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L66" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="M66" s="6">
-        <v>27875.0</v>
+        <v>63000.0</v>
       </c>
       <c r="N66" s="6">
-        <v>33729</v>
+        <v>76230</v>
       </c>
       <c r="O66" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P66" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>13286</v>
+        <v>12867</v>
       </c>
       <c r="B67">
-        <v>0.55</v>
+        <v>0.76</v>
       </c>
       <c r="C67" t="s">
-        <v>222</v>
+        <v>195</v>
       </c>
       <c r="D67" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="E67" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G67" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H67" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I67" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J67" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K67" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L67" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M67" s="6">
-        <v>28298.0</v>
+        <v>66098.0</v>
       </c>
       <c r="N67" s="6">
-        <v>34240</v>
+        <v>79979</v>
       </c>
       <c r="O67" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P67" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>14153</v>
+        <v>12868</v>
       </c>
       <c r="B68">
-        <v>0.51</v>
+        <v>0.78</v>
       </c>
       <c r="C68" t="s">
-        <v>223</v>
+        <v>196</v>
       </c>
       <c r="D68" t="s">
         <v>22</v>
       </c>
       <c r="E68" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G68" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H68" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I68" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J68" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K68" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L68" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M68" s="6">
-        <v>28509.0</v>
+        <v>67837.0</v>
       </c>
       <c r="N68" s="6">
-        <v>34496</v>
+        <v>82083</v>
       </c>
       <c r="O68" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P68" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>14154</v>
+        <v>11169</v>
       </c>
       <c r="B69">
-        <v>0.51</v>
+        <v>0.8</v>
       </c>
       <c r="C69" t="s">
-        <v>224</v>
+        <v>197</v>
       </c>
       <c r="D69" t="s">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="H69" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J69" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K69" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L69" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M69" s="6">
-        <v>28509.0</v>
+        <v>71360.0</v>
       </c>
       <c r="N69" s="6">
-        <v>34496</v>
+        <v>86346</v>
       </c>
       <c r="O69" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P69" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>14047</v>
+        <v>10126</v>
       </c>
       <c r="B70">
-        <v>0.57</v>
+        <v>0.7</v>
       </c>
       <c r="C70" t="s">
-        <v>225</v>
+        <v>198</v>
       </c>
       <c r="D70" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E70" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G70" t="s">
-        <v>197</v>
+        <v>115</v>
       </c>
       <c r="H70" t="s">
-        <v>148</v>
+        <v>116</v>
+      </c>
+      <c r="I70" t="s">
+        <v>117</v>
       </c>
       <c r="J70" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K70" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="L70" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M70" s="6">
-        <v>29412.0</v>
+        <v>79611.0</v>
       </c>
       <c r="N70" s="6">
-        <v>35589</v>
+        <v>96329</v>
       </c>
       <c r="O70" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P70" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>14048</v>
+        <v>13272</v>
       </c>
       <c r="B71">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="C71" t="s">
-        <v>226</v>
+        <v>199</v>
       </c>
       <c r="D71" t="s">
-        <v>22</v>
+        <v>137</v>
       </c>
       <c r="E71" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G71" t="s">
-        <v>197</v>
+        <v>115</v>
       </c>
       <c r="H71" t="s">
-        <v>148</v>
+        <v>116</v>
+      </c>
+      <c r="I71" t="s">
+        <v>117</v>
       </c>
       <c r="J71" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="K71" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L71" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M71" s="6">
-        <v>30960.0</v>
+        <v>90160.0</v>
       </c>
       <c r="N71" s="6">
-        <v>37462</v>
+        <v>109094</v>
       </c>
       <c r="O71" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P71" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>13760</v>
+        <v>12476</v>
       </c>
       <c r="B72">
-        <v>0.62</v>
+        <v>0.7</v>
       </c>
       <c r="C72" t="s">
-        <v>227</v>
+        <v>200</v>
       </c>
       <c r="D72" t="s">
-        <v>214</v>
+        <v>140</v>
       </c>
       <c r="E72" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G72" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H72" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I72" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J72" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K72" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L72" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M72" s="6">
-        <v>31372.0</v>
+        <v>93520.0</v>
       </c>
       <c r="N72" s="6">
-        <v>37960</v>
+        <v>113159</v>
       </c>
       <c r="O72" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P72" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>13768</v>
+        <v>12477</v>
       </c>
       <c r="B73">
-        <v>0.62</v>
+        <v>0.7</v>
       </c>
       <c r="C73" t="s">
-        <v>228</v>
+        <v>201</v>
       </c>
       <c r="D73" t="s">
-        <v>214</v>
+        <v>140</v>
       </c>
       <c r="E73" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G73" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H73" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I73" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J73" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K73" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L73" t="s">
-        <v>156</v>
+        <v>123</v>
       </c>
       <c r="M73" s="6">
-        <v>31372.0</v>
+        <v>93520.0</v>
       </c>
       <c r="N73" s="6">
-        <v>37960</v>
+        <v>113159</v>
       </c>
       <c r="O73" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P73" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>14152</v>
+        <v>13227</v>
       </c>
       <c r="B74">
-        <v>0.52</v>
+        <v>1.5</v>
       </c>
       <c r="C74" t="s">
-        <v>229</v>
+        <v>202</v>
       </c>
       <c r="D74" t="s">
-        <v>22</v>
+        <v>194</v>
       </c>
       <c r="E74" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G74" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="H74" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J74" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K74" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L74" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M74" s="6">
-        <v>32422.0</v>
+        <v>94000.0</v>
       </c>
       <c r="N74" s="6">
-        <v>39231</v>
+        <v>113740</v>
       </c>
       <c r="O74" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P74" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>11196</v>
+        <v>11575</v>
       </c>
       <c r="B75">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C75" t="s">
-        <v>230</v>
+        <v>203</v>
       </c>
       <c r="D75" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E75" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H75" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I75" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J75" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K75" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L75" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M75" s="6">
-        <v>32781.0</v>
+        <v>117450.0</v>
       </c>
       <c r="N75" s="6">
-        <v>39665</v>
+        <v>142115</v>
       </c>
       <c r="O75" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P75" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>14151</v>
+        <v>11583</v>
       </c>
       <c r="B76">
-        <v>0.55</v>
+        <v>0.9</v>
       </c>
       <c r="C76" t="s">
-        <v>231</v>
+        <v>204</v>
       </c>
       <c r="D76" t="s">
         <v>22</v>
       </c>
       <c r="E76" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H76" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I76" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J76" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K76" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L76" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M76" s="6">
-        <v>34293.0</v>
+        <v>117450.0</v>
       </c>
       <c r="N76" s="6">
-        <v>41494</v>
+        <v>142115</v>
       </c>
       <c r="O76" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P76" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>12281</v>
+        <v>13635</v>
       </c>
       <c r="B77">
-        <v>0.52</v>
+        <v>1.02</v>
       </c>
       <c r="C77" t="s">
-        <v>232</v>
+        <v>205</v>
       </c>
       <c r="D77" t="s">
-        <v>183</v>
+        <v>25</v>
       </c>
       <c r="E77" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G77" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="H77" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="J77" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K77" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="L77" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M77" s="6">
-        <v>36120.0</v>
+        <v>119990.0</v>
       </c>
       <c r="N77" s="6">
-        <v>43705</v>
+        <v>145188</v>
       </c>
       <c r="O77" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P77" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>11272</v>
+        <v>13765</v>
       </c>
       <c r="B78">
-        <v>0.75</v>
+        <v>1.01</v>
       </c>
       <c r="C78" t="s">
-        <v>233</v>
+        <v>207</v>
       </c>
       <c r="D78" t="s">
-        <v>234</v>
+        <v>137</v>
       </c>
       <c r="E78" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H78" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I78" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J78" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K78" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L78" t="s">
-        <v>156</v>
+        <v>134</v>
       </c>
       <c r="M78" s="6">
-        <v>37613.0</v>
+        <v>130000.0</v>
       </c>
       <c r="N78" s="6">
-        <v>45512</v>
+        <v>157300</v>
       </c>
       <c r="O78" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P78" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>13275</v>
+        <v>14104</v>
       </c>
       <c r="B79">
-        <v>0.53</v>
+        <v>1.01</v>
       </c>
       <c r="C79" t="s">
-        <v>235</v>
+        <v>208</v>
       </c>
       <c r="D79" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E79" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G79" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H79" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I79" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J79" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K79" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L79" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M79" s="6">
-        <v>37657.0</v>
+        <v>176500.0</v>
       </c>
       <c r="N79" s="6">
-        <v>45564</v>
+        <v>213565</v>
       </c>
       <c r="O79" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P79" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>13291</v>
+        <v>12737</v>
       </c>
       <c r="B80">
-        <v>0.7</v>
+        <v>0.92</v>
       </c>
       <c r="C80" t="s">
-        <v>236</v>
+        <v>209</v>
       </c>
       <c r="D80" t="s">
-        <v>187</v>
+        <v>25</v>
       </c>
       <c r="E80" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G80" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H80" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I80" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J80" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K80" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L80" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M80" s="6">
-        <v>39445.0</v>
+        <v>178020.0</v>
       </c>
       <c r="N80" s="6">
-        <v>47728</v>
+        <v>215404</v>
       </c>
       <c r="O80" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P80" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>13292</v>
+        <v>13143</v>
       </c>
       <c r="B81">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="C81" t="s">
-        <v>237</v>
+        <v>210</v>
       </c>
       <c r="D81" t="s">
-        <v>187</v>
+        <v>25</v>
       </c>
       <c r="E81" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G81" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H81" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I81" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J81" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K81" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L81" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M81" s="6">
-        <v>39445.0</v>
+        <v>185760.0</v>
       </c>
       <c r="N81" s="6">
-        <v>47728</v>
+        <v>224770</v>
       </c>
       <c r="O81" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P81" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>13026</v>
+        <v>13144</v>
       </c>
       <c r="B82">
-        <v>0.71</v>
+        <v>0.9</v>
       </c>
       <c r="C82" t="s">
-        <v>238</v>
+        <v>211</v>
       </c>
       <c r="D82" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E82" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G82" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H82" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I82" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J82" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K82" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L82" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="M82" s="6">
-        <v>39583.0</v>
+        <v>185760.0</v>
       </c>
       <c r="N82" s="6">
-        <v>47895</v>
+        <v>224770</v>
       </c>
       <c r="O82" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P82" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>13956</v>
+        <v>3887</v>
       </c>
       <c r="B83">
-        <v>0.52</v>
+        <v>2.24</v>
       </c>
       <c r="C83" t="s">
-        <v>239</v>
+        <v>212</v>
       </c>
       <c r="D83" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E83" t="s">
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="F83" t="s">
+        <v>213</v>
       </c>
       <c r="G83" t="s">
-        <v>147</v>
+        <v>214</v>
       </c>
       <c r="H83" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>116</v>
       </c>
       <c r="J83" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K83" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L83" t="s">
-        <v>150</v>
+        <v>215</v>
       </c>
       <c r="M83" s="6">
-        <v>40248.0</v>
+        <v>275000.0</v>
       </c>
       <c r="N83" s="6">
-        <v>48700</v>
+        <v>332750</v>
       </c>
       <c r="O83" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P83" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>14157</v>
+        <v>9296</v>
       </c>
       <c r="B84">
-        <v>0.68</v>
+        <v>1.5</v>
       </c>
       <c r="C84" t="s">
-        <v>240</v>
+        <v>216</v>
       </c>
       <c r="D84" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E84" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="H84" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="I84" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="J84" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="K84" t="s">
-        <v>149</v>
+        <v>117</v>
       </c>
       <c r="L84" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="M84" s="6">
-        <v>39980.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N84" s="6">
-        <v>48376</v>
+        <v>471900</v>
       </c>
       <c r="O84" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P84" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>14098</v>
+        <v>9353</v>
       </c>
       <c r="B85">
-        <v>0.3</v>
+        <v>1.02</v>
       </c>
       <c r="C85" t="s">
-        <v>241</v>
+        <v>217</v>
       </c>
       <c r="D85" t="s">
-        <v>242</v>
+        <v>182</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F85" t="s">
-        <v>243</v>
+        <v>218</v>
       </c>
       <c r="G85" t="s">
-        <v>173</v>
+        <v>214</v>
       </c>
       <c r="H85" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="J85" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="K85" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="L85" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="M85" s="6">
-        <v>45000.0</v>
+        <v>429000.0</v>
       </c>
       <c r="N85" s="6">
-        <v>54450</v>
+        <v>519090</v>
       </c>
       <c r="O85" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="P85" t="s">
         <v>114</v>
-      </c>
-[...1490 lines deleted...]
-        <v>146</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -6921,82 +5231,50 @@
     <hyperlink ref="P61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="P62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="P63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="P64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="P65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="P66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="P67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="P68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="P69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="P70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="P71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="P72" r:id="rId_hyperlink_70"/>
     <hyperlink ref="P73" r:id="rId_hyperlink_71"/>
     <hyperlink ref="P74" r:id="rId_hyperlink_72"/>
     <hyperlink ref="P75" r:id="rId_hyperlink_73"/>
     <hyperlink ref="P76" r:id="rId_hyperlink_74"/>
     <hyperlink ref="P77" r:id="rId_hyperlink_75"/>
     <hyperlink ref="P78" r:id="rId_hyperlink_76"/>
     <hyperlink ref="P79" r:id="rId_hyperlink_77"/>
     <hyperlink ref="P80" r:id="rId_hyperlink_78"/>
     <hyperlink ref="P81" r:id="rId_hyperlink_79"/>
     <hyperlink ref="P82" r:id="rId_hyperlink_80"/>
     <hyperlink ref="P83" r:id="rId_hyperlink_81"/>
     <hyperlink ref="P84" r:id="rId_hyperlink_82"/>
     <hyperlink ref="P85" r:id="rId_hyperlink_83"/>
-    <hyperlink ref="P86" r:id="rId_hyperlink_84"/>
-[...30 lines deleted...]
-    <hyperlink ref="P117" r:id="rId_hyperlink_115"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>