--- v1 (2025-12-12)
+++ v2 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,615 +73,1167 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>4.60mm - 4.63mm x 2.89mm</t>
+    <t>3.68mm - 3.73mm x 2.21mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>VVS1</t>
+  </si>
+  <si>
+    <t>3.62mm - 3.64mm x 2.20mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>VVS2</t>
+  </si>
+  <si>
+    <t>3.56mm - 3.66mm x 2.22mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>3.56mm - 3.62mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>3.50mm - 3.53mm x 2.24mm</t>
+  </si>
+  <si>
+    <t>3.64mm - 3.69mm x 2.22mm</t>
+  </si>
+  <si>
+    <t>3.62mm - 3.65mm x 2.12mm</t>
+  </si>
+  <si>
+    <t>3.67mm - 3.71mm x 2.11mm</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-f-vvs1-s-igi-certifikatem-14417.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14418.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-d-vvs1-s-igi-certifikatem-14423.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vvs1-s-igi-certifikatem-14469.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-d-vvs2-s-igi-certifikatem-14386.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-d-vvs1-s-igi-certifikatem-14475.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vvs1-s-igi-certifikatem-14390.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-f-vvs1-s-igi-certifikatem-14483.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-f-vvs1-s-igi-certifikatem-14398.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14403.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14420.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14382.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14468.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14393.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14397.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14402.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/020ct-f-vvs1-s-igi-certifikatem-14408.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/020ct-e-vvs1-s-igi-certifikatem-14405.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-d-vvs1-s-igi-certifikatem-14413.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14389.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14404.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-f-vvs2-s-igi-certifikatem-14422.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-f-vvs1-s-igi-certifikatem-14381.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14477.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14478.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14396.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14401.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14490.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-j-vvs2-s-gia-certifikatem-14229.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/020ct-f-vvs2-s-igi-certifikatem-14485.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14225.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14226.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14227.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14228.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-i-vvs2-s-gia-certifikatem-14216.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-i-vvs2-s-gia-certifikatem-14217.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14502.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14445.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14453.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14459.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14461.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14462.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14495.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14496.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14442.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14443.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14465.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14493.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs1-s-igi-certifikatem-14505.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14506.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14507.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14433.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14434.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14447.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-e-vvs1-s-igi-certifikatem-14449.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14500.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-d-vvs1-s-igi-certifikatem-14452.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14455.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-d-vvs1-s-igi-certifikatem-14429.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14491.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14498.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-e-vvs2-s-igi-certifikatem-14499.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14438.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-d-vvs2-s-igi-certifikatem-14457.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-f-vvs1-s-igi-certifikatem-14503.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-f-vvs1-s-igi-certifikatem-14448.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14432.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-d-vvs2-s-igi-certifikatem-14456.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-f-vvs2-s-igi-certifikatem-14504.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-14444.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-k-vvs2-s-gia-certifikatem-14320.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-h-vvs1-s-gia-certifikatem-14213.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-h-vvs1-s-gia-certifikatem-14214.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14492.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14437.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14446.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-14430.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-d-vvs2-s-igi-certifikatem-14431.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14439.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14350.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14351.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14330.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14331.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-g-vvs2-s-gia-certifikatem-14233.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-g-vvs2-s-gia-certifikatem-14243.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-f-vvs1-s-gia-certifikatem-14295.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-14211.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/032ct-e-vvs1-s-gia-certifikatem-14294.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14316.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-g-vvs2-s-gia-certifikatem-14348.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14314.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14315.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14312.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14313.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-f-vvs2-s-gia-certifikatem-14347.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14310.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14311.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/057ct-j-vvs1-s-gia-certifikatem-14268.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-f-vvs1-s-gia-certifikatem-14346.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14345.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14344.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-h-vvs1-s-gia-certifikatem-14265.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14359.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14360.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-j-vvs1-s-gia-certifikatem-14373.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-j-vvs1-s-gia-certifikatem-14374.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14258.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14260.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-e-vvs1-s-gia-certifikatem-14261.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/054ct-e-vvs1-s-gia-certifikatem-14259.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/058ct-e-vvs1-s-gia-certifikatem-14164.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14369.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14370.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-14368.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/081ct-f-vvs1-s-gia-certifikatem-14278.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>3.57mm - 3.59mm x 2.17mm</t>
+  </si>
+  <si>
+    <t>3.74mm - 3.77mm x 2.10mm</t>
+  </si>
+  <si>
+    <t>3.54mm - 3.61mm x 2.38mm</t>
+  </si>
+  <si>
+    <t>3.57mm - 3.60mm x 2.32mm</t>
+  </si>
+  <si>
+    <t>3.65mm - 3.67mm x 2.29mm</t>
+  </si>
+  <si>
+    <t>3.69mm - 3.73mm x 2.16mm</t>
+  </si>
+  <si>
+    <t>3.58mm - 3.61mm x 2.32mm</t>
+  </si>
+  <si>
+    <t>3.67mm - 3.71mm x 2.22mm</t>
+  </si>
+  <si>
+    <t>3.70mm - 3.76mm x 2.28mm</t>
+  </si>
+  <si>
+    <t>3.80mm - 3.83mm x 2.31mm</t>
+  </si>
+  <si>
+    <t>3.60mm - 3.64mm x 2.26mm</t>
+  </si>
+  <si>
+    <t>3.55mm - 3.63mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>3.66mm - 3.70mm x 2.23mm</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>3.75mm - 3.79mm x 2.20mm</t>
+  </si>
+  <si>
+    <t>3.72mm - 3.76mm x 2.26mm</t>
+  </si>
+  <si>
+    <t>3.71mm - 3.74mm x 2.28mm</t>
+  </si>
+  <si>
+    <t>3.66mm - 3.73mm x 2.20mm</t>
+  </si>
+  <si>
+    <t>3.70mm - 3.72mm x 2.26mm</t>
+  </si>
+  <si>
+    <t>3.64mm - 3.74mm x 2.31mm</t>
+  </si>
+  <si>
+    <t>3.67mm - 3.72mm x 2.29mm</t>
+  </si>
+  <si>
+    <t>4.29mm - 4.31mm x 2.66mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>3.64mm - 3.71mm x 2.29mm</t>
+  </si>
+  <si>
+    <t>4.34mm - 4.36mm x 2.65mm</t>
+  </si>
+  <si>
+    <t>4.34mm - 4.36mm x 2.64mm</t>
+  </si>
+  <si>
+    <t>4.30mm - 4.33mm x 2.66mm</t>
+  </si>
+  <si>
+    <t>4.33mm - 4.35mm x 2.65mm</t>
+  </si>
+  <si>
+    <t>4.28mm - 4.30mm x 2.70mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>4.31mm - 4.34mm x 2.65mm</t>
+  </si>
+  <si>
+    <t>3.95mm - 4.03mm x 2.37mm</t>
+  </si>
+  <si>
+    <t>3.89mm - 3.93mm x 2.41mm</t>
+  </si>
+  <si>
+    <t>3.86mm - 3.89mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>3.87mm - 3.97mm x 2.42mm</t>
+  </si>
+  <si>
+    <t>3.95mm - 4.03mm x 2.29mm</t>
+  </si>
+  <si>
+    <t>3.78mm - 3.83mm x 2.43mm</t>
+  </si>
+  <si>
+    <t>3.98mm - 4.03mm x 2.38mm</t>
+  </si>
+  <si>
+    <t>4.07mm - 4.11mm x 2.38mm</t>
+  </si>
+  <si>
+    <t>4.07mm - 4.10mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>3.92mm - 3.98mm x 2.44mm</t>
+  </si>
+  <si>
+    <t>3.96mm - 3.99mm x 2.40mm</t>
+  </si>
+  <si>
+    <t>3.87mm - 3.92mm x 2.45mm</t>
+  </si>
+  <si>
+    <t>3.87mm - 3.90mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>3.92mm - 3.93mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>3.93mm - 3.97mm x 2.36mm</t>
+  </si>
+  <si>
+    <t>3.89mm - 3.95mm x 2.41mm</t>
+  </si>
+  <si>
+    <t>4.03mm - 4.07mm x 2.39mm</t>
+  </si>
+  <si>
+    <t>4.02mm - 4.08mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>4.04mm - 4.08mm x 2.35mm</t>
+  </si>
+  <si>
+    <t>3.94mm - 3.96mm x 2.34mm</t>
+  </si>
+  <si>
+    <t>3.93mm - 3.97mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>4.07mm - 4.10mm x 2.39mm</t>
+  </si>
+  <si>
+    <t>3.99mm - 4.07mm x 2.53mm</t>
+  </si>
+  <si>
+    <t>3.98mm - 4.01mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>3.90mm - 3.94mm x 2.52mm</t>
+  </si>
+  <si>
+    <t>4.09mm - 4.15mm x 2.51mm</t>
+  </si>
+  <si>
+    <t>4.09mm - 4.13mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>4.17mm - 4.20mm x 2.41mm</t>
+  </si>
+  <si>
+    <t>4.10mm - 4.20mm x 2.44mm</t>
+  </si>
+  <si>
+    <t>4.06mm - 4.09mm x 2.51mm</t>
+  </si>
+  <si>
+    <t>4.08mm - 4.12mm x 2.54mm</t>
+  </si>
+  <si>
+    <t>4.14mm - 4.16mm x 2.57mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>4.19mm - 4.23mm x 2.48mm</t>
+  </si>
+  <si>
+    <t>4.22mm - 4.26mm x 2.43mm</t>
+  </si>
+  <si>
+    <t>4.20mm - 4.22mm x 2.53mm</t>
+  </si>
+  <si>
+    <t>4.14mm - 4.17mm x 2.62mm</t>
+  </si>
+  <si>
+    <t>4.59mm - 4.63mm x 2.95mm</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
-    <t>VVS2</t>
-[...8 lines deleted...]
-    <t>VVS1</t>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>4.33mm - 4.34mm x 2.61mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>4.30mm - 4.34mm x 2.62mm</t>
   </si>
   <si>
     <t>3.86mm - 3.89mm x 2.36mm</t>
   </si>
   <si>
-    <t>E</t>
-[...2 lines deleted...]
-    <t>4.11mm - 4.12mm x 2.55mm</t>
+    <t>4.25mm - 4.30mm x 2.56mm</t>
+  </si>
+  <si>
+    <t>4.25mm - 4.28mm x 2.53mm</t>
+  </si>
+  <si>
+    <t>4.11mm - 4.15mm x 2.62mm</t>
+  </si>
+  <si>
+    <t>4.25mm - 4.28mm x 2.60mm</t>
+  </si>
+  <si>
+    <t>4.28mm - 4.32mm x 2.56mm</t>
+  </si>
+  <si>
+    <t>4.23mm - 4.28mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.76mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.71mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.21mm - 4.25mm x 2.60mm</t>
+  </si>
+  <si>
+    <t>Fair</t>
+  </si>
+  <si>
+    <t>4.36mm - 4.38mm x 2.73mm</t>
+  </si>
+  <si>
+    <t>3.82mm - 3.86mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>4.00mm - 4.05mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.69mm x 2.82mm</t>
+  </si>
+  <si>
+    <t>4.61mm - 4.65mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.71mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>4.29mm - 4.36mm x 2.48mm</t>
   </si>
   <si>
     <t>4.63mm - 4.66mm x 2.86mm</t>
   </si>
   <si>
-    <t>I</t>
-[...301 lines deleted...]
-  <si>
     <t>5.36mm x 3.94mm x 2.34mm</t>
   </si>
   <si>
     <t>Oval</t>
   </si>
   <si>
     <t>5.71mm x 3.70mm x 2.33mm</t>
   </si>
   <si>
     <t>Pear</t>
   </si>
   <si>
-    <t>4.77mm - 4.79mm x 2.90mm</t>
+    <t>4.72mm - 4.74mm x 2.92mm</t>
   </si>
   <si>
     <t>střední</t>
   </si>
   <si>
-    <t>4.72mm - 4.74mm x 2.92mm</t>
-[...5 lines deleted...]
-    <t>F</t>
+    <t>4.44mm - 4.47mm x 2.76mm</t>
+  </si>
+  <si>
+    <t>4.34mm - 4.37mm x 2.66mm</t>
   </si>
   <si>
     <t>5.14mm x 3.81mm x 2.42mm</t>
   </si>
   <si>
     <t>6.46mm x 3.44mm x 2.19mm</t>
   </si>
   <si>
-    <t>D</t>
-[...1 lines deleted...]
-  <si>
     <t>Marquise</t>
   </si>
   <si>
     <t>4.83mm - 4.87mm x 3.04mm</t>
   </si>
   <si>
-    <t>J</t>
-[...1 lines deleted...]
-  <si>
     <t>4.83mm - 4.87mm x 3.05mm</t>
   </si>
   <si>
-    <t>4.33mm - 4.35mm x 2.68mm</t>
+    <t>4.36mm - 4.39mm x 2.73mm</t>
   </si>
   <si>
     <t>5.09mm - 5.11mm x 3.19mm</t>
   </si>
   <si>
-    <t>4.45mm - 4.48mm x 2.67mm</t>
-[...5 lines deleted...]
-    <t>3.90mm x 3.87mm x 2.81mm</t>
+    <t>4.70mm - 4.73mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.73mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.76mm - 4.78mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>5.01mm - 5.05mm x 3.18mm</t>
+  </si>
+  <si>
+    <t>5.12mm - 5.13mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>5.13mm - 5.16mm x 3.16mm</t>
+  </si>
+  <si>
+    <t>4.31mm x 5.01mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.74mm x 2.92mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.76mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.82mm - 4.85mm x 2.99mm</t>
+  </si>
+  <si>
+    <t>4.84mm - 4.87mm x 3.01mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>5.32mm - 5.34mm x 3.31mm</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.85mm x 3.00mm</t>
+  </si>
+  <si>
+    <t>4.85mm - 4.87mm x 2.99mm</t>
+  </si>
+  <si>
+    <t>4.86mm - 4.88mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.23mm x 3.24mm</t>
+  </si>
+  <si>
+    <t>5.34mm - 5.37mm x 3.15mm</t>
+  </si>
+  <si>
+    <t>5.36mm - 5.39mm x 3.15mm</t>
+  </si>
+  <si>
+    <t>4.66mm x 4.62mm x 3.29mm</t>
   </si>
   <si>
     <t>Princess</t>
   </si>
   <si>
-    <t>4.72mm - 4.75mm x 2.96mm</t>
-[...49 lines deleted...]
-  <si>
     <t>5.19mm - 5.22mm x 3.18mm</t>
   </si>
   <si>
+    <t>5.23mm - 5.25mm x 3.18mm</t>
+  </si>
+  <si>
     <t>5.63mm - 5.67mm x 3.47mm</t>
   </si>
   <si>
-    <t>4.74mm x 5.64mm x 3.37mm</t>
+    <t>5.68mm - 5.72mm x 3.57mm</t>
+  </si>
+  <si>
+    <t>5.69mm - 5.73mm x 3.58mm</t>
   </si>
   <si>
     <t>5.76mm - 5.78mm x 3.61mm</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>5.14mm - 5.17mm x 3.17mm</t>
   </si>
   <si>
     <t>5.62mm - 5.67mm x 3.56mm</t>
   </si>
   <si>
     <t>5.63mm - 5.68mm x 3.58mm</t>
   </si>
   <si>
     <t>5.72mm - 5.74mm x 3.51mm</t>
   </si>
   <si>
     <t>5.68mm - 5.71mm x 3.58mm</t>
   </si>
   <si>
     <t>5.71mm - 5.75mm x 3.57mm</t>
   </si>
   <si>
-    <t>5.68mm - 5.70mm x 3.42mm</t>
+    <t>5.11mm - 5.13mm x 3.20mm</t>
+  </si>
+  <si>
+    <t>5.15mm - 5.18mm x 3.15mm</t>
+  </si>
+  <si>
+    <t>5.23mm - 5.25mm x 3.24mm</t>
+  </si>
+  <si>
+    <t>5.22mm - 5.25mm x 3.20mm</t>
   </si>
   <si>
     <t>5.32mm - 5.33mm x 3.19mm</t>
   </si>
   <si>
     <t>5.80mm x 3.70mm x 2.33mm</t>
   </si>
   <si>
     <t>Fn</t>
   </si>
   <si>
     <t>Faint Pink</t>
   </si>
   <si>
     <t>5.69mm - 5.73mm x 3.54mm</t>
   </si>
   <si>
     <t>5.70mm - 5.74mm x 3.52mm</t>
   </si>
   <si>
     <t>5.32mm - 5.34mm x 3.30mm</t>
   </si>
   <si>
     <t>5.34mm - 5.38mm x 3.37mm</t>
   </si>
   <si>
     <t>5.34mm - 5.38mm x 3.38mm</t>
   </si>
   <si>
     <t>5.30mm x 6.29mm x 3.62mm</t>
   </si>
   <si>
     <t>5.98mm - 6.08mm x 3.85mm</t>
   </si>
   <si>
     <t>EGL</t>
   </si>
   <si>
     <t>5.19mm - 5.23mm x 3.27mm</t>
   </si>
   <si>
     <t>6.49mm - 6.51mm x 3.96mm</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
+    <t>5.70mm - 5.73mm x 3.53mm</t>
+  </si>
+  <si>
     <t>5.89mm - 5.92mm x 3.61mm</t>
   </si>
   <si>
     <t>5.87mm - 5.91mm x 3.66mm</t>
   </si>
   <si>
     <t>10.43mm x 4.69mm x 2.72mm</t>
   </si>
   <si>
+    <t>5.67mm - 5.70mm x 3.55mm</t>
+  </si>
+  <si>
+    <t>5.95mm - 5.98mm x 3.72mm</t>
+  </si>
+  <si>
     <t>5.69mm - 5.71mm x 3.50mm</t>
   </si>
   <si>
     <t>5.88mm - 5.92mm x 3.72mm</t>
   </si>
   <si>
     <t>5.66mm - 5.69mm x 3.54mm</t>
   </si>
   <si>
     <t>5.70mm - 5.73mm x 3.49mm</t>
   </si>
   <si>
     <t>8.68mm x 6.42mm x 4.07mm</t>
   </si>
   <si>
     <t>6.09mm - 6.14mm x 3.85mm</t>
   </si>
   <si>
     <t>6.26mm - 6.29mm x 3.77mm</t>
-  </si>
-[...4 lines deleted...]
-    <t>Radiant</t>
   </si>
   <si>
     <t>6.39mm - 6.41mm x 4.01mm</t>
   </si>
   <si>
     <t>6.50mm - 6.54mm x 3.93mm</t>
   </si>
   <si>
     <t>6.18mm - 6.21mm x 3.87mm</t>
   </si>
   <si>
     <t>6.10mm - 6.13mm x 3.87mm</t>
   </si>
   <si>
     <t>6.09mm - 6.15mm x 3.89mm</t>
   </si>
   <si>
     <t>7.24mm x 7.05mm x 4.96mm</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
@@ -1185,62 +1737,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-k-vvs2-s-gia-certifikatem-13912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-13841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vvs2-s-gia-certifikatem-14181.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vvs2-s-gia-certifikatem-14182.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vvs1-s-gia-certifikatem-13985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-f-vvs1-s-gia-certifikatem-14107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-e-vvs1-s-gia-certifikatem-13875.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-d-vvs1-s-gia-certifikatem-14179.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14180.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-vvs2-s-gia-certifikatem-13530.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-f-vvs1-s-gia-certifikatem-14127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs1-s-gia-certifikatem-14125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-f-vvs2-s-gia-certifikatem-13757.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-g-vvs1-s-gia-certifikatem-14048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/062ct-h-vvs2-s-gia-certifikatem-13760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-d-vvs2-s-gia-certifikatem-12281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/068ct-g-vvs1-s-gia-certifikatem-14157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/058ct-e-vvs1-s-gia-certifikatem-14164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vvs1-s-gia-certifikatem-13635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vvs1-s-igi-certifikatem-14417.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14418.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-d-vvs1-s-igi-certifikatem-14423.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs1-s-igi-certifikatem-14469.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-d-vvs2-s-igi-certifikatem-14386.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-d-vvs1-s-igi-certifikatem-14475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs1-s-igi-certifikatem-14390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vvs1-s-igi-certifikatem-14483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vvs1-s-igi-certifikatem-14398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14403.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14420.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14382.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14397.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/020ct-f-vvs1-s-igi-certifikatem-14408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/020ct-e-vvs1-s-igi-certifikatem-14405.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-d-vvs1-s-igi-certifikatem-14413.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14389.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-f-vvs2-s-igi-certifikatem-14422.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-f-vvs1-s-igi-certifikatem-14381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14478.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14396.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14490.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs2-s-gia-certifikatem-14229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/020ct-f-vvs2-s-igi-certifikatem-14485.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-i-vvs2-s-gia-certifikatem-14216.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-i-vvs2-s-gia-certifikatem-14217.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14445.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14453.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14459.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14461.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14462.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14496.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14442.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14465.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs1-s-igi-certifikatem-14505.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14507.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14433.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14447.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs1-s-igi-certifikatem-14449.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14500.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-d-vvs1-s-igi-certifikatem-14452.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-d-vvs1-s-igi-certifikatem-14429.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14498.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-e-vvs2-s-igi-certifikatem-14499.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14438.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-d-vvs2-s-igi-certifikatem-14457.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs1-s-igi-certifikatem-14503.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-f-vvs1-s-igi-certifikatem-14448.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14432.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-d-vvs2-s-igi-certifikatem-14456.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-f-vvs2-s-igi-certifikatem-14504.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-14444.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vvs2-s-gia-certifikatem-14320.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-h-vvs1-s-gia-certifikatem-14213.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-h-vvs1-s-gia-certifikatem-14214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14437.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-14430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-d-vvs2-s-igi-certifikatem-14431.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14331.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vvs2-s-gia-certifikatem-14233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vvs2-s-gia-certifikatem-14243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-f-vvs1-s-gia-certifikatem-14295.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-14211.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs1-s-gia-certifikatem-14294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14316.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-g-vvs2-s-gia-certifikatem-14348.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14315.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14312.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14313.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs2-s-gia-certifikatem-14347.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14310.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14311.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-j-vvs1-s-gia-certifikatem-14268.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs1-s-gia-certifikatem-14346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-h-vvs1-s-gia-certifikatem-14265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14359.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14360.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-j-vvs1-s-gia-certifikatem-14373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-j-vvs1-s-gia-certifikatem-14374.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14258.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-e-vvs1-s-gia-certifikatem-14261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-e-vvs1-s-gia-certifikatem-14259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/058ct-e-vvs1-s-gia-certifikatem-14164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14369.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-14368.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/081ct-f-vvs1-s-gia-certifikatem-14278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q85"/>
+  <dimension ref="A1:Q178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N85" sqref="N85"/>
+      <selection activeCell="N178" sqref="N178"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1282,3905 +1834,8291 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>13912</v>
+        <v>14417</v>
       </c>
       <c r="B3">
-        <v>0.38</v>
+        <v>0.18</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H3" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I3" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J3" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="K3" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L3" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M3" s="6">
-        <v>8170.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N3" s="6">
-        <v>9886</v>
+        <v>7052</v>
       </c>
       <c r="O3" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P3" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>13477</v>
+        <v>14418</v>
       </c>
       <c r="B4">
-        <v>0.27</v>
+        <v>0.18</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="G4" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H4" t="s">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="I4" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="J4" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="K4" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="L4" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M4" s="6">
-        <v>9912.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N4" s="6">
-        <v>11993</v>
+        <v>7052</v>
       </c>
       <c r="O4" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>12629</v>
+        <v>14423</v>
       </c>
       <c r="B5">
-        <v>0.23</v>
+        <v>0.18</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>25</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H5" t="s">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="I5" t="s">
-        <v>122</v>
+        <v>210</v>
       </c>
       <c r="J5" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="K5" t="s">
-        <v>122</v>
+        <v>210</v>
       </c>
       <c r="L5" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M5" s="6">
-        <v>10165.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N5" s="6">
-        <v>12299</v>
+        <v>7052</v>
       </c>
       <c r="O5" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>13841</v>
+        <v>14469</v>
       </c>
       <c r="B6">
-        <v>0.27</v>
+        <v>0.18</v>
       </c>
       <c r="C6" t="s">
         <v>26</v>
       </c>
       <c r="D6" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H6" t="s">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="I6" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J6" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="K6" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L6" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M6" s="6">
-        <v>10607.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N6" s="6">
-        <v>12835</v>
+        <v>7052</v>
       </c>
       <c r="O6" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P6" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>14181</v>
+        <v>14386</v>
       </c>
       <c r="B7">
-        <v>0.38</v>
+        <v>0.18</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G7" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H7" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I7" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J7" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K7" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L7" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M7" s="6">
-        <v>10621.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N7" s="6">
-        <v>12851</v>
+        <v>7052</v>
       </c>
       <c r="O7" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P7" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14182</v>
+        <v>14475</v>
       </c>
       <c r="B8">
-        <v>0.38</v>
+        <v>0.18</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H8" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I8" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J8" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K8" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L8" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M8" s="6">
-        <v>10621.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N8" s="6">
-        <v>12851</v>
+        <v>7052</v>
       </c>
       <c r="O8" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P8" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>12592</v>
+        <v>14390</v>
       </c>
       <c r="B9">
-        <v>0.29</v>
+        <v>0.18</v>
       </c>
       <c r="C9" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H9" t="s">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="I9" t="s">
-        <v>122</v>
+        <v>209</v>
       </c>
       <c r="J9" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="K9" t="s">
-        <v>124</v>
+        <v>209</v>
       </c>
       <c r="L9" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M9" s="6">
-        <v>11030.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N9" s="6">
-        <v>13346</v>
+        <v>7052</v>
       </c>
       <c r="O9" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>13985</v>
+        <v>14483</v>
       </c>
       <c r="B10">
-        <v>0.38</v>
+        <v>0.18</v>
       </c>
       <c r="C10" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H10" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I10" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J10" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K10" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L10" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M10" s="6">
-        <v>11438.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N10" s="6">
-        <v>13840</v>
+        <v>7052</v>
       </c>
       <c r="O10" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P10" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14111</v>
+        <v>14398</v>
       </c>
       <c r="B11">
-        <v>0.32</v>
+        <v>0.18</v>
       </c>
       <c r="C11" t="s">
-        <v>125</v>
+        <v>213</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H11" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I11" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J11" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K11" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L11" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M11" s="6">
-        <v>11696.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N11" s="6">
-        <v>14152</v>
+        <v>7052</v>
       </c>
       <c r="O11" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P11" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>10810</v>
+        <v>14403</v>
       </c>
       <c r="B12">
-        <v>0.24</v>
+        <v>0.18</v>
       </c>
       <c r="C12" t="s">
-        <v>126</v>
+        <v>214</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G12" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H12" t="s">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="I12" t="s">
-        <v>122</v>
+        <v>210</v>
       </c>
       <c r="J12" t="s">
-        <v>122</v>
+        <v>210</v>
       </c>
       <c r="K12" t="s">
-        <v>122</v>
+        <v>209</v>
       </c>
       <c r="L12" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M12" s="6">
-        <v>11957.0</v>
+        <v>5828.0</v>
       </c>
       <c r="N12" s="6">
-        <v>14468</v>
+        <v>7052</v>
       </c>
       <c r="O12" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>10811</v>
+        <v>14420</v>
       </c>
       <c r="B13">
-        <v>0.24</v>
+        <v>0.19</v>
       </c>
       <c r="C13" t="s">
-        <v>127</v>
+        <v>215</v>
       </c>
       <c r="D13" t="s">
         <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G13" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H13" t="s">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="I13" t="s">
-        <v>122</v>
+        <v>209</v>
       </c>
       <c r="J13" t="s">
-        <v>122</v>
+        <v>210</v>
       </c>
       <c r="K13" t="s">
-        <v>122</v>
+        <v>210</v>
       </c>
       <c r="L13" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M13" s="6">
-        <v>11957.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N13" s="6">
-        <v>14468</v>
+        <v>7410</v>
       </c>
       <c r="O13" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P13" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>12597</v>
+        <v>14382</v>
       </c>
       <c r="B14">
-        <v>0.29</v>
+        <v>0.19</v>
       </c>
       <c r="C14" t="s">
-        <v>128</v>
+        <v>216</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G14" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H14" t="s">
-        <v>120</v>
+        <v>208</v>
       </c>
       <c r="I14" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="J14" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="K14" t="s">
-        <v>122</v>
+        <v>209</v>
       </c>
       <c r="L14" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M14" s="6">
-        <v>12650.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N14" s="6">
-        <v>15306</v>
+        <v>7410</v>
       </c>
       <c r="O14" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P14" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>14050</v>
+        <v>14468</v>
       </c>
       <c r="B15">
-        <v>0.32</v>
+        <v>0.19</v>
       </c>
       <c r="C15" t="s">
-        <v>129</v>
+        <v>217</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G15" t="s">
-        <v>130</v>
+        <v>207</v>
       </c>
       <c r="H15" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I15" t="s">
+        <v>209</v>
       </c>
       <c r="J15" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="K15" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="L15" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M15" s="6">
-        <v>13072.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N15" s="6">
-        <v>15817</v>
+        <v>7410</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>13773</v>
+        <v>14393</v>
       </c>
       <c r="B16">
-        <v>0.3</v>
+        <v>0.19</v>
       </c>
       <c r="C16" t="s">
-        <v>131</v>
+        <v>218</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>132</v>
+        <v>207</v>
       </c>
       <c r="H16" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I16" t="s">
+        <v>210</v>
       </c>
       <c r="J16" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K16" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L16" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M16" s="6">
-        <v>13200.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N16" s="6">
-        <v>15972</v>
+        <v>7410</v>
       </c>
       <c r="O16" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P16" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>14136</v>
+        <v>14397</v>
       </c>
       <c r="B17">
-        <v>0.4</v>
+        <v>0.19</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>219</v>
       </c>
       <c r="D17" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E17" t="s">
         <v>23</v>
       </c>
       <c r="G17" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H17" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I17" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J17" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K17" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L17" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M17" s="6">
-        <v>13760.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N17" s="6">
-        <v>16650</v>
+        <v>7410</v>
       </c>
       <c r="O17" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P17" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>14137</v>
+        <v>14402</v>
       </c>
       <c r="B18">
-        <v>0.4</v>
+        <v>0.19</v>
       </c>
       <c r="C18" t="s">
-        <v>135</v>
+        <v>220</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E18" t="s">
         <v>23</v>
       </c>
       <c r="G18" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H18" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I18" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J18" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K18" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L18" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M18" s="6">
-        <v>13760.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N18" s="6">
-        <v>16650</v>
+        <v>7410</v>
       </c>
       <c r="O18" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P18" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>14107</v>
+        <v>14408</v>
       </c>
       <c r="B19">
-        <v>0.31</v>
+        <v>0.2</v>
       </c>
       <c r="C19" t="s">
-        <v>136</v>
+        <v>221</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H19" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I19" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J19" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K19" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L19" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M19" s="6">
-        <v>13997.0</v>
+        <v>6419.0</v>
       </c>
       <c r="N19" s="6">
-        <v>16936</v>
+        <v>7767</v>
       </c>
       <c r="O19" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P19" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>13531</v>
+        <v>14405</v>
       </c>
       <c r="B20">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="C20" t="s">
-        <v>138</v>
+        <v>222</v>
       </c>
       <c r="D20" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E20" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>130</v>
+        <v>207</v>
       </c>
       <c r="H20" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I20" t="s">
+        <v>209</v>
       </c>
       <c r="J20" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="K20" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L20" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M20" s="6">
-        <v>14640.0</v>
+        <v>6419.0</v>
       </c>
       <c r="N20" s="6">
-        <v>17714</v>
+        <v>7767</v>
       </c>
       <c r="O20" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P20" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>12495</v>
+        <v>14413</v>
       </c>
       <c r="B21">
-        <v>0.3</v>
+        <v>0.18</v>
       </c>
       <c r="C21" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="D21" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>141</v>
+        <v>207</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I21" t="s">
+        <v>210</v>
       </c>
       <c r="J21" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K21" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L21" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M21" s="6">
-        <v>14718.0</v>
+        <v>6588.0</v>
       </c>
       <c r="N21" s="6">
-        <v>17808</v>
+        <v>7972</v>
       </c>
       <c r="O21" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P21" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>13730</v>
+        <v>14389</v>
       </c>
       <c r="B22">
-        <v>0.44</v>
+        <v>0.18</v>
       </c>
       <c r="C22" t="s">
-        <v>142</v>
+        <v>224</v>
       </c>
       <c r="D22" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="E22" t="s">
         <v>23</v>
       </c>
       <c r="G22" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H22" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I22" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J22" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K22" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L22" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M22" s="6">
-        <v>14718.0</v>
+        <v>6588.0</v>
       </c>
       <c r="N22" s="6">
-        <v>17809</v>
+        <v>7972</v>
       </c>
       <c r="O22" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P22" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>13731</v>
+        <v>14404</v>
       </c>
       <c r="B23">
-        <v>0.44</v>
+        <v>0.18</v>
       </c>
       <c r="C23" t="s">
-        <v>144</v>
+        <v>225</v>
       </c>
       <c r="D23" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="E23" t="s">
         <v>23</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H23" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I23" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J23" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K23" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L23" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M23" s="6">
-        <v>14718.0</v>
+        <v>6588.0</v>
       </c>
       <c r="N23" s="6">
-        <v>17809</v>
+        <v>7972</v>
       </c>
       <c r="O23" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P23" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>13875</v>
+        <v>14422</v>
       </c>
       <c r="B24">
-        <v>0.31</v>
+        <v>0.19</v>
       </c>
       <c r="C24" t="s">
-        <v>145</v>
+        <v>227</v>
       </c>
       <c r="D24" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>23</v>
       </c>
       <c r="G24" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H24" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I24" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J24" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K24" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L24" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M24" s="6">
-        <v>15330.0</v>
+        <v>6926.0</v>
       </c>
       <c r="N24" s="6">
-        <v>18549</v>
+        <v>8380</v>
       </c>
       <c r="O24" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P24" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>14028</v>
+        <v>14381</v>
       </c>
       <c r="B25">
-        <v>0.51</v>
+        <v>0.19</v>
       </c>
       <c r="C25" t="s">
-        <v>146</v>
+        <v>228</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H25" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I25" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J25" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K25" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L25" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M25" s="6">
-        <v>15351.0</v>
+        <v>6926.0</v>
       </c>
       <c r="N25" s="6">
-        <v>18575</v>
+        <v>8380</v>
       </c>
       <c r="O25" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P25" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>14179</v>
+        <v>14477</v>
       </c>
       <c r="B26">
-        <v>0.32</v>
+        <v>0.19</v>
       </c>
       <c r="C26" t="s">
-        <v>147</v>
+        <v>229</v>
       </c>
       <c r="D26" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="E26" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H26" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I26" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J26" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K26" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L26" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M26" s="6">
-        <v>16512.0</v>
+        <v>6926.0</v>
       </c>
       <c r="N26" s="6">
-        <v>19980</v>
+        <v>8380</v>
       </c>
       <c r="O26" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P26" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14180</v>
+        <v>14478</v>
       </c>
       <c r="B27">
-        <v>0.33</v>
+        <v>0.19</v>
       </c>
       <c r="C27" t="s">
-        <v>148</v>
+        <v>230</v>
       </c>
       <c r="D27" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="E27" t="s">
         <v>23</v>
       </c>
       <c r="G27" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H27" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I27" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J27" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K27" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L27" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M27" s="6">
-        <v>17028.0</v>
+        <v>6926.0</v>
       </c>
       <c r="N27" s="6">
-        <v>20604</v>
+        <v>8380</v>
       </c>
       <c r="O27" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P27" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>13530</v>
+        <v>14396</v>
       </c>
       <c r="B28">
-        <v>0.35</v>
+        <v>0.19</v>
       </c>
       <c r="C28" t="s">
-        <v>149</v>
+        <v>231</v>
       </c>
       <c r="D28" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G28" t="s">
-        <v>150</v>
+        <v>207</v>
       </c>
       <c r="H28" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I28" t="s">
+        <v>210</v>
       </c>
       <c r="J28" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K28" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L28" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M28" s="6">
-        <v>17080.0</v>
+        <v>6926.0</v>
       </c>
       <c r="N28" s="6">
-        <v>20667</v>
+        <v>8380</v>
       </c>
       <c r="O28" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P28" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14132</v>
+        <v>14401</v>
       </c>
       <c r="B29">
-        <v>0.4</v>
+        <v>0.19</v>
       </c>
       <c r="C29" t="s">
-        <v>151</v>
+        <v>232</v>
       </c>
       <c r="D29" t="s">
         <v>22</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H29" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I29" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J29" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K29" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L29" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M29" s="6">
-        <v>17200.0</v>
+        <v>6926.0</v>
       </c>
       <c r="N29" s="6">
-        <v>20812</v>
+        <v>8380</v>
       </c>
       <c r="O29" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P29" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>13666</v>
+        <v>14490</v>
       </c>
       <c r="B30">
-        <v>0.5</v>
+        <v>0.19</v>
       </c>
       <c r="C30" t="s">
-        <v>152</v>
+        <v>233</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G30" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H30" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I30" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J30" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K30" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L30" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M30" s="6">
-        <v>17400.0</v>
+        <v>6926.0</v>
       </c>
       <c r="N30" s="6">
-        <v>21054</v>
+        <v>8380</v>
       </c>
       <c r="O30" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P30" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>14197</v>
+        <v>14229</v>
       </c>
       <c r="B31">
-        <v>0.51</v>
+        <v>0.3</v>
       </c>
       <c r="C31" t="s">
-        <v>153</v>
+        <v>234</v>
       </c>
       <c r="D31" t="s">
-        <v>143</v>
+        <v>235</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G31" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H31" t="s">
-        <v>116</v>
+        <v>236</v>
       </c>
       <c r="I31" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J31" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K31" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L31" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M31" s="6">
-        <v>17544.0</v>
+        <v>6930.0</v>
       </c>
       <c r="N31" s="6">
-        <v>21228</v>
+        <v>8385</v>
       </c>
       <c r="O31" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P31" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>14198</v>
+        <v>14485</v>
       </c>
       <c r="B32">
-        <v>0.51</v>
+        <v>0.2</v>
       </c>
       <c r="C32" t="s">
-        <v>154</v>
+        <v>237</v>
       </c>
       <c r="D32" t="s">
-        <v>143</v>
+        <v>19</v>
       </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G32" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H32" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I32" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J32" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K32" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L32" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M32" s="6">
-        <v>17544.0</v>
+        <v>7264.0</v>
       </c>
       <c r="N32" s="6">
-        <v>21228</v>
+        <v>8789</v>
       </c>
       <c r="O32" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P32" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>13772</v>
+        <v>14225</v>
       </c>
       <c r="B33">
-        <v>0.37</v>
+        <v>0.3</v>
       </c>
       <c r="C33" t="s">
-        <v>155</v>
+        <v>238</v>
       </c>
       <c r="D33" t="s">
-        <v>140</v>
+        <v>235</v>
       </c>
       <c r="E33" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>156</v>
+        <v>207</v>
       </c>
       <c r="H33" t="s">
-        <v>116</v>
+        <v>236</v>
+      </c>
+      <c r="I33" t="s">
+        <v>226</v>
       </c>
       <c r="J33" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K33" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L33" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M33" s="6">
-        <v>17908.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N33" s="6">
-        <v>21669</v>
+        <v>9148</v>
       </c>
       <c r="O33" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P33" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>14130</v>
+        <v>14226</v>
       </c>
       <c r="B34">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="C34" t="s">
-        <v>157</v>
+        <v>239</v>
       </c>
       <c r="D34" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="E34" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H34" t="s">
-        <v>116</v>
+        <v>236</v>
       </c>
       <c r="I34" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J34" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K34" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L34" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M34" s="6">
-        <v>18060.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N34" s="6">
-        <v>21853</v>
+        <v>9148</v>
       </c>
       <c r="O34" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P34" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>14129</v>
+        <v>14227</v>
       </c>
       <c r="B35">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="C35" t="s">
-        <v>157</v>
+        <v>240</v>
       </c>
       <c r="D35" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="E35" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H35" t="s">
-        <v>116</v>
+        <v>236</v>
       </c>
       <c r="I35" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J35" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K35" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L35" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M35" s="6">
-        <v>18060.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N35" s="6">
-        <v>21853</v>
+        <v>9148</v>
       </c>
       <c r="O35" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P35" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>14131</v>
+        <v>14228</v>
       </c>
       <c r="B36">
-        <v>0.43</v>
+        <v>0.3</v>
       </c>
       <c r="C36" t="s">
-        <v>158</v>
+        <v>241</v>
       </c>
       <c r="D36" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H36" t="s">
-        <v>116</v>
+        <v>236</v>
       </c>
       <c r="I36" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J36" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K36" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L36" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M36" s="6">
-        <v>18490.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N36" s="6">
-        <v>22373</v>
+        <v>9148</v>
       </c>
       <c r="O36" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P36" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>14127</v>
+        <v>14216</v>
       </c>
       <c r="B37">
-        <v>0.41</v>
+        <v>0.3</v>
       </c>
       <c r="C37" t="s">
-        <v>159</v>
+        <v>242</v>
       </c>
       <c r="D37" t="s">
-        <v>137</v>
+        <v>243</v>
       </c>
       <c r="E37" t="s">
         <v>23</v>
       </c>
       <c r="G37" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H37" t="s">
-        <v>116</v>
+        <v>236</v>
       </c>
       <c r="I37" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J37" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K37" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L37" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M37" s="6">
-        <v>21156.0</v>
+        <v>8190.0</v>
       </c>
       <c r="N37" s="6">
-        <v>25599</v>
+        <v>9910</v>
       </c>
       <c r="O37" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P37" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>14125</v>
+        <v>14217</v>
       </c>
       <c r="B38">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="C38" t="s">
-        <v>160</v>
+        <v>244</v>
       </c>
       <c r="D38" t="s">
-        <v>25</v>
+        <v>243</v>
       </c>
       <c r="E38" t="s">
         <v>23</v>
       </c>
       <c r="G38" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H38" t="s">
-        <v>116</v>
+        <v>236</v>
       </c>
       <c r="I38" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J38" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K38" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L38" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M38" s="6">
-        <v>22360.0</v>
+        <v>8190.0</v>
       </c>
       <c r="N38" s="6">
-        <v>27056</v>
+        <v>9910</v>
       </c>
       <c r="O38" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P38" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>13153</v>
+        <v>14502</v>
       </c>
       <c r="B39">
-        <v>0.55</v>
+        <v>0.23</v>
       </c>
       <c r="C39" t="s">
-        <v>161</v>
+        <v>245</v>
       </c>
       <c r="D39" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E39" t="s">
         <v>23</v>
       </c>
       <c r="G39" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H39" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I39" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J39" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K39" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L39" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M39" s="6">
-        <v>25757.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N39" s="6">
-        <v>31166</v>
+        <v>9968</v>
       </c>
       <c r="O39" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P39" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>13757</v>
+        <v>14445</v>
       </c>
       <c r="B40">
-        <v>0.5</v>
+        <v>0.23</v>
       </c>
       <c r="C40" t="s">
-        <v>162</v>
+        <v>246</v>
       </c>
       <c r="D40" t="s">
-        <v>137</v>
+        <v>25</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G40" t="s">
-        <v>156</v>
+        <v>207</v>
       </c>
       <c r="H40" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I40" t="s">
+        <v>210</v>
       </c>
       <c r="J40" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K40" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L40" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M40" s="6">
-        <v>27875.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N40" s="6">
-        <v>33729</v>
+        <v>9968</v>
       </c>
       <c r="O40" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P40" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>13286</v>
+        <v>14453</v>
       </c>
       <c r="B41">
-        <v>0.55</v>
+        <v>0.23</v>
       </c>
       <c r="C41" t="s">
-        <v>163</v>
+        <v>247</v>
       </c>
       <c r="D41" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E41" t="s">
         <v>23</v>
       </c>
       <c r="G41" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H41" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I41" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J41" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K41" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L41" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M41" s="6">
-        <v>28298.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N41" s="6">
-        <v>34240</v>
+        <v>9968</v>
       </c>
       <c r="O41" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P41" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>14047</v>
+        <v>14459</v>
       </c>
       <c r="B42">
-        <v>0.57</v>
+        <v>0.23</v>
       </c>
       <c r="C42" t="s">
-        <v>164</v>
+        <v>248</v>
       </c>
       <c r="D42" t="s">
         <v>22</v>
       </c>
       <c r="E42" t="s">
         <v>23</v>
       </c>
       <c r="G42" t="s">
-        <v>150</v>
+        <v>207</v>
       </c>
       <c r="H42" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I42" t="s">
+        <v>210</v>
       </c>
       <c r="J42" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K42" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="L42" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M42" s="6">
-        <v>29412.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N42" s="6">
-        <v>35589</v>
+        <v>9968</v>
       </c>
       <c r="O42" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P42" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>14048</v>
+        <v>14461</v>
       </c>
       <c r="B43">
-        <v>0.6</v>
+        <v>0.23</v>
       </c>
       <c r="C43" t="s">
-        <v>165</v>
+        <v>249</v>
       </c>
       <c r="D43" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E43" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>150</v>
+        <v>207</v>
       </c>
       <c r="H43" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I43" t="s">
+        <v>209</v>
       </c>
       <c r="J43" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="K43" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L43" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M43" s="6">
-        <v>30960.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N43" s="6">
-        <v>37462</v>
+        <v>9968</v>
       </c>
       <c r="O43" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P43" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>13760</v>
+        <v>14462</v>
       </c>
       <c r="B44">
-        <v>0.62</v>
+        <v>0.23</v>
       </c>
       <c r="C44" t="s">
-        <v>166</v>
+        <v>250</v>
       </c>
       <c r="D44" t="s">
-        <v>167</v>
+        <v>22</v>
       </c>
       <c r="E44" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G44" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H44" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I44" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J44" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K44" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L44" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M44" s="6">
-        <v>31372.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N44" s="6">
-        <v>37960</v>
+        <v>9968</v>
       </c>
       <c r="O44" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P44" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>14152</v>
+        <v>14495</v>
       </c>
       <c r="B45">
-        <v>0.52</v>
+        <v>0.24</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>251</v>
       </c>
       <c r="D45" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E45" t="s">
         <v>23</v>
       </c>
       <c r="G45" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H45" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I45" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J45" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K45" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L45" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M45" s="6">
-        <v>32422.0</v>
+        <v>8574.0</v>
       </c>
       <c r="N45" s="6">
-        <v>39231</v>
+        <v>10375</v>
       </c>
       <c r="O45" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P45" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>11196</v>
+        <v>14496</v>
       </c>
       <c r="B46">
-        <v>0.7</v>
+        <v>0.24</v>
       </c>
       <c r="C46" t="s">
-        <v>169</v>
+        <v>252</v>
       </c>
       <c r="D46" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E46" t="s">
         <v>23</v>
       </c>
       <c r="G46" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H46" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I46" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J46" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K46" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L46" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M46" s="6">
-        <v>32781.0</v>
+        <v>8574.0</v>
       </c>
       <c r="N46" s="6">
-        <v>39665</v>
+        <v>10375</v>
       </c>
       <c r="O46" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P46" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>12281</v>
+        <v>14442</v>
       </c>
       <c r="B47">
-        <v>0.52</v>
+        <v>0.24</v>
       </c>
       <c r="C47" t="s">
-        <v>170</v>
+        <v>253</v>
       </c>
       <c r="D47" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="E47" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G47" t="s">
-        <v>156</v>
+        <v>207</v>
       </c>
       <c r="H47" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I47" t="s">
+        <v>209</v>
       </c>
       <c r="J47" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K47" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="L47" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M47" s="6">
-        <v>36120.0</v>
+        <v>8574.0</v>
       </c>
       <c r="N47" s="6">
-        <v>43705</v>
+        <v>10375</v>
       </c>
       <c r="O47" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P47" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>11272</v>
+        <v>14443</v>
       </c>
       <c r="B48">
-        <v>0.75</v>
+        <v>0.24</v>
       </c>
       <c r="C48" t="s">
-        <v>171</v>
+        <v>254</v>
       </c>
       <c r="D48" t="s">
-        <v>172</v>
+        <v>19</v>
       </c>
       <c r="E48" t="s">
         <v>23</v>
       </c>
       <c r="G48" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H48" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I48" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J48" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="K48" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L48" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M48" s="6">
-        <v>37613.0</v>
+        <v>8574.0</v>
       </c>
       <c r="N48" s="6">
-        <v>45512</v>
+        <v>10375</v>
       </c>
       <c r="O48" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P48" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>13275</v>
+        <v>14465</v>
       </c>
       <c r="B49">
-        <v>0.53</v>
+        <v>0.24</v>
       </c>
       <c r="C49" t="s">
-        <v>173</v>
+        <v>255</v>
       </c>
       <c r="D49" t="s">
         <v>22</v>
       </c>
       <c r="E49" t="s">
         <v>23</v>
       </c>
       <c r="G49" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H49" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I49" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J49" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K49" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L49" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M49" s="6">
-        <v>37657.0</v>
+        <v>8574.0</v>
       </c>
       <c r="N49" s="6">
-        <v>45564</v>
+        <v>10375</v>
       </c>
       <c r="O49" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P49" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>13291</v>
+        <v>14493</v>
       </c>
       <c r="B50">
-        <v>0.7</v>
+        <v>0.23</v>
       </c>
       <c r="C50" t="s">
-        <v>174</v>
+        <v>256</v>
       </c>
       <c r="D50" t="s">
-        <v>143</v>
+        <v>19</v>
       </c>
       <c r="E50" t="s">
         <v>23</v>
       </c>
       <c r="G50" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H50" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I50" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J50" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K50" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L50" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M50" s="6">
-        <v>39445.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N50" s="6">
-        <v>47728</v>
+        <v>10436</v>
       </c>
       <c r="O50" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P50" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>13292</v>
+        <v>14409</v>
       </c>
       <c r="B51">
-        <v>0.7</v>
+        <v>0.23</v>
       </c>
       <c r="C51" t="s">
-        <v>175</v>
+        <v>257</v>
       </c>
       <c r="D51" t="s">
-        <v>143</v>
+        <v>19</v>
       </c>
       <c r="E51" t="s">
         <v>23</v>
       </c>
       <c r="G51" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H51" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I51" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J51" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K51" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L51" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M51" s="6">
-        <v>39445.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N51" s="6">
-        <v>47728</v>
+        <v>10436</v>
       </c>
       <c r="O51" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P51" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>13026</v>
+        <v>14505</v>
       </c>
       <c r="B52">
-        <v>0.71</v>
+        <v>0.23</v>
       </c>
       <c r="C52" t="s">
-        <v>176</v>
+        <v>258</v>
       </c>
       <c r="D52" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H52" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I52" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J52" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K52" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L52" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M52" s="6">
-        <v>39583.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N52" s="6">
-        <v>47895</v>
+        <v>10436</v>
       </c>
       <c r="O52" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P52" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>14200</v>
+        <v>14506</v>
       </c>
       <c r="B53">
-        <v>0.71</v>
+        <v>0.23</v>
       </c>
       <c r="C53" t="s">
-        <v>177</v>
+        <v>259</v>
       </c>
       <c r="D53" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E53" t="s">
         <v>23</v>
       </c>
       <c r="G53" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H53" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I53" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J53" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K53" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L53" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M53" s="6">
-        <v>39689.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N53" s="6">
-        <v>48024</v>
+        <v>10436</v>
       </c>
       <c r="O53" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P53" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>14199</v>
+        <v>14507</v>
       </c>
       <c r="B54">
-        <v>0.72</v>
+        <v>0.23</v>
       </c>
       <c r="C54" t="s">
-        <v>178</v>
+        <v>260</v>
       </c>
       <c r="D54" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E54" t="s">
         <v>23</v>
       </c>
       <c r="G54" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H54" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I54" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J54" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K54" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L54" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M54" s="6">
-        <v>40248.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N54" s="6">
-        <v>48700</v>
+        <v>10436</v>
       </c>
       <c r="O54" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P54" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>14157</v>
+        <v>14433</v>
       </c>
       <c r="B55">
-        <v>0.68</v>
+        <v>0.23</v>
       </c>
       <c r="C55" t="s">
-        <v>179</v>
+        <v>261</v>
       </c>
       <c r="D55" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E55" t="s">
         <v>23</v>
       </c>
       <c r="G55" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H55" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I55" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J55" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K55" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L55" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M55" s="6">
-        <v>42398.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N55" s="6">
-        <v>51302</v>
+        <v>10436</v>
       </c>
       <c r="O55" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P55" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>14165</v>
+        <v>14434</v>
       </c>
       <c r="B56">
-        <v>0.55</v>
+        <v>0.23</v>
       </c>
       <c r="C56" t="s">
-        <v>180</v>
+        <v>262</v>
       </c>
       <c r="D56" t="s">
         <v>25</v>
       </c>
       <c r="E56" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H56" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I56" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J56" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K56" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L56" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M56" s="6">
-        <v>44935.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N56" s="6">
-        <v>54371</v>
+        <v>10436</v>
       </c>
       <c r="O56" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P56" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>14098</v>
+        <v>14447</v>
       </c>
       <c r="B57">
-        <v>0.3</v>
+        <v>0.23</v>
       </c>
       <c r="C57" t="s">
-        <v>181</v>
+        <v>263</v>
       </c>
       <c r="D57" t="s">
-        <v>182</v>
+        <v>22</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>23</v>
       </c>
       <c r="G57" t="s">
-        <v>132</v>
+        <v>207</v>
       </c>
       <c r="H57" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I57" t="s">
+        <v>210</v>
       </c>
       <c r="J57" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="K57" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="L57" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M57" s="6">
-        <v>45000.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N57" s="6">
-        <v>54450</v>
+        <v>10436</v>
       </c>
       <c r="O57" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P57" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>14088</v>
+        <v>14449</v>
       </c>
       <c r="B58">
-        <v>0.7</v>
+        <v>0.23</v>
       </c>
       <c r="C58" t="s">
-        <v>184</v>
+        <v>264</v>
       </c>
       <c r="D58" t="s">
-        <v>167</v>
+        <v>22</v>
       </c>
       <c r="E58" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H58" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I58" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J58" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K58" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L58" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M58" s="6">
-        <v>46655.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N58" s="6">
-        <v>56453</v>
+        <v>10436</v>
       </c>
       <c r="O58" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P58" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>14090</v>
+        <v>14500</v>
       </c>
       <c r="B59">
-        <v>0.7</v>
+        <v>0.25</v>
       </c>
       <c r="C59" t="s">
-        <v>185</v>
+        <v>265</v>
       </c>
       <c r="D59" t="s">
-        <v>167</v>
+        <v>19</v>
       </c>
       <c r="E59" t="s">
         <v>23</v>
       </c>
       <c r="G59" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H59" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I59" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J59" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K59" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L59" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M59" s="6">
-        <v>46655.0</v>
+        <v>8910.0</v>
       </c>
       <c r="N59" s="6">
-        <v>56453</v>
+        <v>10781</v>
       </c>
       <c r="O59" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P59" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>14164</v>
+        <v>14452</v>
       </c>
       <c r="B60">
-        <v>0.58</v>
+        <v>0.25</v>
       </c>
       <c r="C60" t="s">
-        <v>186</v>
+        <v>266</v>
       </c>
       <c r="D60" t="s">
         <v>25</v>
       </c>
       <c r="E60" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H60" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I60" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J60" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="K60" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L60" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M60" s="6">
-        <v>47386.0</v>
+        <v>8910.0</v>
       </c>
       <c r="N60" s="6">
-        <v>57337</v>
+        <v>10781</v>
       </c>
       <c r="O60" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P60" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>13148</v>
+        <v>14455</v>
       </c>
       <c r="B61">
-        <v>0.6</v>
+        <v>0.25</v>
       </c>
       <c r="C61" t="s">
-        <v>187</v>
+        <v>267</v>
       </c>
       <c r="D61" t="s">
-        <v>137</v>
+        <v>19</v>
       </c>
       <c r="E61" t="s">
         <v>23</v>
       </c>
       <c r="G61" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H61" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I61" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J61" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K61" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L61" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M61" s="6">
-        <v>51840.0</v>
+        <v>8910.0</v>
       </c>
       <c r="N61" s="6">
-        <v>62726</v>
+        <v>10781</v>
       </c>
       <c r="O61" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P61" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>13149</v>
+        <v>14429</v>
       </c>
       <c r="B62">
-        <v>0.6</v>
+        <v>0.24</v>
       </c>
       <c r="C62" t="s">
-        <v>188</v>
+        <v>268</v>
       </c>
       <c r="D62" t="s">
-        <v>137</v>
+        <v>25</v>
       </c>
       <c r="E62" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H62" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I62" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J62" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K62" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L62" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M62" s="6">
-        <v>51840.0</v>
+        <v>8977.0</v>
       </c>
       <c r="N62" s="6">
-        <v>62726</v>
+        <v>10862</v>
       </c>
       <c r="O62" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P62" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>13529</v>
+        <v>14491</v>
       </c>
       <c r="B63">
-        <v>0.7</v>
+        <v>0.24</v>
       </c>
       <c r="C63" t="s">
-        <v>189</v>
+        <v>269</v>
       </c>
       <c r="D63" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E63" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G63" t="s">
-        <v>156</v>
+        <v>207</v>
       </c>
       <c r="H63" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I63" t="s">
+        <v>210</v>
       </c>
       <c r="J63" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K63" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L63" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M63" s="6">
-        <v>56364.0</v>
+        <v>8977.0</v>
       </c>
       <c r="N63" s="6">
-        <v>68200</v>
+        <v>10862</v>
       </c>
       <c r="O63" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P63" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>1952</v>
+        <v>14498</v>
       </c>
       <c r="B64">
-        <v>0.92</v>
+        <v>0.26</v>
       </c>
       <c r="C64" t="s">
-        <v>190</v>
+        <v>270</v>
       </c>
       <c r="D64" t="s">
-        <v>143</v>
+        <v>19</v>
       </c>
       <c r="E64" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G64" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H64" t="s">
-        <v>191</v>
+        <v>208</v>
       </c>
       <c r="I64" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="J64" t="s">
-        <v>121</v>
+        <v>210</v>
       </c>
       <c r="K64" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="L64" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M64" s="6">
-        <v>58842.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N64" s="6">
-        <v>71199</v>
+        <v>11188</v>
       </c>
       <c r="O64" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P64" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>12096</v>
+        <v>14499</v>
       </c>
       <c r="B65">
-        <v>0.55</v>
+        <v>0.26</v>
       </c>
       <c r="C65" t="s">
-        <v>192</v>
+        <v>271</v>
       </c>
       <c r="D65" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="E65" t="s">
         <v>23</v>
       </c>
       <c r="G65" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H65" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I65" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J65" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K65" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L65" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M65" s="6">
-        <v>61652.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N65" s="6">
-        <v>74599</v>
+        <v>11188</v>
       </c>
       <c r="O65" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P65" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>12881</v>
+        <v>14438</v>
       </c>
       <c r="B66">
-        <v>1.03</v>
+        <v>0.26</v>
       </c>
       <c r="C66" t="s">
-        <v>193</v>
+        <v>272</v>
       </c>
       <c r="D66" t="s">
-        <v>194</v>
+        <v>19</v>
       </c>
       <c r="E66" t="s">
         <v>23</v>
       </c>
       <c r="G66" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H66" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I66" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J66" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K66" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L66" t="s">
-        <v>118</v>
+        <v>211</v>
       </c>
       <c r="M66" s="6">
-        <v>63000.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N66" s="6">
-        <v>76230</v>
+        <v>11188</v>
       </c>
       <c r="O66" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P66" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>12867</v>
+        <v>14457</v>
       </c>
       <c r="B67">
-        <v>0.76</v>
+        <v>0.26</v>
       </c>
       <c r="C67" t="s">
-        <v>195</v>
+        <v>273</v>
       </c>
       <c r="D67" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E67" t="s">
         <v>23</v>
       </c>
       <c r="G67" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H67" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I67" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J67" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K67" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L67" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M67" s="6">
-        <v>66098.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N67" s="6">
-        <v>79979</v>
+        <v>11188</v>
       </c>
       <c r="O67" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P67" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>12868</v>
+        <v>14503</v>
       </c>
       <c r="B68">
-        <v>0.78</v>
+        <v>0.25</v>
       </c>
       <c r="C68" t="s">
-        <v>196</v>
+        <v>274</v>
       </c>
       <c r="D68" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E68" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H68" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I68" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J68" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K68" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L68" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M68" s="6">
-        <v>67837.0</v>
+        <v>9330.0</v>
       </c>
       <c r="N68" s="6">
-        <v>82083</v>
+        <v>11289</v>
       </c>
       <c r="O68" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P68" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>11169</v>
+        <v>14448</v>
       </c>
       <c r="B69">
-        <v>0.8</v>
+        <v>0.27</v>
       </c>
       <c r="C69" t="s">
-        <v>197</v>
+        <v>275</v>
       </c>
       <c r="D69" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>141</v>
+        <v>207</v>
       </c>
       <c r="H69" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I69" t="s">
+        <v>209</v>
       </c>
       <c r="J69" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K69" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L69" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M69" s="6">
-        <v>71360.0</v>
+        <v>9582.0</v>
       </c>
       <c r="N69" s="6">
-        <v>86346</v>
+        <v>11594</v>
       </c>
       <c r="O69" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P69" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>10126</v>
+        <v>13477</v>
       </c>
       <c r="B70">
-        <v>0.7</v>
+        <v>0.27</v>
       </c>
       <c r="C70" t="s">
-        <v>198</v>
+        <v>276</v>
       </c>
       <c r="D70" t="s">
-        <v>25</v>
+        <v>277</v>
       </c>
       <c r="E70" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H70" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I70" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J70" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K70" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L70" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M70" s="6">
-        <v>79611.0</v>
+        <v>9912.0</v>
       </c>
       <c r="N70" s="6">
-        <v>96329</v>
+        <v>11993</v>
       </c>
       <c r="O70" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P70" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>13272</v>
+        <v>14432</v>
       </c>
       <c r="B71">
-        <v>0.8</v>
+        <v>0.28</v>
       </c>
       <c r="C71" t="s">
-        <v>199</v>
+        <v>278</v>
       </c>
       <c r="D71" t="s">
-        <v>137</v>
+        <v>22</v>
       </c>
       <c r="E71" t="s">
         <v>23</v>
       </c>
       <c r="G71" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H71" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I71" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J71" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K71" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L71" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M71" s="6">
-        <v>90160.0</v>
+        <v>9918.0</v>
       </c>
       <c r="N71" s="6">
-        <v>109094</v>
+        <v>12001</v>
       </c>
       <c r="O71" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P71" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>12476</v>
+        <v>14456</v>
       </c>
       <c r="B72">
-        <v>0.7</v>
+        <v>0.28</v>
       </c>
       <c r="C72" t="s">
-        <v>200</v>
+        <v>279</v>
       </c>
       <c r="D72" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="E72" t="s">
         <v>23</v>
       </c>
       <c r="G72" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H72" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I72" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J72" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K72" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L72" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M72" s="6">
-        <v>93520.0</v>
+        <v>9918.0</v>
       </c>
       <c r="N72" s="6">
-        <v>113159</v>
+        <v>12001</v>
       </c>
       <c r="O72" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P72" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>12477</v>
+        <v>14504</v>
       </c>
       <c r="B73">
-        <v>0.7</v>
+        <v>0.27</v>
       </c>
       <c r="C73" t="s">
-        <v>201</v>
+        <v>280</v>
       </c>
       <c r="D73" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="E73" t="s">
         <v>23</v>
       </c>
       <c r="G73" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H73" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I73" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J73" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K73" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L73" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M73" s="6">
-        <v>93520.0</v>
+        <v>10036.0</v>
       </c>
       <c r="N73" s="6">
-        <v>113159</v>
+        <v>12143</v>
       </c>
       <c r="O73" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P73" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>13227</v>
+        <v>14444</v>
       </c>
       <c r="B74">
-        <v>1.5</v>
+        <v>0.27</v>
       </c>
       <c r="C74" t="s">
-        <v>202</v>
+        <v>281</v>
       </c>
       <c r="D74" t="s">
-        <v>194</v>
+        <v>22</v>
       </c>
       <c r="E74" t="s">
         <v>23</v>
       </c>
       <c r="G74" t="s">
-        <v>130</v>
+        <v>207</v>
       </c>
       <c r="H74" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I74" t="s">
+        <v>210</v>
       </c>
       <c r="J74" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K74" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L74" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M74" s="6">
-        <v>94000.0</v>
+        <v>10036.0</v>
       </c>
       <c r="N74" s="6">
-        <v>113740</v>
+        <v>12143</v>
       </c>
       <c r="O74" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P74" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>11575</v>
+        <v>14320</v>
       </c>
       <c r="B75">
-        <v>0.9</v>
+        <v>0.4</v>
       </c>
       <c r="C75" t="s">
-        <v>203</v>
+        <v>282</v>
       </c>
       <c r="D75" t="s">
-        <v>22</v>
+        <v>283</v>
       </c>
       <c r="E75" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G75" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H75" t="s">
-        <v>116</v>
+        <v>236</v>
       </c>
       <c r="I75" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J75" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K75" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L75" t="s">
-        <v>134</v>
+        <v>284</v>
       </c>
       <c r="M75" s="6">
-        <v>117450.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N75" s="6">
-        <v>142115</v>
+        <v>12197</v>
       </c>
       <c r="O75" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P75" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>11583</v>
+        <v>14213</v>
       </c>
       <c r="B76">
-        <v>0.9</v>
+        <v>0.3</v>
       </c>
       <c r="C76" t="s">
-        <v>204</v>
+        <v>285</v>
       </c>
       <c r="D76" t="s">
-        <v>22</v>
+        <v>286</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H76" t="s">
-        <v>116</v>
+        <v>236</v>
       </c>
       <c r="I76" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J76" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K76" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L76" t="s">
-        <v>134</v>
+        <v>284</v>
       </c>
       <c r="M76" s="6">
-        <v>117450.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N76" s="6">
-        <v>142115</v>
+        <v>12197</v>
       </c>
       <c r="O76" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P76" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>13635</v>
+        <v>14214</v>
       </c>
       <c r="B77">
-        <v>1.02</v>
+        <v>0.3</v>
       </c>
       <c r="C77" t="s">
-        <v>205</v>
+        <v>287</v>
       </c>
       <c r="D77" t="s">
-        <v>25</v>
+        <v>286</v>
       </c>
       <c r="E77" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H77" t="s">
-        <v>116</v>
+        <v>236</v>
+      </c>
+      <c r="I77" t="s">
+        <v>226</v>
       </c>
       <c r="J77" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K77" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L77" t="s">
-        <v>134</v>
+        <v>284</v>
       </c>
       <c r="M77" s="6">
-        <v>119990.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N77" s="6">
-        <v>145188</v>
+        <v>12197</v>
       </c>
       <c r="O77" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P77" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>13765</v>
+        <v>12629</v>
       </c>
       <c r="B78">
-        <v>1.01</v>
+        <v>0.23</v>
       </c>
       <c r="C78" t="s">
-        <v>207</v>
+        <v>288</v>
       </c>
       <c r="D78" t="s">
-        <v>137</v>
+        <v>22</v>
       </c>
       <c r="E78" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G78" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H78" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I78" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="J78" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K78" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L78" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M78" s="6">
-        <v>130000.0</v>
+        <v>10165.0</v>
       </c>
       <c r="N78" s="6">
-        <v>157300</v>
+        <v>12299</v>
       </c>
       <c r="O78" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P78" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>14104</v>
+        <v>14492</v>
       </c>
       <c r="B79">
-        <v>1.01</v>
+        <v>0.29</v>
       </c>
       <c r="C79" t="s">
-        <v>208</v>
+        <v>289</v>
       </c>
       <c r="D79" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E79" t="s">
         <v>23</v>
       </c>
       <c r="G79" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H79" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I79" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J79" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K79" t="s">
-        <v>117</v>
+        <v>209</v>
       </c>
       <c r="L79" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M79" s="6">
-        <v>176500.0</v>
+        <v>10254.0</v>
       </c>
       <c r="N79" s="6">
-        <v>213565</v>
+        <v>12407</v>
       </c>
       <c r="O79" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P79" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>12737</v>
+        <v>14437</v>
       </c>
       <c r="B80">
-        <v>0.92</v>
+        <v>0.28</v>
       </c>
       <c r="C80" t="s">
-        <v>209</v>
+        <v>290</v>
       </c>
       <c r="D80" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E80" t="s">
         <v>23</v>
       </c>
       <c r="G80" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H80" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I80" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J80" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="K80" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L80" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M80" s="6">
-        <v>178020.0</v>
+        <v>10388.0</v>
       </c>
       <c r="N80" s="6">
-        <v>215404</v>
+        <v>12570</v>
       </c>
       <c r="O80" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P80" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>13143</v>
+        <v>14446</v>
       </c>
       <c r="B81">
-        <v>0.9</v>
+        <v>0.28</v>
       </c>
       <c r="C81" t="s">
-        <v>210</v>
+        <v>291</v>
       </c>
       <c r="D81" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E81" t="s">
         <v>23</v>
       </c>
       <c r="G81" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H81" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I81" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J81" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K81" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L81" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M81" s="6">
-        <v>185760.0</v>
+        <v>10388.0</v>
       </c>
       <c r="N81" s="6">
-        <v>224770</v>
+        <v>12570</v>
       </c>
       <c r="O81" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P81" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>13144</v>
+        <v>14430</v>
       </c>
       <c r="B82">
-        <v>0.9</v>
+        <v>0.29</v>
       </c>
       <c r="C82" t="s">
-        <v>211</v>
+        <v>292</v>
       </c>
       <c r="D82" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E82" t="s">
         <v>23</v>
       </c>
       <c r="G82" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H82" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I82" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="J82" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K82" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L82" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="M82" s="6">
-        <v>185760.0</v>
+        <v>10741.0</v>
       </c>
       <c r="N82" s="6">
-        <v>224770</v>
+        <v>12997</v>
       </c>
       <c r="O82" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P82" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>3887</v>
+        <v>14431</v>
       </c>
       <c r="B83">
-        <v>2.24</v>
+        <v>0.29</v>
       </c>
       <c r="C83" t="s">
-        <v>212</v>
+        <v>293</v>
       </c>
       <c r="D83" t="s">
-        <v>182</v>
+        <v>25</v>
       </c>
       <c r="E83" t="s">
         <v>23</v>
       </c>
-      <c r="F83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G83" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="H83" t="s">
-        <v>116</v>
+        <v>208</v>
+      </c>
+      <c r="I83" t="s">
+        <v>226</v>
       </c>
       <c r="J83" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K83" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="L83" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="M83" s="6">
-        <v>275000.0</v>
+        <v>10741.0</v>
       </c>
       <c r="N83" s="6">
-        <v>332750</v>
+        <v>12997</v>
       </c>
       <c r="O83" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P83" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>9296</v>
+        <v>14439</v>
       </c>
       <c r="B84">
-        <v>1.5</v>
+        <v>0.29</v>
       </c>
       <c r="C84" t="s">
-        <v>216</v>
+        <v>294</v>
       </c>
       <c r="D84" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E84" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G84" t="s">
-        <v>115</v>
+        <v>207</v>
       </c>
       <c r="H84" t="s">
-        <v>116</v>
+        <v>208</v>
       </c>
       <c r="I84" t="s">
-        <v>117</v>
+        <v>210</v>
       </c>
       <c r="J84" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="K84" t="s">
-        <v>117</v>
+        <v>226</v>
       </c>
       <c r="L84" t="s">
-        <v>123</v>
+        <v>211</v>
       </c>
       <c r="M84" s="6">
-        <v>390000.0</v>
+        <v>10741.0</v>
       </c>
       <c r="N84" s="6">
-        <v>471900</v>
+        <v>12997</v>
       </c>
       <c r="O84" t="s">
-        <v>119</v>
+        <v>212</v>
       </c>
       <c r="P84" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>9353</v>
+        <v>14350</v>
       </c>
       <c r="B85">
-        <v>1.02</v>
+        <v>0.4</v>
       </c>
       <c r="C85" t="s">
-        <v>217</v>
+        <v>295</v>
       </c>
       <c r="D85" t="s">
-        <v>182</v>
+        <v>235</v>
       </c>
       <c r="E85" t="s">
         <v>23</v>
       </c>
-      <c r="F85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
       <c r="H85" t="s">
+        <v>236</v>
+      </c>
+      <c r="I85" t="s">
+        <v>226</v>
+      </c>
+      <c r="J85" t="s">
+        <v>226</v>
+      </c>
+      <c r="K85" t="s">
+        <v>226</v>
+      </c>
+      <c r="L85" t="s">
+        <v>211</v>
+      </c>
+      <c r="M85" s="6">
+        <v>10920.0</v>
+      </c>
+      <c r="N85" s="6">
+        <v>13213</v>
+      </c>
+      <c r="O85" t="s">
+        <v>212</v>
+      </c>
+      <c r="P85" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17">
+      <c r="A86">
+        <v>14351</v>
+      </c>
+      <c r="B86">
+        <v>0.4</v>
+      </c>
+      <c r="C86" t="s">
+        <v>296</v>
+      </c>
+      <c r="D86" t="s">
+        <v>235</v>
+      </c>
+      <c r="E86" t="s">
+        <v>23</v>
+      </c>
+      <c r="G86" t="s">
+        <v>207</v>
+      </c>
+      <c r="H86" t="s">
+        <v>236</v>
+      </c>
+      <c r="I86" t="s">
+        <v>226</v>
+      </c>
+      <c r="J86" t="s">
+        <v>226</v>
+      </c>
+      <c r="K86" t="s">
+        <v>226</v>
+      </c>
+      <c r="L86" t="s">
+        <v>211</v>
+      </c>
+      <c r="M86" s="6">
+        <v>10920.0</v>
+      </c>
+      <c r="N86" s="6">
+        <v>13213</v>
+      </c>
+      <c r="O86" t="s">
+        <v>212</v>
+      </c>
+      <c r="P86" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17">
+      <c r="A87">
+        <v>12592</v>
+      </c>
+      <c r="B87">
+        <v>0.29</v>
+      </c>
+      <c r="C87" t="s">
+        <v>297</v>
+      </c>
+      <c r="D87" t="s">
+        <v>277</v>
+      </c>
+      <c r="E87" t="s">
+        <v>23</v>
+      </c>
+      <c r="G87" t="s">
+        <v>207</v>
+      </c>
+      <c r="H87" t="s">
+        <v>208</v>
+      </c>
+      <c r="I87" t="s">
+        <v>209</v>
+      </c>
+      <c r="J87" t="s">
+        <v>210</v>
+      </c>
+      <c r="K87" t="s">
+        <v>298</v>
+      </c>
+      <c r="L87" t="s">
+        <v>211</v>
+      </c>
+      <c r="M87" s="6">
+        <v>11030.0</v>
+      </c>
+      <c r="N87" s="6">
+        <v>13346</v>
+      </c>
+      <c r="O87" t="s">
+        <v>212</v>
+      </c>
+      <c r="P87" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17">
+      <c r="A88">
+        <v>14111</v>
+      </c>
+      <c r="B88">
+        <v>0.32</v>
+      </c>
+      <c r="C88" t="s">
+        <v>299</v>
+      </c>
+      <c r="D88" t="s">
+        <v>277</v>
+      </c>
+      <c r="E88" t="s">
+        <v>23</v>
+      </c>
+      <c r="G88" t="s">
+        <v>207</v>
+      </c>
+      <c r="H88" t="s">
+        <v>236</v>
+      </c>
+      <c r="I88" t="s">
+        <v>226</v>
+      </c>
+      <c r="J88" t="s">
+        <v>226</v>
+      </c>
+      <c r="K88" t="s">
+        <v>226</v>
+      </c>
+      <c r="L88" t="s">
+        <v>211</v>
+      </c>
+      <c r="M88" s="6">
+        <v>11696.0</v>
+      </c>
+      <c r="N88" s="6">
+        <v>14152</v>
+      </c>
+      <c r="O88" t="s">
+        <v>212</v>
+      </c>
+      <c r="P88" t="s">
         <v>116</v>
       </c>
-      <c r="J85" t="s">
+    </row>
+    <row r="89" spans="1:17">
+      <c r="A89">
+        <v>10810</v>
+      </c>
+      <c r="B89">
+        <v>0.24</v>
+      </c>
+      <c r="C89" t="s">
+        <v>300</v>
+      </c>
+      <c r="D89" t="s">
+        <v>22</v>
+      </c>
+      <c r="E89" t="s">
+        <v>23</v>
+      </c>
+      <c r="G89" t="s">
+        <v>207</v>
+      </c>
+      <c r="H89" t="s">
+        <v>208</v>
+      </c>
+      <c r="I89" t="s">
+        <v>209</v>
+      </c>
+      <c r="J89" t="s">
+        <v>209</v>
+      </c>
+      <c r="K89" t="s">
+        <v>209</v>
+      </c>
+      <c r="L89" t="s">
+        <v>211</v>
+      </c>
+      <c r="M89" s="6">
+        <v>11957.0</v>
+      </c>
+      <c r="N89" s="6">
+        <v>14468</v>
+      </c>
+      <c r="O89" t="s">
+        <v>212</v>
+      </c>
+      <c r="P89" t="s">
         <v>117</v>
       </c>
-      <c r="K85" t="s">
+    </row>
+    <row r="90" spans="1:17">
+      <c r="A90">
+        <v>10811</v>
+      </c>
+      <c r="B90">
+        <v>0.24</v>
+      </c>
+      <c r="C90" t="s">
+        <v>301</v>
+      </c>
+      <c r="D90" t="s">
+        <v>22</v>
+      </c>
+      <c r="E90" t="s">
+        <v>23</v>
+      </c>
+      <c r="G90" t="s">
+        <v>207</v>
+      </c>
+      <c r="H90" t="s">
+        <v>208</v>
+      </c>
+      <c r="I90" t="s">
+        <v>209</v>
+      </c>
+      <c r="J90" t="s">
+        <v>209</v>
+      </c>
+      <c r="K90" t="s">
+        <v>209</v>
+      </c>
+      <c r="L90" t="s">
+        <v>211</v>
+      </c>
+      <c r="M90" s="6">
+        <v>11957.0</v>
+      </c>
+      <c r="N90" s="6">
+        <v>14468</v>
+      </c>
+      <c r="O90" t="s">
+        <v>212</v>
+      </c>
+      <c r="P90" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17">
+      <c r="A91">
+        <v>14330</v>
+      </c>
+      <c r="B91">
+        <v>0.36</v>
+      </c>
+      <c r="C91" t="s">
+        <v>302</v>
+      </c>
+      <c r="D91" t="s">
+        <v>286</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>207</v>
+      </c>
+      <c r="H91" t="s">
+        <v>236</v>
+      </c>
+      <c r="I91" t="s">
+        <v>226</v>
+      </c>
+      <c r="J91" t="s">
+        <v>226</v>
+      </c>
+      <c r="K91" t="s">
+        <v>226</v>
+      </c>
+      <c r="L91" t="s">
+        <v>284</v>
+      </c>
+      <c r="M91" s="6">
+        <v>12096.0</v>
+      </c>
+      <c r="N91" s="6">
+        <v>14636</v>
+      </c>
+      <c r="O91" t="s">
+        <v>212</v>
+      </c>
+      <c r="P91" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17">
+      <c r="A92">
+        <v>14331</v>
+      </c>
+      <c r="B92">
+        <v>0.36</v>
+      </c>
+      <c r="C92" t="s">
+        <v>303</v>
+      </c>
+      <c r="D92" t="s">
+        <v>286</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>207</v>
+      </c>
+      <c r="H92" t="s">
+        <v>236</v>
+      </c>
+      <c r="I92" t="s">
+        <v>226</v>
+      </c>
+      <c r="J92" t="s">
+        <v>226</v>
+      </c>
+      <c r="K92" t="s">
+        <v>226</v>
+      </c>
+      <c r="L92" t="s">
+        <v>284</v>
+      </c>
+      <c r="M92" s="6">
+        <v>12096.0</v>
+      </c>
+      <c r="N92" s="6">
+        <v>14636</v>
+      </c>
+      <c r="O92" t="s">
+        <v>212</v>
+      </c>
+      <c r="P92" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17">
+      <c r="A93">
+        <v>14233</v>
+      </c>
+      <c r="B93">
+        <v>0.37</v>
+      </c>
+      <c r="C93" t="s">
+        <v>304</v>
+      </c>
+      <c r="D93" t="s">
+        <v>277</v>
+      </c>
+      <c r="E93" t="s">
+        <v>23</v>
+      </c>
+      <c r="G93" t="s">
+        <v>207</v>
+      </c>
+      <c r="H93" t="s">
+        <v>236</v>
+      </c>
+      <c r="I93" t="s">
+        <v>226</v>
+      </c>
+      <c r="J93" t="s">
+        <v>226</v>
+      </c>
+      <c r="K93" t="s">
+        <v>226</v>
+      </c>
+      <c r="L93" t="s">
+        <v>284</v>
+      </c>
+      <c r="M93" s="6">
+        <v>12432.0</v>
+      </c>
+      <c r="N93" s="6">
+        <v>15043</v>
+      </c>
+      <c r="O93" t="s">
+        <v>212</v>
+      </c>
+      <c r="P93" t="s">
         <v>121</v>
       </c>
-      <c r="L85" t="s">
-[...12 lines deleted...]
-        <v>114</v>
+    </row>
+    <row r="94" spans="1:17">
+      <c r="A94">
+        <v>12597</v>
+      </c>
+      <c r="B94">
+        <v>0.29</v>
+      </c>
+      <c r="C94" t="s">
+        <v>305</v>
+      </c>
+      <c r="D94" t="s">
+        <v>22</v>
+      </c>
+      <c r="E94" t="s">
+        <v>23</v>
+      </c>
+      <c r="G94" t="s">
+        <v>207</v>
+      </c>
+      <c r="H94" t="s">
+        <v>208</v>
+      </c>
+      <c r="I94" t="s">
+        <v>210</v>
+      </c>
+      <c r="J94" t="s">
+        <v>210</v>
+      </c>
+      <c r="K94" t="s">
+        <v>209</v>
+      </c>
+      <c r="L94" t="s">
+        <v>211</v>
+      </c>
+      <c r="M94" s="6">
+        <v>12650.0</v>
+      </c>
+      <c r="N94" s="6">
+        <v>15306</v>
+      </c>
+      <c r="O94" t="s">
+        <v>212</v>
+      </c>
+      <c r="P94" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17">
+      <c r="A95">
+        <v>14243</v>
+      </c>
+      <c r="B95">
+        <v>0.38</v>
+      </c>
+      <c r="C95" t="s">
+        <v>306</v>
+      </c>
+      <c r="D95" t="s">
+        <v>277</v>
+      </c>
+      <c r="E95" t="s">
+        <v>23</v>
+      </c>
+      <c r="G95" t="s">
+        <v>207</v>
+      </c>
+      <c r="H95" t="s">
+        <v>236</v>
+      </c>
+      <c r="I95" t="s">
+        <v>226</v>
+      </c>
+      <c r="J95" t="s">
+        <v>226</v>
+      </c>
+      <c r="K95" t="s">
+        <v>226</v>
+      </c>
+      <c r="L95" t="s">
+        <v>211</v>
+      </c>
+      <c r="M95" s="6">
+        <v>12768.0</v>
+      </c>
+      <c r="N95" s="6">
+        <v>15449</v>
+      </c>
+      <c r="O95" t="s">
+        <v>212</v>
+      </c>
+      <c r="P95" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17">
+      <c r="A96">
+        <v>14050</v>
+      </c>
+      <c r="B96">
+        <v>0.32</v>
+      </c>
+      <c r="C96" t="s">
+        <v>307</v>
+      </c>
+      <c r="D96" t="s">
+        <v>22</v>
+      </c>
+      <c r="E96" t="s">
+        <v>23</v>
+      </c>
+      <c r="G96" t="s">
+        <v>308</v>
+      </c>
+      <c r="H96" t="s">
+        <v>236</v>
+      </c>
+      <c r="J96" t="s">
+        <v>210</v>
+      </c>
+      <c r="K96" t="s">
+        <v>210</v>
+      </c>
+      <c r="L96" t="s">
+        <v>284</v>
+      </c>
+      <c r="M96" s="6">
+        <v>13072.0</v>
+      </c>
+      <c r="N96" s="6">
+        <v>15817</v>
+      </c>
+      <c r="O96" t="s">
+        <v>212</v>
+      </c>
+      <c r="P96" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17">
+      <c r="A97">
+        <v>13773</v>
+      </c>
+      <c r="B97">
+        <v>0.3</v>
+      </c>
+      <c r="C97" t="s">
+        <v>309</v>
+      </c>
+      <c r="D97" t="s">
+        <v>22</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>310</v>
+      </c>
+      <c r="H97" t="s">
+        <v>236</v>
+      </c>
+      <c r="J97" t="s">
+        <v>226</v>
+      </c>
+      <c r="K97" t="s">
+        <v>226</v>
+      </c>
+      <c r="L97" t="s">
+        <v>284</v>
+      </c>
+      <c r="M97" s="6">
+        <v>13200.0</v>
+      </c>
+      <c r="N97" s="6">
+        <v>15972</v>
+      </c>
+      <c r="O97" t="s">
+        <v>212</v>
+      </c>
+      <c r="P97" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17">
+      <c r="A98">
+        <v>14137</v>
+      </c>
+      <c r="B98">
+        <v>0.4</v>
+      </c>
+      <c r="C98" t="s">
+        <v>311</v>
+      </c>
+      <c r="D98" t="s">
+        <v>243</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>207</v>
+      </c>
+      <c r="H98" t="s">
+        <v>236</v>
+      </c>
+      <c r="I98" t="s">
+        <v>226</v>
+      </c>
+      <c r="J98" t="s">
+        <v>226</v>
+      </c>
+      <c r="K98" t="s">
+        <v>226</v>
+      </c>
+      <c r="L98" t="s">
+        <v>312</v>
+      </c>
+      <c r="M98" s="6">
+        <v>13760.0</v>
+      </c>
+      <c r="N98" s="6">
+        <v>16650</v>
+      </c>
+      <c r="O98" t="s">
+        <v>212</v>
+      </c>
+      <c r="P98" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17">
+      <c r="A99">
+        <v>14295</v>
+      </c>
+      <c r="B99">
+        <v>0.33</v>
+      </c>
+      <c r="C99" t="s">
+        <v>313</v>
+      </c>
+      <c r="D99" t="s">
+        <v>19</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>207</v>
+      </c>
+      <c r="H99" t="s">
+        <v>236</v>
+      </c>
+      <c r="I99" t="s">
+        <v>226</v>
+      </c>
+      <c r="J99" t="s">
+        <v>226</v>
+      </c>
+      <c r="K99" t="s">
+        <v>226</v>
+      </c>
+      <c r="L99" t="s">
+        <v>284</v>
+      </c>
+      <c r="M99" s="6">
+        <v>13860.0</v>
+      </c>
+      <c r="N99" s="6">
+        <v>16771</v>
+      </c>
+      <c r="O99" t="s">
+        <v>212</v>
+      </c>
+      <c r="P99" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17">
+      <c r="A100">
+        <v>14211</v>
+      </c>
+      <c r="B100">
+        <v>0.3</v>
+      </c>
+      <c r="C100" t="s">
+        <v>314</v>
+      </c>
+      <c r="D100" t="s">
+        <v>22</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>207</v>
+      </c>
+      <c r="H100" t="s">
+        <v>236</v>
+      </c>
+      <c r="I100" t="s">
+        <v>226</v>
+      </c>
+      <c r="J100" t="s">
+        <v>226</v>
+      </c>
+      <c r="K100" t="s">
+        <v>226</v>
+      </c>
+      <c r="L100" t="s">
+        <v>312</v>
+      </c>
+      <c r="M100" s="6">
+        <v>13860.0</v>
+      </c>
+      <c r="N100" s="6">
+        <v>16771</v>
+      </c>
+      <c r="O100" t="s">
+        <v>212</v>
+      </c>
+      <c r="P100" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17">
+      <c r="A101">
+        <v>13531</v>
+      </c>
+      <c r="B101">
+        <v>0.3</v>
+      </c>
+      <c r="C101" t="s">
+        <v>315</v>
+      </c>
+      <c r="D101" t="s">
+        <v>22</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>308</v>
+      </c>
+      <c r="H101" t="s">
+        <v>236</v>
+      </c>
+      <c r="J101" t="s">
+        <v>226</v>
+      </c>
+      <c r="K101" t="s">
+        <v>226</v>
+      </c>
+      <c r="L101" t="s">
+        <v>284</v>
+      </c>
+      <c r="M101" s="6">
+        <v>14640.0</v>
+      </c>
+      <c r="N101" s="6">
+        <v>17714</v>
+      </c>
+      <c r="O101" t="s">
+        <v>212</v>
+      </c>
+      <c r="P101" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17">
+      <c r="A102">
+        <v>12495</v>
+      </c>
+      <c r="B102">
+        <v>0.3</v>
+      </c>
+      <c r="C102" t="s">
+        <v>316</v>
+      </c>
+      <c r="D102" t="s">
+        <v>25</v>
+      </c>
+      <c r="E102" t="s">
+        <v>23</v>
+      </c>
+      <c r="G102" t="s">
+        <v>317</v>
+      </c>
+      <c r="H102" t="s">
+        <v>236</v>
+      </c>
+      <c r="J102" t="s">
+        <v>226</v>
+      </c>
+      <c r="K102" t="s">
+        <v>226</v>
+      </c>
+      <c r="L102" t="s">
+        <v>284</v>
+      </c>
+      <c r="M102" s="6">
+        <v>14718.0</v>
+      </c>
+      <c r="N102" s="6">
+        <v>17808</v>
+      </c>
+      <c r="O102" t="s">
+        <v>212</v>
+      </c>
+      <c r="P102" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17">
+      <c r="A103">
+        <v>13730</v>
+      </c>
+      <c r="B103">
+        <v>0.44</v>
+      </c>
+      <c r="C103" t="s">
+        <v>318</v>
+      </c>
+      <c r="D103" t="s">
+        <v>235</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>207</v>
+      </c>
+      <c r="H103" t="s">
+        <v>236</v>
+      </c>
+      <c r="I103" t="s">
+        <v>226</v>
+      </c>
+      <c r="J103" t="s">
+        <v>226</v>
+      </c>
+      <c r="K103" t="s">
+        <v>226</v>
+      </c>
+      <c r="L103" t="s">
+        <v>312</v>
+      </c>
+      <c r="M103" s="6">
+        <v>14718.0</v>
+      </c>
+      <c r="N103" s="6">
+        <v>17809</v>
+      </c>
+      <c r="O103" t="s">
+        <v>212</v>
+      </c>
+      <c r="P103" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17">
+      <c r="A104">
+        <v>13731</v>
+      </c>
+      <c r="B104">
+        <v>0.44</v>
+      </c>
+      <c r="C104" t="s">
+        <v>319</v>
+      </c>
+      <c r="D104" t="s">
+        <v>235</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>207</v>
+      </c>
+      <c r="H104" t="s">
+        <v>236</v>
+      </c>
+      <c r="I104" t="s">
+        <v>226</v>
+      </c>
+      <c r="J104" t="s">
+        <v>226</v>
+      </c>
+      <c r="K104" t="s">
+        <v>226</v>
+      </c>
+      <c r="L104" t="s">
+        <v>312</v>
+      </c>
+      <c r="M104" s="6">
+        <v>14718.0</v>
+      </c>
+      <c r="N104" s="6">
+        <v>17809</v>
+      </c>
+      <c r="O104" t="s">
+        <v>212</v>
+      </c>
+      <c r="P104" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17">
+      <c r="A105">
+        <v>14294</v>
+      </c>
+      <c r="B105">
+        <v>0.32</v>
+      </c>
+      <c r="C105" t="s">
+        <v>320</v>
+      </c>
+      <c r="D105" t="s">
+        <v>22</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>207</v>
+      </c>
+      <c r="H105" t="s">
+        <v>236</v>
+      </c>
+      <c r="I105" t="s">
+        <v>226</v>
+      </c>
+      <c r="J105" t="s">
+        <v>226</v>
+      </c>
+      <c r="K105" t="s">
+        <v>226</v>
+      </c>
+      <c r="L105" t="s">
+        <v>312</v>
+      </c>
+      <c r="M105" s="6">
+        <v>14784.0</v>
+      </c>
+      <c r="N105" s="6">
+        <v>17889</v>
+      </c>
+      <c r="O105" t="s">
+        <v>212</v>
+      </c>
+      <c r="P105" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17">
+      <c r="A106">
+        <v>14028</v>
+      </c>
+      <c r="B106">
+        <v>0.51</v>
+      </c>
+      <c r="C106" t="s">
+        <v>321</v>
+      </c>
+      <c r="D106" t="s">
+        <v>283</v>
+      </c>
+      <c r="E106" t="s">
+        <v>23</v>
+      </c>
+      <c r="G106" t="s">
+        <v>207</v>
+      </c>
+      <c r="H106" t="s">
+        <v>236</v>
+      </c>
+      <c r="I106" t="s">
+        <v>226</v>
+      </c>
+      <c r="J106" t="s">
+        <v>226</v>
+      </c>
+      <c r="K106" t="s">
+        <v>226</v>
+      </c>
+      <c r="L106" t="s">
+        <v>312</v>
+      </c>
+      <c r="M106" s="6">
+        <v>15351.0</v>
+      </c>
+      <c r="N106" s="6">
+        <v>18575</v>
+      </c>
+      <c r="O106" t="s">
+        <v>212</v>
+      </c>
+      <c r="P106" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17">
+      <c r="A107">
+        <v>14316</v>
+      </c>
+      <c r="B107">
+        <v>0.4</v>
+      </c>
+      <c r="C107" t="s">
+        <v>322</v>
+      </c>
+      <c r="D107" t="s">
+        <v>277</v>
+      </c>
+      <c r="E107" t="s">
+        <v>23</v>
+      </c>
+      <c r="G107" t="s">
+        <v>207</v>
+      </c>
+      <c r="H107" t="s">
+        <v>236</v>
+      </c>
+      <c r="I107" t="s">
+        <v>226</v>
+      </c>
+      <c r="J107" t="s">
+        <v>226</v>
+      </c>
+      <c r="K107" t="s">
+        <v>226</v>
+      </c>
+      <c r="L107" t="s">
+        <v>211</v>
+      </c>
+      <c r="M107" s="6">
+        <v>15960.0</v>
+      </c>
+      <c r="N107" s="6">
+        <v>19312</v>
+      </c>
+      <c r="O107" t="s">
+        <v>212</v>
+      </c>
+      <c r="P107" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17">
+      <c r="A108">
+        <v>14348</v>
+      </c>
+      <c r="B108">
+        <v>0.41</v>
+      </c>
+      <c r="C108" t="s">
+        <v>323</v>
+      </c>
+      <c r="D108" t="s">
+        <v>277</v>
+      </c>
+      <c r="E108" t="s">
+        <v>23</v>
+      </c>
+      <c r="G108" t="s">
+        <v>207</v>
+      </c>
+      <c r="H108" t="s">
+        <v>236</v>
+      </c>
+      <c r="I108" t="s">
+        <v>226</v>
+      </c>
+      <c r="J108" t="s">
+        <v>226</v>
+      </c>
+      <c r="K108" t="s">
+        <v>226</v>
+      </c>
+      <c r="L108" t="s">
+        <v>284</v>
+      </c>
+      <c r="M108" s="6">
+        <v>16359.0</v>
+      </c>
+      <c r="N108" s="6">
+        <v>19794</v>
+      </c>
+      <c r="O108" t="s">
+        <v>212</v>
+      </c>
+      <c r="P108" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17">
+      <c r="A109">
+        <v>14314</v>
+      </c>
+      <c r="B109">
+        <v>0.4</v>
+      </c>
+      <c r="C109" t="s">
+        <v>324</v>
+      </c>
+      <c r="D109" t="s">
+        <v>277</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>207</v>
+      </c>
+      <c r="H109" t="s">
+        <v>236</v>
+      </c>
+      <c r="I109" t="s">
+        <v>226</v>
+      </c>
+      <c r="J109" t="s">
+        <v>226</v>
+      </c>
+      <c r="K109" t="s">
+        <v>226</v>
+      </c>
+      <c r="L109" t="s">
+        <v>284</v>
+      </c>
+      <c r="M109" s="6">
+        <v>16800.0</v>
+      </c>
+      <c r="N109" s="6">
+        <v>20328</v>
+      </c>
+      <c r="O109" t="s">
+        <v>212</v>
+      </c>
+      <c r="P109" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17">
+      <c r="A110">
+        <v>14315</v>
+      </c>
+      <c r="B110">
+        <v>0.4</v>
+      </c>
+      <c r="C110" t="s">
+        <v>325</v>
+      </c>
+      <c r="D110" t="s">
+        <v>277</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>207</v>
+      </c>
+      <c r="H110" t="s">
+        <v>236</v>
+      </c>
+      <c r="I110" t="s">
+        <v>226</v>
+      </c>
+      <c r="J110" t="s">
+        <v>226</v>
+      </c>
+      <c r="K110" t="s">
+        <v>226</v>
+      </c>
+      <c r="L110" t="s">
+        <v>284</v>
+      </c>
+      <c r="M110" s="6">
+        <v>16800.0</v>
+      </c>
+      <c r="N110" s="6">
+        <v>20328</v>
+      </c>
+      <c r="O110" t="s">
+        <v>212</v>
+      </c>
+      <c r="P110" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17">
+      <c r="A111">
+        <v>13666</v>
+      </c>
+      <c r="B111">
+        <v>0.5</v>
+      </c>
+      <c r="C111" t="s">
+        <v>326</v>
+      </c>
+      <c r="D111" t="s">
+        <v>283</v>
+      </c>
+      <c r="E111" t="s">
+        <v>23</v>
+      </c>
+      <c r="G111" t="s">
+        <v>207</v>
+      </c>
+      <c r="H111" t="s">
+        <v>236</v>
+      </c>
+      <c r="I111" t="s">
+        <v>226</v>
+      </c>
+      <c r="J111" t="s">
+        <v>226</v>
+      </c>
+      <c r="K111" t="s">
+        <v>226</v>
+      </c>
+      <c r="L111" t="s">
+        <v>211</v>
+      </c>
+      <c r="M111" s="6">
+        <v>17400.0</v>
+      </c>
+      <c r="N111" s="6">
+        <v>21054</v>
+      </c>
+      <c r="O111" t="s">
+        <v>212</v>
+      </c>
+      <c r="P111" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17">
+      <c r="A112">
+        <v>14197</v>
+      </c>
+      <c r="B112">
+        <v>0.51</v>
+      </c>
+      <c r="C112" t="s">
+        <v>327</v>
+      </c>
+      <c r="D112" t="s">
+        <v>235</v>
+      </c>
+      <c r="E112" t="s">
+        <v>23</v>
+      </c>
+      <c r="G112" t="s">
+        <v>207</v>
+      </c>
+      <c r="H112" t="s">
+        <v>236</v>
+      </c>
+      <c r="I112" t="s">
+        <v>226</v>
+      </c>
+      <c r="J112" t="s">
+        <v>226</v>
+      </c>
+      <c r="K112" t="s">
+        <v>226</v>
+      </c>
+      <c r="L112" t="s">
+        <v>211</v>
+      </c>
+      <c r="M112" s="6">
+        <v>17544.0</v>
+      </c>
+      <c r="N112" s="6">
+        <v>21228</v>
+      </c>
+      <c r="O112" t="s">
+        <v>212</v>
+      </c>
+      <c r="P112" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17">
+      <c r="A113">
+        <v>14198</v>
+      </c>
+      <c r="B113">
+        <v>0.51</v>
+      </c>
+      <c r="C113" t="s">
+        <v>328</v>
+      </c>
+      <c r="D113" t="s">
+        <v>235</v>
+      </c>
+      <c r="E113" t="s">
+        <v>23</v>
+      </c>
+      <c r="G113" t="s">
+        <v>207</v>
+      </c>
+      <c r="H113" t="s">
+        <v>236</v>
+      </c>
+      <c r="I113" t="s">
+        <v>226</v>
+      </c>
+      <c r="J113" t="s">
+        <v>226</v>
+      </c>
+      <c r="K113" t="s">
+        <v>226</v>
+      </c>
+      <c r="L113" t="s">
+        <v>211</v>
+      </c>
+      <c r="M113" s="6">
+        <v>17544.0</v>
+      </c>
+      <c r="N113" s="6">
+        <v>21228</v>
+      </c>
+      <c r="O113" t="s">
+        <v>212</v>
+      </c>
+      <c r="P113" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17">
+      <c r="A114">
+        <v>13772</v>
+      </c>
+      <c r="B114">
+        <v>0.37</v>
+      </c>
+      <c r="C114" t="s">
+        <v>329</v>
+      </c>
+      <c r="D114" t="s">
+        <v>25</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>330</v>
+      </c>
+      <c r="H114" t="s">
+        <v>236</v>
+      </c>
+      <c r="J114" t="s">
+        <v>226</v>
+      </c>
+      <c r="K114" t="s">
+        <v>226</v>
+      </c>
+      <c r="L114" t="s">
+        <v>312</v>
+      </c>
+      <c r="M114" s="6">
+        <v>17908.0</v>
+      </c>
+      <c r="N114" s="6">
+        <v>21669</v>
+      </c>
+      <c r="O114" t="s">
+        <v>212</v>
+      </c>
+      <c r="P114" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17">
+      <c r="A115">
+        <v>14312</v>
+      </c>
+      <c r="B115">
+        <v>0.4</v>
+      </c>
+      <c r="C115" t="s">
+        <v>331</v>
+      </c>
+      <c r="D115" t="s">
+        <v>22</v>
+      </c>
+      <c r="E115" t="s">
+        <v>23</v>
+      </c>
+      <c r="G115" t="s">
+        <v>207</v>
+      </c>
+      <c r="H115" t="s">
+        <v>236</v>
+      </c>
+      <c r="I115" t="s">
+        <v>226</v>
+      </c>
+      <c r="J115" t="s">
+        <v>226</v>
+      </c>
+      <c r="K115" t="s">
+        <v>226</v>
+      </c>
+      <c r="L115" t="s">
+        <v>284</v>
+      </c>
+      <c r="M115" s="6">
+        <v>18480.0</v>
+      </c>
+      <c r="N115" s="6">
+        <v>22361</v>
+      </c>
+      <c r="O115" t="s">
+        <v>212</v>
+      </c>
+      <c r="P115" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17">
+      <c r="A116">
+        <v>14313</v>
+      </c>
+      <c r="B116">
+        <v>0.4</v>
+      </c>
+      <c r="C116" t="s">
+        <v>332</v>
+      </c>
+      <c r="D116" t="s">
+        <v>22</v>
+      </c>
+      <c r="E116" t="s">
+        <v>23</v>
+      </c>
+      <c r="G116" t="s">
+        <v>207</v>
+      </c>
+      <c r="H116" t="s">
+        <v>236</v>
+      </c>
+      <c r="I116" t="s">
+        <v>226</v>
+      </c>
+      <c r="J116" t="s">
+        <v>226</v>
+      </c>
+      <c r="K116" t="s">
+        <v>226</v>
+      </c>
+      <c r="L116" t="s">
+        <v>312</v>
+      </c>
+      <c r="M116" s="6">
+        <v>18480.0</v>
+      </c>
+      <c r="N116" s="6">
+        <v>22361</v>
+      </c>
+      <c r="O116" t="s">
+        <v>212</v>
+      </c>
+      <c r="P116" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17">
+      <c r="A117">
+        <v>14131</v>
+      </c>
+      <c r="B117">
+        <v>0.43</v>
+      </c>
+      <c r="C117" t="s">
+        <v>333</v>
+      </c>
+      <c r="D117" t="s">
+        <v>277</v>
+      </c>
+      <c r="E117" t="s">
+        <v>23</v>
+      </c>
+      <c r="G117" t="s">
+        <v>207</v>
+      </c>
+      <c r="H117" t="s">
+        <v>236</v>
+      </c>
+      <c r="I117" t="s">
+        <v>226</v>
+      </c>
+      <c r="J117" t="s">
+        <v>226</v>
+      </c>
+      <c r="K117" t="s">
+        <v>226</v>
+      </c>
+      <c r="L117" t="s">
+        <v>312</v>
+      </c>
+      <c r="M117" s="6">
+        <v>18490.0</v>
+      </c>
+      <c r="N117" s="6">
+        <v>22373</v>
+      </c>
+      <c r="O117" t="s">
+        <v>212</v>
+      </c>
+      <c r="P117" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17">
+      <c r="A118">
+        <v>14347</v>
+      </c>
+      <c r="B118">
+        <v>0.43</v>
+      </c>
+      <c r="C118" t="s">
+        <v>334</v>
+      </c>
+      <c r="D118" t="s">
+        <v>19</v>
+      </c>
+      <c r="E118" t="s">
+        <v>23</v>
+      </c>
+      <c r="G118" t="s">
+        <v>207</v>
+      </c>
+      <c r="H118" t="s">
+        <v>236</v>
+      </c>
+      <c r="I118" t="s">
+        <v>226</v>
+      </c>
+      <c r="J118" t="s">
+        <v>226</v>
+      </c>
+      <c r="K118" t="s">
+        <v>226</v>
+      </c>
+      <c r="L118" t="s">
+        <v>284</v>
+      </c>
+      <c r="M118" s="6">
+        <v>18963.0</v>
+      </c>
+      <c r="N118" s="6">
+        <v>22945</v>
+      </c>
+      <c r="O118" t="s">
+        <v>212</v>
+      </c>
+      <c r="P118" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17">
+      <c r="A119">
+        <v>14310</v>
+      </c>
+      <c r="B119">
+        <v>0.4</v>
+      </c>
+      <c r="C119" t="s">
+        <v>335</v>
+      </c>
+      <c r="D119" t="s">
+        <v>25</v>
+      </c>
+      <c r="E119" t="s">
+        <v>23</v>
+      </c>
+      <c r="G119" t="s">
+        <v>207</v>
+      </c>
+      <c r="H119" t="s">
+        <v>236</v>
+      </c>
+      <c r="I119" t="s">
+        <v>226</v>
+      </c>
+      <c r="J119" t="s">
+        <v>226</v>
+      </c>
+      <c r="K119" t="s">
+        <v>226</v>
+      </c>
+      <c r="L119" t="s">
+        <v>312</v>
+      </c>
+      <c r="M119" s="6">
+        <v>20160.0</v>
+      </c>
+      <c r="N119" s="6">
+        <v>24394</v>
+      </c>
+      <c r="O119" t="s">
+        <v>212</v>
+      </c>
+      <c r="P119" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17">
+      <c r="A120">
+        <v>14311</v>
+      </c>
+      <c r="B120">
+        <v>0.4</v>
+      </c>
+      <c r="C120" t="s">
+        <v>336</v>
+      </c>
+      <c r="D120" t="s">
+        <v>25</v>
+      </c>
+      <c r="E120" t="s">
+        <v>23</v>
+      </c>
+      <c r="G120" t="s">
+        <v>207</v>
+      </c>
+      <c r="H120" t="s">
+        <v>236</v>
+      </c>
+      <c r="I120" t="s">
+        <v>226</v>
+      </c>
+      <c r="J120" t="s">
+        <v>226</v>
+      </c>
+      <c r="K120" t="s">
+        <v>226</v>
+      </c>
+      <c r="L120" t="s">
+        <v>312</v>
+      </c>
+      <c r="M120" s="6">
+        <v>20160.0</v>
+      </c>
+      <c r="N120" s="6">
+        <v>24394</v>
+      </c>
+      <c r="O120" t="s">
+        <v>212</v>
+      </c>
+      <c r="P120" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17">
+      <c r="A121">
+        <v>14268</v>
+      </c>
+      <c r="B121">
+        <v>0.57</v>
+      </c>
+      <c r="C121" t="s">
+        <v>337</v>
+      </c>
+      <c r="D121" t="s">
+        <v>235</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>207</v>
+      </c>
+      <c r="H121" t="s">
+        <v>236</v>
+      </c>
+      <c r="I121" t="s">
+        <v>226</v>
+      </c>
+      <c r="J121" t="s">
+        <v>226</v>
+      </c>
+      <c r="K121" t="s">
+        <v>226</v>
+      </c>
+      <c r="L121" t="s">
+        <v>284</v>
+      </c>
+      <c r="M121" s="6">
+        <v>20349.0</v>
+      </c>
+      <c r="N121" s="6">
+        <v>24622</v>
+      </c>
+      <c r="O121" t="s">
+        <v>212</v>
+      </c>
+      <c r="P121" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17">
+      <c r="A122">
+        <v>14346</v>
+      </c>
+      <c r="B122">
+        <v>0.43</v>
+      </c>
+      <c r="C122" t="s">
+        <v>338</v>
+      </c>
+      <c r="D122" t="s">
+        <v>19</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>207</v>
+      </c>
+      <c r="H122" t="s">
+        <v>236</v>
+      </c>
+      <c r="I122" t="s">
+        <v>226</v>
+      </c>
+      <c r="J122" t="s">
+        <v>226</v>
+      </c>
+      <c r="K122" t="s">
+        <v>226</v>
+      </c>
+      <c r="L122" t="s">
+        <v>284</v>
+      </c>
+      <c r="M122" s="6">
+        <v>20769.0</v>
+      </c>
+      <c r="N122" s="6">
+        <v>25130</v>
+      </c>
+      <c r="O122" t="s">
+        <v>212</v>
+      </c>
+      <c r="P122" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17">
+      <c r="A123">
+        <v>14345</v>
+      </c>
+      <c r="B123">
+        <v>0.43</v>
+      </c>
+      <c r="C123" t="s">
+        <v>339</v>
+      </c>
+      <c r="D123" t="s">
+        <v>22</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>207</v>
+      </c>
+      <c r="H123" t="s">
+        <v>236</v>
+      </c>
+      <c r="I123" t="s">
+        <v>226</v>
+      </c>
+      <c r="J123" t="s">
+        <v>226</v>
+      </c>
+      <c r="K123" t="s">
+        <v>226</v>
+      </c>
+      <c r="L123" t="s">
+        <v>312</v>
+      </c>
+      <c r="M123" s="6">
+        <v>22575.0</v>
+      </c>
+      <c r="N123" s="6">
+        <v>27316</v>
+      </c>
+      <c r="O123" t="s">
+        <v>212</v>
+      </c>
+      <c r="P123" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17">
+      <c r="A124">
+        <v>14344</v>
+      </c>
+      <c r="B124">
+        <v>0.43</v>
+      </c>
+      <c r="C124" t="s">
+        <v>340</v>
+      </c>
+      <c r="D124" t="s">
+        <v>25</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>207</v>
+      </c>
+      <c r="H124" t="s">
+        <v>236</v>
+      </c>
+      <c r="I124" t="s">
+        <v>226</v>
+      </c>
+      <c r="J124" t="s">
+        <v>226</v>
+      </c>
+      <c r="K124" t="s">
+        <v>226</v>
+      </c>
+      <c r="L124" t="s">
+        <v>312</v>
+      </c>
+      <c r="M124" s="6">
+        <v>25284.0</v>
+      </c>
+      <c r="N124" s="6">
+        <v>30594</v>
+      </c>
+      <c r="O124" t="s">
+        <v>212</v>
+      </c>
+      <c r="P124" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17">
+      <c r="A125">
+        <v>13153</v>
+      </c>
+      <c r="B125">
+        <v>0.55</v>
+      </c>
+      <c r="C125" t="s">
+        <v>341</v>
+      </c>
+      <c r="D125" t="s">
+        <v>243</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>207</v>
+      </c>
+      <c r="H125" t="s">
+        <v>236</v>
+      </c>
+      <c r="I125" t="s">
+        <v>226</v>
+      </c>
+      <c r="J125" t="s">
+        <v>226</v>
+      </c>
+      <c r="K125" t="s">
+        <v>226</v>
+      </c>
+      <c r="L125" t="s">
+        <v>284</v>
+      </c>
+      <c r="M125" s="6">
+        <v>25757.0</v>
+      </c>
+      <c r="N125" s="6">
+        <v>31166</v>
+      </c>
+      <c r="O125" t="s">
+        <v>212</v>
+      </c>
+      <c r="P125" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17">
+      <c r="A126">
+        <v>14265</v>
+      </c>
+      <c r="B126">
+        <v>0.55</v>
+      </c>
+      <c r="C126" t="s">
+        <v>342</v>
+      </c>
+      <c r="D126" t="s">
+        <v>286</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>207</v>
+      </c>
+      <c r="H126" t="s">
+        <v>236</v>
+      </c>
+      <c r="I126" t="s">
+        <v>226</v>
+      </c>
+      <c r="J126" t="s">
+        <v>226</v>
+      </c>
+      <c r="K126" t="s">
+        <v>226</v>
+      </c>
+      <c r="L126" t="s">
+        <v>312</v>
+      </c>
+      <c r="M126" s="6">
+        <v>26565.0</v>
+      </c>
+      <c r="N126" s="6">
+        <v>32144</v>
+      </c>
+      <c r="O126" t="s">
+        <v>212</v>
+      </c>
+      <c r="P126" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17">
+      <c r="A127">
+        <v>13286</v>
+      </c>
+      <c r="B127">
+        <v>0.55</v>
+      </c>
+      <c r="C127" t="s">
+        <v>343</v>
+      </c>
+      <c r="D127" t="s">
+        <v>243</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>207</v>
+      </c>
+      <c r="H127" t="s">
+        <v>236</v>
+      </c>
+      <c r="I127" t="s">
+        <v>226</v>
+      </c>
+      <c r="J127" t="s">
+        <v>226</v>
+      </c>
+      <c r="K127" t="s">
+        <v>226</v>
+      </c>
+      <c r="L127" t="s">
+        <v>284</v>
+      </c>
+      <c r="M127" s="6">
+        <v>28298.0</v>
+      </c>
+      <c r="N127" s="6">
+        <v>34240</v>
+      </c>
+      <c r="O127" t="s">
+        <v>212</v>
+      </c>
+      <c r="P127" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17">
+      <c r="A128">
+        <v>14047</v>
+      </c>
+      <c r="B128">
+        <v>0.57</v>
+      </c>
+      <c r="C128" t="s">
+        <v>344</v>
+      </c>
+      <c r="D128" t="s">
+        <v>277</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>345</v>
+      </c>
+      <c r="H128" t="s">
+        <v>236</v>
+      </c>
+      <c r="J128" t="s">
+        <v>226</v>
+      </c>
+      <c r="K128" t="s">
+        <v>210</v>
+      </c>
+      <c r="L128" t="s">
+        <v>284</v>
+      </c>
+      <c r="M128" s="6">
+        <v>29412.0</v>
+      </c>
+      <c r="N128" s="6">
+        <v>35589</v>
+      </c>
+      <c r="O128" t="s">
+        <v>212</v>
+      </c>
+      <c r="P128" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17">
+      <c r="A129">
+        <v>14359</v>
+      </c>
+      <c r="B129">
+        <v>0.53</v>
+      </c>
+      <c r="C129" t="s">
+        <v>346</v>
+      </c>
+      <c r="D129" t="s">
+        <v>277</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>207</v>
+      </c>
+      <c r="H129" t="s">
+        <v>236</v>
+      </c>
+      <c r="I129" t="s">
+        <v>226</v>
+      </c>
+      <c r="J129" t="s">
+        <v>226</v>
+      </c>
+      <c r="K129" t="s">
+        <v>226</v>
+      </c>
+      <c r="L129" t="s">
+        <v>312</v>
+      </c>
+      <c r="M129" s="6">
+        <v>31164.0</v>
+      </c>
+      <c r="N129" s="6">
+        <v>37708</v>
+      </c>
+      <c r="O129" t="s">
+        <v>212</v>
+      </c>
+      <c r="P129" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17">
+      <c r="A130">
+        <v>14360</v>
+      </c>
+      <c r="B130">
+        <v>0.53</v>
+      </c>
+      <c r="C130" t="s">
+        <v>347</v>
+      </c>
+      <c r="D130" t="s">
+        <v>277</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>207</v>
+      </c>
+      <c r="H130" t="s">
+        <v>236</v>
+      </c>
+      <c r="I130" t="s">
+        <v>226</v>
+      </c>
+      <c r="J130" t="s">
+        <v>226</v>
+      </c>
+      <c r="K130" t="s">
+        <v>226</v>
+      </c>
+      <c r="L130" t="s">
+        <v>284</v>
+      </c>
+      <c r="M130" s="6">
+        <v>31164.0</v>
+      </c>
+      <c r="N130" s="6">
+        <v>37708</v>
+      </c>
+      <c r="O130" t="s">
+        <v>212</v>
+      </c>
+      <c r="P130" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17">
+      <c r="A131">
+        <v>14152</v>
+      </c>
+      <c r="B131">
+        <v>0.52</v>
+      </c>
+      <c r="C131" t="s">
+        <v>346</v>
+      </c>
+      <c r="D131" t="s">
+        <v>277</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>207</v>
+      </c>
+      <c r="H131" t="s">
+        <v>236</v>
+      </c>
+      <c r="I131" t="s">
+        <v>226</v>
+      </c>
+      <c r="J131" t="s">
+        <v>226</v>
+      </c>
+      <c r="K131" t="s">
+        <v>226</v>
+      </c>
+      <c r="L131" t="s">
+        <v>312</v>
+      </c>
+      <c r="M131" s="6">
+        <v>32422.0</v>
+      </c>
+      <c r="N131" s="6">
+        <v>39231</v>
+      </c>
+      <c r="O131" t="s">
+        <v>212</v>
+      </c>
+      <c r="P131" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17">
+      <c r="A132">
+        <v>11196</v>
+      </c>
+      <c r="B132">
+        <v>0.7</v>
+      </c>
+      <c r="C132" t="s">
+        <v>348</v>
+      </c>
+      <c r="D132" t="s">
+        <v>283</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>207</v>
+      </c>
+      <c r="H132" t="s">
+        <v>236</v>
+      </c>
+      <c r="I132" t="s">
+        <v>226</v>
+      </c>
+      <c r="J132" t="s">
+        <v>226</v>
+      </c>
+      <c r="K132" t="s">
+        <v>226</v>
+      </c>
+      <c r="L132" t="s">
+        <v>284</v>
+      </c>
+      <c r="M132" s="6">
+        <v>32781.0</v>
+      </c>
+      <c r="N132" s="6">
+        <v>39665</v>
+      </c>
+      <c r="O132" t="s">
+        <v>212</v>
+      </c>
+      <c r="P132" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17">
+      <c r="A133">
+        <v>14373</v>
+      </c>
+      <c r="B133">
+        <v>0.71</v>
+      </c>
+      <c r="C133" t="s">
+        <v>349</v>
+      </c>
+      <c r="D133" t="s">
+        <v>235</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>207</v>
+      </c>
+      <c r="H133" t="s">
+        <v>236</v>
+      </c>
+      <c r="I133" t="s">
+        <v>226</v>
+      </c>
+      <c r="J133" t="s">
+        <v>226</v>
+      </c>
+      <c r="K133" t="s">
+        <v>226</v>
+      </c>
+      <c r="L133" t="s">
+        <v>312</v>
+      </c>
+      <c r="M133" s="6">
+        <v>32802.0</v>
+      </c>
+      <c r="N133" s="6">
+        <v>39690</v>
+      </c>
+      <c r="O133" t="s">
+        <v>212</v>
+      </c>
+      <c r="P133" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17">
+      <c r="A134">
+        <v>14374</v>
+      </c>
+      <c r="B134">
+        <v>0.72</v>
+      </c>
+      <c r="C134" t="s">
+        <v>350</v>
+      </c>
+      <c r="D134" t="s">
+        <v>235</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>207</v>
+      </c>
+      <c r="H134" t="s">
+        <v>236</v>
+      </c>
+      <c r="I134" t="s">
+        <v>226</v>
+      </c>
+      <c r="J134" t="s">
+        <v>226</v>
+      </c>
+      <c r="K134" t="s">
+        <v>226</v>
+      </c>
+      <c r="L134" t="s">
+        <v>312</v>
+      </c>
+      <c r="M134" s="6">
+        <v>33264.0</v>
+      </c>
+      <c r="N134" s="6">
+        <v>40249</v>
+      </c>
+      <c r="O134" t="s">
+        <v>212</v>
+      </c>
+      <c r="P134" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17">
+      <c r="A135">
+        <v>11272</v>
+      </c>
+      <c r="B135">
+        <v>0.75</v>
+      </c>
+      <c r="C135" t="s">
+        <v>351</v>
+      </c>
+      <c r="D135" t="s">
+        <v>352</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>207</v>
+      </c>
+      <c r="H135" t="s">
+        <v>236</v>
+      </c>
+      <c r="I135" t="s">
+        <v>226</v>
+      </c>
+      <c r="J135" t="s">
+        <v>226</v>
+      </c>
+      <c r="K135" t="s">
+        <v>226</v>
+      </c>
+      <c r="L135" t="s">
+        <v>284</v>
+      </c>
+      <c r="M135" s="6">
+        <v>37613.0</v>
+      </c>
+      <c r="N135" s="6">
+        <v>45512</v>
+      </c>
+      <c r="O135" t="s">
+        <v>212</v>
+      </c>
+      <c r="P135" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17">
+      <c r="A136">
+        <v>13275</v>
+      </c>
+      <c r="B136">
+        <v>0.53</v>
+      </c>
+      <c r="C136" t="s">
+        <v>353</v>
+      </c>
+      <c r="D136" t="s">
+        <v>277</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>207</v>
+      </c>
+      <c r="H136" t="s">
+        <v>236</v>
+      </c>
+      <c r="I136" t="s">
+        <v>226</v>
+      </c>
+      <c r="J136" t="s">
+        <v>226</v>
+      </c>
+      <c r="K136" t="s">
+        <v>226</v>
+      </c>
+      <c r="L136" t="s">
+        <v>312</v>
+      </c>
+      <c r="M136" s="6">
+        <v>37657.0</v>
+      </c>
+      <c r="N136" s="6">
+        <v>45564</v>
+      </c>
+      <c r="O136" t="s">
+        <v>212</v>
+      </c>
+      <c r="P136" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17">
+      <c r="A137">
+        <v>13291</v>
+      </c>
+      <c r="B137">
+        <v>0.7</v>
+      </c>
+      <c r="C137" t="s">
+        <v>354</v>
+      </c>
+      <c r="D137" t="s">
+        <v>235</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>207</v>
+      </c>
+      <c r="H137" t="s">
+        <v>236</v>
+      </c>
+      <c r="I137" t="s">
+        <v>226</v>
+      </c>
+      <c r="J137" t="s">
+        <v>226</v>
+      </c>
+      <c r="K137" t="s">
+        <v>226</v>
+      </c>
+      <c r="L137" t="s">
+        <v>312</v>
+      </c>
+      <c r="M137" s="6">
+        <v>39445.0</v>
+      </c>
+      <c r="N137" s="6">
+        <v>47728</v>
+      </c>
+      <c r="O137" t="s">
+        <v>212</v>
+      </c>
+      <c r="P137" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17">
+      <c r="A138">
+        <v>13292</v>
+      </c>
+      <c r="B138">
+        <v>0.7</v>
+      </c>
+      <c r="C138" t="s">
+        <v>355</v>
+      </c>
+      <c r="D138" t="s">
+        <v>235</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>207</v>
+      </c>
+      <c r="H138" t="s">
+        <v>236</v>
+      </c>
+      <c r="I138" t="s">
+        <v>226</v>
+      </c>
+      <c r="J138" t="s">
+        <v>226</v>
+      </c>
+      <c r="K138" t="s">
+        <v>226</v>
+      </c>
+      <c r="L138" t="s">
+        <v>312</v>
+      </c>
+      <c r="M138" s="6">
+        <v>39445.0</v>
+      </c>
+      <c r="N138" s="6">
+        <v>47728</v>
+      </c>
+      <c r="O138" t="s">
+        <v>212</v>
+      </c>
+      <c r="P138" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17">
+      <c r="A139">
+        <v>13026</v>
+      </c>
+      <c r="B139">
+        <v>0.71</v>
+      </c>
+      <c r="C139" t="s">
+        <v>356</v>
+      </c>
+      <c r="D139" t="s">
+        <v>243</v>
+      </c>
+      <c r="E139" t="s">
+        <v>23</v>
+      </c>
+      <c r="G139" t="s">
+        <v>207</v>
+      </c>
+      <c r="H139" t="s">
+        <v>236</v>
+      </c>
+      <c r="I139" t="s">
+        <v>226</v>
+      </c>
+      <c r="J139" t="s">
+        <v>226</v>
+      </c>
+      <c r="K139" t="s">
+        <v>226</v>
+      </c>
+      <c r="L139" t="s">
+        <v>312</v>
+      </c>
+      <c r="M139" s="6">
+        <v>39583.0</v>
+      </c>
+      <c r="N139" s="6">
+        <v>47895</v>
+      </c>
+      <c r="O139" t="s">
+        <v>212</v>
+      </c>
+      <c r="P139" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17">
+      <c r="A140">
+        <v>14200</v>
+      </c>
+      <c r="B140">
+        <v>0.71</v>
+      </c>
+      <c r="C140" t="s">
+        <v>357</v>
+      </c>
+      <c r="D140" t="s">
+        <v>243</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>207</v>
+      </c>
+      <c r="H140" t="s">
+        <v>236</v>
+      </c>
+      <c r="I140" t="s">
+        <v>226</v>
+      </c>
+      <c r="J140" t="s">
+        <v>226</v>
+      </c>
+      <c r="K140" t="s">
+        <v>226</v>
+      </c>
+      <c r="L140" t="s">
+        <v>312</v>
+      </c>
+      <c r="M140" s="6">
+        <v>39689.0</v>
+      </c>
+      <c r="N140" s="6">
+        <v>48024</v>
+      </c>
+      <c r="O140" t="s">
+        <v>212</v>
+      </c>
+      <c r="P140" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17">
+      <c r="A141">
+        <v>14199</v>
+      </c>
+      <c r="B141">
+        <v>0.72</v>
+      </c>
+      <c r="C141" t="s">
+        <v>358</v>
+      </c>
+      <c r="D141" t="s">
+        <v>243</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>207</v>
+      </c>
+      <c r="H141" t="s">
+        <v>236</v>
+      </c>
+      <c r="I141" t="s">
+        <v>226</v>
+      </c>
+      <c r="J141" t="s">
+        <v>226</v>
+      </c>
+      <c r="K141" t="s">
+        <v>226</v>
+      </c>
+      <c r="L141" t="s">
+        <v>312</v>
+      </c>
+      <c r="M141" s="6">
+        <v>40248.0</v>
+      </c>
+      <c r="N141" s="6">
+        <v>48700</v>
+      </c>
+      <c r="O141" t="s">
+        <v>212</v>
+      </c>
+      <c r="P141" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17">
+      <c r="A142">
+        <v>14258</v>
+      </c>
+      <c r="B142">
+        <v>0.51</v>
+      </c>
+      <c r="C142" t="s">
+        <v>359</v>
+      </c>
+      <c r="D142" t="s">
+        <v>22</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>207</v>
+      </c>
+      <c r="H142" t="s">
+        <v>236</v>
+      </c>
+      <c r="I142" t="s">
+        <v>226</v>
+      </c>
+      <c r="J142" t="s">
+        <v>226</v>
+      </c>
+      <c r="K142" t="s">
+        <v>226</v>
+      </c>
+      <c r="L142" t="s">
+        <v>284</v>
+      </c>
+      <c r="M142" s="6">
+        <v>40698.0</v>
+      </c>
+      <c r="N142" s="6">
+        <v>49245</v>
+      </c>
+      <c r="O142" t="s">
+        <v>212</v>
+      </c>
+      <c r="P142" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17">
+      <c r="A143">
+        <v>14260</v>
+      </c>
+      <c r="B143">
+        <v>0.51</v>
+      </c>
+      <c r="C143" t="s">
+        <v>360</v>
+      </c>
+      <c r="D143" t="s">
+        <v>22</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>207</v>
+      </c>
+      <c r="H143" t="s">
+        <v>236</v>
+      </c>
+      <c r="I143" t="s">
+        <v>226</v>
+      </c>
+      <c r="J143" t="s">
+        <v>226</v>
+      </c>
+      <c r="K143" t="s">
+        <v>226</v>
+      </c>
+      <c r="L143" t="s">
+        <v>284</v>
+      </c>
+      <c r="M143" s="6">
+        <v>40698.0</v>
+      </c>
+      <c r="N143" s="6">
+        <v>49245</v>
+      </c>
+      <c r="O143" t="s">
+        <v>212</v>
+      </c>
+      <c r="P143" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17">
+      <c r="A144">
+        <v>14261</v>
+      </c>
+      <c r="B144">
+        <v>0.53</v>
+      </c>
+      <c r="C144" t="s">
+        <v>361</v>
+      </c>
+      <c r="D144" t="s">
+        <v>22</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>207</v>
+      </c>
+      <c r="H144" t="s">
+        <v>236</v>
+      </c>
+      <c r="I144" t="s">
+        <v>226</v>
+      </c>
+      <c r="J144" t="s">
+        <v>226</v>
+      </c>
+      <c r="K144" t="s">
+        <v>226</v>
+      </c>
+      <c r="L144" t="s">
+        <v>312</v>
+      </c>
+      <c r="M144" s="6">
+        <v>42294.0</v>
+      </c>
+      <c r="N144" s="6">
+        <v>51176</v>
+      </c>
+      <c r="O144" t="s">
+        <v>212</v>
+      </c>
+      <c r="P144" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17">
+      <c r="A145">
+        <v>14259</v>
+      </c>
+      <c r="B145">
+        <v>0.54</v>
+      </c>
+      <c r="C145" t="s">
+        <v>362</v>
+      </c>
+      <c r="D145" t="s">
+        <v>22</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>207</v>
+      </c>
+      <c r="H145" t="s">
+        <v>236</v>
+      </c>
+      <c r="I145" t="s">
+        <v>226</v>
+      </c>
+      <c r="J145" t="s">
+        <v>226</v>
+      </c>
+      <c r="K145" t="s">
+        <v>226</v>
+      </c>
+      <c r="L145" t="s">
+        <v>284</v>
+      </c>
+      <c r="M145" s="6">
+        <v>43092.0</v>
+      </c>
+      <c r="N145" s="6">
+        <v>52141</v>
+      </c>
+      <c r="O145" t="s">
+        <v>212</v>
+      </c>
+      <c r="P145" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17">
+      <c r="A146">
+        <v>14165</v>
+      </c>
+      <c r="B146">
+        <v>0.55</v>
+      </c>
+      <c r="C146" t="s">
+        <v>363</v>
+      </c>
+      <c r="D146" t="s">
+        <v>22</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>207</v>
+      </c>
+      <c r="H146" t="s">
+        <v>236</v>
+      </c>
+      <c r="I146" t="s">
+        <v>226</v>
+      </c>
+      <c r="J146" t="s">
+        <v>226</v>
+      </c>
+      <c r="K146" t="s">
+        <v>226</v>
+      </c>
+      <c r="L146" t="s">
+        <v>312</v>
+      </c>
+      <c r="M146" s="6">
+        <v>44935.0</v>
+      </c>
+      <c r="N146" s="6">
+        <v>54371</v>
+      </c>
+      <c r="O146" t="s">
+        <v>212</v>
+      </c>
+      <c r="P146" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17">
+      <c r="A147">
+        <v>14098</v>
+      </c>
+      <c r="B147">
+        <v>0.3</v>
+      </c>
+      <c r="C147" t="s">
+        <v>364</v>
+      </c>
+      <c r="D147" t="s">
+        <v>365</v>
+      </c>
+      <c r="E147" t="s">
+        <v>23</v>
+      </c>
+      <c r="F147" t="s">
+        <v>366</v>
+      </c>
+      <c r="G147" t="s">
+        <v>310</v>
+      </c>
+      <c r="H147" t="s">
+        <v>236</v>
+      </c>
+      <c r="J147" t="s">
+        <v>210</v>
+      </c>
+      <c r="K147" t="s">
+        <v>210</v>
+      </c>
+      <c r="L147" t="s">
+        <v>211</v>
+      </c>
+      <c r="M147" s="6">
+        <v>45000.0</v>
+      </c>
+      <c r="N147" s="6">
+        <v>54450</v>
+      </c>
+      <c r="O147" t="s">
+        <v>212</v>
+      </c>
+      <c r="P147" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17">
+      <c r="A148">
+        <v>14088</v>
+      </c>
+      <c r="B148">
+        <v>0.7</v>
+      </c>
+      <c r="C148" t="s">
+        <v>367</v>
+      </c>
+      <c r="D148" t="s">
+        <v>286</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>207</v>
+      </c>
+      <c r="H148" t="s">
+        <v>236</v>
+      </c>
+      <c r="I148" t="s">
+        <v>226</v>
+      </c>
+      <c r="J148" t="s">
+        <v>226</v>
+      </c>
+      <c r="K148" t="s">
+        <v>226</v>
+      </c>
+      <c r="L148" t="s">
+        <v>312</v>
+      </c>
+      <c r="M148" s="6">
+        <v>46655.0</v>
+      </c>
+      <c r="N148" s="6">
+        <v>56453</v>
+      </c>
+      <c r="O148" t="s">
+        <v>212</v>
+      </c>
+      <c r="P148" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17">
+      <c r="A149">
+        <v>14090</v>
+      </c>
+      <c r="B149">
+        <v>0.7</v>
+      </c>
+      <c r="C149" t="s">
+        <v>368</v>
+      </c>
+      <c r="D149" t="s">
+        <v>286</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>207</v>
+      </c>
+      <c r="H149" t="s">
+        <v>236</v>
+      </c>
+      <c r="I149" t="s">
+        <v>226</v>
+      </c>
+      <c r="J149" t="s">
+        <v>226</v>
+      </c>
+      <c r="K149" t="s">
+        <v>226</v>
+      </c>
+      <c r="L149" t="s">
+        <v>312</v>
+      </c>
+      <c r="M149" s="6">
+        <v>46655.0</v>
+      </c>
+      <c r="N149" s="6">
+        <v>56453</v>
+      </c>
+      <c r="O149" t="s">
+        <v>212</v>
+      </c>
+      <c r="P149" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17">
+      <c r="A150">
+        <v>14164</v>
+      </c>
+      <c r="B150">
+        <v>0.58</v>
+      </c>
+      <c r="C150" t="s">
+        <v>369</v>
+      </c>
+      <c r="D150" t="s">
+        <v>22</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>207</v>
+      </c>
+      <c r="H150" t="s">
+        <v>236</v>
+      </c>
+      <c r="I150" t="s">
+        <v>226</v>
+      </c>
+      <c r="J150" t="s">
+        <v>226</v>
+      </c>
+      <c r="K150" t="s">
+        <v>226</v>
+      </c>
+      <c r="L150" t="s">
+        <v>312</v>
+      </c>
+      <c r="M150" s="6">
+        <v>47386.0</v>
+      </c>
+      <c r="N150" s="6">
+        <v>57337</v>
+      </c>
+      <c r="O150" t="s">
+        <v>212</v>
+      </c>
+      <c r="P150" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17">
+      <c r="A151">
+        <v>13148</v>
+      </c>
+      <c r="B151">
+        <v>0.6</v>
+      </c>
+      <c r="C151" t="s">
+        <v>370</v>
+      </c>
+      <c r="D151" t="s">
+        <v>19</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>207</v>
+      </c>
+      <c r="H151" t="s">
+        <v>236</v>
+      </c>
+      <c r="I151" t="s">
+        <v>226</v>
+      </c>
+      <c r="J151" t="s">
+        <v>226</v>
+      </c>
+      <c r="K151" t="s">
+        <v>226</v>
+      </c>
+      <c r="L151" t="s">
+        <v>312</v>
+      </c>
+      <c r="M151" s="6">
+        <v>51840.0</v>
+      </c>
+      <c r="N151" s="6">
+        <v>62726</v>
+      </c>
+      <c r="O151" t="s">
+        <v>212</v>
+      </c>
+      <c r="P151" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17">
+      <c r="A152">
+        <v>13149</v>
+      </c>
+      <c r="B152">
+        <v>0.6</v>
+      </c>
+      <c r="C152" t="s">
+        <v>371</v>
+      </c>
+      <c r="D152" t="s">
+        <v>19</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>207</v>
+      </c>
+      <c r="H152" t="s">
+        <v>236</v>
+      </c>
+      <c r="I152" t="s">
+        <v>226</v>
+      </c>
+      <c r="J152" t="s">
+        <v>226</v>
+      </c>
+      <c r="K152" t="s">
+        <v>226</v>
+      </c>
+      <c r="L152" t="s">
+        <v>312</v>
+      </c>
+      <c r="M152" s="6">
+        <v>51840.0</v>
+      </c>
+      <c r="N152" s="6">
+        <v>62726</v>
+      </c>
+      <c r="O152" t="s">
+        <v>212</v>
+      </c>
+      <c r="P152" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17">
+      <c r="A153">
+        <v>13529</v>
+      </c>
+      <c r="B153">
+        <v>0.7</v>
+      </c>
+      <c r="C153" t="s">
+        <v>372</v>
+      </c>
+      <c r="D153" t="s">
+        <v>277</v>
+      </c>
+      <c r="E153" t="s">
+        <v>23</v>
+      </c>
+      <c r="G153" t="s">
+        <v>330</v>
+      </c>
+      <c r="H153" t="s">
+        <v>236</v>
+      </c>
+      <c r="J153" t="s">
+        <v>226</v>
+      </c>
+      <c r="K153" t="s">
+        <v>226</v>
+      </c>
+      <c r="L153" t="s">
+        <v>312</v>
+      </c>
+      <c r="M153" s="6">
+        <v>56364.0</v>
+      </c>
+      <c r="N153" s="6">
+        <v>68200</v>
+      </c>
+      <c r="O153" t="s">
+        <v>212</v>
+      </c>
+      <c r="P153" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17">
+      <c r="A154">
+        <v>1952</v>
+      </c>
+      <c r="B154">
+        <v>0.92</v>
+      </c>
+      <c r="C154" t="s">
+        <v>373</v>
+      </c>
+      <c r="D154" t="s">
+        <v>235</v>
+      </c>
+      <c r="E154" t="s">
+        <v>23</v>
+      </c>
+      <c r="G154" t="s">
+        <v>207</v>
+      </c>
+      <c r="H154" t="s">
+        <v>374</v>
+      </c>
+      <c r="I154" t="s">
+        <v>210</v>
+      </c>
+      <c r="J154" t="s">
+        <v>210</v>
+      </c>
+      <c r="K154" t="s">
+        <v>210</v>
+      </c>
+      <c r="L154" t="s">
+        <v>211</v>
+      </c>
+      <c r="M154" s="6">
+        <v>58842.0</v>
+      </c>
+      <c r="N154" s="6">
+        <v>71199</v>
+      </c>
+      <c r="O154" t="s">
+        <v>212</v>
+      </c>
+      <c r="P154" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17">
+      <c r="A155">
+        <v>12096</v>
+      </c>
+      <c r="B155">
+        <v>0.55</v>
+      </c>
+      <c r="C155" t="s">
+        <v>375</v>
+      </c>
+      <c r="D155" t="s">
+        <v>25</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>207</v>
+      </c>
+      <c r="H155" t="s">
+        <v>236</v>
+      </c>
+      <c r="I155" t="s">
+        <v>226</v>
+      </c>
+      <c r="J155" t="s">
+        <v>226</v>
+      </c>
+      <c r="K155" t="s">
+        <v>226</v>
+      </c>
+      <c r="L155" t="s">
+        <v>284</v>
+      </c>
+      <c r="M155" s="6">
+        <v>61652.0</v>
+      </c>
+      <c r="N155" s="6">
+        <v>74599</v>
+      </c>
+      <c r="O155" t="s">
+        <v>212</v>
+      </c>
+      <c r="P155" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17">
+      <c r="A156">
+        <v>12881</v>
+      </c>
+      <c r="B156">
+        <v>1.03</v>
+      </c>
+      <c r="C156" t="s">
+        <v>376</v>
+      </c>
+      <c r="D156" t="s">
+        <v>377</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>207</v>
+      </c>
+      <c r="H156" t="s">
+        <v>236</v>
+      </c>
+      <c r="I156" t="s">
+        <v>226</v>
+      </c>
+      <c r="J156" t="s">
+        <v>226</v>
+      </c>
+      <c r="K156" t="s">
+        <v>226</v>
+      </c>
+      <c r="L156" t="s">
+        <v>211</v>
+      </c>
+      <c r="M156" s="6">
+        <v>63000.0</v>
+      </c>
+      <c r="N156" s="6">
+        <v>76230</v>
+      </c>
+      <c r="O156" t="s">
+        <v>212</v>
+      </c>
+      <c r="P156" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17">
+      <c r="A157">
+        <v>14369</v>
+      </c>
+      <c r="B157">
+        <v>0.71</v>
+      </c>
+      <c r="C157" t="s">
+        <v>378</v>
+      </c>
+      <c r="D157" t="s">
+        <v>19</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>207</v>
+      </c>
+      <c r="H157" t="s">
+        <v>236</v>
+      </c>
+      <c r="I157" t="s">
+        <v>226</v>
+      </c>
+      <c r="J157" t="s">
+        <v>226</v>
+      </c>
+      <c r="K157" t="s">
+        <v>226</v>
+      </c>
+      <c r="L157" t="s">
+        <v>312</v>
+      </c>
+      <c r="M157" s="6">
+        <v>65604.0</v>
+      </c>
+      <c r="N157" s="6">
+        <v>79381</v>
+      </c>
+      <c r="O157" t="s">
+        <v>212</v>
+      </c>
+      <c r="P157" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17">
+      <c r="A158">
+        <v>14370</v>
+      </c>
+      <c r="B158">
+        <v>0.71</v>
+      </c>
+      <c r="C158" t="s">
+        <v>349</v>
+      </c>
+      <c r="D158" t="s">
+        <v>19</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>207</v>
+      </c>
+      <c r="H158" t="s">
+        <v>236</v>
+      </c>
+      <c r="I158" t="s">
+        <v>226</v>
+      </c>
+      <c r="J158" t="s">
+        <v>226</v>
+      </c>
+      <c r="K158" t="s">
+        <v>226</v>
+      </c>
+      <c r="L158" t="s">
+        <v>312</v>
+      </c>
+      <c r="M158" s="6">
+        <v>65604.0</v>
+      </c>
+      <c r="N158" s="6">
+        <v>79381</v>
+      </c>
+      <c r="O158" t="s">
+        <v>212</v>
+      </c>
+      <c r="P158" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17">
+      <c r="A159">
+        <v>12867</v>
+      </c>
+      <c r="B159">
+        <v>0.76</v>
+      </c>
+      <c r="C159" t="s">
+        <v>379</v>
+      </c>
+      <c r="D159" t="s">
+        <v>277</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>207</v>
+      </c>
+      <c r="H159" t="s">
+        <v>236</v>
+      </c>
+      <c r="I159" t="s">
+        <v>226</v>
+      </c>
+      <c r="J159" t="s">
+        <v>226</v>
+      </c>
+      <c r="K159" t="s">
+        <v>226</v>
+      </c>
+      <c r="L159" t="s">
+        <v>312</v>
+      </c>
+      <c r="M159" s="6">
+        <v>66098.0</v>
+      </c>
+      <c r="N159" s="6">
+        <v>79979</v>
+      </c>
+      <c r="O159" t="s">
+        <v>212</v>
+      </c>
+      <c r="P159" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17">
+      <c r="A160">
+        <v>12868</v>
+      </c>
+      <c r="B160">
+        <v>0.78</v>
+      </c>
+      <c r="C160" t="s">
+        <v>380</v>
+      </c>
+      <c r="D160" t="s">
+        <v>277</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>207</v>
+      </c>
+      <c r="H160" t="s">
+        <v>236</v>
+      </c>
+      <c r="I160" t="s">
+        <v>226</v>
+      </c>
+      <c r="J160" t="s">
+        <v>226</v>
+      </c>
+      <c r="K160" t="s">
+        <v>226</v>
+      </c>
+      <c r="L160" t="s">
+        <v>284</v>
+      </c>
+      <c r="M160" s="6">
+        <v>67837.0</v>
+      </c>
+      <c r="N160" s="6">
+        <v>82083</v>
+      </c>
+      <c r="O160" t="s">
+        <v>212</v>
+      </c>
+      <c r="P160" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17">
+      <c r="A161">
+        <v>11169</v>
+      </c>
+      <c r="B161">
+        <v>0.8</v>
+      </c>
+      <c r="C161" t="s">
+        <v>381</v>
+      </c>
+      <c r="D161" t="s">
+        <v>25</v>
+      </c>
+      <c r="E161" t="s">
+        <v>23</v>
+      </c>
+      <c r="G161" t="s">
+        <v>317</v>
+      </c>
+      <c r="H161" t="s">
+        <v>236</v>
+      </c>
+      <c r="J161" t="s">
+        <v>226</v>
+      </c>
+      <c r="K161" t="s">
+        <v>226</v>
+      </c>
+      <c r="L161" t="s">
+        <v>284</v>
+      </c>
+      <c r="M161" s="6">
+        <v>71360.0</v>
+      </c>
+      <c r="N161" s="6">
+        <v>86346</v>
+      </c>
+      <c r="O161" t="s">
+        <v>212</v>
+      </c>
+      <c r="P161" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17">
+      <c r="A162">
+        <v>14368</v>
+      </c>
+      <c r="B162">
+        <v>0.7</v>
+      </c>
+      <c r="C162" t="s">
+        <v>382</v>
+      </c>
+      <c r="D162" t="s">
+        <v>22</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>207</v>
+      </c>
+      <c r="H162" t="s">
+        <v>236</v>
+      </c>
+      <c r="I162" t="s">
+        <v>226</v>
+      </c>
+      <c r="J162" t="s">
+        <v>226</v>
+      </c>
+      <c r="K162" t="s">
+        <v>226</v>
+      </c>
+      <c r="L162" t="s">
+        <v>312</v>
+      </c>
+      <c r="M162" s="6">
+        <v>72030.0</v>
+      </c>
+      <c r="N162" s="6">
+        <v>87156</v>
+      </c>
+      <c r="O162" t="s">
+        <v>212</v>
+      </c>
+      <c r="P162" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17">
+      <c r="A163">
+        <v>14278</v>
+      </c>
+      <c r="B163">
+        <v>0.81</v>
+      </c>
+      <c r="C163" t="s">
+        <v>383</v>
+      </c>
+      <c r="D163" t="s">
+        <v>19</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>207</v>
+      </c>
+      <c r="H163" t="s">
+        <v>236</v>
+      </c>
+      <c r="I163" t="s">
+        <v>226</v>
+      </c>
+      <c r="J163" t="s">
+        <v>226</v>
+      </c>
+      <c r="K163" t="s">
+        <v>226</v>
+      </c>
+      <c r="L163" t="s">
+        <v>312</v>
+      </c>
+      <c r="M163" s="6">
+        <v>74844.0</v>
+      </c>
+      <c r="N163" s="6">
+        <v>90561</v>
+      </c>
+      <c r="O163" t="s">
+        <v>212</v>
+      </c>
+      <c r="P163" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17">
+      <c r="A164">
+        <v>10126</v>
+      </c>
+      <c r="B164">
+        <v>0.7</v>
+      </c>
+      <c r="C164" t="s">
+        <v>384</v>
+      </c>
+      <c r="D164" t="s">
+        <v>22</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>207</v>
+      </c>
+      <c r="H164" t="s">
+        <v>236</v>
+      </c>
+      <c r="I164" t="s">
+        <v>226</v>
+      </c>
+      <c r="J164" t="s">
+        <v>226</v>
+      </c>
+      <c r="K164" t="s">
+        <v>226</v>
+      </c>
+      <c r="L164" t="s">
+        <v>312</v>
+      </c>
+      <c r="M164" s="6">
+        <v>79611.0</v>
+      </c>
+      <c r="N164" s="6">
+        <v>96329</v>
+      </c>
+      <c r="O164" t="s">
+        <v>212</v>
+      </c>
+      <c r="P164" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="165" spans="1:17">
+      <c r="A165">
+        <v>13272</v>
+      </c>
+      <c r="B165">
+        <v>0.8</v>
+      </c>
+      <c r="C165" t="s">
+        <v>385</v>
+      </c>
+      <c r="D165" t="s">
+        <v>19</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>207</v>
+      </c>
+      <c r="H165" t="s">
+        <v>236</v>
+      </c>
+      <c r="I165" t="s">
+        <v>226</v>
+      </c>
+      <c r="J165" t="s">
+        <v>226</v>
+      </c>
+      <c r="K165" t="s">
+        <v>226</v>
+      </c>
+      <c r="L165" t="s">
+        <v>312</v>
+      </c>
+      <c r="M165" s="6">
+        <v>90160.0</v>
+      </c>
+      <c r="N165" s="6">
+        <v>109094</v>
+      </c>
+      <c r="O165" t="s">
+        <v>212</v>
+      </c>
+      <c r="P165" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17">
+      <c r="A166">
+        <v>12476</v>
+      </c>
+      <c r="B166">
+        <v>0.7</v>
+      </c>
+      <c r="C166" t="s">
+        <v>386</v>
+      </c>
+      <c r="D166" t="s">
+        <v>25</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="G166" t="s">
+        <v>207</v>
+      </c>
+      <c r="H166" t="s">
+        <v>236</v>
+      </c>
+      <c r="I166" t="s">
+        <v>226</v>
+      </c>
+      <c r="J166" t="s">
+        <v>226</v>
+      </c>
+      <c r="K166" t="s">
+        <v>226</v>
+      </c>
+      <c r="L166" t="s">
+        <v>284</v>
+      </c>
+      <c r="M166" s="6">
+        <v>93520.0</v>
+      </c>
+      <c r="N166" s="6">
+        <v>113159</v>
+      </c>
+      <c r="O166" t="s">
+        <v>212</v>
+      </c>
+      <c r="P166" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17">
+      <c r="A167">
+        <v>12477</v>
+      </c>
+      <c r="B167">
+        <v>0.7</v>
+      </c>
+      <c r="C167" t="s">
+        <v>387</v>
+      </c>
+      <c r="D167" t="s">
+        <v>25</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="G167" t="s">
+        <v>207</v>
+      </c>
+      <c r="H167" t="s">
+        <v>236</v>
+      </c>
+      <c r="I167" t="s">
+        <v>226</v>
+      </c>
+      <c r="J167" t="s">
+        <v>226</v>
+      </c>
+      <c r="K167" t="s">
+        <v>226</v>
+      </c>
+      <c r="L167" t="s">
+        <v>284</v>
+      </c>
+      <c r="M167" s="6">
+        <v>93520.0</v>
+      </c>
+      <c r="N167" s="6">
+        <v>113159</v>
+      </c>
+      <c r="O167" t="s">
+        <v>212</v>
+      </c>
+      <c r="P167" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17">
+      <c r="A168">
+        <v>13227</v>
+      </c>
+      <c r="B168">
+        <v>1.5</v>
+      </c>
+      <c r="C168" t="s">
+        <v>388</v>
+      </c>
+      <c r="D168" t="s">
+        <v>377</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G168" t="s">
+        <v>308</v>
+      </c>
+      <c r="H168" t="s">
+        <v>236</v>
+      </c>
+      <c r="J168" t="s">
+        <v>226</v>
+      </c>
+      <c r="K168" t="s">
+        <v>226</v>
+      </c>
+      <c r="L168" t="s">
+        <v>284</v>
+      </c>
+      <c r="M168" s="6">
+        <v>94000.0</v>
+      </c>
+      <c r="N168" s="6">
+        <v>113740</v>
+      </c>
+      <c r="O168" t="s">
+        <v>212</v>
+      </c>
+      <c r="P168" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17">
+      <c r="A169">
+        <v>11575</v>
+      </c>
+      <c r="B169">
+        <v>0.9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>389</v>
+      </c>
+      <c r="D169" t="s">
+        <v>277</v>
+      </c>
+      <c r="E169" t="s">
+        <v>23</v>
+      </c>
+      <c r="G169" t="s">
+        <v>207</v>
+      </c>
+      <c r="H169" t="s">
+        <v>236</v>
+      </c>
+      <c r="I169" t="s">
+        <v>226</v>
+      </c>
+      <c r="J169" t="s">
+        <v>226</v>
+      </c>
+      <c r="K169" t="s">
+        <v>226</v>
+      </c>
+      <c r="L169" t="s">
+        <v>312</v>
+      </c>
+      <c r="M169" s="6">
+        <v>117450.0</v>
+      </c>
+      <c r="N169" s="6">
+        <v>142115</v>
+      </c>
+      <c r="O169" t="s">
+        <v>212</v>
+      </c>
+      <c r="P169" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17">
+      <c r="A170">
+        <v>11583</v>
+      </c>
+      <c r="B170">
+        <v>0.9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>390</v>
+      </c>
+      <c r="D170" t="s">
+        <v>277</v>
+      </c>
+      <c r="E170" t="s">
+        <v>23</v>
+      </c>
+      <c r="G170" t="s">
+        <v>207</v>
+      </c>
+      <c r="H170" t="s">
+        <v>236</v>
+      </c>
+      <c r="I170" t="s">
+        <v>226</v>
+      </c>
+      <c r="J170" t="s">
+        <v>226</v>
+      </c>
+      <c r="K170" t="s">
+        <v>226</v>
+      </c>
+      <c r="L170" t="s">
+        <v>312</v>
+      </c>
+      <c r="M170" s="6">
+        <v>117450.0</v>
+      </c>
+      <c r="N170" s="6">
+        <v>142115</v>
+      </c>
+      <c r="O170" t="s">
+        <v>212</v>
+      </c>
+      <c r="P170" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17">
+      <c r="A171">
+        <v>13765</v>
+      </c>
+      <c r="B171">
+        <v>1.01</v>
+      </c>
+      <c r="C171" t="s">
+        <v>391</v>
+      </c>
+      <c r="D171" t="s">
+        <v>19</v>
+      </c>
+      <c r="E171" t="s">
+        <v>23</v>
+      </c>
+      <c r="G171" t="s">
+        <v>207</v>
+      </c>
+      <c r="H171" t="s">
+        <v>236</v>
+      </c>
+      <c r="I171" t="s">
+        <v>226</v>
+      </c>
+      <c r="J171" t="s">
+        <v>226</v>
+      </c>
+      <c r="K171" t="s">
+        <v>226</v>
+      </c>
+      <c r="L171" t="s">
+        <v>312</v>
+      </c>
+      <c r="M171" s="6">
+        <v>130000.0</v>
+      </c>
+      <c r="N171" s="6">
+        <v>157300</v>
+      </c>
+      <c r="O171" t="s">
+        <v>212</v>
+      </c>
+      <c r="P171" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17">
+      <c r="A172">
+        <v>14104</v>
+      </c>
+      <c r="B172">
+        <v>1.01</v>
+      </c>
+      <c r="C172" t="s">
+        <v>392</v>
+      </c>
+      <c r="D172" t="s">
+        <v>22</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="G172" t="s">
+        <v>207</v>
+      </c>
+      <c r="H172" t="s">
+        <v>236</v>
+      </c>
+      <c r="I172" t="s">
+        <v>226</v>
+      </c>
+      <c r="J172" t="s">
+        <v>226</v>
+      </c>
+      <c r="K172" t="s">
+        <v>226</v>
+      </c>
+      <c r="L172" t="s">
+        <v>312</v>
+      </c>
+      <c r="M172" s="6">
+        <v>176500.0</v>
+      </c>
+      <c r="N172" s="6">
+        <v>213565</v>
+      </c>
+      <c r="O172" t="s">
+        <v>212</v>
+      </c>
+      <c r="P172" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17">
+      <c r="A173">
+        <v>12737</v>
+      </c>
+      <c r="B173">
+        <v>0.92</v>
+      </c>
+      <c r="C173" t="s">
+        <v>393</v>
+      </c>
+      <c r="D173" t="s">
+        <v>22</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="G173" t="s">
+        <v>207</v>
+      </c>
+      <c r="H173" t="s">
+        <v>236</v>
+      </c>
+      <c r="I173" t="s">
+        <v>226</v>
+      </c>
+      <c r="J173" t="s">
+        <v>226</v>
+      </c>
+      <c r="K173" t="s">
+        <v>226</v>
+      </c>
+      <c r="L173" t="s">
+        <v>284</v>
+      </c>
+      <c r="M173" s="6">
+        <v>178020.0</v>
+      </c>
+      <c r="N173" s="6">
+        <v>215404</v>
+      </c>
+      <c r="O173" t="s">
+        <v>212</v>
+      </c>
+      <c r="P173" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17">
+      <c r="A174">
+        <v>13143</v>
+      </c>
+      <c r="B174">
+        <v>0.9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>394</v>
+      </c>
+      <c r="D174" t="s">
+        <v>22</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="G174" t="s">
+        <v>207</v>
+      </c>
+      <c r="H174" t="s">
+        <v>236</v>
+      </c>
+      <c r="I174" t="s">
+        <v>226</v>
+      </c>
+      <c r="J174" t="s">
+        <v>226</v>
+      </c>
+      <c r="K174" t="s">
+        <v>226</v>
+      </c>
+      <c r="L174" t="s">
+        <v>312</v>
+      </c>
+      <c r="M174" s="6">
+        <v>185760.0</v>
+      </c>
+      <c r="N174" s="6">
+        <v>224770</v>
+      </c>
+      <c r="O174" t="s">
+        <v>212</v>
+      </c>
+      <c r="P174" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17">
+      <c r="A175">
+        <v>13144</v>
+      </c>
+      <c r="B175">
+        <v>0.9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>395</v>
+      </c>
+      <c r="D175" t="s">
+        <v>22</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="G175" t="s">
+        <v>207</v>
+      </c>
+      <c r="H175" t="s">
+        <v>236</v>
+      </c>
+      <c r="I175" t="s">
+        <v>226</v>
+      </c>
+      <c r="J175" t="s">
+        <v>226</v>
+      </c>
+      <c r="K175" t="s">
+        <v>226</v>
+      </c>
+      <c r="L175" t="s">
+        <v>312</v>
+      </c>
+      <c r="M175" s="6">
+        <v>185760.0</v>
+      </c>
+      <c r="N175" s="6">
+        <v>224770</v>
+      </c>
+      <c r="O175" t="s">
+        <v>212</v>
+      </c>
+      <c r="P175" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17">
+      <c r="A176">
+        <v>3887</v>
+      </c>
+      <c r="B176">
+        <v>2.24</v>
+      </c>
+      <c r="C176" t="s">
+        <v>396</v>
+      </c>
+      <c r="D176" t="s">
+        <v>365</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>397</v>
+      </c>
+      <c r="G176" t="s">
+        <v>398</v>
+      </c>
+      <c r="H176" t="s">
+        <v>236</v>
+      </c>
+      <c r="J176" t="s">
+        <v>226</v>
+      </c>
+      <c r="K176" t="s">
+        <v>226</v>
+      </c>
+      <c r="L176" t="s">
+        <v>399</v>
+      </c>
+      <c r="M176" s="6">
+        <v>275000.0</v>
+      </c>
+      <c r="N176" s="6">
+        <v>332750</v>
+      </c>
+      <c r="O176" t="s">
+        <v>212</v>
+      </c>
+      <c r="P176" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17">
+      <c r="A177">
+        <v>9296</v>
+      </c>
+      <c r="B177">
+        <v>1.5</v>
+      </c>
+      <c r="C177" t="s">
+        <v>400</v>
+      </c>
+      <c r="D177" t="s">
+        <v>22</v>
+      </c>
+      <c r="E177" t="s">
+        <v>23</v>
+      </c>
+      <c r="G177" t="s">
+        <v>207</v>
+      </c>
+      <c r="H177" t="s">
+        <v>236</v>
+      </c>
+      <c r="I177" t="s">
+        <v>226</v>
+      </c>
+      <c r="J177" t="s">
+        <v>226</v>
+      </c>
+      <c r="K177" t="s">
+        <v>226</v>
+      </c>
+      <c r="L177" t="s">
+        <v>284</v>
+      </c>
+      <c r="M177" s="6">
+        <v>390000.0</v>
+      </c>
+      <c r="N177" s="6">
+        <v>471900</v>
+      </c>
+      <c r="O177" t="s">
+        <v>212</v>
+      </c>
+      <c r="P177" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17">
+      <c r="A178">
+        <v>9353</v>
+      </c>
+      <c r="B178">
+        <v>1.02</v>
+      </c>
+      <c r="C178" t="s">
+        <v>401</v>
+      </c>
+      <c r="D178" t="s">
+        <v>365</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>402</v>
+      </c>
+      <c r="G178" t="s">
+        <v>398</v>
+      </c>
+      <c r="H178" t="s">
+        <v>236</v>
+      </c>
+      <c r="J178" t="s">
+        <v>226</v>
+      </c>
+      <c r="K178" t="s">
+        <v>210</v>
+      </c>
+      <c r="L178" t="s">
+        <v>211</v>
+      </c>
+      <c r="M178" s="6">
+        <v>399900.0</v>
+      </c>
+      <c r="N178" s="6">
+        <v>483879</v>
+      </c>
+      <c r="O178" t="s">
+        <v>212</v>
+      </c>
+      <c r="P178" t="s">
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -5231,50 +10169,143 @@
     <hyperlink ref="P61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="P62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="P63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="P64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="P65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="P66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="P67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="P68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="P69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="P70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="P71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="P72" r:id="rId_hyperlink_70"/>
     <hyperlink ref="P73" r:id="rId_hyperlink_71"/>
     <hyperlink ref="P74" r:id="rId_hyperlink_72"/>
     <hyperlink ref="P75" r:id="rId_hyperlink_73"/>
     <hyperlink ref="P76" r:id="rId_hyperlink_74"/>
     <hyperlink ref="P77" r:id="rId_hyperlink_75"/>
     <hyperlink ref="P78" r:id="rId_hyperlink_76"/>
     <hyperlink ref="P79" r:id="rId_hyperlink_77"/>
     <hyperlink ref="P80" r:id="rId_hyperlink_78"/>
     <hyperlink ref="P81" r:id="rId_hyperlink_79"/>
     <hyperlink ref="P82" r:id="rId_hyperlink_80"/>
     <hyperlink ref="P83" r:id="rId_hyperlink_81"/>
     <hyperlink ref="P84" r:id="rId_hyperlink_82"/>
     <hyperlink ref="P85" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="P86" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="P87" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="P88" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="P89" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="P90" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="P91" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="P92" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="P93" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="P94" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="P95" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="P96" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="P97" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="P98" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="P99" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="P100" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="P101" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="P102" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="P103" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="P104" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="P105" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="P106" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="P107" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="P108" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="P109" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="P110" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="P111" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="P112" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="P113" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="P114" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="P115" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="P116" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="P117" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="P118" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="P119" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="P120" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="P121" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="P122" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="P123" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="P124" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="P125" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="P126" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="P127" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="P128" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="P129" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="P130" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="P131" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="P132" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="P133" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="P134" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="P135" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="P136" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="P137" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="P138" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="P139" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="P140" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="P141" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="P142" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="P143" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="P144" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="P145" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="P146" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="P147" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="P148" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="P149" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="P150" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="P151" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="P152" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="P153" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="P154" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="P155" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="P156" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="P157" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="P158" r:id="rId_hyperlink_156"/>
+    <hyperlink ref="P159" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="P160" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="P161" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="P162" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="P163" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="P164" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="P165" r:id="rId_hyperlink_163"/>
+    <hyperlink ref="P166" r:id="rId_hyperlink_164"/>
+    <hyperlink ref="P167" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="P168" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="P169" r:id="rId_hyperlink_167"/>
+    <hyperlink ref="P170" r:id="rId_hyperlink_168"/>
+    <hyperlink ref="P171" r:id="rId_hyperlink_169"/>
+    <hyperlink ref="P172" r:id="rId_hyperlink_170"/>
+    <hyperlink ref="P173" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="P174" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="P175" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="P176" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="P177" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="P178" r:id="rId_hyperlink_176"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>