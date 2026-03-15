--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,1197 +73,936 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>3.68mm - 3.73mm x 2.21mm</t>
+    <t>3.69mm - 3.73mm x 2.16mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>VVS1</t>
+  </si>
+  <si>
+    <t>4.34mm - 4.36mm x 2.64mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>4.30mm - 4.33mm x 2.66mm</t>
+  </si>
+  <si>
+    <t>3.95mm - 4.03mm x 2.37mm</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
-    <t>VVS1</t>
-[...7 lines deleted...]
-  <si>
     <t>VVS2</t>
   </si>
   <si>
-    <t>3.56mm - 3.66mm x 2.22mm</t>
+    <t>3.89mm - 3.93mm x 2.41mm</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
-    <t>3.56mm - 3.62mm x 2.25mm</t>
-[...50 lines deleted...]
-    <t>https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14468.html</t>
+    <t>3.95mm - 4.03mm x 2.29mm</t>
+  </si>
+  <si>
+    <t>3.92mm - 3.98mm x 2.44mm</t>
+  </si>
+  <si>
+    <t>3.87mm - 3.92mm x 2.45mm</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14393.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14397.html</t>
-[...49 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14226.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14227.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14228.html</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14502.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14445.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14453.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14461.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14462.html</t>
-[...10 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14443.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14465.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14493.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14409.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/023ct-f-vvs1-s-igi-certifikatem-14505.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14506.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14507.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14433.html</t>
-[...10 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14500.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/025ct-d-vvs1-s-igi-certifikatem-14452.html</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14491.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14498.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/026ct-e-vvs2-s-igi-certifikatem-14499.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14438.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/026ct-d-vvs2-s-igi-certifikatem-14457.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/025ct-f-vvs1-s-igi-certifikatem-14503.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/027ct-f-vvs1-s-igi-certifikatem-14448.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14432.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/028ct-d-vvs2-s-igi-certifikatem-14456.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/027ct-f-vvs2-s-igi-certifikatem-14504.html</t>
-[...16 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14492.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14437.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14446.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-14430.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/029ct-d-vvs2-s-igi-certifikatem-14431.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14439.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14350.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14351.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14330.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14331.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/037ct-g-vvs2-s-gia-certifikatem-14233.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/038ct-g-vvs2-s-gia-certifikatem-14243.html</t>
+    <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html</t>
+    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/033ct-f-vvs1-s-gia-certifikatem-14295.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-14211.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html</t>
-[...8 lines deleted...]
-    <t>https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html</t>
+    <t>https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14531.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14532.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14533.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-vvs1-s-gia-certifikatem-14527.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-f-vvs1-s-gia-certifikatem-14529.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/032ct-e-vvs1-s-gia-certifikatem-14294.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/036ct-f-vvs1-s-gia-certifikatem-14530.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/037ct-f-vvs1-s-gia-certifikatem-14528.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14316.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/041ct-g-vvs2-s-gia-certifikatem-14348.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14509.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14314.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14315.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html</t>
-[...5 lines deleted...]
-    <t>https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html</t>
+    <t>https://www.vvdiamonds.cz/037ct-e-vvs1-s-gia-certifikatem-14522.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-e-vvs1-s-gia-certifikatem-14523.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14544.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14545.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14546.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14547.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14548.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-vvs2-s-gia-certifikatem-14570.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14312.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14313.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/043ct-f-vvs2-s-gia-certifikatem-14347.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14540.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14541.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-vvs1-s-gia-certifikatem-14569.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14310.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14311.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/057ct-j-vvs1-s-gia-certifikatem-14268.html</t>
+    <t>https://www.vvdiamonds.cz/042ct-f-vvs1-s-gia-certifikatem-14568.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-d-vvs2-s-gia-certifikatem-14564.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/043ct-f-vvs1-s-gia-certifikatem-14346.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14345.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14566.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/045ct-d-vvs2-s-gia-certifikatem-14565.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14556.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14559.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14561.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14563.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14557.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14558.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14562.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/046ct-e-vvs1-s-gia-certifikatem-14573.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14344.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html</t>
+    <t>https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14560.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/044ct-d-vvs1-s-gia-certifikatem-14555.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/055ct-h-vvs1-s-gia-certifikatem-14265.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14359.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14360.html</t>
-[...5 lines deleted...]
-    <t>https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html</t>
+    <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/071ct-j-vvs1-s-gia-certifikatem-14373.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/072ct-j-vvs1-s-gia-certifikatem-14374.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html</t>
-[...10 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14258.html</t>
-[...2 lines deleted...]
-    <t>https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14260.html</t>
+    <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/053ct-e-vvs1-s-gia-certifikatem-14261.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/054ct-e-vvs1-s-gia-certifikatem-14259.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html</t>
-[...13 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html</t>
-[...2 lines deleted...]
-    <t>https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html</t>
+    <t>https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14369.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14370.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-14368.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/081ct-f-vvs1-s-gia-certifikatem-14278.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html</t>
-[...2 lines deleted...]
-    <t>https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html</t>
+    <t>https://www.vvdiamonds.cz/100ct-f-vvs1-s-gia-certifikatem-14580.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html</t>
   </si>
   <si>
     <t>Round</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
+    <t>Very Good</t>
+  </si>
+  <si>
     <t>Good</t>
   </si>
   <si>
-    <t>Very Good</t>
-[...1 lines deleted...]
-  <si>
     <t>žádná</t>
   </si>
   <si>
     <t>Skladem</t>
   </si>
   <si>
-    <t>3.57mm - 3.59mm x 2.17mm</t>
-[...35 lines deleted...]
-    <t>3.66mm - 3.70mm x 2.23mm</t>
+    <t>GIA</t>
   </si>
   <si>
     <t>Excellent</t>
   </si>
   <si>
-    <t>3.75mm - 3.79mm x 2.20mm</t>
-[...44 lines deleted...]
-    <t>4.28mm - 4.30mm x 2.70mm</t>
+    <t>3.87mm - 3.90mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>3.93mm - 3.97mm x 2.36mm</t>
+  </si>
+  <si>
+    <t>3.89mm - 3.95mm x 2.41mm</t>
+  </si>
+  <si>
+    <t>3.93mm - 3.97mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>3.90mm - 3.94mm x 2.52mm</t>
+  </si>
+  <si>
+    <t>4.09mm - 4.15mm x 2.51mm</t>
+  </si>
+  <si>
+    <t>4.17mm - 4.20mm x 2.41mm</t>
+  </si>
+  <si>
+    <t>4.10mm - 4.20mm x 2.44mm</t>
+  </si>
+  <si>
+    <t>4.06mm - 4.09mm x 2.51mm</t>
+  </si>
+  <si>
+    <t>4.08mm - 4.12mm x 2.54mm</t>
+  </si>
+  <si>
+    <t>4.19mm - 4.23mm x 2.48mm</t>
+  </si>
+  <si>
+    <t>4.22mm - 4.26mm x 2.43mm</t>
+  </si>
+  <si>
+    <t>4.25mm - 4.30mm x 2.56mm</t>
+  </si>
+  <si>
+    <t>4.25mm - 4.28mm x 2.53mm</t>
+  </si>
+  <si>
+    <t>4.11mm - 4.15mm x 2.62mm</t>
+  </si>
+  <si>
+    <t>4.25mm - 4.28mm x 2.60mm</t>
+  </si>
+  <si>
+    <t>4.28mm - 4.32mm x 2.56mm</t>
+  </si>
+  <si>
+    <t>4.23mm - 4.28mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.76mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.71mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.21mm - 4.25mm x 2.60mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>Fair</t>
+  </si>
+  <si>
+    <t>3.82mm - 3.86mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>4.00mm - 4.05mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.69mm x 2.82mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>4.61mm - 4.65mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>4.29mm - 4.36mm x 2.48mm</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.87mm x 3.04mm</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.87mm x 3.05mm</t>
+  </si>
+  <si>
+    <t>5.36mm x 3.94mm x 2.34mm</t>
+  </si>
+  <si>
+    <t>Oval</t>
+  </si>
+  <si>
+    <t>5.14mm x 3.81mm x 2.42mm</t>
+  </si>
+  <si>
+    <t>6.46mm x 3.44mm x 2.19mm</t>
+  </si>
+  <si>
+    <t>Marquise</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.92mm</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
-    <t>4.31mm - 4.34mm x 2.65mm</t>
-[...113 lines deleted...]
-    <t>4.59mm - 4.63mm x 2.95mm</t>
+    <t>4.34mm - 4.37mm x 2.66mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>4.62mm - 4.64mm x 2.86mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.63mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>4.49mm - 4.52mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>4.36mm - 4.39mm x 2.73mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.80mm</t>
+  </si>
+  <si>
+    <t>5.09mm - 5.11mm x 3.19mm</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
-    <t>nepatrná</t>
-[...74 lines deleted...]
-    <t>5.71mm x 3.70mm x 2.33mm</t>
+    <t>4.68mm - 4.71mm x 2.80mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.73mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.48mm - 4.51mm x 2.72mm</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.73mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.76mm - 4.78mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.59mm - 4.60mm x 2.85mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.68mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.69mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.69mm x 2.86mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.69mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.70mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.63mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.79mm - 4.81mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.31mm x 5.01mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.74mm x 2.92mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.76mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.84mm - 4.87mm x 3.01mm</t>
+  </si>
+  <si>
+    <t>4.64mm - 4.67mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.77mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.90mm - 4.92mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.76mm - 4.77mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.83mm - 4.85mm x 3.00mm</t>
+  </si>
+  <si>
+    <t>4.85mm - 4.87mm x 2.99mm</t>
+  </si>
+  <si>
+    <t>4.92mm - 4.94mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>4.87mm - 4.90mm x 3.06mm</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.23mm x 3.24mm</t>
+  </si>
+  <si>
+    <t>5.36mm - 5.39mm x 3.15mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.75mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.73mm - 4.74mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.79mm - 4.81mm x 2.84mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.78mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.79mm - 4.82mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.79mm x 2.99mm</t>
+  </si>
+  <si>
+    <t>5.00mm - 5.03mm x 3.05mm</t>
+  </si>
+  <si>
+    <t>4.86mm - 4.88mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>4.89mm - 4.91mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>4.86mm - 4.89mm x 3.03mm</t>
+  </si>
+  <si>
+    <t>5.34mm - 5.37mm x 3.15mm</t>
+  </si>
+  <si>
+    <t>5.19mm - 5.22mm x 3.18mm</t>
+  </si>
+  <si>
+    <t>5.62mm - 5.67mm x 3.56mm</t>
+  </si>
+  <si>
+    <t>5.63mm - 5.68mm x 3.58mm</t>
+  </si>
+  <si>
+    <t>5.68mm - 5.72mm x 3.57mm</t>
+  </si>
+  <si>
+    <t>5.69mm - 5.73mm x 3.58mm</t>
+  </si>
+  <si>
+    <t>5.76mm - 5.78mm x 3.61mm</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>5.68mm - 5.71mm x 3.58mm</t>
+  </si>
+  <si>
+    <t>5.71mm - 5.75mm x 3.57mm</t>
+  </si>
+  <si>
+    <t>5.34mm - 5.38mm x 3.37mm</t>
+  </si>
+  <si>
+    <t>5.34mm - 5.38mm x 3.38mm</t>
+  </si>
+  <si>
+    <t>5.23mm - 5.25mm x 3.24mm</t>
+  </si>
+  <si>
+    <t>5.22mm - 5.25mm x 3.20mm</t>
+  </si>
+  <si>
+    <t>5.69mm - 5.73mm x 3.54mm</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.74mm x 3.52mm</t>
+  </si>
+  <si>
+    <t>5.32mm - 5.33mm x 3.19mm</t>
+  </si>
+  <si>
+    <t>5.80mm x 3.70mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>Faint Pink</t>
   </si>
   <si>
     <t>Pear</t>
   </si>
   <si>
-    <t>4.72mm - 4.74mm x 2.92mm</t>
-[...181 lines deleted...]
-  <si>
     <t>5.30mm x 6.29mm x 3.62mm</t>
   </si>
   <si>
+    <t>6.49mm - 6.51mm x 3.96mm</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
     <t>5.98mm - 6.08mm x 3.85mm</t>
   </si>
   <si>
     <t>EGL</t>
   </si>
   <si>
-    <t>5.19mm - 5.23mm x 3.27mm</t>
-[...5 lines deleted...]
-    <t>M</t>
+    <t>5.89mm - 5.92mm x 3.61mm</t>
+  </si>
+  <si>
+    <t>5.87mm - 5.91mm x 3.66mm</t>
   </si>
   <si>
     <t>5.70mm - 5.73mm x 3.53mm</t>
   </si>
   <si>
-    <t>5.89mm - 5.92mm x 3.61mm</t>
-[...4 lines deleted...]
-  <si>
     <t>10.43mm x 4.69mm x 2.72mm</t>
   </si>
   <si>
     <t>5.67mm - 5.70mm x 3.55mm</t>
   </si>
   <si>
+    <t>5.88mm - 5.92mm x 3.72mm</t>
+  </si>
+  <si>
     <t>5.95mm - 5.98mm x 3.72mm</t>
   </si>
   <si>
-    <t>5.69mm - 5.71mm x 3.50mm</t>
-[...4 lines deleted...]
-  <si>
     <t>5.66mm - 5.69mm x 3.54mm</t>
   </si>
   <si>
     <t>5.70mm - 5.73mm x 3.49mm</t>
   </si>
   <si>
+    <t>6.09mm - 6.14mm x 3.85mm</t>
+  </si>
+  <si>
+    <t>6.26mm - 6.29mm x 3.77mm</t>
+  </si>
+  <si>
     <t>8.68mm x 6.42mm x 4.07mm</t>
   </si>
   <si>
-    <t>6.09mm - 6.14mm x 3.85mm</t>
-[...2 lines deleted...]
-    <t>6.26mm - 6.29mm x 3.77mm</t>
+    <t>6.84mm x 5.03mm x 3.41mm</t>
+  </si>
+  <si>
+    <t>Radiant</t>
   </si>
   <si>
     <t>6.39mm - 6.41mm x 4.01mm</t>
   </si>
   <si>
+    <t>6.10mm - 6.13mm x 3.87mm</t>
+  </si>
+  <si>
+    <t>6.09mm - 6.15mm x 3.89mm</t>
+  </si>
+  <si>
+    <t>6.18mm - 6.21mm x 3.87mm</t>
+  </si>
+  <si>
     <t>6.50mm - 6.54mm x 3.93mm</t>
   </si>
   <si>
-    <t>6.18mm - 6.21mm x 3.87mm</t>
-[...7 lines deleted...]
-  <si>
     <t>7.24mm x 7.05mm x 4.96mm</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
   <si>
     <t>silná</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.23mm - 7.28mm x 4.60mm</t>
   </si>
   <si>
     <t>5.65mm x 5.62mm x 3.71mm</t>
   </si>
   <si>
     <t>Fancy Vivid Yellow</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1737,62 +1476,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vvs1-s-igi-certifikatem-14417.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14418.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-d-vvs1-s-igi-certifikatem-14423.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs1-s-igi-certifikatem-14469.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-d-vvs2-s-igi-certifikatem-14386.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-d-vvs1-s-igi-certifikatem-14475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs1-s-igi-certifikatem-14390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vvs1-s-igi-certifikatem-14483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vvs1-s-igi-certifikatem-14398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14403.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14420.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14382.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14397.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/020ct-f-vvs1-s-igi-certifikatem-14408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/020ct-e-vvs1-s-igi-certifikatem-14405.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-d-vvs1-s-igi-certifikatem-14413.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14389.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vvs2-s-igi-certifikatem-14404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-f-vvs2-s-igi-certifikatem-14422.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-f-vvs1-s-igi-certifikatem-14381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14478.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vvs2-s-igi-certifikatem-14396.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs2-s-igi-certifikatem-14490.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs2-s-gia-certifikatem-14229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/020ct-f-vvs2-s-igi-certifikatem-14485.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14225.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-i-vvs2-s-gia-certifikatem-14216.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-i-vvs2-s-gia-certifikatem-14217.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14445.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14453.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14459.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14461.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14462.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14496.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14442.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-14465.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs1-s-igi-certifikatem-14505.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14507.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14433.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-14447.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs1-s-igi-certifikatem-14449.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14500.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-d-vvs1-s-igi-certifikatem-14452.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-d-vvs1-s-igi-certifikatem-14429.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14498.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-e-vvs2-s-igi-certifikatem-14499.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14438.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-d-vvs2-s-igi-certifikatem-14457.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs1-s-igi-certifikatem-14503.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-f-vvs1-s-igi-certifikatem-14448.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-g-vvs1-s-igi-certifikatem-13477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14432.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-d-vvs2-s-igi-certifikatem-14456.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-f-vvs2-s-igi-certifikatem-14504.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-e-vvs2-s-igi-certifikatem-14444.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vvs2-s-gia-certifikatem-14320.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-h-vvs1-s-gia-certifikatem-14213.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-h-vvs1-s-gia-certifikatem-14214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vvs2-s-igi-certifikatem-12629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14437.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-14430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-d-vvs2-s-igi-certifikatem-14431.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-g-vvs2-s-gia-certifikatem-14111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14331.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vvs2-s-gia-certifikatem-14233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vvs2-s-gia-certifikatem-14243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-f-vvs1-s-gia-certifikatem-14295.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-14211.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs1-s-gia-certifikatem-14294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14316.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-g-vvs2-s-gia-certifikatem-14348.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14315.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-k-vvs2-s-gia-certifikatem-13666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14197.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-j-vvs2-s-gia-certifikatem-14198.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14312.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14313.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-g-vvs2-s-gia-certifikatem-14131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs2-s-gia-certifikatem-14347.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14310.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14311.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-j-vvs1-s-gia-certifikatem-14268.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs1-s-gia-certifikatem-14346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-h-vvs1-s-gia-certifikatem-14265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-g-vvs1-s-gia-certifikatem-14047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14359.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14360.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/052ct-g-vvs1-s-gia-certifikatem-14152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-k-vvs1-s-gia-certifikatem-11196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-j-vvs1-s-gia-certifikatem-14373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-j-vvs1-s-gia-certifikatem-14374.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-13275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs2-s-gia-certifikatem-13026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14258.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-e-vvs1-s-gia-certifikatem-14260.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-e-vvs1-s-gia-certifikatem-14261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-e-vvs1-s-gia-certifikatem-14259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/058ct-e-vvs1-s-gia-certifikatem-14164.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-d-vvs1-s-gia-certifikatem-12096.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14369.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-14368.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/081ct-f-vvs1-s-gia-certifikatem-14278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-10126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-e-vvs2-s-gia-certifikatem-9296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vvs1-s-igi-certifikatem-14393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vvs1-s-gia-certifikatem-14227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs2-s-igi-certifikatem-14445.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-d-vvs1-s-igi-certifikatem-14461.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vvs2-s-igi-certifikatem-14507.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs2-s-igi-certifikatem-14500.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-f-vvs2-s-igi-certifikatem-14491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14498.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-f-vvs2-s-igi-certifikatem-14438.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-d-vvs2-s-igi-certifikatem-14457.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vvs1-s-igi-certifikatem-14503.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-f-vvs1-s-igi-certifikatem-14448.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14432.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-d-vvs2-s-igi-certifikatem-14456.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14437.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-e-vvs2-s-igi-certifikatem-14446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-14430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-d-vvs2-s-igi-certifikatem-14431.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-f-vvs2-s-igi-certifikatem-14439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vvs2-s-gia-certifikatem-14351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-g-vvs2-s-igi-certifikatem-12592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/024ct-e-vvs2-s-igi-certifikatem-10811.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-h-vvs1-s-gia-certifikatem-14331.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-e-vvs2-s-igi-certifikatem-12597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-j-vvs1-s-gia-certifikatem-13731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs2-s-gia-certifikatem-14050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-13531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-d-vvs2-s-gia-certifikatem-12495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vvs1-s-gia-certifikatem-14137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vvs1-s-gia-certifikatem-14211.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-f-vvs2-s-gia-certifikatem-14533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-vvs1-s-gia-certifikatem-14527.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-f-vvs1-s-gia-certifikatem-14529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-e-vvs1-s-gia-certifikatem-14294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-f-vvs1-s-gia-certifikatem-14530.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-k-vvs2-s-gia-certifikatem-14028.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-f-vvs1-s-gia-certifikatem-14528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs2-s-gia-certifikatem-14316.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-g-vvs2-s-gia-certifikatem-14348.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-d-vvs1-s-gia-certifikatem-14509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vvs1-s-gia-certifikatem-14315.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-e-vvs1-s-gia-certifikatem-14522.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-e-vvs1-s-gia-certifikatem-14523.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14545.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14546.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-vvs1-s-gia-certifikatem-14548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-vvs2-s-gia-certifikatem-14570.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-d-vvs1-s-gia-certifikatem-13772.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14312.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-vvs2-s-gia-certifikatem-14313.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs2-s-gia-certifikatem-14347.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-d-vvs1-s-gia-certifikatem-14541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-vvs1-s-gia-certifikatem-14569.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14310.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs2-s-gia-certifikatem-14311.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-f-vvs1-s-gia-certifikatem-14568.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-d-vvs2-s-gia-certifikatem-14564.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-vvs1-s-gia-certifikatem-14346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-e-vvs1-s-gia-certifikatem-14566.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/045ct-d-vvs2-s-gia-certifikatem-14565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-i-vvs1-s-gia-certifikatem-13286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14556.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14559.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-vvs1-s-gia-certifikatem-14563.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14558.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-d-vvs1-s-gia-certifikatem-14562.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-e-vvs1-s-gia-certifikatem-14573.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-d-vvs1-s-gia-certifikatem-14560.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/044ct-d-vvs1-s-gia-certifikatem-14555.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-h-vvs1-s-gia-certifikatem-14265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-g-vvs1-s-gia-certifikatem-14359.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-j-vvs1-s-gia-certifikatem-13292.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-j-vvs1-s-gia-certifikatem-14373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-j-vvs1-s-gia-certifikatem-14374.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-n-vvs1-s-gia-certifikatem-11272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vvs1-s-gia-certifikatem-14200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vvs1-s-gia-certifikatem-14199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-f-vvs1-s-gia-certifikatem-13149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-e-vvs1-s-gia-certifikatem-14261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-e-vvs1-s-gia-certifikatem-14259.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14088.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vvs1-s-gia-certifikatem-14090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/055ct-e-vvs1-s-gia-certifikatem-14165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-faint-pink-vvs2-s-gia-certifikatem-14098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-g-vvs2-s-gia-certifikatem-13529.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-m-vvs1-s-gia-certifikatem-12881.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-j-vvs2-s-egl-certifikatem-1952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/076ct-g-vvs1-s-gia-certifikatem-12867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/078ct-g-vvs1-s-gia-certifikatem-12868.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14369.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-vvs1-s-gia-certifikatem-14370.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vvs2-s-gia-certifikatem-11169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vvs1-s-gia-certifikatem-14368.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-f-vvs1-s-gia-certifikatem-13272.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/081ct-f-vvs1-s-gia-certifikatem-14278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12476.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vvs1-s-gia-certifikatem-12477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vvs2-s-gia-certifikatem-11583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-vvs1-s-gia-certifikatem-13227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-f-vvs1-s-gia-certifikatem-14580.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-f-vvs2-s-gia-certifikatem-13765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-vvs1-s-gia-certifikatem-13144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/092ct-e-vvs1-s-gia-certifikatem-12737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-vvs1-s-gia-certifikatem-14104.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/224ct-y-z-vvs1-s-gia-certifikatem-3887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-fancy-vivid-yellow-vvs1-s-gia-certifikatem-9353.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q178"/>
+  <dimension ref="A1:Q134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N178" sqref="N178"/>
+      <selection activeCell="N134" sqref="N134"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1834,8291 +1573,6226 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14417</v>
+        <v>14393</v>
       </c>
       <c r="B3">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H3" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I3" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="J3" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="K3" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="L3" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M3" s="6">
-        <v>5828.0</v>
+        <v>6124.0</v>
       </c>
       <c r="N3" s="6">
-        <v>7052</v>
+        <v>7410</v>
       </c>
       <c r="O3" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>14418</v>
+        <v>14226</v>
       </c>
       <c r="B4">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H4" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I4" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J4" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K4" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L4" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M4" s="6">
-        <v>5828.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N4" s="6">
-        <v>7052</v>
+        <v>9148</v>
       </c>
       <c r="O4" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14423</v>
+        <v>14227</v>
       </c>
       <c r="B5">
-        <v>0.18</v>
+        <v>0.3</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D5" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H5" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I5" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J5" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="K5" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L5" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M5" s="6">
-        <v>5828.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N5" s="6">
-        <v>7052</v>
+        <v>9148</v>
       </c>
       <c r="O5" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>14469</v>
+        <v>14502</v>
       </c>
       <c r="B6">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6" t="s">
         <v>26</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G6" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H6" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I6" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="J6" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="K6" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="L6" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M6" s="6">
-        <v>5828.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N6" s="6">
-        <v>7052</v>
+        <v>9968</v>
       </c>
       <c r="O6" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>14386</v>
+        <v>14445</v>
       </c>
       <c r="B7">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G7" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H7" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I7" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="J7" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K7" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="L7" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M7" s="6">
-        <v>5828.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N7" s="6">
-        <v>7052</v>
+        <v>9968</v>
       </c>
       <c r="O7" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14475</v>
+        <v>14461</v>
       </c>
       <c r="B8">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="C8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" t="s">
         <v>28</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H8" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I8" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="J8" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K8" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="L8" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M8" s="6">
-        <v>5828.0</v>
+        <v>8238.0</v>
       </c>
       <c r="N8" s="6">
-        <v>7052</v>
+        <v>9968</v>
       </c>
       <c r="O8" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14390</v>
+        <v>14443</v>
       </c>
       <c r="B9">
-        <v>0.18</v>
+        <v>0.24</v>
       </c>
       <c r="C9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G9" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H9" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I9" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="J9" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="K9" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="L9" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M9" s="6">
-        <v>5828.0</v>
+        <v>8574.0</v>
       </c>
       <c r="N9" s="6">
-        <v>7052</v>
+        <v>10375</v>
       </c>
       <c r="O9" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>14483</v>
+        <v>14493</v>
       </c>
       <c r="B10">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G10" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H10" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I10" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="J10" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K10" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="L10" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M10" s="6">
-        <v>5828.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N10" s="6">
-        <v>7052</v>
+        <v>10436</v>
       </c>
       <c r="O10" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14398</v>
+        <v>14409</v>
       </c>
       <c r="B11">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="C11" t="s">
-        <v>213</v>
+        <v>172</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G11" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H11" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I11" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J11" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K11" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="L11" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M11" s="6">
-        <v>5828.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N11" s="6">
-        <v>7052</v>
+        <v>10436</v>
       </c>
       <c r="O11" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14403</v>
+        <v>14506</v>
       </c>
       <c r="B12">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="C12" t="s">
-        <v>214</v>
+        <v>173</v>
       </c>
       <c r="D12" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G12" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H12" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I12" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J12" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K12" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="L12" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M12" s="6">
-        <v>5828.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N12" s="6">
-        <v>7052</v>
+        <v>10436</v>
       </c>
       <c r="O12" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>14420</v>
+        <v>14507</v>
       </c>
       <c r="B13">
-        <v>0.19</v>
+        <v>0.23</v>
       </c>
       <c r="C13" t="s">
-        <v>215</v>
+        <v>174</v>
       </c>
       <c r="D13" t="s">
         <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G13" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H13" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I13" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J13" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K13" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="L13" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M13" s="6">
-        <v>6124.0</v>
+        <v>8624.0</v>
       </c>
       <c r="N13" s="6">
-        <v>7410</v>
+        <v>10436</v>
       </c>
       <c r="O13" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14382</v>
+        <v>14500</v>
       </c>
       <c r="B14">
-        <v>0.19</v>
+        <v>0.25</v>
       </c>
       <c r="C14" t="s">
-        <v>216</v>
+        <v>175</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G14" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H14" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I14" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="J14" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K14" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="L14" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M14" s="6">
-        <v>6124.0</v>
+        <v>8910.0</v>
       </c>
       <c r="N14" s="6">
-        <v>7410</v>
+        <v>10781</v>
       </c>
       <c r="O14" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>14468</v>
+        <v>14491</v>
       </c>
       <c r="B15">
-        <v>0.19</v>
+        <v>0.24</v>
       </c>
       <c r="C15" t="s">
-        <v>217</v>
+        <v>176</v>
       </c>
       <c r="D15" t="s">
         <v>25</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G15" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H15" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I15" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="J15" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K15" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="L15" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M15" s="6">
-        <v>6124.0</v>
+        <v>8977.0</v>
       </c>
       <c r="N15" s="6">
-        <v>7410</v>
+        <v>10862</v>
       </c>
       <c r="O15" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14393</v>
+        <v>14498</v>
       </c>
       <c r="B16">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
       <c r="C16" t="s">
-        <v>218</v>
+        <v>177</v>
       </c>
       <c r="D16" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G16" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H16" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I16" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="J16" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K16" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="L16" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M16" s="6">
-        <v>6124.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N16" s="6">
-        <v>7410</v>
+        <v>11188</v>
       </c>
       <c r="O16" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>14397</v>
+        <v>14438</v>
       </c>
       <c r="B17">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
       <c r="C17" t="s">
-        <v>219</v>
+        <v>178</v>
       </c>
       <c r="D17" t="s">
         <v>25</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G17" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H17" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I17" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="J17" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K17" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="L17" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M17" s="6">
-        <v>6124.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N17" s="6">
-        <v>7410</v>
+        <v>11188</v>
       </c>
       <c r="O17" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>14402</v>
+        <v>14457</v>
       </c>
       <c r="B18">
-        <v>0.19</v>
+        <v>0.26</v>
       </c>
       <c r="C18" t="s">
-        <v>220</v>
+        <v>179</v>
       </c>
       <c r="D18" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G18" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H18" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I18" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="J18" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K18" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="L18" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M18" s="6">
-        <v>6124.0</v>
+        <v>9246.0</v>
       </c>
       <c r="N18" s="6">
-        <v>7410</v>
+        <v>11188</v>
       </c>
       <c r="O18" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>14408</v>
+        <v>14503</v>
       </c>
       <c r="B19">
-        <v>0.2</v>
+        <v>0.25</v>
       </c>
       <c r="C19" t="s">
-        <v>221</v>
+        <v>180</v>
       </c>
       <c r="D19" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H19" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I19" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J19" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K19" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="L19" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M19" s="6">
-        <v>6419.0</v>
+        <v>9330.0</v>
       </c>
       <c r="N19" s="6">
-        <v>7767</v>
+        <v>11289</v>
       </c>
       <c r="O19" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>14405</v>
+        <v>14448</v>
       </c>
       <c r="B20">
-        <v>0.2</v>
+        <v>0.27</v>
       </c>
       <c r="C20" t="s">
-        <v>222</v>
+        <v>181</v>
       </c>
       <c r="D20" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H20" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I20" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="J20" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="K20" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="L20" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M20" s="6">
-        <v>6419.0</v>
+        <v>9582.0</v>
       </c>
       <c r="N20" s="6">
-        <v>7767</v>
+        <v>11594</v>
       </c>
       <c r="O20" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>14413</v>
+        <v>14432</v>
       </c>
       <c r="B21">
-        <v>0.18</v>
+        <v>0.28</v>
       </c>
       <c r="C21" t="s">
-        <v>223</v>
+        <v>182</v>
       </c>
       <c r="D21" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G21" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H21" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I21" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="J21" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K21" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="L21" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M21" s="6">
-        <v>6588.0</v>
+        <v>9918.0</v>
       </c>
       <c r="N21" s="6">
-        <v>7972</v>
+        <v>12001</v>
       </c>
       <c r="O21" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>14389</v>
+        <v>14456</v>
       </c>
       <c r="B22">
-        <v>0.18</v>
+        <v>0.28</v>
       </c>
       <c r="C22" t="s">
-        <v>224</v>
+        <v>183</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E22" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G22" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H22" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I22" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="J22" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K22" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="L22" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M22" s="6">
-        <v>6588.0</v>
+        <v>9918.0</v>
       </c>
       <c r="N22" s="6">
-        <v>7972</v>
+        <v>12001</v>
       </c>
       <c r="O22" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>14404</v>
+        <v>14492</v>
       </c>
       <c r="B23">
-        <v>0.18</v>
+        <v>0.29</v>
       </c>
       <c r="C23" t="s">
-        <v>225</v>
+        <v>184</v>
       </c>
       <c r="D23" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E23" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G23" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H23" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I23" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="J23" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K23" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="L23" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M23" s="6">
-        <v>6588.0</v>
+        <v>10254.0</v>
       </c>
       <c r="N23" s="6">
-        <v>7972</v>
+        <v>12407</v>
       </c>
       <c r="O23" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>14422</v>
+        <v>14437</v>
       </c>
       <c r="B24">
-        <v>0.19</v>
+        <v>0.28</v>
       </c>
       <c r="C24" t="s">
-        <v>227</v>
+        <v>185</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G24" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H24" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I24" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="J24" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K24" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="L24" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M24" s="6">
-        <v>6926.0</v>
+        <v>10388.0</v>
       </c>
       <c r="N24" s="6">
-        <v>8380</v>
+        <v>12570</v>
       </c>
       <c r="O24" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>14381</v>
+        <v>14446</v>
       </c>
       <c r="B25">
-        <v>0.19</v>
+        <v>0.28</v>
       </c>
       <c r="C25" t="s">
-        <v>228</v>
+        <v>186</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G25" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H25" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I25" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J25" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K25" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L25" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M25" s="6">
-        <v>6926.0</v>
+        <v>10388.0</v>
       </c>
       <c r="N25" s="6">
-        <v>8380</v>
+        <v>12570</v>
       </c>
       <c r="O25" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>14477</v>
+        <v>14430</v>
       </c>
       <c r="B26">
-        <v>0.19</v>
+        <v>0.29</v>
       </c>
       <c r="C26" t="s">
-        <v>229</v>
+        <v>187</v>
       </c>
       <c r="D26" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G26" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H26" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I26" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J26" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K26" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L26" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M26" s="6">
-        <v>6926.0</v>
+        <v>10741.0</v>
       </c>
       <c r="N26" s="6">
-        <v>8380</v>
+        <v>12997</v>
       </c>
       <c r="O26" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14478</v>
+        <v>14431</v>
       </c>
       <c r="B27">
-        <v>0.19</v>
+        <v>0.29</v>
       </c>
       <c r="C27" t="s">
-        <v>230</v>
+        <v>188</v>
       </c>
       <c r="D27" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E27" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G27" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H27" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I27" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J27" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K27" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="L27" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M27" s="6">
-        <v>6926.0</v>
+        <v>10741.0</v>
       </c>
       <c r="N27" s="6">
-        <v>8380</v>
+        <v>12997</v>
       </c>
       <c r="O27" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>14396</v>
+        <v>14439</v>
       </c>
       <c r="B28">
-        <v>0.19</v>
+        <v>0.29</v>
       </c>
       <c r="C28" t="s">
-        <v>231</v>
+        <v>189</v>
       </c>
       <c r="D28" t="s">
         <v>25</v>
       </c>
       <c r="E28" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G28" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H28" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I28" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="J28" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K28" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L28" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M28" s="6">
-        <v>6926.0</v>
+        <v>10741.0</v>
       </c>
       <c r="N28" s="6">
-        <v>8380</v>
+        <v>12997</v>
       </c>
       <c r="O28" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P28" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14401</v>
+        <v>14350</v>
       </c>
       <c r="B29">
-        <v>0.19</v>
+        <v>0.4</v>
       </c>
       <c r="C29" t="s">
-        <v>232</v>
+        <v>190</v>
       </c>
       <c r="D29" t="s">
         <v>22</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G29" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H29" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I29" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J29" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K29" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L29" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M29" s="6">
-        <v>6926.0</v>
+        <v>10920.0</v>
       </c>
       <c r="N29" s="6">
-        <v>8380</v>
+        <v>13213</v>
       </c>
       <c r="O29" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P29" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>14490</v>
+        <v>14351</v>
       </c>
       <c r="B30">
-        <v>0.19</v>
+        <v>0.4</v>
       </c>
       <c r="C30" t="s">
-        <v>233</v>
+        <v>191</v>
       </c>
       <c r="D30" t="s">
         <v>22</v>
       </c>
       <c r="E30" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G30" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H30" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I30" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J30" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K30" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L30" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M30" s="6">
-        <v>6926.0</v>
+        <v>10920.0</v>
       </c>
       <c r="N30" s="6">
-        <v>8380</v>
+        <v>13213</v>
       </c>
       <c r="O30" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P30" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>14229</v>
+        <v>12592</v>
       </c>
       <c r="B31">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
       <c r="C31" t="s">
-        <v>234</v>
+        <v>192</v>
       </c>
       <c r="D31" t="s">
-        <v>235</v>
+        <v>193</v>
       </c>
       <c r="E31" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G31" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H31" t="s">
-        <v>236</v>
+        <v>165</v>
       </c>
       <c r="I31" t="s">
-        <v>226</v>
+        <v>167</v>
       </c>
       <c r="J31" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="K31" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="L31" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M31" s="6">
-        <v>6930.0</v>
+        <v>11030.0</v>
       </c>
       <c r="N31" s="6">
-        <v>8385</v>
+        <v>13346</v>
       </c>
       <c r="O31" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P31" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>14485</v>
+        <v>10810</v>
       </c>
       <c r="B32">
-        <v>0.2</v>
+        <v>0.24</v>
       </c>
       <c r="C32" t="s">
-        <v>237</v>
+        <v>195</v>
       </c>
       <c r="D32" t="s">
         <v>19</v>
       </c>
       <c r="E32" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G32" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H32" t="s">
-        <v>208</v>
+        <v>165</v>
       </c>
       <c r="I32" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="J32" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="K32" t="s">
-        <v>210</v>
+        <v>167</v>
       </c>
       <c r="L32" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M32" s="6">
-        <v>7264.0</v>
+        <v>11957.0</v>
       </c>
       <c r="N32" s="6">
-        <v>8789</v>
+        <v>14468</v>
       </c>
       <c r="O32" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P32" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>14225</v>
+        <v>10811</v>
       </c>
       <c r="B33">
-        <v>0.3</v>
+        <v>0.24</v>
       </c>
       <c r="C33" t="s">
-        <v>238</v>
+        <v>196</v>
       </c>
       <c r="D33" t="s">
-        <v>235</v>
+        <v>19</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G33" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H33" t="s">
-        <v>236</v>
+        <v>165</v>
       </c>
       <c r="I33" t="s">
-        <v>226</v>
+        <v>167</v>
       </c>
       <c r="J33" t="s">
-        <v>226</v>
+        <v>167</v>
       </c>
       <c r="K33" t="s">
-        <v>226</v>
+        <v>167</v>
       </c>
       <c r="L33" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M33" s="6">
-        <v>7560.0</v>
+        <v>11957.0</v>
       </c>
       <c r="N33" s="6">
-        <v>9148</v>
+        <v>14468</v>
       </c>
       <c r="O33" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P33" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>14226</v>
+        <v>14330</v>
       </c>
       <c r="B34">
-        <v>0.3</v>
+        <v>0.36</v>
       </c>
       <c r="C34" t="s">
-        <v>239</v>
+        <v>197</v>
       </c>
       <c r="D34" t="s">
-        <v>235</v>
+        <v>198</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H34" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I34" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J34" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K34" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L34" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M34" s="6">
-        <v>7560.0</v>
+        <v>12096.0</v>
       </c>
       <c r="N34" s="6">
-        <v>9148</v>
+        <v>14636</v>
       </c>
       <c r="O34" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P34" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>14227</v>
+        <v>14331</v>
       </c>
       <c r="B35">
-        <v>0.3</v>
+        <v>0.36</v>
       </c>
       <c r="C35" t="s">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="D35" t="s">
-        <v>235</v>
+        <v>198</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H35" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I35" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J35" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K35" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L35" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M35" s="6">
-        <v>7560.0</v>
+        <v>12096.0</v>
       </c>
       <c r="N35" s="6">
-        <v>9148</v>
+        <v>14636</v>
       </c>
       <c r="O35" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P35" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>14228</v>
+        <v>12597</v>
       </c>
       <c r="B36">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
       <c r="C36" t="s">
-        <v>241</v>
+        <v>201</v>
       </c>
       <c r="D36" t="s">
-        <v>235</v>
+        <v>19</v>
       </c>
       <c r="E36" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G36" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H36" t="s">
-        <v>236</v>
+        <v>165</v>
       </c>
       <c r="I36" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="J36" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="K36" t="s">
-        <v>226</v>
+        <v>167</v>
       </c>
       <c r="L36" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M36" s="6">
-        <v>7560.0</v>
+        <v>12650.0</v>
       </c>
       <c r="N36" s="6">
-        <v>9148</v>
+        <v>15306</v>
       </c>
       <c r="O36" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P36" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>14216</v>
+        <v>13730</v>
       </c>
       <c r="B37">
-        <v>0.3</v>
+        <v>0.44</v>
       </c>
       <c r="C37" t="s">
-        <v>242</v>
+        <v>202</v>
       </c>
       <c r="D37" t="s">
-        <v>243</v>
+        <v>22</v>
       </c>
       <c r="E37" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H37" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I37" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J37" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K37" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L37" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M37" s="6">
-        <v>8190.0</v>
+        <v>12936.0</v>
       </c>
       <c r="N37" s="6">
-        <v>9910</v>
+        <v>15653</v>
       </c>
       <c r="O37" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P37" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>14217</v>
+        <v>13731</v>
       </c>
       <c r="B38">
-        <v>0.3</v>
+        <v>0.44</v>
       </c>
       <c r="C38" t="s">
-        <v>244</v>
+        <v>204</v>
       </c>
       <c r="D38" t="s">
-        <v>243</v>
+        <v>22</v>
       </c>
       <c r="E38" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H38" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I38" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J38" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K38" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L38" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M38" s="6">
-        <v>8190.0</v>
+        <v>12936.0</v>
       </c>
       <c r="N38" s="6">
-        <v>9910</v>
+        <v>15653</v>
       </c>
       <c r="O38" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P38" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>14502</v>
+        <v>14050</v>
       </c>
       <c r="B39">
-        <v>0.23</v>
+        <v>0.32</v>
       </c>
       <c r="C39" t="s">
-        <v>245</v>
+        <v>205</v>
       </c>
       <c r="D39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G39" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="H39" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="J39" t="s">
-        <v>210</v>
+        <v>166</v>
       </c>
       <c r="K39" t="s">
-        <v>209</v>
+        <v>166</v>
       </c>
       <c r="L39" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M39" s="6">
-        <v>8238.0</v>
+        <v>13072.0</v>
       </c>
       <c r="N39" s="6">
-        <v>9968</v>
+        <v>15817</v>
       </c>
       <c r="O39" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P39" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>14445</v>
+        <v>13531</v>
       </c>
       <c r="B40">
-        <v>0.23</v>
+        <v>0.3</v>
       </c>
       <c r="C40" t="s">
-        <v>246</v>
+        <v>207</v>
       </c>
       <c r="D40" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E40" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="H40" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="J40" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K40" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L40" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M40" s="6">
-        <v>8238.0</v>
+        <v>13230.0</v>
       </c>
       <c r="N40" s="6">
-        <v>9968</v>
+        <v>16008</v>
       </c>
       <c r="O40" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P40" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>14453</v>
+        <v>12495</v>
       </c>
       <c r="B41">
-        <v>0.23</v>
+        <v>0.3</v>
       </c>
       <c r="C41" t="s">
-        <v>247</v>
+        <v>208</v>
       </c>
       <c r="D41" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E41" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G41" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H41" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="J41" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K41" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L41" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M41" s="6">
-        <v>8238.0</v>
+        <v>13230.0</v>
       </c>
       <c r="N41" s="6">
-        <v>9968</v>
+        <v>16008</v>
       </c>
       <c r="O41" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P41" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>14459</v>
+        <v>14137</v>
       </c>
       <c r="B42">
-        <v>0.23</v>
+        <v>0.4</v>
       </c>
       <c r="C42" t="s">
-        <v>248</v>
+        <v>210</v>
       </c>
       <c r="D42" t="s">
-        <v>22</v>
+        <v>211</v>
       </c>
       <c r="E42" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H42" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I42" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J42" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K42" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L42" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M42" s="6">
-        <v>8238.0</v>
+        <v>13760.0</v>
       </c>
       <c r="N42" s="6">
-        <v>9968</v>
+        <v>16650</v>
       </c>
       <c r="O42" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P42" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>14461</v>
+        <v>14211</v>
       </c>
       <c r="B43">
-        <v>0.23</v>
+        <v>0.3</v>
       </c>
       <c r="C43" t="s">
-        <v>249</v>
+        <v>212</v>
       </c>
       <c r="D43" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H43" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I43" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J43" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K43" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L43" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M43" s="6">
-        <v>8238.0</v>
+        <v>13860.0</v>
       </c>
       <c r="N43" s="6">
-        <v>9968</v>
+        <v>16771</v>
       </c>
       <c r="O43" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P43" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>14462</v>
+        <v>14531</v>
       </c>
       <c r="B44">
-        <v>0.23</v>
+        <v>0.37</v>
       </c>
       <c r="C44" t="s">
-        <v>250</v>
+        <v>213</v>
       </c>
       <c r="D44" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E44" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G44" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H44" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I44" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J44" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K44" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L44" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M44" s="6">
-        <v>8238.0</v>
+        <v>13986.0</v>
       </c>
       <c r="N44" s="6">
-        <v>9968</v>
+        <v>16923</v>
       </c>
       <c r="O44" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P44" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>14495</v>
+        <v>14532</v>
       </c>
       <c r="B45">
-        <v>0.24</v>
+        <v>0.37</v>
       </c>
       <c r="C45" t="s">
-        <v>251</v>
+        <v>214</v>
       </c>
       <c r="D45" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E45" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G45" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H45" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I45" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J45" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K45" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L45" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M45" s="6">
-        <v>8574.0</v>
+        <v>13986.0</v>
       </c>
       <c r="N45" s="6">
-        <v>10375</v>
+        <v>16923</v>
       </c>
       <c r="O45" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P45" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>14496</v>
+        <v>14533</v>
       </c>
       <c r="B46">
-        <v>0.24</v>
+        <v>0.37</v>
       </c>
       <c r="C46" t="s">
-        <v>252</v>
+        <v>215</v>
       </c>
       <c r="D46" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E46" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G46" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H46" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I46" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J46" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K46" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L46" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M46" s="6">
-        <v>8574.0</v>
+        <v>13986.0</v>
       </c>
       <c r="N46" s="6">
-        <v>10375</v>
+        <v>16923</v>
       </c>
       <c r="O46" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P46" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>14442</v>
+        <v>14527</v>
       </c>
       <c r="B47">
-        <v>0.24</v>
+        <v>0.35</v>
       </c>
       <c r="C47" t="s">
-        <v>253</v>
+        <v>216</v>
       </c>
       <c r="D47" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E47" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H47" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I47" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J47" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K47" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L47" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M47" s="6">
-        <v>8574.0</v>
+        <v>14700.0</v>
       </c>
       <c r="N47" s="6">
-        <v>10375</v>
+        <v>17787</v>
       </c>
       <c r="O47" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P47" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>14443</v>
+        <v>14529</v>
       </c>
       <c r="B48">
-        <v>0.24</v>
+        <v>0.35</v>
       </c>
       <c r="C48" t="s">
-        <v>254</v>
+        <v>217</v>
       </c>
       <c r="D48" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E48" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H48" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I48" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J48" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="K48" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L48" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M48" s="6">
-        <v>8574.0</v>
+        <v>14700.0</v>
       </c>
       <c r="N48" s="6">
-        <v>10375</v>
+        <v>17787</v>
       </c>
       <c r="O48" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P48" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>14465</v>
+        <v>14294</v>
       </c>
       <c r="B49">
-        <v>0.24</v>
+        <v>0.32</v>
       </c>
       <c r="C49" t="s">
-        <v>255</v>
+        <v>218</v>
       </c>
       <c r="D49" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E49" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H49" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I49" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J49" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K49" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L49" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M49" s="6">
-        <v>8574.0</v>
+        <v>14784.0</v>
       </c>
       <c r="N49" s="6">
-        <v>10375</v>
+        <v>17889</v>
       </c>
       <c r="O49" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P49" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>14493</v>
+        <v>14530</v>
       </c>
       <c r="B50">
-        <v>0.23</v>
+        <v>0.36</v>
       </c>
       <c r="C50" t="s">
-        <v>256</v>
+        <v>219</v>
       </c>
       <c r="D50" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E50" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H50" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I50" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J50" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K50" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L50" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M50" s="6">
-        <v>8624.0</v>
+        <v>15120.0</v>
       </c>
       <c r="N50" s="6">
-        <v>10436</v>
+        <v>18295</v>
       </c>
       <c r="O50" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P50" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>14409</v>
+        <v>14028</v>
       </c>
       <c r="B51">
-        <v>0.23</v>
+        <v>0.51</v>
       </c>
       <c r="C51" t="s">
-        <v>257</v>
+        <v>220</v>
       </c>
       <c r="D51" t="s">
-        <v>19</v>
+        <v>221</v>
       </c>
       <c r="E51" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G51" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H51" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I51" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J51" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K51" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L51" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M51" s="6">
-        <v>8624.0</v>
+        <v>15351.0</v>
       </c>
       <c r="N51" s="6">
-        <v>10436</v>
+        <v>18575</v>
       </c>
       <c r="O51" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P51" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>14505</v>
+        <v>14528</v>
       </c>
       <c r="B52">
-        <v>0.23</v>
+        <v>0.37</v>
       </c>
       <c r="C52" t="s">
-        <v>258</v>
+        <v>222</v>
       </c>
       <c r="D52" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H52" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I52" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J52" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K52" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L52" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M52" s="6">
-        <v>8624.0</v>
+        <v>15540.0</v>
       </c>
       <c r="N52" s="6">
-        <v>10436</v>
+        <v>18803</v>
       </c>
       <c r="O52" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P52" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>14506</v>
+        <v>14316</v>
       </c>
       <c r="B53">
-        <v>0.23</v>
+        <v>0.4</v>
       </c>
       <c r="C53" t="s">
-        <v>259</v>
+        <v>223</v>
       </c>
       <c r="D53" t="s">
-        <v>19</v>
+        <v>193</v>
       </c>
       <c r="E53" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G53" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H53" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I53" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J53" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K53" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L53" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M53" s="6">
-        <v>8624.0</v>
+        <v>15960.0</v>
       </c>
       <c r="N53" s="6">
-        <v>10436</v>
+        <v>19312</v>
       </c>
       <c r="O53" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P53" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>14507</v>
+        <v>14348</v>
       </c>
       <c r="B54">
-        <v>0.23</v>
+        <v>0.41</v>
       </c>
       <c r="C54" t="s">
-        <v>260</v>
+        <v>224</v>
       </c>
       <c r="D54" t="s">
-        <v>19</v>
+        <v>193</v>
       </c>
       <c r="E54" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G54" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H54" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I54" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J54" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K54" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L54" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M54" s="6">
-        <v>8624.0</v>
+        <v>16359.0</v>
       </c>
       <c r="N54" s="6">
-        <v>10436</v>
+        <v>19794</v>
       </c>
       <c r="O54" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P54" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>14433</v>
+        <v>14509</v>
       </c>
       <c r="B55">
-        <v>0.23</v>
+        <v>0.33</v>
       </c>
       <c r="C55" t="s">
-        <v>261</v>
+        <v>225</v>
       </c>
       <c r="D55" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E55" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H55" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I55" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J55" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K55" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L55" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M55" s="6">
-        <v>8624.0</v>
+        <v>16632.0</v>
       </c>
       <c r="N55" s="6">
-        <v>10436</v>
+        <v>20125</v>
       </c>
       <c r="O55" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P55" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>14434</v>
+        <v>14314</v>
       </c>
       <c r="B56">
-        <v>0.23</v>
+        <v>0.4</v>
       </c>
       <c r="C56" t="s">
-        <v>262</v>
+        <v>226</v>
       </c>
       <c r="D56" t="s">
-        <v>25</v>
+        <v>193</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H56" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I56" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J56" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K56" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L56" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M56" s="6">
-        <v>8624.0</v>
+        <v>16800.0</v>
       </c>
       <c r="N56" s="6">
-        <v>10436</v>
+        <v>20328</v>
       </c>
       <c r="O56" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P56" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>14447</v>
+        <v>14315</v>
       </c>
       <c r="B57">
-        <v>0.23</v>
+        <v>0.4</v>
       </c>
       <c r="C57" t="s">
-        <v>263</v>
+        <v>227</v>
       </c>
       <c r="D57" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="E57" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H57" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I57" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J57" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K57" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L57" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M57" s="6">
-        <v>8624.0</v>
+        <v>16800.0</v>
       </c>
       <c r="N57" s="6">
-        <v>10436</v>
+        <v>20328</v>
       </c>
       <c r="O57" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P57" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>14449</v>
+        <v>14522</v>
       </c>
       <c r="B58">
-        <v>0.23</v>
+        <v>0.37</v>
       </c>
       <c r="C58" t="s">
-        <v>264</v>
+        <v>228</v>
       </c>
       <c r="D58" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H58" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I58" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J58" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K58" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L58" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M58" s="6">
-        <v>8624.0</v>
+        <v>17094.0</v>
       </c>
       <c r="N58" s="6">
-        <v>10436</v>
+        <v>20684</v>
       </c>
       <c r="O58" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P58" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>14500</v>
+        <v>14523</v>
       </c>
       <c r="B59">
-        <v>0.25</v>
+        <v>0.37</v>
       </c>
       <c r="C59" t="s">
-        <v>265</v>
+        <v>229</v>
       </c>
       <c r="D59" t="s">
         <v>19</v>
       </c>
       <c r="E59" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H59" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I59" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J59" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K59" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L59" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M59" s="6">
-        <v>8910.0</v>
+        <v>17094.0</v>
       </c>
       <c r="N59" s="6">
-        <v>10781</v>
+        <v>20684</v>
       </c>
       <c r="O59" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P59" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>14452</v>
+        <v>14544</v>
       </c>
       <c r="B60">
-        <v>0.25</v>
+        <v>0.38</v>
       </c>
       <c r="C60" t="s">
-        <v>266</v>
+        <v>230</v>
       </c>
       <c r="D60" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H60" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I60" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J60" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="K60" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L60" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M60" s="6">
-        <v>8910.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N60" s="6">
-        <v>10781</v>
+        <v>21243</v>
       </c>
       <c r="O60" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P60" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>14455</v>
+        <v>14545</v>
       </c>
       <c r="B61">
-        <v>0.25</v>
+        <v>0.38</v>
       </c>
       <c r="C61" t="s">
-        <v>267</v>
+        <v>231</v>
       </c>
       <c r="D61" t="s">
         <v>19</v>
       </c>
       <c r="E61" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H61" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I61" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J61" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K61" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L61" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M61" s="6">
-        <v>8910.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N61" s="6">
-        <v>10781</v>
+        <v>21243</v>
       </c>
       <c r="O61" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P61" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>14429</v>
+        <v>14546</v>
       </c>
       <c r="B62">
-        <v>0.24</v>
+        <v>0.38</v>
       </c>
       <c r="C62" t="s">
-        <v>268</v>
+        <v>232</v>
       </c>
       <c r="D62" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H62" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I62" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J62" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K62" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L62" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M62" s="6">
-        <v>8977.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N62" s="6">
-        <v>10862</v>
+        <v>21243</v>
       </c>
       <c r="O62" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P62" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>14491</v>
+        <v>14547</v>
       </c>
       <c r="B63">
-        <v>0.24</v>
+        <v>0.38</v>
       </c>
       <c r="C63" t="s">
-        <v>269</v>
+        <v>233</v>
       </c>
       <c r="D63" t="s">
         <v>19</v>
       </c>
       <c r="E63" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H63" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I63" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J63" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K63" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L63" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M63" s="6">
-        <v>8977.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N63" s="6">
-        <v>10862</v>
+        <v>21243</v>
       </c>
       <c r="O63" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P63" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>14498</v>
+        <v>14548</v>
       </c>
       <c r="B64">
-        <v>0.26</v>
+        <v>0.38</v>
       </c>
       <c r="C64" t="s">
-        <v>270</v>
+        <v>234</v>
       </c>
       <c r="D64" t="s">
         <v>19</v>
       </c>
       <c r="E64" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H64" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I64" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J64" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K64" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L64" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M64" s="6">
-        <v>9246.0</v>
+        <v>17556.0</v>
       </c>
       <c r="N64" s="6">
-        <v>11188</v>
+        <v>21243</v>
       </c>
       <c r="O64" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P64" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>14499</v>
+        <v>14570</v>
       </c>
       <c r="B65">
-        <v>0.26</v>
+        <v>0.4</v>
       </c>
       <c r="C65" t="s">
-        <v>271</v>
+        <v>235</v>
       </c>
       <c r="D65" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E65" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G65" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H65" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I65" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J65" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K65" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L65" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M65" s="6">
-        <v>9246.0</v>
+        <v>17640.0</v>
       </c>
       <c r="N65" s="6">
-        <v>11188</v>
+        <v>21344</v>
       </c>
       <c r="O65" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P65" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>14438</v>
+        <v>13772</v>
       </c>
       <c r="B66">
-        <v>0.26</v>
+        <v>0.37</v>
       </c>
       <c r="C66" t="s">
-        <v>272</v>
+        <v>236</v>
       </c>
       <c r="D66" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="E66" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>207</v>
+        <v>237</v>
       </c>
       <c r="H66" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>170</v>
       </c>
       <c r="J66" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K66" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L66" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M66" s="6">
-        <v>9246.0</v>
+        <v>17908.0</v>
       </c>
       <c r="N66" s="6">
-        <v>11188</v>
+        <v>21669</v>
       </c>
       <c r="O66" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P66" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>14457</v>
+        <v>14312</v>
       </c>
       <c r="B67">
-        <v>0.26</v>
+        <v>0.4</v>
       </c>
       <c r="C67" t="s">
-        <v>273</v>
+        <v>238</v>
       </c>
       <c r="D67" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E67" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G67" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H67" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I67" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J67" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K67" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L67" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M67" s="6">
-        <v>9246.0</v>
+        <v>18480.0</v>
       </c>
       <c r="N67" s="6">
-        <v>11188</v>
+        <v>22361</v>
       </c>
       <c r="O67" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P67" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>14503</v>
+        <v>14313</v>
       </c>
       <c r="B68">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="C68" t="s">
-        <v>274</v>
+        <v>239</v>
       </c>
       <c r="D68" t="s">
         <v>19</v>
       </c>
       <c r="E68" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G68" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H68" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I68" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J68" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K68" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L68" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M68" s="6">
-        <v>9330.0</v>
+        <v>18480.0</v>
       </c>
       <c r="N68" s="6">
-        <v>11289</v>
+        <v>22361</v>
       </c>
       <c r="O68" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P68" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>14448</v>
+        <v>14347</v>
       </c>
       <c r="B69">
-        <v>0.27</v>
+        <v>0.43</v>
       </c>
       <c r="C69" t="s">
-        <v>275</v>
+        <v>240</v>
       </c>
       <c r="D69" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E69" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G69" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H69" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I69" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J69" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K69" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L69" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M69" s="6">
-        <v>9582.0</v>
+        <v>18963.0</v>
       </c>
       <c r="N69" s="6">
-        <v>11594</v>
+        <v>22945</v>
       </c>
       <c r="O69" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P69" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>13477</v>
+        <v>14540</v>
       </c>
       <c r="B70">
-        <v>0.27</v>
+        <v>0.38</v>
       </c>
       <c r="C70" t="s">
-        <v>276</v>
+        <v>241</v>
       </c>
       <c r="D70" t="s">
-        <v>277</v>
+        <v>28</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H70" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I70" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J70" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K70" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L70" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M70" s="6">
-        <v>9912.0</v>
+        <v>19152.0</v>
       </c>
       <c r="N70" s="6">
-        <v>11993</v>
+        <v>23174</v>
       </c>
       <c r="O70" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P70" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>14432</v>
+        <v>14541</v>
       </c>
       <c r="B71">
-        <v>0.28</v>
+        <v>0.38</v>
       </c>
       <c r="C71" t="s">
-        <v>278</v>
+        <v>242</v>
       </c>
       <c r="D71" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E71" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H71" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I71" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J71" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K71" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L71" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M71" s="6">
-        <v>9918.0</v>
+        <v>19152.0</v>
       </c>
       <c r="N71" s="6">
-        <v>12001</v>
+        <v>23174</v>
       </c>
       <c r="O71" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P71" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:17">
       <c r="A72">
-        <v>14456</v>
+        <v>14569</v>
       </c>
       <c r="B72">
-        <v>0.28</v>
+        <v>0.4</v>
       </c>
       <c r="C72" t="s">
-        <v>279</v>
+        <v>243</v>
       </c>
       <c r="D72" t="s">
         <v>25</v>
       </c>
       <c r="E72" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H72" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I72" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J72" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K72" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L72" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M72" s="6">
-        <v>9918.0</v>
+        <v>19320.0</v>
       </c>
       <c r="N72" s="6">
-        <v>12001</v>
+        <v>23377</v>
       </c>
       <c r="O72" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P72" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="73" spans="1:17">
       <c r="A73">
-        <v>14504</v>
+        <v>14310</v>
       </c>
       <c r="B73">
-        <v>0.27</v>
+        <v>0.4</v>
       </c>
       <c r="C73" t="s">
-        <v>280</v>
+        <v>244</v>
       </c>
       <c r="D73" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="E73" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G73" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H73" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I73" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J73" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K73" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L73" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M73" s="6">
-        <v>10036.0</v>
+        <v>20160.0</v>
       </c>
       <c r="N73" s="6">
-        <v>12143</v>
+        <v>24394</v>
       </c>
       <c r="O73" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P73" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="74" spans="1:17">
       <c r="A74">
-        <v>14444</v>
+        <v>14311</v>
       </c>
       <c r="B74">
-        <v>0.27</v>
+        <v>0.4</v>
       </c>
       <c r="C74" t="s">
-        <v>281</v>
+        <v>245</v>
       </c>
       <c r="D74" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E74" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G74" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H74" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I74" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J74" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K74" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L74" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M74" s="6">
-        <v>10036.0</v>
+        <v>20160.0</v>
       </c>
       <c r="N74" s="6">
-        <v>12143</v>
+        <v>24394</v>
       </c>
       <c r="O74" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P74" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="75" spans="1:17">
       <c r="A75">
-        <v>14320</v>
+        <v>14568</v>
       </c>
       <c r="B75">
-        <v>0.4</v>
+        <v>0.42</v>
       </c>
       <c r="C75" t="s">
-        <v>282</v>
+        <v>246</v>
       </c>
       <c r="D75" t="s">
-        <v>283</v>
+        <v>25</v>
       </c>
       <c r="E75" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H75" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I75" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J75" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K75" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L75" t="s">
-        <v>284</v>
+        <v>199</v>
       </c>
       <c r="M75" s="6">
-        <v>10080.0</v>
+        <v>20286.0</v>
       </c>
       <c r="N75" s="6">
-        <v>12197</v>
+        <v>24546</v>
       </c>
       <c r="O75" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P75" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="76" spans="1:17">
       <c r="A76">
-        <v>14213</v>
+        <v>14564</v>
       </c>
       <c r="B76">
-        <v>0.3</v>
+        <v>0.41</v>
       </c>
       <c r="C76" t="s">
-        <v>285</v>
+        <v>247</v>
       </c>
       <c r="D76" t="s">
-        <v>286</v>
+        <v>28</v>
       </c>
       <c r="E76" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G76" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H76" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I76" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J76" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K76" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L76" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M76" s="6">
-        <v>10080.0</v>
+        <v>20664.0</v>
       </c>
       <c r="N76" s="6">
-        <v>12197</v>
+        <v>25003</v>
       </c>
       <c r="O76" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P76" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="77" spans="1:17">
       <c r="A77">
-        <v>14214</v>
+        <v>14346</v>
       </c>
       <c r="B77">
-        <v>0.3</v>
+        <v>0.43</v>
       </c>
       <c r="C77" t="s">
-        <v>287</v>
+        <v>248</v>
       </c>
       <c r="D77" t="s">
-        <v>286</v>
+        <v>25</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H77" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I77" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J77" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K77" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L77" t="s">
-        <v>284</v>
+        <v>199</v>
       </c>
       <c r="M77" s="6">
-        <v>10080.0</v>
+        <v>20769.0</v>
       </c>
       <c r="N77" s="6">
-        <v>12197</v>
+        <v>25130</v>
       </c>
       <c r="O77" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P77" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="78" spans="1:17">
       <c r="A78">
-        <v>12629</v>
+        <v>14345</v>
       </c>
       <c r="B78">
-        <v>0.23</v>
+        <v>0.43</v>
       </c>
       <c r="C78" t="s">
-        <v>288</v>
+        <v>249</v>
       </c>
       <c r="D78" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E78" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H78" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I78" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J78" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K78" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L78" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M78" s="6">
-        <v>10165.0</v>
+        <v>22575.0</v>
       </c>
       <c r="N78" s="6">
-        <v>12299</v>
+        <v>27316</v>
       </c>
       <c r="O78" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P78" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="79" spans="1:17">
       <c r="A79">
-        <v>14492</v>
+        <v>14566</v>
       </c>
       <c r="B79">
-        <v>0.29</v>
+        <v>0.43</v>
       </c>
       <c r="C79" t="s">
-        <v>289</v>
+        <v>250</v>
       </c>
       <c r="D79" t="s">
         <v>19</v>
       </c>
       <c r="E79" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H79" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I79" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J79" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K79" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L79" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M79" s="6">
-        <v>10254.0</v>
+        <v>22575.0</v>
       </c>
       <c r="N79" s="6">
-        <v>12407</v>
+        <v>27316</v>
       </c>
       <c r="O79" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P79" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="80" spans="1:17">
       <c r="A80">
-        <v>14437</v>
+        <v>14565</v>
       </c>
       <c r="B80">
-        <v>0.28</v>
+        <v>0.45</v>
       </c>
       <c r="C80" t="s">
-        <v>290</v>
+        <v>251</v>
       </c>
       <c r="D80" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E80" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G80" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H80" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I80" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J80" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K80" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L80" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M80" s="6">
-        <v>10388.0</v>
+        <v>22680.0</v>
       </c>
       <c r="N80" s="6">
-        <v>12570</v>
+        <v>27443</v>
       </c>
       <c r="O80" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P80" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="81" spans="1:17">
       <c r="A81">
-        <v>14446</v>
+        <v>13153</v>
       </c>
       <c r="B81">
-        <v>0.28</v>
+        <v>0.55</v>
       </c>
       <c r="C81" t="s">
-        <v>291</v>
+        <v>252</v>
       </c>
       <c r="D81" t="s">
-        <v>22</v>
+        <v>211</v>
       </c>
       <c r="E81" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H81" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I81" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J81" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K81" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L81" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M81" s="6">
-        <v>10388.0</v>
+        <v>23100.0</v>
       </c>
       <c r="N81" s="6">
-        <v>12570</v>
+        <v>27951</v>
       </c>
       <c r="O81" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P81" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:17">
       <c r="A82">
-        <v>14430</v>
+        <v>13286</v>
       </c>
       <c r="B82">
-        <v>0.29</v>
+        <v>0.55</v>
       </c>
       <c r="C82" t="s">
-        <v>292</v>
+        <v>253</v>
       </c>
       <c r="D82" t="s">
-        <v>22</v>
+        <v>211</v>
       </c>
       <c r="E82" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H82" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I82" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J82" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K82" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L82" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M82" s="6">
-        <v>10741.0</v>
+        <v>23100.0</v>
       </c>
       <c r="N82" s="6">
-        <v>12997</v>
+        <v>27951</v>
       </c>
       <c r="O82" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P82" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="83" spans="1:17">
       <c r="A83">
-        <v>14431</v>
+        <v>14556</v>
       </c>
       <c r="B83">
-        <v>0.29</v>
+        <v>0.4</v>
       </c>
       <c r="C83" t="s">
-        <v>293</v>
+        <v>254</v>
       </c>
       <c r="D83" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E83" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H83" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I83" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J83" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K83" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L83" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M83" s="6">
-        <v>10741.0</v>
+        <v>23520.0</v>
       </c>
       <c r="N83" s="6">
-        <v>12997</v>
+        <v>28459</v>
       </c>
       <c r="O83" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P83" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="84" spans="1:17">
       <c r="A84">
-        <v>14439</v>
+        <v>14559</v>
       </c>
       <c r="B84">
-        <v>0.29</v>
+        <v>0.4</v>
       </c>
       <c r="C84" t="s">
-        <v>294</v>
+        <v>255</v>
       </c>
       <c r="D84" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="E84" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H84" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I84" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J84" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K84" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L84" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M84" s="6">
-        <v>10741.0</v>
+        <v>23520.0</v>
       </c>
       <c r="N84" s="6">
-        <v>12997</v>
+        <v>28459</v>
       </c>
       <c r="O84" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P84" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="85" spans="1:17">
       <c r="A85">
-        <v>14350</v>
+        <v>14561</v>
       </c>
       <c r="B85">
         <v>0.4</v>
       </c>
       <c r="C85" t="s">
-        <v>295</v>
+        <v>256</v>
       </c>
       <c r="D85" t="s">
-        <v>235</v>
+        <v>28</v>
       </c>
       <c r="E85" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H85" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I85" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J85" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K85" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L85" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M85" s="6">
-        <v>10920.0</v>
+        <v>23520.0</v>
       </c>
       <c r="N85" s="6">
-        <v>13213</v>
+        <v>28459</v>
       </c>
       <c r="O85" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P85" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="86" spans="1:17">
       <c r="A86">
-        <v>14351</v>
+        <v>14563</v>
       </c>
       <c r="B86">
         <v>0.4</v>
       </c>
       <c r="C86" t="s">
-        <v>296</v>
+        <v>257</v>
       </c>
       <c r="D86" t="s">
-        <v>235</v>
+        <v>28</v>
       </c>
       <c r="E86" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H86" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I86" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J86" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K86" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L86" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M86" s="6">
-        <v>10920.0</v>
+        <v>23520.0</v>
       </c>
       <c r="N86" s="6">
-        <v>13213</v>
+        <v>28459</v>
       </c>
       <c r="O86" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P86" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="87" spans="1:17">
       <c r="A87">
-        <v>12592</v>
+        <v>14557</v>
       </c>
       <c r="B87">
-        <v>0.29</v>
+        <v>0.41</v>
       </c>
       <c r="C87" t="s">
-        <v>297</v>
+        <v>258</v>
       </c>
       <c r="D87" t="s">
-        <v>277</v>
+        <v>28</v>
       </c>
       <c r="E87" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H87" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I87" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J87" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K87" t="s">
-        <v>298</v>
+        <v>171</v>
       </c>
       <c r="L87" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M87" s="6">
-        <v>11030.0</v>
+        <v>24108.0</v>
       </c>
       <c r="N87" s="6">
-        <v>13346</v>
+        <v>29171</v>
       </c>
       <c r="O87" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P87" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="88" spans="1:17">
       <c r="A88">
-        <v>14111</v>
+        <v>14558</v>
       </c>
       <c r="B88">
-        <v>0.32</v>
+        <v>0.41</v>
       </c>
       <c r="C88" t="s">
-        <v>299</v>
+        <v>259</v>
       </c>
       <c r="D88" t="s">
-        <v>277</v>
+        <v>28</v>
       </c>
       <c r="E88" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H88" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I88" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J88" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K88" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L88" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M88" s="6">
-        <v>11696.0</v>
+        <v>24108.0</v>
       </c>
       <c r="N88" s="6">
-        <v>14152</v>
+        <v>29171</v>
       </c>
       <c r="O88" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P88" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="89" spans="1:17">
       <c r="A89">
-        <v>10810</v>
+        <v>14562</v>
       </c>
       <c r="B89">
-        <v>0.24</v>
+        <v>0.41</v>
       </c>
       <c r="C89" t="s">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="D89" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E89" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H89" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I89" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J89" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="K89" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L89" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="M89" s="6">
-        <v>11957.0</v>
+        <v>24108.0</v>
       </c>
       <c r="N89" s="6">
-        <v>14468</v>
+        <v>29171</v>
       </c>
       <c r="O89" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P89" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="90" spans="1:17">
       <c r="A90">
-        <v>10811</v>
+        <v>14573</v>
       </c>
       <c r="B90">
-        <v>0.24</v>
+        <v>0.46</v>
       </c>
       <c r="C90" t="s">
-        <v>301</v>
+        <v>261</v>
       </c>
       <c r="D90" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E90" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H90" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I90" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="J90" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="K90" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L90" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M90" s="6">
-        <v>11957.0</v>
+        <v>24150.0</v>
       </c>
       <c r="N90" s="6">
-        <v>14468</v>
+        <v>29222</v>
       </c>
       <c r="O90" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P90" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="91" spans="1:17">
       <c r="A91">
-        <v>14330</v>
+        <v>14344</v>
       </c>
       <c r="B91">
-        <v>0.36</v>
+        <v>0.43</v>
       </c>
       <c r="C91" t="s">
-        <v>302</v>
+        <v>262</v>
       </c>
       <c r="D91" t="s">
-        <v>286</v>
+        <v>28</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H91" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I91" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J91" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K91" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L91" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M91" s="6">
-        <v>12096.0</v>
+        <v>25284.0</v>
       </c>
       <c r="N91" s="6">
-        <v>14636</v>
+        <v>30594</v>
       </c>
       <c r="O91" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P91" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:17">
       <c r="A92">
-        <v>14331</v>
+        <v>14560</v>
       </c>
       <c r="B92">
-        <v>0.36</v>
+        <v>0.43</v>
       </c>
       <c r="C92" t="s">
-        <v>303</v>
+        <v>263</v>
       </c>
       <c r="D92" t="s">
-        <v>286</v>
+        <v>28</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H92" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I92" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J92" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K92" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L92" t="s">
-        <v>284</v>
+        <v>199</v>
       </c>
       <c r="M92" s="6">
-        <v>12096.0</v>
+        <v>25284.0</v>
       </c>
       <c r="N92" s="6">
-        <v>14636</v>
+        <v>30594</v>
       </c>
       <c r="O92" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P92" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="93" spans="1:17">
       <c r="A93">
-        <v>14233</v>
+        <v>14555</v>
       </c>
       <c r="B93">
-        <v>0.37</v>
+        <v>0.44</v>
       </c>
       <c r="C93" t="s">
-        <v>304</v>
+        <v>264</v>
       </c>
       <c r="D93" t="s">
-        <v>277</v>
+        <v>28</v>
       </c>
       <c r="E93" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H93" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I93" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J93" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K93" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L93" t="s">
-        <v>284</v>
+        <v>168</v>
       </c>
       <c r="M93" s="6">
-        <v>12432.0</v>
+        <v>25872.0</v>
       </c>
       <c r="N93" s="6">
-        <v>15043</v>
+        <v>31305</v>
       </c>
       <c r="O93" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P93" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="94" spans="1:17">
       <c r="A94">
-        <v>12597</v>
+        <v>14265</v>
       </c>
       <c r="B94">
-        <v>0.29</v>
+        <v>0.55</v>
       </c>
       <c r="C94" t="s">
-        <v>305</v>
+        <v>265</v>
       </c>
       <c r="D94" t="s">
-        <v>22</v>
+        <v>198</v>
       </c>
       <c r="E94" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H94" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="I94" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="J94" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K94" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="L94" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M94" s="6">
-        <v>12650.0</v>
+        <v>26565.0</v>
       </c>
       <c r="N94" s="6">
-        <v>15306</v>
+        <v>32144</v>
       </c>
       <c r="O94" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P94" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="95" spans="1:17">
       <c r="A95">
-        <v>14243</v>
+        <v>14359</v>
       </c>
       <c r="B95">
-        <v>0.38</v>
+        <v>0.53</v>
       </c>
       <c r="C95" t="s">
-        <v>306</v>
+        <v>266</v>
       </c>
       <c r="D95" t="s">
-        <v>277</v>
+        <v>193</v>
       </c>
       <c r="E95" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H95" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I95" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J95" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K95" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L95" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M95" s="6">
-        <v>12768.0</v>
+        <v>31164.0</v>
       </c>
       <c r="N95" s="6">
-        <v>15449</v>
+        <v>37708</v>
       </c>
       <c r="O95" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P95" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="96" spans="1:17">
       <c r="A96">
-        <v>14050</v>
+        <v>13291</v>
       </c>
       <c r="B96">
-        <v>0.32</v>
+        <v>0.7</v>
       </c>
       <c r="C96" t="s">
-        <v>307</v>
+        <v>267</v>
       </c>
       <c r="D96" t="s">
         <v>22</v>
       </c>
       <c r="E96" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>308</v>
+        <v>164</v>
       </c>
       <c r="H96" t="s">
-        <v>236</v>
+        <v>170</v>
+      </c>
+      <c r="I96" t="s">
+        <v>171</v>
       </c>
       <c r="J96" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="K96" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L96" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M96" s="6">
-        <v>13072.0</v>
+        <v>32340.0</v>
       </c>
       <c r="N96" s="6">
-        <v>15817</v>
+        <v>39131</v>
       </c>
       <c r="O96" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P96" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="97" spans="1:17">
       <c r="A97">
-        <v>13773</v>
+        <v>13292</v>
       </c>
       <c r="B97">
-        <v>0.3</v>
+        <v>0.7</v>
       </c>
       <c r="C97" t="s">
-        <v>309</v>
+        <v>268</v>
       </c>
       <c r="D97" t="s">
         <v>22</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>310</v>
+        <v>164</v>
       </c>
       <c r="H97" t="s">
-        <v>236</v>
+        <v>170</v>
+      </c>
+      <c r="I97" t="s">
+        <v>171</v>
       </c>
       <c r="J97" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K97" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L97" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M97" s="6">
-        <v>13200.0</v>
+        <v>32340.0</v>
       </c>
       <c r="N97" s="6">
-        <v>15972</v>
+        <v>39131</v>
       </c>
       <c r="O97" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P97" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="98" spans="1:17">
       <c r="A98">
-        <v>14137</v>
+        <v>14373</v>
       </c>
       <c r="B98">
-        <v>0.4</v>
+        <v>0.71</v>
       </c>
       <c r="C98" t="s">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="D98" t="s">
-        <v>243</v>
+        <v>22</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H98" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I98" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J98" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K98" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L98" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M98" s="6">
-        <v>13760.0</v>
+        <v>32802.0</v>
       </c>
       <c r="N98" s="6">
-        <v>16650</v>
+        <v>39690</v>
       </c>
       <c r="O98" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P98" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="99" spans="1:17">
       <c r="A99">
-        <v>14295</v>
+        <v>14374</v>
       </c>
       <c r="B99">
-        <v>0.33</v>
+        <v>0.72</v>
       </c>
       <c r="C99" t="s">
-        <v>313</v>
+        <v>270</v>
       </c>
       <c r="D99" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H99" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I99" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J99" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K99" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L99" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M99" s="6">
-        <v>13860.0</v>
+        <v>33264.0</v>
       </c>
       <c r="N99" s="6">
-        <v>16771</v>
+        <v>40249</v>
       </c>
       <c r="O99" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P99" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="100" spans="1:17">
       <c r="A100">
-        <v>14211</v>
+        <v>11272</v>
       </c>
       <c r="B100">
-        <v>0.3</v>
+        <v>0.75</v>
       </c>
       <c r="C100" t="s">
-        <v>314</v>
+        <v>271</v>
       </c>
       <c r="D100" t="s">
-        <v>22</v>
+        <v>272</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H100" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I100" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J100" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K100" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L100" t="s">
-        <v>312</v>
+        <v>199</v>
       </c>
       <c r="M100" s="6">
-        <v>13860.0</v>
+        <v>37613.0</v>
       </c>
       <c r="N100" s="6">
-        <v>16771</v>
+        <v>45512</v>
       </c>
       <c r="O100" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P100" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="101" spans="1:17">
       <c r="A101">
-        <v>13531</v>
+        <v>14200</v>
       </c>
       <c r="B101">
-        <v>0.3</v>
+        <v>0.71</v>
       </c>
       <c r="C101" t="s">
-        <v>315</v>
+        <v>273</v>
       </c>
       <c r="D101" t="s">
-        <v>22</v>
+        <v>211</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>308</v>
+        <v>164</v>
       </c>
       <c r="H101" t="s">
-        <v>236</v>
+        <v>170</v>
+      </c>
+      <c r="I101" t="s">
+        <v>171</v>
       </c>
       <c r="J101" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K101" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L101" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M101" s="6">
-        <v>14640.0</v>
+        <v>39689.0</v>
       </c>
       <c r="N101" s="6">
-        <v>17714</v>
+        <v>48024</v>
       </c>
       <c r="O101" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P101" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="102" spans="1:17">
       <c r="A102">
-        <v>12495</v>
+        <v>14199</v>
       </c>
       <c r="B102">
-        <v>0.3</v>
+        <v>0.72</v>
       </c>
       <c r="C102" t="s">
-        <v>316</v>
+        <v>274</v>
       </c>
       <c r="D102" t="s">
-        <v>25</v>
+        <v>211</v>
       </c>
       <c r="E102" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>317</v>
+        <v>164</v>
       </c>
       <c r="H102" t="s">
-        <v>236</v>
+        <v>170</v>
+      </c>
+      <c r="I102" t="s">
+        <v>171</v>
       </c>
       <c r="J102" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K102" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L102" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M102" s="6">
-        <v>14718.0</v>
+        <v>40248.0</v>
       </c>
       <c r="N102" s="6">
-        <v>17808</v>
+        <v>48700</v>
       </c>
       <c r="O102" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P102" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="103" spans="1:17">
       <c r="A103">
-        <v>13730</v>
+        <v>13148</v>
       </c>
       <c r="B103">
-        <v>0.44</v>
+        <v>0.6</v>
       </c>
       <c r="C103" t="s">
-        <v>318</v>
+        <v>275</v>
       </c>
       <c r="D103" t="s">
-        <v>235</v>
+        <v>25</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H103" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I103" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J103" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K103" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L103" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M103" s="6">
-        <v>14718.0</v>
+        <v>41580.0</v>
       </c>
       <c r="N103" s="6">
-        <v>17809</v>
+        <v>50312</v>
       </c>
       <c r="O103" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P103" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="104" spans="1:17">
       <c r="A104">
-        <v>13731</v>
+        <v>13149</v>
       </c>
       <c r="B104">
-        <v>0.44</v>
+        <v>0.6</v>
       </c>
       <c r="C104" t="s">
-        <v>319</v>
+        <v>276</v>
       </c>
       <c r="D104" t="s">
-        <v>235</v>
+        <v>25</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H104" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I104" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J104" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K104" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L104" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M104" s="6">
-        <v>14718.0</v>
+        <v>41580.0</v>
       </c>
       <c r="N104" s="6">
-        <v>17809</v>
+        <v>50312</v>
       </c>
       <c r="O104" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P104" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="105" spans="1:17">
       <c r="A105">
-        <v>14294</v>
+        <v>14261</v>
       </c>
       <c r="B105">
-        <v>0.32</v>
+        <v>0.53</v>
       </c>
       <c r="C105" t="s">
-        <v>320</v>
+        <v>277</v>
       </c>
       <c r="D105" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H105" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I105" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J105" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K105" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L105" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M105" s="6">
-        <v>14784.0</v>
+        <v>42294.0</v>
       </c>
       <c r="N105" s="6">
-        <v>17889</v>
+        <v>51176</v>
       </c>
       <c r="O105" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P105" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="106" spans="1:17">
       <c r="A106">
-        <v>14028</v>
+        <v>14259</v>
       </c>
       <c r="B106">
-        <v>0.51</v>
+        <v>0.54</v>
       </c>
       <c r="C106" t="s">
-        <v>321</v>
+        <v>278</v>
       </c>
       <c r="D106" t="s">
-        <v>283</v>
+        <v>19</v>
       </c>
       <c r="E106" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H106" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I106" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J106" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K106" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L106" t="s">
-        <v>312</v>
+        <v>199</v>
       </c>
       <c r="M106" s="6">
-        <v>15351.0</v>
+        <v>43092.0</v>
       </c>
       <c r="N106" s="6">
-        <v>18575</v>
+        <v>52141</v>
       </c>
       <c r="O106" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P106" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="107" spans="1:17">
       <c r="A107">
-        <v>14316</v>
+        <v>14088</v>
       </c>
       <c r="B107">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C107" t="s">
-        <v>322</v>
+        <v>279</v>
       </c>
       <c r="D107" t="s">
-        <v>277</v>
+        <v>198</v>
       </c>
       <c r="E107" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H107" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I107" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J107" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K107" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L107" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M107" s="6">
-        <v>15960.0</v>
+        <v>44100.0</v>
       </c>
       <c r="N107" s="6">
-        <v>19312</v>
+        <v>53361</v>
       </c>
       <c r="O107" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P107" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="108" spans="1:17">
       <c r="A108">
-        <v>14348</v>
+        <v>14090</v>
       </c>
       <c r="B108">
-        <v>0.41</v>
+        <v>0.7</v>
       </c>
       <c r="C108" t="s">
-        <v>323</v>
+        <v>280</v>
       </c>
       <c r="D108" t="s">
-        <v>277</v>
+        <v>198</v>
       </c>
       <c r="E108" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H108" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I108" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J108" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K108" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L108" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M108" s="6">
-        <v>16359.0</v>
+        <v>44100.0</v>
       </c>
       <c r="N108" s="6">
-        <v>19794</v>
+        <v>53361</v>
       </c>
       <c r="O108" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P108" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="109" spans="1:17">
       <c r="A109">
-        <v>14314</v>
+        <v>14165</v>
       </c>
       <c r="B109">
-        <v>0.4</v>
+        <v>0.55</v>
       </c>
       <c r="C109" t="s">
-        <v>324</v>
+        <v>281</v>
       </c>
       <c r="D109" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H109" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I109" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J109" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K109" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L109" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M109" s="6">
-        <v>16800.0</v>
+        <v>44935.0</v>
       </c>
       <c r="N109" s="6">
-        <v>20328</v>
+        <v>54371</v>
       </c>
       <c r="O109" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P109" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="110" spans="1:17">
       <c r="A110">
-        <v>14315</v>
+        <v>14098</v>
       </c>
       <c r="B110">
-        <v>0.4</v>
+        <v>0.3</v>
       </c>
       <c r="C110" t="s">
-        <v>325</v>
+        <v>282</v>
       </c>
       <c r="D110" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="E110" t="s">
-        <v>20</v>
+        <v>26</v>
+      </c>
+      <c r="F110" t="s">
+        <v>284</v>
       </c>
       <c r="G110" t="s">
-        <v>207</v>
+        <v>285</v>
       </c>
       <c r="H110" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>170</v>
       </c>
       <c r="J110" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="K110" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="L110" t="s">
-        <v>284</v>
+        <v>168</v>
       </c>
       <c r="M110" s="6">
-        <v>16800.0</v>
+        <v>45000.0</v>
       </c>
       <c r="N110" s="6">
-        <v>20328</v>
+        <v>54450</v>
       </c>
       <c r="O110" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P110" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="111" spans="1:17">
       <c r="A111">
-        <v>13666</v>
+        <v>13529</v>
       </c>
       <c r="B111">
-        <v>0.5</v>
+        <v>0.7</v>
       </c>
       <c r="C111" t="s">
-        <v>326</v>
+        <v>286</v>
       </c>
       <c r="D111" t="s">
-        <v>283</v>
+        <v>193</v>
       </c>
       <c r="E111" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G111" t="s">
-        <v>207</v>
+        <v>237</v>
       </c>
       <c r="H111" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>170</v>
       </c>
       <c r="J111" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K111" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L111" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="M111" s="6">
-        <v>17400.0</v>
+        <v>48510.0</v>
       </c>
       <c r="N111" s="6">
-        <v>21054</v>
+        <v>58697</v>
       </c>
       <c r="O111" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P111" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:17">
       <c r="A112">
-        <v>14197</v>
+        <v>12881</v>
       </c>
       <c r="B112">
-        <v>0.51</v>
+        <v>1.03</v>
       </c>
       <c r="C112" t="s">
-        <v>327</v>
+        <v>287</v>
       </c>
       <c r="D112" t="s">
-        <v>235</v>
+        <v>288</v>
       </c>
       <c r="E112" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H112" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I112" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J112" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K112" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L112" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M112" s="6">
-        <v>17544.0</v>
+        <v>51300.0</v>
       </c>
       <c r="N112" s="6">
-        <v>21228</v>
+        <v>62073</v>
       </c>
       <c r="O112" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P112" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="113" spans="1:17">
       <c r="A113">
-        <v>14198</v>
+        <v>1952</v>
       </c>
       <c r="B113">
-        <v>0.51</v>
+        <v>0.92</v>
       </c>
       <c r="C113" t="s">
-        <v>328</v>
+        <v>289</v>
       </c>
       <c r="D113" t="s">
-        <v>235</v>
+        <v>22</v>
       </c>
       <c r="E113" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G113" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H113" t="s">
-        <v>236</v>
+        <v>290</v>
       </c>
       <c r="I113" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="J113" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="K113" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="L113" t="s">
-        <v>211</v>
+        <v>168</v>
       </c>
       <c r="M113" s="6">
-        <v>17544.0</v>
+        <v>58842.0</v>
       </c>
       <c r="N113" s="6">
-        <v>21228</v>
+        <v>71199</v>
       </c>
       <c r="O113" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P113" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="114" spans="1:17">
       <c r="A114">
-        <v>13772</v>
+        <v>12867</v>
       </c>
       <c r="B114">
-        <v>0.37</v>
+        <v>0.76</v>
       </c>
       <c r="C114" t="s">
-        <v>329</v>
+        <v>291</v>
       </c>
       <c r="D114" t="s">
-        <v>25</v>
+        <v>193</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>330</v>
+        <v>164</v>
       </c>
       <c r="H114" t="s">
-        <v>236</v>
+        <v>170</v>
+      </c>
+      <c r="I114" t="s">
+        <v>171</v>
       </c>
       <c r="J114" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K114" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L114" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M114" s="6">
-        <v>17908.0</v>
+        <v>59052.0</v>
       </c>
       <c r="N114" s="6">
-        <v>21669</v>
+        <v>71453</v>
       </c>
       <c r="O114" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P114" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="115" spans="1:17">
       <c r="A115">
-        <v>14312</v>
+        <v>12868</v>
       </c>
       <c r="B115">
-        <v>0.4</v>
+        <v>0.78</v>
       </c>
       <c r="C115" t="s">
-        <v>331</v>
+        <v>292</v>
       </c>
       <c r="D115" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="E115" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H115" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I115" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J115" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K115" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L115" t="s">
-        <v>284</v>
+        <v>199</v>
       </c>
       <c r="M115" s="6">
-        <v>18480.0</v>
+        <v>60606.0</v>
       </c>
       <c r="N115" s="6">
-        <v>22361</v>
+        <v>73333</v>
       </c>
       <c r="O115" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P115" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="116" spans="1:17">
       <c r="A116">
-        <v>14313</v>
+        <v>14369</v>
       </c>
       <c r="B116">
-        <v>0.4</v>
+        <v>0.71</v>
       </c>
       <c r="C116" t="s">
-        <v>332</v>
+        <v>293</v>
       </c>
       <c r="D116" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E116" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H116" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I116" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J116" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K116" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L116" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M116" s="6">
-        <v>18480.0</v>
+        <v>65604.0</v>
       </c>
       <c r="N116" s="6">
-        <v>22361</v>
+        <v>79381</v>
       </c>
       <c r="O116" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P116" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="117" spans="1:17">
       <c r="A117">
-        <v>14131</v>
+        <v>14370</v>
       </c>
       <c r="B117">
-        <v>0.43</v>
+        <v>0.71</v>
       </c>
       <c r="C117" t="s">
-        <v>333</v>
+        <v>269</v>
       </c>
       <c r="D117" t="s">
-        <v>277</v>
+        <v>25</v>
       </c>
       <c r="E117" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H117" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I117" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J117" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K117" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L117" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M117" s="6">
-        <v>18490.0</v>
+        <v>65604.0</v>
       </c>
       <c r="N117" s="6">
-        <v>22373</v>
+        <v>79381</v>
       </c>
       <c r="O117" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P117" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="118" spans="1:17">
       <c r="A118">
-        <v>14347</v>
+        <v>11169</v>
       </c>
       <c r="B118">
-        <v>0.43</v>
+        <v>0.8</v>
       </c>
       <c r="C118" t="s">
-        <v>334</v>
+        <v>294</v>
       </c>
       <c r="D118" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="E118" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G118" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H118" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>170</v>
       </c>
       <c r="J118" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K118" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L118" t="s">
-        <v>284</v>
+        <v>199</v>
       </c>
       <c r="M118" s="6">
-        <v>18963.0</v>
+        <v>67200.0</v>
       </c>
       <c r="N118" s="6">
-        <v>22945</v>
+        <v>81312</v>
       </c>
       <c r="O118" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P118" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="119" spans="1:17">
       <c r="A119">
-        <v>14310</v>
+        <v>14368</v>
       </c>
       <c r="B119">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C119" t="s">
-        <v>335</v>
+        <v>295</v>
       </c>
       <c r="D119" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E119" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H119" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I119" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J119" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K119" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L119" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M119" s="6">
-        <v>20160.0</v>
+        <v>72030.0</v>
       </c>
       <c r="N119" s="6">
-        <v>24394</v>
+        <v>87156</v>
       </c>
       <c r="O119" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P119" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="120" spans="1:17">
       <c r="A120">
-        <v>14311</v>
+        <v>13272</v>
       </c>
       <c r="B120">
-        <v>0.4</v>
+        <v>0.8</v>
       </c>
       <c r="C120" t="s">
-        <v>336</v>
+        <v>296</v>
       </c>
       <c r="D120" t="s">
         <v>25</v>
       </c>
       <c r="E120" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H120" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I120" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J120" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K120" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L120" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M120" s="6">
-        <v>20160.0</v>
+        <v>73920.0</v>
       </c>
       <c r="N120" s="6">
-        <v>24394</v>
+        <v>89443</v>
       </c>
       <c r="O120" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P120" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="121" spans="1:17">
       <c r="A121">
-        <v>14268</v>
+        <v>14278</v>
       </c>
       <c r="B121">
-        <v>0.57</v>
+        <v>0.81</v>
       </c>
       <c r="C121" t="s">
-        <v>337</v>
+        <v>297</v>
       </c>
       <c r="D121" t="s">
-        <v>235</v>
+        <v>25</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H121" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I121" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J121" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K121" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L121" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M121" s="6">
-        <v>20349.0</v>
+        <v>74844.0</v>
       </c>
       <c r="N121" s="6">
-        <v>24622</v>
+        <v>90561</v>
       </c>
       <c r="O121" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P121" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:17">
       <c r="A122">
-        <v>14346</v>
+        <v>12476</v>
       </c>
       <c r="B122">
-        <v>0.43</v>
+        <v>0.7</v>
       </c>
       <c r="C122" t="s">
-        <v>338</v>
+        <v>298</v>
       </c>
       <c r="D122" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H122" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I122" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J122" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K122" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L122" t="s">
-        <v>284</v>
+        <v>199</v>
       </c>
       <c r="M122" s="6">
-        <v>20769.0</v>
+        <v>82320.0</v>
       </c>
       <c r="N122" s="6">
-        <v>25130</v>
+        <v>99607</v>
       </c>
       <c r="O122" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P122" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="123" spans="1:17">
       <c r="A123">
-        <v>14345</v>
+        <v>12477</v>
       </c>
       <c r="B123">
-        <v>0.43</v>
+        <v>0.7</v>
       </c>
       <c r="C123" t="s">
-        <v>339</v>
+        <v>299</v>
       </c>
       <c r="D123" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H123" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I123" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J123" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K123" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L123" t="s">
-        <v>312</v>
+        <v>199</v>
       </c>
       <c r="M123" s="6">
-        <v>22575.0</v>
+        <v>82320.0</v>
       </c>
       <c r="N123" s="6">
-        <v>27316</v>
+        <v>99607</v>
       </c>
       <c r="O123" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P123" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="124" spans="1:17">
       <c r="A124">
-        <v>14344</v>
+        <v>11575</v>
       </c>
       <c r="B124">
-        <v>0.43</v>
+        <v>0.9</v>
       </c>
       <c r="C124" t="s">
-        <v>340</v>
+        <v>300</v>
       </c>
       <c r="D124" t="s">
-        <v>25</v>
+        <v>193</v>
       </c>
       <c r="E124" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G124" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H124" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I124" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J124" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K124" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L124" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M124" s="6">
-        <v>25284.0</v>
+        <v>92610.0</v>
       </c>
       <c r="N124" s="6">
-        <v>30594</v>
+        <v>112058</v>
       </c>
       <c r="O124" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P124" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="125" spans="1:17">
       <c r="A125">
-        <v>13153</v>
+        <v>11583</v>
       </c>
       <c r="B125">
-        <v>0.55</v>
+        <v>0.9</v>
       </c>
       <c r="C125" t="s">
-        <v>341</v>
+        <v>301</v>
       </c>
       <c r="D125" t="s">
-        <v>243</v>
+        <v>193</v>
       </c>
       <c r="E125" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G125" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H125" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I125" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J125" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K125" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L125" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M125" s="6">
-        <v>25757.0</v>
+        <v>92610.0</v>
       </c>
       <c r="N125" s="6">
-        <v>31166</v>
+        <v>112058</v>
       </c>
       <c r="O125" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P125" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="126" spans="1:17">
       <c r="A126">
-        <v>14265</v>
+        <v>13227</v>
       </c>
       <c r="B126">
-        <v>0.55</v>
+        <v>1.5</v>
       </c>
       <c r="C126" t="s">
-        <v>342</v>
+        <v>302</v>
       </c>
       <c r="D126" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="H126" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>170</v>
       </c>
       <c r="J126" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K126" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L126" t="s">
-        <v>312</v>
+        <v>199</v>
       </c>
       <c r="M126" s="6">
-        <v>26565.0</v>
+        <v>94000.0</v>
       </c>
       <c r="N126" s="6">
-        <v>32144</v>
+        <v>113740</v>
       </c>
       <c r="O126" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P126" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="127" spans="1:17">
       <c r="A127">
-        <v>13286</v>
+        <v>14580</v>
       </c>
       <c r="B127">
-        <v>0.55</v>
+        <v>1</v>
       </c>
       <c r="C127" t="s">
-        <v>343</v>
+        <v>303</v>
       </c>
       <c r="D127" t="s">
-        <v>243</v>
+        <v>25</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>207</v>
+        <v>304</v>
       </c>
       <c r="H127" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>170</v>
       </c>
       <c r="J127" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K127" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L127" t="s">
-        <v>284</v>
+        <v>168</v>
       </c>
       <c r="M127" s="6">
-        <v>28298.0</v>
+        <v>114240.0</v>
       </c>
       <c r="N127" s="6">
-        <v>34240</v>
+        <v>138230</v>
       </c>
       <c r="O127" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P127" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="128" spans="1:17">
       <c r="A128">
-        <v>14047</v>
+        <v>13765</v>
       </c>
       <c r="B128">
-        <v>0.57</v>
+        <v>1.01</v>
       </c>
       <c r="C128" t="s">
-        <v>344</v>
+        <v>305</v>
       </c>
       <c r="D128" t="s">
-        <v>277</v>
+        <v>25</v>
       </c>
       <c r="E128" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G128" t="s">
-        <v>345</v>
+        <v>164</v>
       </c>
       <c r="H128" t="s">
-        <v>236</v>
+        <v>170</v>
+      </c>
+      <c r="I128" t="s">
+        <v>171</v>
       </c>
       <c r="J128" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K128" t="s">
-        <v>210</v>
+        <v>171</v>
       </c>
       <c r="L128" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M128" s="6">
-        <v>29412.0</v>
+        <v>130000.0</v>
       </c>
       <c r="N128" s="6">
-        <v>35589</v>
+        <v>157300</v>
       </c>
       <c r="O128" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P128" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="129" spans="1:17">
       <c r="A129">
-        <v>14359</v>
+        <v>13143</v>
       </c>
       <c r="B129">
-        <v>0.53</v>
+        <v>0.9</v>
       </c>
       <c r="C129" t="s">
-        <v>346</v>
+        <v>306</v>
       </c>
       <c r="D129" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H129" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I129" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J129" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K129" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L129" t="s">
-        <v>312</v>
+        <v>203</v>
       </c>
       <c r="M129" s="6">
-        <v>31164.0</v>
+        <v>145530.0</v>
       </c>
       <c r="N129" s="6">
-        <v>37708</v>
+        <v>176091</v>
       </c>
       <c r="O129" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P129" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="130" spans="1:17">
       <c r="A130">
-        <v>14360</v>
+        <v>13144</v>
       </c>
       <c r="B130">
-        <v>0.53</v>
+        <v>0.9</v>
       </c>
       <c r="C130" t="s">
-        <v>347</v>
+        <v>307</v>
       </c>
       <c r="D130" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H130" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I130" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J130" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K130" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L130" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M130" s="6">
-        <v>31164.0</v>
+        <v>145530.0</v>
       </c>
       <c r="N130" s="6">
-        <v>37708</v>
+        <v>176091</v>
       </c>
       <c r="O130" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P130" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="131" spans="1:17">
       <c r="A131">
-        <v>14152</v>
+        <v>12737</v>
       </c>
       <c r="B131">
-        <v>0.52</v>
+        <v>0.92</v>
       </c>
       <c r="C131" t="s">
-        <v>346</v>
+        <v>308</v>
       </c>
       <c r="D131" t="s">
-        <v>277</v>
+        <v>19</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H131" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I131" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J131" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K131" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L131" t="s">
-        <v>312</v>
+        <v>199</v>
       </c>
       <c r="M131" s="6">
-        <v>32422.0</v>
+        <v>148764.0</v>
       </c>
       <c r="N131" s="6">
-        <v>39231</v>
+        <v>180004</v>
       </c>
       <c r="O131" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P131" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="132" spans="1:17">
       <c r="A132">
-        <v>11196</v>
+        <v>14104</v>
       </c>
       <c r="B132">
-        <v>0.7</v>
+        <v>1.01</v>
       </c>
       <c r="C132" t="s">
-        <v>348</v>
+        <v>309</v>
       </c>
       <c r="D132" t="s">
-        <v>283</v>
+        <v>19</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>207</v>
+        <v>164</v>
       </c>
       <c r="H132" t="s">
-        <v>236</v>
+        <v>170</v>
       </c>
       <c r="I132" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="J132" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K132" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L132" t="s">
-        <v>284</v>
+        <v>203</v>
       </c>
       <c r="M132" s="6">
-        <v>32781.0</v>
+        <v>176500.0</v>
       </c>
       <c r="N132" s="6">
-        <v>39665</v>
+        <v>213565</v>
       </c>
       <c r="O132" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P132" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="133" spans="1:17">
       <c r="A133">
-        <v>14373</v>
+        <v>3887</v>
       </c>
       <c r="B133">
-        <v>0.71</v>
+        <v>2.24</v>
       </c>
       <c r="C133" t="s">
-        <v>349</v>
+        <v>310</v>
       </c>
       <c r="D133" t="s">
-        <v>235</v>
+        <v>283</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
+      <c r="F133" t="s">
+        <v>311</v>
+      </c>
       <c r="G133" t="s">
-        <v>207</v>
+        <v>312</v>
       </c>
       <c r="H133" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>170</v>
       </c>
       <c r="J133" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K133" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="L133" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="M133" s="6">
-        <v>32802.0</v>
+        <v>275000.0</v>
       </c>
       <c r="N133" s="6">
-        <v>39690</v>
+        <v>332750</v>
       </c>
       <c r="O133" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P133" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="134" spans="1:17">
       <c r="A134">
-        <v>14374</v>
+        <v>9353</v>
       </c>
       <c r="B134">
-        <v>0.72</v>
+        <v>1.02</v>
       </c>
       <c r="C134" t="s">
-        <v>350</v>
+        <v>314</v>
       </c>
       <c r="D134" t="s">
-        <v>235</v>
+        <v>283</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
+      <c r="F134" t="s">
+        <v>315</v>
+      </c>
       <c r="G134" t="s">
-        <v>207</v>
+        <v>312</v>
       </c>
       <c r="H134" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>170</v>
       </c>
       <c r="J134" t="s">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="K134" t="s">
-        <v>226</v>
+        <v>166</v>
       </c>
       <c r="L134" t="s">
-        <v>312</v>
+        <v>168</v>
       </c>
       <c r="M134" s="6">
-        <v>33264.0</v>
+        <v>429000.0</v>
       </c>
       <c r="N134" s="6">
-        <v>40249</v>
+        <v>519090</v>
       </c>
       <c r="O134" t="s">
-        <v>212</v>
+        <v>169</v>
       </c>
       <c r="P134" t="s">
-        <v>162</v>
-[...45 lines deleted...]
-      <c r="P135" t="s">
         <v>163</v>
-      </c>
-[...2010 lines deleted...]
-        <v>206</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -10218,94 +7892,50 @@
     <hyperlink ref="P110" r:id="rId_hyperlink_108"/>
     <hyperlink ref="P111" r:id="rId_hyperlink_109"/>
     <hyperlink ref="P112" r:id="rId_hyperlink_110"/>
     <hyperlink ref="P113" r:id="rId_hyperlink_111"/>
     <hyperlink ref="P114" r:id="rId_hyperlink_112"/>
     <hyperlink ref="P115" r:id="rId_hyperlink_113"/>
     <hyperlink ref="P116" r:id="rId_hyperlink_114"/>
     <hyperlink ref="P117" r:id="rId_hyperlink_115"/>
     <hyperlink ref="P118" r:id="rId_hyperlink_116"/>
     <hyperlink ref="P119" r:id="rId_hyperlink_117"/>
     <hyperlink ref="P120" r:id="rId_hyperlink_118"/>
     <hyperlink ref="P121" r:id="rId_hyperlink_119"/>
     <hyperlink ref="P122" r:id="rId_hyperlink_120"/>
     <hyperlink ref="P123" r:id="rId_hyperlink_121"/>
     <hyperlink ref="P124" r:id="rId_hyperlink_122"/>
     <hyperlink ref="P125" r:id="rId_hyperlink_123"/>
     <hyperlink ref="P126" r:id="rId_hyperlink_124"/>
     <hyperlink ref="P127" r:id="rId_hyperlink_125"/>
     <hyperlink ref="P128" r:id="rId_hyperlink_126"/>
     <hyperlink ref="P129" r:id="rId_hyperlink_127"/>
     <hyperlink ref="P130" r:id="rId_hyperlink_128"/>
     <hyperlink ref="P131" r:id="rId_hyperlink_129"/>
     <hyperlink ref="P132" r:id="rId_hyperlink_130"/>
     <hyperlink ref="P133" r:id="rId_hyperlink_131"/>
     <hyperlink ref="P134" r:id="rId_hyperlink_132"/>
-    <hyperlink ref="P135" r:id="rId_hyperlink_133"/>
-[...42 lines deleted...]
-    <hyperlink ref="P178" r:id="rId_hyperlink_176"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>