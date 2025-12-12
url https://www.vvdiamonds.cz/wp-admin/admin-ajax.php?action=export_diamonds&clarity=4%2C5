--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,672 +73,426 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>4.31mm - 4.33mm x 2.72mm</t>
+    <t>4.64mm - 4.66mm x 2.90mm</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
+    <t>VS1</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.70mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
     <t>VS2</t>
   </si>
   <si>
-    <t>4.28mm - 4.31mm x 2.65mm</t>
-[...11 lines deleted...]
-    <t>4.71mm - 4.73mm x 2.96mm</t>
+    <t>4.35mm - 4.37mm x 2.73mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>4.29mm - 4.31mm x 2.64mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>4.91mm - 4.94mm x 3.07mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.70mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>4.62mm - 4.65mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-g-vs1-s-gia-certifikatem-14115.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14110.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/046ct-j-vs2-s-gia-certifikatem-14150.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-g-vs2-s-gia-certifikatem-14124.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14139.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-f-vs2-s-gia-certifikatem-14171.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vs2-s-gia-certifikatem-13632.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-h-vs1-s-gia-certifikatem-14173.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-h-vs1-s-gia-certifikatem-14174.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-13703.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-f-vs1-s-gia-certifikatem-13537.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>4.73mm - 4.75mm x 2.96mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.74mm x 2.99mm</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.82mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.79mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.77mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.81mm - 4.84mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>5.32mm - 5.36mm x 3.20mm</t>
+  </si>
+  <si>
+    <t>5.67mm - 5.70mm x 3.57mm</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>7.64mm x 4.65mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>5.67mm - 5.71mm x 3.52mm</t>
+  </si>
+  <si>
+    <t>5.91mm - 5.95mm x 3.70mm</t>
+  </si>
+  <si>
+    <t>5.87mm - 5.90mm x 3.68mm</t>
+  </si>
+  <si>
+    <t>7.75mm x 5.05mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>6.17mm - 6.19mm x 3.85mm</t>
+  </si>
+  <si>
+    <t>5.53mm - 5.56mm x 3.53mm</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>6.14mm - 6.17mm x 3.86mm</t>
+  </si>
+  <si>
+    <t>6.13mm - 6.17mm x 3.85mm</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.76mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>Faint Pink</t>
+  </si>
+  <si>
+    <t>7.91mm x 4.97mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>Oval</t>
+  </si>
+  <si>
+    <t>6.10mm - 6.13mm x 3.88mm</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
+    <t>5.72mm - 5.79mm x 3.71mm</t>
+  </si>
+  <si>
+    <t>6.31mm - 6.34mm x 4.02mm</t>
+  </si>
+  <si>
+    <t>7.18mm x 5.98mm x 4.04mm</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Cushion</t>
+  </si>
+  <si>
+    <t>6.11mm - 6.15mm x 3.84mm</t>
+  </si>
+  <si>
+    <t>6.62mm - 6.67mm x 4.17mm</t>
+  </si>
+  <si>
+    <t>6.59mm - 6.64mm x 4.14mm</t>
+  </si>
+  <si>
+    <t>8.28mm x 5.65mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>5.86mm x 6.90mm x 4.13mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>6.33mm - 6.37mm x 3.99mm</t>
+  </si>
+  <si>
+    <t>6.34mm - 6.38mm x 4.02mm</t>
+  </si>
+  <si>
+    <t>6.99mm - 7.07mm x 4.12mm</t>
+  </si>
+  <si>
+    <t>8.15mm - 8.19mm x 4.91mm</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
-    <t>4.65mm - 4.66mm x 2.87mm</t>
-[...556 lines deleted...]
-  <si>
     <t>7.45mm x 5.39mm x 3.70mm</t>
   </si>
   <si>
     <t>Emerald</t>
   </si>
   <si>
     <t>7.28mm - 7.33mm x 4.58mm</t>
   </si>
   <si>
     <t>8.48mm x 7.68mm x 5.42mm</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
     <t>7.93mm - 7.98mm x 5.05mm</t>
   </si>
   <si>
     <t>3.18mm x 2.72mm x 1.78mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Blue</t>
-  </si>
-[...13 lines deleted...]
-    <t>Good</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
@@ -1206,62 +960,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-j-vs2-s-gia-certifikatem-13991.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vs1-s-gia-certifikatem-13990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-j-vs1-s-gia-certifikatem-14007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-j-vs1-s-gia-certifikatem-13997.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-13929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-j-vs1-s-gia-certifikatem-13902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-j-vs1-s-gia-certifikatem-14006.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/032ct-i-vs1-s-gia-certifikatem-13995.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-13908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-h-vs2-s-gia-certifikatem-13993.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs1-s-gia-certifikatem-13932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-13998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-13916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-13917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-h-vs1-s-gia-certifikatem-13994.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-13920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-13921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-g-vs1-s-gia-certifikatem-14114.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-j-vs2-s-gia-certifikatem-14145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vs1-s-gia-certifikatem-14115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14110.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs1-s-gia-certifikatem-14144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-e-vs1-s-gia-certifikatem-14005.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-j-vs2-s-gia-certifikatem-14150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vs2-s-gia-certifikatem-14124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-h-vs1-s-gia-certifikatem-13919.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14117.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14118.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14119.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14002.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-i-vs2-s-gia-certifikatem-14149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-f-vs1-s-gia-certifikatem-14121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-f-vs1-s-gia-certifikatem-14122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-h-vs1-s-gia-certifikatem-14016.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-g-vs2-s-gia-certifikatem-14147.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-g-vs2-s-gia-certifikatem-14148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vs2-s-gia-certifikatem-14081.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-i-vs1-s-gia-certifikatem-13561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-h-vs1-s-gia-certifikatem-14084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/063ct-h-vs2-s-gia-certifikatem-14155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-i-vs1-s-gia-certifikatem-13968.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/072ct-i-vs1-s-gia-certifikatem-14042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs2-s-gia-certifikatem-13632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-vs1-s-gia-certifikatem-13341.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-14105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-13703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-h-vs2-s-gia-certifikatem-10411.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-f-vs1-s-gia-certifikatem-13537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-bl2-fancy-blue-gray-vs2-arg-tender-s-gia-hofer-12884.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vs1-s-gia-certifikatem-14115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14110.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-j-vs2-s-gia-certifikatem-14150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vs2-s-gia-certifikatem-14124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-f-vs2-s-gia-certifikatem-14171.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs2-s-gia-certifikatem-13632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-h-vs1-s-gia-certifikatem-14173.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-h-vs1-s-gia-certifikatem-14174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-13703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-f-vs1-s-gia-certifikatem-13537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q88"/>
+  <dimension ref="A1:Q49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N88" sqref="N88"/>
+      <selection activeCell="N49" sqref="N49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1303,4058 +1057,2225 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>13991</v>
+        <v>14004</v>
       </c>
       <c r="B3">
-        <v>0.31</v>
+        <v>0.38</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H3" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I3" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="J3" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K3" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="L3" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="M3" s="6">
-        <v>6665.0</v>
+        <v>8987.0</v>
       </c>
       <c r="N3" s="6">
-        <v>8065</v>
+        <v>10874</v>
       </c>
       <c r="O3" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>13990</v>
+        <v>13937</v>
       </c>
       <c r="B4">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G4" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H4" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I4" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="J4" t="s">
-        <v>119</v>
+        <v>85</v>
       </c>
       <c r="K4" t="s">
-        <v>119</v>
+        <v>85</v>
       </c>
       <c r="L4" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="M4" s="6">
-        <v>7095.0</v>
+        <v>9460.0</v>
       </c>
       <c r="N4" s="6">
-        <v>8585</v>
+        <v>11447</v>
       </c>
       <c r="O4" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P4" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14007</v>
+        <v>14115</v>
       </c>
       <c r="B5">
         <v>0.31</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H5" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I5" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J5" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K5" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L5" t="s">
-        <v>121</v>
+        <v>87</v>
       </c>
       <c r="M5" s="6">
-        <v>7332.0</v>
+        <v>10664.0</v>
       </c>
       <c r="N5" s="6">
-        <v>8871</v>
+        <v>12903</v>
       </c>
       <c r="O5" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>13997</v>
+        <v>14110</v>
       </c>
       <c r="B6">
-        <v>0.32</v>
+        <v>0.3</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H6" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I6" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J6" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K6" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L6" t="s">
-        <v>121</v>
+        <v>87</v>
       </c>
       <c r="M6" s="6">
-        <v>7568.0</v>
+        <v>10965.0</v>
       </c>
       <c r="N6" s="6">
-        <v>9157</v>
+        <v>13268</v>
       </c>
       <c r="O6" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>13929</v>
+        <v>14150</v>
       </c>
       <c r="B7">
-        <v>0.4</v>
+        <v>0.46</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G7" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H7" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I7" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J7" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K7" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L7" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="M7" s="6">
-        <v>8600.0</v>
+        <v>11868.0</v>
       </c>
       <c r="N7" s="6">
-        <v>10406</v>
+        <v>14360</v>
       </c>
       <c r="O7" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P7" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>13902</v>
+        <v>14142</v>
       </c>
       <c r="B8">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G8" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H8" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I8" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J8" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K8" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L8" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="M8" s="6">
-        <v>8751.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N8" s="6">
-        <v>10588</v>
+        <v>14568</v>
       </c>
       <c r="O8" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14006</v>
+        <v>14143</v>
       </c>
       <c r="B9">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G9" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H9" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I9" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J9" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K9" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L9" t="s">
-        <v>123</v>
+        <v>83</v>
       </c>
       <c r="M9" s="6">
-        <v>8751.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N9" s="6">
-        <v>10588</v>
+        <v>14568</v>
       </c>
       <c r="O9" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>13995</v>
+        <v>14124</v>
       </c>
       <c r="B10">
-        <v>0.32</v>
+        <v>0.38</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G10" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H10" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I10" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J10" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K10" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L10" t="s">
-        <v>124</v>
+        <v>83</v>
       </c>
       <c r="M10" s="6">
-        <v>8944.0</v>
+        <v>12255.0</v>
       </c>
       <c r="N10" s="6">
-        <v>10822</v>
+        <v>14829</v>
       </c>
       <c r="O10" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P10" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>13908</v>
+        <v>14139</v>
       </c>
       <c r="B11">
-        <v>0.38</v>
+        <v>0.41</v>
       </c>
       <c r="C11" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H11" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I11" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J11" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K11" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L11" t="s">
-        <v>124</v>
+        <v>86</v>
       </c>
       <c r="M11" s="6">
-        <v>8987.0</v>
+        <v>13223.0</v>
       </c>
       <c r="N11" s="6">
-        <v>10874</v>
+        <v>15999</v>
       </c>
       <c r="O11" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P11" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14004</v>
+        <v>14140</v>
       </c>
       <c r="B12">
-        <v>0.38</v>
+        <v>0.41</v>
       </c>
       <c r="C12" t="s">
-        <v>126</v>
+        <v>89</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H12" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I12" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J12" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K12" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L12" t="s">
-        <v>124</v>
+        <v>86</v>
       </c>
       <c r="M12" s="6">
-        <v>8987.0</v>
+        <v>13223.0</v>
       </c>
       <c r="N12" s="6">
-        <v>10874</v>
+        <v>15999</v>
       </c>
       <c r="O12" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P12" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>13993</v>
+        <v>13943</v>
       </c>
       <c r="B13">
-        <v>0.31</v>
+        <v>0.41</v>
       </c>
       <c r="C13" t="s">
-        <v>127</v>
+        <v>90</v>
       </c>
       <c r="D13" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H13" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I13" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J13" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K13" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L13" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="M13" s="6">
-        <v>9331.0</v>
+        <v>14986.0</v>
       </c>
       <c r="N13" s="6">
-        <v>11291</v>
+        <v>18132</v>
       </c>
       <c r="O13" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P13" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>13932</v>
+        <v>13944</v>
       </c>
       <c r="B14">
-        <v>0.4</v>
+        <v>0.41</v>
       </c>
       <c r="C14" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="D14" t="s">
-        <v>130</v>
+        <v>91</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H14" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I14" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J14" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K14" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L14" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="M14" s="6">
-        <v>9460.0</v>
+        <v>14986.0</v>
       </c>
       <c r="N14" s="6">
-        <v>11447</v>
+        <v>18132</v>
       </c>
       <c r="O14" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P14" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>13937</v>
+        <v>14135</v>
       </c>
       <c r="B15">
         <v>0.4</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>93</v>
       </c>
       <c r="D15" t="s">
-        <v>130</v>
+        <v>25</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G15" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H15" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I15" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="J15" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="K15" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="L15" t="s">
-        <v>121</v>
+        <v>87</v>
       </c>
       <c r="M15" s="6">
-        <v>9460.0</v>
+        <v>15480.0</v>
       </c>
       <c r="N15" s="6">
-        <v>11447</v>
+        <v>18731</v>
       </c>
       <c r="O15" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P15" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>13998</v>
+        <v>14134</v>
       </c>
       <c r="B16">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
       <c r="C16" t="s">
-        <v>132</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H16" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I16" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J16" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K16" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L16" t="s">
-        <v>124</v>
+        <v>83</v>
       </c>
       <c r="M16" s="6">
-        <v>9546.0</v>
+        <v>16340.0</v>
       </c>
       <c r="N16" s="6">
-        <v>11551</v>
+        <v>19771</v>
       </c>
       <c r="O16" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>13916</v>
+        <v>13623</v>
       </c>
       <c r="B17">
-        <v>0.38</v>
+        <v>0.4</v>
       </c>
       <c r="C17" t="s">
-        <v>133</v>
+        <v>95</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G17" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H17" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I17" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J17" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K17" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L17" t="s">
-        <v>124</v>
+        <v>86</v>
       </c>
       <c r="M17" s="6">
-        <v>9804.0</v>
+        <v>16704.0</v>
       </c>
       <c r="N17" s="6">
-        <v>11863</v>
+        <v>20212</v>
       </c>
       <c r="O17" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P17" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>13917</v>
+        <v>14133</v>
       </c>
       <c r="B18">
-        <v>0.38</v>
+        <v>0.42</v>
       </c>
       <c r="C18" t="s">
-        <v>134</v>
+        <v>96</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H18" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I18" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J18" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K18" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L18" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="M18" s="6">
-        <v>9804.0</v>
+        <v>17157.0</v>
       </c>
       <c r="N18" s="6">
-        <v>11863</v>
+        <v>20760</v>
       </c>
       <c r="O18" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P18" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>13994</v>
+        <v>14171</v>
       </c>
       <c r="B19">
-        <v>0.31</v>
+        <v>0.56</v>
       </c>
       <c r="C19" t="s">
-        <v>135</v>
+        <v>97</v>
       </c>
       <c r="D19" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="E19" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G19" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H19" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I19" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J19" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K19" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L19" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M19" s="6">
-        <v>9998.0</v>
+        <v>26488.0</v>
       </c>
       <c r="N19" s="6">
-        <v>12097</v>
+        <v>32050</v>
       </c>
       <c r="O19" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P19" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>13920</v>
+        <v>11472</v>
       </c>
       <c r="B20">
-        <v>0.39</v>
+        <v>0.71</v>
       </c>
       <c r="C20" t="s">
-        <v>136</v>
+        <v>98</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>99</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H20" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I20" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J20" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K20" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L20" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="M20" s="6">
-        <v>10062.0</v>
+        <v>28755.0</v>
       </c>
       <c r="N20" s="6">
-        <v>12175</v>
+        <v>34794</v>
       </c>
       <c r="O20" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>13921</v>
+        <v>13633</v>
       </c>
       <c r="B21">
-        <v>0.39</v>
+        <v>0.59</v>
       </c>
       <c r="C21" t="s">
-        <v>137</v>
+        <v>100</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="H21" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="J21" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K21" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L21" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="M21" s="6">
-        <v>10062.0</v>
+        <v>35589.0</v>
       </c>
       <c r="N21" s="6">
-        <v>12175</v>
+        <v>43062</v>
       </c>
       <c r="O21" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>14114</v>
+        <v>13632</v>
       </c>
       <c r="B22">
-        <v>0.3</v>
+        <v>0.7</v>
       </c>
       <c r="C22" t="s">
-        <v>138</v>
+        <v>103</v>
       </c>
       <c r="D22" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="E22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G22" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H22" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I22" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J22" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K22" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L22" t="s">
-        <v>123</v>
+        <v>86</v>
       </c>
       <c r="M22" s="6">
-        <v>10320.0</v>
+        <v>42224.0</v>
       </c>
       <c r="N22" s="6">
-        <v>12487</v>
+        <v>51091</v>
       </c>
       <c r="O22" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P22" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>14145</v>
+        <v>14173</v>
       </c>
       <c r="B23">
-        <v>0.41</v>
+        <v>0.8</v>
       </c>
       <c r="C23" t="s">
-        <v>140</v>
+        <v>104</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>91</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H23" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I23" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J23" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K23" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L23" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M23" s="6">
-        <v>10578.0</v>
+        <v>44720.0</v>
       </c>
       <c r="N23" s="6">
-        <v>12799</v>
+        <v>54111</v>
       </c>
       <c r="O23" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P23" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>14115</v>
+        <v>14174</v>
       </c>
       <c r="B24">
-        <v>0.31</v>
+        <v>0.8</v>
       </c>
       <c r="C24" t="s">
-        <v>141</v>
+        <v>105</v>
       </c>
       <c r="D24" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="E24" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H24" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I24" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J24" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K24" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L24" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M24" s="6">
-        <v>10664.0</v>
+        <v>44720.0</v>
       </c>
       <c r="N24" s="6">
-        <v>12903</v>
+        <v>54111</v>
       </c>
       <c r="O24" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P24" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>14109</v>
+        <v>8083</v>
       </c>
       <c r="B25">
-        <v>0.3</v>
+        <v>0.9</v>
       </c>
       <c r="C25" t="s">
-        <v>142</v>
+        <v>106</v>
       </c>
       <c r="D25" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="E25" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G25" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="H25" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="J25" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K25" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="L25" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M25" s="6">
-        <v>10965.0</v>
+        <v>45279.0</v>
       </c>
       <c r="N25" s="6">
-        <v>13268</v>
+        <v>54788</v>
       </c>
       <c r="O25" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P25" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>14110</v>
+        <v>14045</v>
       </c>
       <c r="B26">
-        <v>0.3</v>
+        <v>0.91</v>
       </c>
       <c r="C26" t="s">
-        <v>144</v>
+        <v>107</v>
       </c>
       <c r="D26" t="s">
-        <v>143</v>
+        <v>22</v>
       </c>
       <c r="E26" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H26" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I26" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J26" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K26" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L26" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M26" s="6">
-        <v>10965.0</v>
+        <v>50869.0</v>
       </c>
       <c r="N26" s="6">
-        <v>13268</v>
+        <v>61551</v>
       </c>
       <c r="O26" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P26" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14144</v>
+        <v>4963</v>
       </c>
       <c r="B27">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C27" t="s">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="D27" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="E27" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H27" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="I27" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="J27" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="K27" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="L27" t="s">
-        <v>123</v>
+        <v>83</v>
       </c>
       <c r="M27" s="6">
-        <v>11180.0</v>
+        <v>54791.0</v>
       </c>
       <c r="N27" s="6">
-        <v>13528</v>
+        <v>66297</v>
       </c>
       <c r="O27" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P27" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>14005</v>
+        <v>14046</v>
       </c>
       <c r="B28">
-        <v>0.3</v>
+        <v>0.9</v>
       </c>
       <c r="C28" t="s">
-        <v>146</v>
+        <v>110</v>
       </c>
       <c r="D28" t="s">
-        <v>147</v>
+        <v>19</v>
       </c>
       <c r="E28" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H28" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I28" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J28" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K28" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L28" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M28" s="6">
-        <v>11610.0</v>
+        <v>56115.0</v>
       </c>
       <c r="N28" s="6">
-        <v>14048</v>
+        <v>67899</v>
       </c>
       <c r="O28" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P28" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14150</v>
+        <v>14044</v>
       </c>
       <c r="B29">
-        <v>0.46</v>
+        <v>0.91</v>
       </c>
       <c r="C29" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="D29" t="s">
         <v>19</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H29" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I29" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J29" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K29" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L29" t="s">
-        <v>121</v>
+        <v>87</v>
       </c>
       <c r="M29" s="6">
-        <v>11190.0</v>
+        <v>56739.0</v>
       </c>
       <c r="N29" s="6">
-        <v>13540</v>
+        <v>68654</v>
       </c>
       <c r="O29" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P29" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>14142</v>
+        <v>13236</v>
       </c>
       <c r="B30">
-        <v>0.4</v>
+        <v>0.41</v>
       </c>
       <c r="C30" t="s">
-        <v>149</v>
+        <v>112</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>113</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="F30" t="s">
+        <v>114</v>
       </c>
       <c r="G30" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H30" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="J30" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K30" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L30" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="M30" s="6">
-        <v>12040.0</v>
+        <v>59500.0</v>
       </c>
       <c r="N30" s="6">
-        <v>14568</v>
+        <v>71995</v>
       </c>
       <c r="O30" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P30" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>14143</v>
+        <v>10574</v>
       </c>
       <c r="B31">
-        <v>0.4</v>
+        <v>0.75</v>
       </c>
       <c r="C31" t="s">
-        <v>150</v>
+        <v>115</v>
       </c>
       <c r="D31" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="H31" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="J31" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K31" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L31" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="M31" s="6">
-        <v>12040.0</v>
+        <v>61883.0</v>
       </c>
       <c r="N31" s="6">
-        <v>14568</v>
+        <v>74878</v>
       </c>
       <c r="O31" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P31" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>14124</v>
+        <v>11491</v>
       </c>
       <c r="B32">
-        <v>0.38</v>
+        <v>0.91</v>
       </c>
       <c r="C32" t="s">
-        <v>151</v>
+        <v>117</v>
       </c>
       <c r="D32" t="s">
-        <v>139</v>
+        <v>30</v>
       </c>
       <c r="E32" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G32" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H32" t="s">
         <v>118</v>
       </c>
       <c r="I32" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="J32" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K32" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="L32" t="s">
-        <v>124</v>
+        <v>83</v>
       </c>
       <c r="M32" s="6">
-        <v>12255.0</v>
+        <v>64938.0</v>
       </c>
       <c r="N32" s="6">
-        <v>14829</v>
+        <v>78575</v>
       </c>
       <c r="O32" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P32" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>13919</v>
+        <v>6122</v>
       </c>
       <c r="B33">
-        <v>0.39</v>
+        <v>0.8</v>
       </c>
       <c r="C33" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="D33" t="s">
-        <v>128</v>
+        <v>101</v>
       </c>
       <c r="E33" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H33" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I33" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="J33" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K33" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="L33" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="M33" s="6">
-        <v>12578.0</v>
+        <v>69576.0</v>
       </c>
       <c r="N33" s="6">
-        <v>15219</v>
+        <v>84187</v>
       </c>
       <c r="O33" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P33" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>14117</v>
+        <v>13703</v>
       </c>
       <c r="B34">
-        <v>0.37</v>
+        <v>1</v>
       </c>
       <c r="C34" t="s">
-        <v>153</v>
+        <v>120</v>
       </c>
       <c r="D34" t="s">
-        <v>139</v>
+        <v>19</v>
       </c>
       <c r="E34" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G34" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H34" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I34" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J34" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K34" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L34" t="s">
-        <v>124</v>
+        <v>86</v>
       </c>
       <c r="M34" s="6">
-        <v>12728.0</v>
+        <v>69900.0</v>
       </c>
       <c r="N34" s="6">
-        <v>15401</v>
+        <v>84579</v>
       </c>
       <c r="O34" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P34" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>14118</v>
+        <v>13229</v>
       </c>
       <c r="B35">
-        <v>0.37</v>
+        <v>1.51</v>
       </c>
       <c r="C35" t="s">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="D35" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="E35" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="H35" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="J35" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K35" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L35" t="s">
-        <v>124</v>
+        <v>86</v>
       </c>
       <c r="M35" s="6">
-        <v>12728.0</v>
+        <v>85000.0</v>
       </c>
       <c r="N35" s="6">
-        <v>15401</v>
+        <v>102850</v>
       </c>
       <c r="O35" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P35" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>14119</v>
+        <v>11578</v>
       </c>
       <c r="B36">
-        <v>0.37</v>
+        <v>0.9</v>
       </c>
       <c r="C36" t="s">
-        <v>155</v>
+        <v>124</v>
       </c>
       <c r="D36" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="E36" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H36" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I36" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J36" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K36" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L36" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="M36" s="6">
-        <v>12728.0</v>
+        <v>99225.0</v>
       </c>
       <c r="N36" s="6">
-        <v>15401</v>
+        <v>120062</v>
       </c>
       <c r="O36" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P36" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>14002</v>
+        <v>14203</v>
       </c>
       <c r="B37">
-        <v>0.37</v>
+        <v>1.13</v>
       </c>
       <c r="C37" t="s">
-        <v>156</v>
+        <v>125</v>
       </c>
       <c r="D37" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="E37" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G37" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H37" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I37" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J37" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K37" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L37" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="M37" s="6">
-        <v>12728.0</v>
+        <v>107900.0</v>
       </c>
       <c r="N37" s="6">
-        <v>15401</v>
+        <v>130559</v>
       </c>
       <c r="O37" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P37" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>14139</v>
+        <v>13373</v>
       </c>
       <c r="B38">
-        <v>0.41</v>
+        <v>1.13</v>
       </c>
       <c r="C38" t="s">
-        <v>157</v>
+        <v>126</v>
       </c>
       <c r="D38" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
       <c r="E38" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G38" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H38" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I38" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J38" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K38" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L38" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="M38" s="6">
-        <v>13223.0</v>
+        <v>119800.0</v>
       </c>
       <c r="N38" s="6">
-        <v>15999</v>
+        <v>144958</v>
       </c>
       <c r="O38" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P38" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>14140</v>
+        <v>13537</v>
       </c>
       <c r="B39">
-        <v>0.41</v>
+        <v>1.02</v>
       </c>
       <c r="C39" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="D39" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E39" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="H39" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="J39" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K39" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L39" t="s">
-        <v>121</v>
+        <v>87</v>
       </c>
       <c r="M39" s="6">
-        <v>13223.0</v>
+        <v>122700.0</v>
       </c>
       <c r="N39" s="6">
-        <v>15999</v>
+        <v>148467</v>
       </c>
       <c r="O39" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P39" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>14149</v>
+        <v>13231</v>
       </c>
       <c r="B40">
-        <v>0.46</v>
+        <v>1.02</v>
       </c>
       <c r="C40" t="s">
-        <v>159</v>
+        <v>128</v>
       </c>
       <c r="D40" t="s">
-        <v>30</v>
+        <v>129</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="H40" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="J40" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K40" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L40" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M40" s="6">
-        <v>13846.0</v>
+        <v>138000.0</v>
       </c>
       <c r="N40" s="6">
-        <v>16754</v>
+        <v>166980</v>
       </c>
       <c r="O40" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P40" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>14121</v>
+        <v>11867</v>
       </c>
       <c r="B41">
-        <v>0.38</v>
+        <v>1</v>
       </c>
       <c r="C41" t="s">
-        <v>160</v>
+        <v>131</v>
       </c>
       <c r="D41" t="s">
-        <v>143</v>
+        <v>25</v>
       </c>
       <c r="E41" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H41" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I41" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J41" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K41" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L41" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M41" s="6">
-        <v>13889.0</v>
+        <v>153500.0</v>
       </c>
       <c r="N41" s="6">
-        <v>16806</v>
+        <v>185735</v>
       </c>
       <c r="O41" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P41" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>14122</v>
+        <v>11746</v>
       </c>
       <c r="B42">
-        <v>0.38</v>
+        <v>1.01</v>
       </c>
       <c r="C42" t="s">
-        <v>161</v>
+        <v>132</v>
       </c>
       <c r="D42" t="s">
-        <v>143</v>
+        <v>25</v>
       </c>
       <c r="E42" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H42" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I42" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J42" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K42" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L42" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M42" s="6">
-        <v>13889.0</v>
+        <v>155000.0</v>
       </c>
       <c r="N42" s="6">
-        <v>16806</v>
+        <v>187550</v>
       </c>
       <c r="O42" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P42" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>14016</v>
+        <v>1746</v>
       </c>
       <c r="B43">
-        <v>0.4</v>
+        <v>1.24</v>
       </c>
       <c r="C43" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
       <c r="D43" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="E43" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H43" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="I43" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="J43" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="K43" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="L43" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
       <c r="M43" s="6">
-        <v>14620.0</v>
+        <v>176000.0</v>
       </c>
       <c r="N43" s="6">
-        <v>17690</v>
+        <v>212960</v>
       </c>
       <c r="O43" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P43" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>13943</v>
+        <v>13608</v>
       </c>
       <c r="B44">
-        <v>0.41</v>
+        <v>2.01</v>
       </c>
       <c r="C44" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="E44" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G44" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H44" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I44" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J44" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K44" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L44" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="M44" s="6">
-        <v>14986.0</v>
+        <v>199000.0</v>
       </c>
       <c r="N44" s="6">
-        <v>18132</v>
+        <v>240790</v>
       </c>
       <c r="O44" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P44" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>13944</v>
+        <v>13230</v>
       </c>
       <c r="B45">
-        <v>0.41</v>
+        <v>1.51</v>
       </c>
       <c r="C45" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="D45" t="s">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="E45" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>117</v>
+        <v>137</v>
       </c>
       <c r="H45" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="J45" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K45" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L45" t="s">
-        <v>121</v>
+        <v>87</v>
       </c>
       <c r="M45" s="6">
-        <v>14986.0</v>
+        <v>240800.0</v>
       </c>
       <c r="N45" s="6">
-        <v>18132</v>
+        <v>291368</v>
       </c>
       <c r="O45" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P45" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>14135</v>
+        <v>9314</v>
       </c>
       <c r="B46">
-        <v>0.4</v>
+        <v>1.51</v>
       </c>
       <c r="C46" t="s">
-        <v>165</v>
+        <v>138</v>
       </c>
       <c r="D46" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H46" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I46" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J46" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K46" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L46" t="s">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="M46" s="6">
-        <v>15480.0</v>
+        <v>335000.0</v>
       </c>
       <c r="N46" s="6">
-        <v>18731</v>
+        <v>405350</v>
       </c>
       <c r="O46" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P46" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>14134</v>
+        <v>3747</v>
       </c>
       <c r="B47">
-        <v>0.4</v>
+        <v>3.1</v>
       </c>
       <c r="C47" t="s">
-        <v>166</v>
+        <v>139</v>
       </c>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="E47" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="F47" t="s">
+        <v>140</v>
       </c>
       <c r="G47" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="H47" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>81</v>
       </c>
       <c r="J47" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K47" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="L47" t="s">
-        <v>124</v>
+        <v>86</v>
       </c>
       <c r="M47" s="6">
-        <v>16340.0</v>
+        <v>400000.0</v>
       </c>
       <c r="N47" s="6">
-        <v>19771</v>
+        <v>484000</v>
       </c>
       <c r="O47" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P47" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>13623</v>
+        <v>10677</v>
       </c>
       <c r="B48">
-        <v>0.4</v>
+        <v>2</v>
       </c>
       <c r="C48" t="s">
-        <v>167</v>
+        <v>141</v>
       </c>
       <c r="D48" t="s">
-        <v>139</v>
+        <v>30</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>117</v>
+        <v>80</v>
       </c>
       <c r="H48" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="I48" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="J48" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="K48" t="s">
-        <v>120</v>
+        <v>82</v>
       </c>
       <c r="L48" t="s">
-        <v>121</v>
+        <v>87</v>
       </c>
       <c r="M48" s="6">
-        <v>16704.0</v>
+        <v>446000.0</v>
       </c>
       <c r="N48" s="6">
-        <v>20212</v>
+        <v>539660</v>
       </c>
       <c r="O48" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P48" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>14133</v>
+        <v>3947</v>
       </c>
       <c r="B49">
-        <v>0.42</v>
+        <v>0.13</v>
       </c>
       <c r="C49" t="s">
-        <v>168</v>
+        <v>142</v>
       </c>
       <c r="D49" t="s">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="E49" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="F49" t="s">
+        <v>143</v>
       </c>
       <c r="G49" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="H49" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="M49" s="6">
-        <v>17157.0</v>
+        <v>520000.0</v>
       </c>
       <c r="N49" s="6">
-        <v>20760</v>
+        <v>629200</v>
       </c>
       <c r="O49" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="P49" t="s">
-        <v>77</v>
-[...92 lines deleted...]
-      <c r="P51" t="s">
         <v>79</v>
-      </c>
-[...1707 lines deleted...]
-        <v>116</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -5369,89 +3290,50 @@
     <hyperlink ref="P25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="P26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="P27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="P28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="P29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="P30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="P31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="P32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="P33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="P34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="P35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="P36" r:id="rId_hyperlink_34"/>
     <hyperlink ref="P37" r:id="rId_hyperlink_35"/>
     <hyperlink ref="P38" r:id="rId_hyperlink_36"/>
     <hyperlink ref="P39" r:id="rId_hyperlink_37"/>
     <hyperlink ref="P40" r:id="rId_hyperlink_38"/>
     <hyperlink ref="P41" r:id="rId_hyperlink_39"/>
     <hyperlink ref="P42" r:id="rId_hyperlink_40"/>
     <hyperlink ref="P43" r:id="rId_hyperlink_41"/>
     <hyperlink ref="P44" r:id="rId_hyperlink_42"/>
     <hyperlink ref="P45" r:id="rId_hyperlink_43"/>
     <hyperlink ref="P46" r:id="rId_hyperlink_44"/>
     <hyperlink ref="P47" r:id="rId_hyperlink_45"/>
     <hyperlink ref="P48" r:id="rId_hyperlink_46"/>
     <hyperlink ref="P49" r:id="rId_hyperlink_47"/>
-    <hyperlink ref="P50" r:id="rId_hyperlink_48"/>
-[...37 lines deleted...]
-    <hyperlink ref="P88" r:id="rId_hyperlink_86"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>