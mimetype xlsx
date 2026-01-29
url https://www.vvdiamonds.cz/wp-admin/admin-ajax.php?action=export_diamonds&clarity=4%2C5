--- v1 (2025-12-12)
+++ v2 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,426 +73,717 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>3.66mm - 3.73mm x 2.21mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>VS2</t>
+  </si>
+  <si>
+    <t>3.54mm - 3.58mm x 2.31mm</t>
+  </si>
+  <si>
+    <t>VS1</t>
+  </si>
+  <si>
+    <t>3.63mm - 3.65mm x 2.23mm</t>
+  </si>
+  <si>
+    <t>3.54mm - 3.57mm x 2.30mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>3.64mm - 3.67mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>3.67mm - 3.73mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>3.68mm - 3.71mm x 2.10mm</t>
+  </si>
+  <si>
+    <t>3.62mm - 3.66mm x 2.21mm</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14415.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14380.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14392.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14482.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14399.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-f-vs1-s-igi-certifikatem-14486.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14400.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14488.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vs1-s-igi-certifikatem-14410.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-d-vs1-s-igi-certifikatem-14425.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-e-vs1-s-igi-certifikatem-14481.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-j-vs1-s-gia-certifikatem-14230.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-i-vs2-s-gia-certifikatem-14223.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-e-vs1-s-igi-certifikatem-14450.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vs1-s-igi-certifikatem-14451.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-m-vs2-s-gia-certifikatem-14323.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-i-vs1-s-gia-certifikatem-14219.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-i-vs2-s-gia-certifikatem-14306.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-j-vs2-s-gia-certifikatem-14238.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/023ct-f-vs1-s-igi-certifikatem-14494.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14440.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14460.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-i-vs2-s-gia-certifikatem-14341.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14342.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14343.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14303.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14304.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-e-vs1-s-igi-certifikatem-14454.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14321.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14322.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-14237.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-f-vs1-s-igi-certifikatem-14497.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-14253.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14255.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/028ct-d-vs1-s-igi-certifikatem-14466.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-14251.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-i-vs1-s-gia-certifikatem-14334.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-h-vs1-s-gia-certifikatem-14235.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14234.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-g-vs1-s-gia-certifikatem-14244.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-l-vs2-s-gia-certifikatem-14273.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14271.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14364.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14363.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14365.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/053ct-h-vs1-s-gia-certifikatem-14267.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/054ct-h-vs1-s-gia-certifikatem-14266.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-g-vs1-s-gia-certifikatem-14264.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-i-vs2-s-gia-certifikatem-14275.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/073ct-i-vs2-s-gia-certifikatem-14276.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/103ct-w-x-vs1-s-gia-certifikatem-14285.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14371.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14372.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/200ct-h-vs1-s-gia-certifikatem-14324.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>3.70mm - 3.72mm x 2.20mm</t>
+  </si>
+  <si>
+    <t>3.56mm - 3.61mm x 2.33mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>3.66mm - 3.73mm x 2.22mm</t>
+  </si>
+  <si>
+    <t>4.31mm - 4.33mm x 2.61mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>4.35mm - 4.37mm x 2.68mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>3.85mm - 3.89mm x 2.42mm</t>
+  </si>
+  <si>
+    <t>3.98mm - 4.02mm x 2.39mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>4.36mm - 4.38mm x 2.62mm</t>
+  </si>
+  <si>
+    <t>4.47mm - 4.50mm x 2.71mm</t>
+  </si>
+  <si>
+    <t>4.57mm - 4.60mm x 2.86mm</t>
+  </si>
+  <si>
+    <t>3.93mm - 3.99mm x 2.42mm</t>
+  </si>
+  <si>
+    <t>3.91mm - 3.94mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>3.94mm - 3.96mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>4.07mm - 4.11mm x 2.43mm</t>
+  </si>
+  <si>
+    <t>4.48mm - 4.51mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>4.55mm - 4.57mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>4.49mm - 4.51mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>4.48mm - 4.50mm x 2.74mm</t>
+  </si>
+  <si>
+    <t>4.42mm - 4.44mm x 2.75mm</t>
+  </si>
+  <si>
+    <t>4.14mm - 4.17mm x 2.38mm</t>
+  </si>
+  <si>
+    <t>4.64mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>4.62mm - 4.69mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>4.57mm - 4.60mm x 2.84mm</t>
+  </si>
+  <si>
+    <t>3.99mm - 4.05mm x 2.61mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.62mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>3.99mm - 4.08mm x 2.57mm</t>
+  </si>
+  <si>
     <t>4.64mm - 4.66mm x 2.90mm</t>
   </si>
   <si>
-    <t>J</t>
-[...2 lines deleted...]
-    <t>VS1</t>
+    <t>4.69mm - 4.71mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.62mm x 2.82mm</t>
   </si>
   <si>
     <t>4.67mm - 4.70mm x 2.91mm</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
-    <t>VS2</t>
-[...2 lines deleted...]
-    <t>4.35mm - 4.37mm x 2.73mm</t>
+    <t>4.77mm - 4.80mm x 2.84mm</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.74mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.73mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.67mm x 2.83mm</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
-    <t>4.29mm - 4.31mm x 2.64mm</t>
-[...7 lines deleted...]
-  <si>
     <t>4.68mm - 4.70mm x 2.94mm</t>
   </si>
   <si>
-    <t>I</t>
-[...1 lines deleted...]
-  <si>
     <t>4.70mm - 4.72mm x 2.98mm</t>
   </si>
   <si>
-    <t>4.62mm - 4.65mm x 2.89mm</t>
-[...169 lines deleted...]
-  <si>
     <t>4.72mm - 4.74mm x 2.99mm</t>
   </si>
   <si>
+    <t>5.38mm - 5.41mm x 3.34mm</t>
+  </si>
+  <si>
     <t>4.80mm - 4.82mm x 2.89mm</t>
   </si>
   <si>
-    <t>H</t>
-[...1 lines deleted...]
-  <si>
     <t>4.77mm - 4.79mm x 2.93mm</t>
   </si>
   <si>
     <t>4.70mm - 4.72mm x 2.93mm</t>
   </si>
   <si>
     <t>4.78mm - 4.80mm x 2.90mm</t>
   </si>
   <si>
     <t>4.75mm - 4.77mm x 2.87mm</t>
   </si>
   <si>
     <t>4.81mm - 4.84mm x 2.97mm</t>
   </si>
   <si>
-    <t>5.32mm - 5.36mm x 3.20mm</t>
+    <t>5.35mm - 5.37mm x 3.35mm</t>
+  </si>
+  <si>
+    <t>5.36mm - 5.39mm x 3.33mm</t>
+  </si>
+  <si>
+    <t>5.38mm - 5.40mm x 3.37mm</t>
+  </si>
+  <si>
+    <t>5.39mm - 5.40mm x 3.38mm</t>
+  </si>
+  <si>
+    <t>5.18mm - 5.21mm x 3.22mm</t>
+  </si>
+  <si>
+    <t>5.18mm - 5.21mm x 3.23mm</t>
+  </si>
+  <si>
+    <t>5.05mm - 5.09mm x 3.17mm</t>
   </si>
   <si>
     <t>5.67mm - 5.70mm x 3.57mm</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
+    <t>5.71mm - 5.75mm x 3.49mm</t>
+  </si>
+  <si>
+    <t>5.72mm - 5.75mm x 3.59mm</t>
+  </si>
+  <si>
     <t>7.64mm x 4.65mm x 2.78mm</t>
   </si>
   <si>
-    <t>D</t>
-[...1 lines deleted...]
-  <si>
     <t>Pear</t>
   </si>
   <si>
-    <t>5.67mm - 5.71mm x 3.52mm</t>
-[...5 lines deleted...]
-    <t>5.87mm - 5.90mm x 3.68mm</t>
+    <t>6.04mm x 5.20mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>W-X</t>
+  </si>
+  <si>
+    <t>Cushion</t>
+  </si>
+  <si>
+    <t>5.62mm - 5.66mm x 3.54mm</t>
+  </si>
+  <si>
+    <t>5.68mm - 5.72mm x 3.52mm</t>
   </si>
   <si>
     <t>7.75mm x 5.05mm x 3.51mm</t>
   </si>
   <si>
     <t>6.17mm - 6.19mm x 3.85mm</t>
   </si>
   <si>
     <t>5.53mm - 5.56mm x 3.53mm</t>
   </si>
   <si>
-    <t>IGI</t>
-[...1 lines deleted...]
-  <si>
     <t>6.14mm - 6.17mm x 3.86mm</t>
   </si>
   <si>
     <t>6.13mm - 6.17mm x 3.85mm</t>
   </si>
   <si>
     <t>4.72mm - 4.76mm x 2.98mm</t>
   </si>
   <si>
-    <t>Fn</t>
-[...1 lines deleted...]
-  <si>
     <t>Faint Pink</t>
   </si>
   <si>
     <t>7.91mm x 4.97mm x 2.97mm</t>
   </si>
   <si>
     <t>Oval</t>
   </si>
   <si>
     <t>6.10mm - 6.13mm x 3.88mm</t>
   </si>
   <si>
     <t>HRD</t>
   </si>
   <si>
     <t>5.72mm - 5.79mm x 3.71mm</t>
   </si>
   <si>
-    <t>6.31mm - 6.34mm x 4.02mm</t>
-[...1 lines deleted...]
-  <si>
     <t>7.18mm x 5.98mm x 4.04mm</t>
   </si>
   <si>
-    <t>M</t>
-[...4 lines deleted...]
-  <si>
     <t>6.11mm - 6.15mm x 3.84mm</t>
   </si>
   <si>
     <t>6.62mm - 6.67mm x 4.17mm</t>
   </si>
   <si>
     <t>6.59mm - 6.64mm x 4.14mm</t>
   </si>
   <si>
-    <t>8.28mm x 5.65mm x 3.51mm</t>
-[...1 lines deleted...]
-  <si>
     <t>5.86mm x 6.90mm x 4.13mm</t>
   </si>
   <si>
-    <t>E</t>
-[...1 lines deleted...]
-  <si>
     <t>Heart</t>
   </si>
   <si>
     <t>6.33mm - 6.37mm x 3.99mm</t>
   </si>
   <si>
     <t>6.34mm - 6.38mm x 4.02mm</t>
   </si>
   <si>
     <t>6.99mm - 7.07mm x 4.12mm</t>
   </si>
   <si>
     <t>8.15mm - 8.19mm x 4.91mm</t>
   </si>
   <si>
-    <t>L</t>
-[...1 lines deleted...]
-  <si>
     <t>7.45mm x 5.39mm x 3.70mm</t>
   </si>
   <si>
     <t>Emerald</t>
   </si>
   <si>
     <t>7.28mm - 7.33mm x 4.58mm</t>
   </si>
   <si>
     <t>8.48mm x 7.68mm x 5.42mm</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
+    <t>6.67mm x 6.60mm x 4.92mm</t>
+  </si>
+  <si>
+    <t>Princess</t>
+  </si>
+  <si>
     <t>7.93mm - 7.98mm x 5.05mm</t>
   </si>
   <si>
     <t>3.18mm x 2.72mm x 1.78mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Blue</t>
+  </si>
+  <si>
+    <t>Fancy Intense Pink</t>
+  </si>
+  <si>
+    <t>ARGYLE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
@@ -960,62 +1251,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-g-vs1-s-gia-certifikatem-14115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-f-vs1-s-gia-certifikatem-14110.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-j-vs2-s-gia-certifikatem-14150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vs2-s-gia-certifikatem-14124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-f-vs2-s-gia-certifikatem-14171.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs2-s-gia-certifikatem-13632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-h-vs1-s-gia-certifikatem-14173.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-h-vs1-s-gia-certifikatem-14174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-13703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-f-vs1-s-gia-certifikatem-13537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14482.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-f-vs1-s-igi-certifikatem-14486.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14488.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vs1-s-igi-certifikatem-14410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vs1-s-igi-certifikatem-14425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vs1-s-igi-certifikatem-14481.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vs1-s-gia-certifikatem-14230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-i-vs2-s-gia-certifikatem-14223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vs1-s-igi-certifikatem-14450.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vs1-s-igi-certifikatem-14451.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-m-vs2-s-gia-certifikatem-14323.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-i-vs1-s-gia-certifikatem-14219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs2-s-gia-certifikatem-14306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-j-vs2-s-gia-certifikatem-14238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vs1-s-igi-certifikatem-14494.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14460.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-i-vs2-s-gia-certifikatem-14341.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-e-vs1-s-igi-certifikatem-14454.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14322.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-14237.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-f-vs1-s-igi-certifikatem-14497.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-14253.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-d-vs1-s-igi-certifikatem-14466.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-14251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-i-vs1-s-gia-certifikatem-14334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-h-vs1-s-gia-certifikatem-14235.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14234.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-g-vs1-s-gia-certifikatem-14244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-l-vs2-s-gia-certifikatem-14273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14364.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14363.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14365.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-h-vs1-s-gia-certifikatem-14267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-h-vs1-s-gia-certifikatem-14266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-g-vs1-s-gia-certifikatem-14264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-i-vs2-s-gia-certifikatem-14275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-i-vs2-s-gia-certifikatem-14276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-w-x-vs1-s-gia-certifikatem-14285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14371.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14372.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-h-vs1-s-gia-certifikatem-14324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q49"/>
+  <dimension ref="A1:Q96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N49" sqref="N49"/>
+      <selection activeCell="N96" sqref="N96"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1057,2225 +1348,4422 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14004</v>
+        <v>14415</v>
       </c>
       <c r="B3">
-        <v>0.38</v>
+        <v>0.18</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H3" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I3" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J3" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K3" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="L3" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
       <c r="M3" s="6">
-        <v>8987.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N3" s="6">
-        <v>10874</v>
+        <v>6428</v>
       </c>
       <c r="O3" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P3" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>13937</v>
+        <v>14380</v>
       </c>
       <c r="B4">
-        <v>0.4</v>
+        <v>0.18</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H4" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I4" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="J4" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="K4" t="s">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="L4" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M4" s="6">
-        <v>9460.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N4" s="6">
-        <v>11447</v>
+        <v>6428</v>
       </c>
       <c r="O4" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P4" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14115</v>
+        <v>14392</v>
       </c>
       <c r="B5">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D5" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H5" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I5" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J5" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K5" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="L5" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M5" s="6">
-        <v>10664.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N5" s="6">
-        <v>12903</v>
+        <v>6428</v>
       </c>
       <c r="O5" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P5" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>14110</v>
+        <v>14482</v>
       </c>
       <c r="B6">
-        <v>0.3</v>
+        <v>0.18</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H6" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I6" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="J6" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K6" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L6" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M6" s="6">
-        <v>10965.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N6" s="6">
-        <v>13268</v>
+        <v>6428</v>
       </c>
       <c r="O6" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>14150</v>
+        <v>14399</v>
       </c>
       <c r="B7">
-        <v>0.46</v>
+        <v>0.18</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H7" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I7" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J7" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K7" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="L7" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M7" s="6">
-        <v>11868.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N7" s="6">
-        <v>14360</v>
+        <v>6428</v>
       </c>
       <c r="O7" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P7" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14142</v>
+        <v>14486</v>
       </c>
       <c r="B8">
-        <v>0.4</v>
+        <v>0.19</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G8" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H8" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I8" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J8" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K8" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="L8" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M8" s="6">
-        <v>12040.0</v>
+        <v>5579.0</v>
       </c>
       <c r="N8" s="6">
-        <v>14568</v>
+        <v>6751</v>
       </c>
       <c r="O8" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P8" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14143</v>
+        <v>14400</v>
       </c>
       <c r="B9">
-        <v>0.4</v>
+        <v>0.18</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G9" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H9" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I9" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J9" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K9" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L9" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
       <c r="M9" s="6">
-        <v>12040.0</v>
+        <v>5999.0</v>
       </c>
       <c r="N9" s="6">
-        <v>14568</v>
+        <v>7258</v>
       </c>
       <c r="O9" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P9" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>14124</v>
+        <v>14488</v>
       </c>
       <c r="B10">
-        <v>0.38</v>
+        <v>0.18</v>
       </c>
       <c r="C10" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G10" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H10" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I10" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J10" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K10" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L10" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
       <c r="M10" s="6">
-        <v>12255.0</v>
+        <v>5999.0</v>
       </c>
       <c r="N10" s="6">
-        <v>14829</v>
+        <v>7258</v>
       </c>
       <c r="O10" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P10" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14139</v>
+        <v>14410</v>
       </c>
       <c r="B11">
-        <v>0.41</v>
+        <v>0.19</v>
       </c>
       <c r="C11" t="s">
-        <v>88</v>
+        <v>131</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G11" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H11" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I11" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J11" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K11" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L11" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M11" s="6">
-        <v>13223.0</v>
+        <v>6303.0</v>
       </c>
       <c r="N11" s="6">
-        <v>15999</v>
+        <v>7627</v>
       </c>
       <c r="O11" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P11" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14140</v>
+        <v>14425</v>
       </c>
       <c r="B12">
-        <v>0.41</v>
+        <v>0.19</v>
       </c>
       <c r="C12" t="s">
-        <v>89</v>
+        <v>132</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>133</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G12" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H12" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I12" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J12" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K12" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L12" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M12" s="6">
-        <v>13223.0</v>
+        <v>6303.0</v>
       </c>
       <c r="N12" s="6">
-        <v>15999</v>
+        <v>7627</v>
       </c>
       <c r="O12" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P12" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>13943</v>
+        <v>14481</v>
       </c>
       <c r="B13">
-        <v>0.41</v>
+        <v>0.19</v>
       </c>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>134</v>
       </c>
       <c r="D13" t="s">
-        <v>91</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G13" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H13" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I13" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J13" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K13" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L13" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M13" s="6">
-        <v>14986.0</v>
+        <v>6303.0</v>
       </c>
       <c r="N13" s="6">
-        <v>18132</v>
+        <v>7627</v>
       </c>
       <c r="O13" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P13" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>13944</v>
+        <v>14230</v>
       </c>
       <c r="B14">
-        <v>0.41</v>
+        <v>0.3</v>
       </c>
       <c r="C14" t="s">
-        <v>92</v>
+        <v>135</v>
       </c>
       <c r="D14" t="s">
-        <v>91</v>
+        <v>136</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G14" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H14" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I14" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J14" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K14" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L14" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M14" s="6">
-        <v>14986.0</v>
+        <v>6930.0</v>
       </c>
       <c r="N14" s="6">
-        <v>18132</v>
+        <v>8385</v>
       </c>
       <c r="O14" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P14" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>14135</v>
+        <v>14223</v>
       </c>
       <c r="B15">
-        <v>0.4</v>
+        <v>0.31</v>
       </c>
       <c r="C15" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H15" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I15" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J15" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K15" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L15" t="s">
-        <v>87</v>
+        <v>140</v>
       </c>
       <c r="M15" s="6">
-        <v>15480.0</v>
+        <v>7161.0</v>
       </c>
       <c r="N15" s="6">
-        <v>18731</v>
+        <v>8665</v>
       </c>
       <c r="O15" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P15" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14134</v>
+        <v>14450</v>
       </c>
       <c r="B16">
-        <v>0.4</v>
+        <v>0.23</v>
       </c>
       <c r="C16" t="s">
-        <v>94</v>
+        <v>141</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G16" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H16" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I16" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="J16" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K16" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L16" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
       <c r="M16" s="6">
-        <v>16340.0</v>
+        <v>7465.0</v>
       </c>
       <c r="N16" s="6">
-        <v>19771</v>
+        <v>9033</v>
       </c>
       <c r="O16" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P16" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>13623</v>
+        <v>14451</v>
       </c>
       <c r="B17">
-        <v>0.4</v>
+        <v>0.23</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="D17" t="s">
         <v>25</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G17" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H17" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I17" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J17" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="K17" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L17" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M17" s="6">
-        <v>16704.0</v>
+        <v>7465.0</v>
       </c>
       <c r="N17" s="6">
-        <v>20212</v>
+        <v>9033</v>
       </c>
       <c r="O17" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>14133</v>
+        <v>14323</v>
       </c>
       <c r="B18">
-        <v>0.42</v>
+        <v>0.4</v>
       </c>
       <c r="C18" t="s">
-        <v>96</v>
+        <v>143</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>144</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I18" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J18" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K18" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L18" t="s">
-        <v>87</v>
+        <v>140</v>
       </c>
       <c r="M18" s="6">
-        <v>17157.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N18" s="6">
-        <v>20760</v>
+        <v>9148</v>
       </c>
       <c r="O18" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P18" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>14171</v>
+        <v>14219</v>
       </c>
       <c r="B19">
-        <v>0.56</v>
+        <v>0.3</v>
       </c>
       <c r="C19" t="s">
-        <v>97</v>
+        <v>145</v>
       </c>
       <c r="D19" t="s">
-        <v>27</v>
+        <v>139</v>
       </c>
       <c r="E19" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H19" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I19" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J19" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K19" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L19" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M19" s="6">
-        <v>26488.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N19" s="6">
-        <v>32050</v>
+        <v>9148</v>
       </c>
       <c r="O19" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P19" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>11472</v>
+        <v>14306</v>
       </c>
       <c r="B20">
-        <v>0.71</v>
+        <v>0.33</v>
       </c>
       <c r="C20" t="s">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="D20" t="s">
-        <v>99</v>
+        <v>139</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H20" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I20" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J20" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K20" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L20" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M20" s="6">
-        <v>28755.0</v>
+        <v>7623.0</v>
       </c>
       <c r="N20" s="6">
-        <v>34794</v>
+        <v>9224</v>
       </c>
       <c r="O20" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P20" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>13633</v>
+        <v>14238</v>
       </c>
       <c r="B21">
-        <v>0.59</v>
+        <v>0.37</v>
       </c>
       <c r="C21" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="D21" t="s">
-        <v>101</v>
+        <v>136</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="H21" t="s">
-        <v>81</v>
+        <v>137</v>
+      </c>
+      <c r="I21" t="s">
+        <v>130</v>
       </c>
       <c r="J21" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K21" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L21" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M21" s="6">
-        <v>35589.0</v>
+        <v>7770.0</v>
       </c>
       <c r="N21" s="6">
-        <v>43062</v>
+        <v>9402</v>
       </c>
       <c r="O21" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P21" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>13632</v>
+        <v>14494</v>
       </c>
       <c r="B22">
-        <v>0.7</v>
+        <v>0.23</v>
       </c>
       <c r="C22" t="s">
-        <v>103</v>
+        <v>148</v>
       </c>
       <c r="D22" t="s">
-        <v>91</v>
+        <v>25</v>
       </c>
       <c r="E22" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G22" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H22" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I22" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J22" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K22" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L22" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M22" s="6">
-        <v>42224.0</v>
+        <v>7813.0</v>
       </c>
       <c r="N22" s="6">
-        <v>51091</v>
+        <v>9454</v>
       </c>
       <c r="O22" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P22" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>14173</v>
+        <v>14440</v>
       </c>
       <c r="B23">
-        <v>0.8</v>
+        <v>0.25</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>149</v>
       </c>
       <c r="D23" t="s">
-        <v>91</v>
+        <v>25</v>
       </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G23" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H23" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I23" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="J23" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K23" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L23" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M23" s="6">
-        <v>44720.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N23" s="6">
-        <v>54111</v>
+        <v>9765</v>
       </c>
       <c r="O23" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P23" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>14174</v>
+        <v>14441</v>
       </c>
       <c r="B24">
-        <v>0.8</v>
+        <v>0.25</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>150</v>
       </c>
       <c r="D24" t="s">
-        <v>91</v>
+        <v>133</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H24" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
       <c r="I24" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J24" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K24" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="L24" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M24" s="6">
-        <v>44720.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N24" s="6">
-        <v>54111</v>
+        <v>9765</v>
       </c>
       <c r="O24" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P24" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>8083</v>
+        <v>14460</v>
       </c>
       <c r="B25">
-        <v>0.9</v>
+        <v>0.25</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>151</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E25" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="H25" t="s">
-        <v>81</v>
+        <v>125</v>
+      </c>
+      <c r="I25" t="s">
+        <v>127</v>
       </c>
       <c r="J25" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K25" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="L25" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M25" s="6">
-        <v>45279.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N25" s="6">
-        <v>54788</v>
+        <v>9765</v>
       </c>
       <c r="O25" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P25" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>14045</v>
+        <v>14341</v>
       </c>
       <c r="B26">
-        <v>0.91</v>
+        <v>0.35</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
+        <v>152</v>
       </c>
       <c r="D26" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H26" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I26" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J26" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K26" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L26" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M26" s="6">
-        <v>50869.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N26" s="6">
-        <v>61551</v>
+        <v>9783</v>
       </c>
       <c r="O26" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P26" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>4963</v>
+        <v>14342</v>
       </c>
       <c r="B27">
-        <v>0.7</v>
+        <v>0.35</v>
       </c>
       <c r="C27" t="s">
-        <v>108</v>
+        <v>153</v>
       </c>
       <c r="D27" t="s">
-        <v>101</v>
+        <v>136</v>
       </c>
       <c r="E27" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G27" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H27" t="s">
-        <v>109</v>
+        <v>137</v>
       </c>
       <c r="I27" t="s">
-        <v>85</v>
+        <v>130</v>
       </c>
       <c r="J27" t="s">
-        <v>85</v>
+        <v>130</v>
       </c>
       <c r="K27" t="s">
-        <v>85</v>
+        <v>130</v>
       </c>
       <c r="L27" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
       <c r="M27" s="6">
-        <v>54791.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N27" s="6">
-        <v>66297</v>
+        <v>9783</v>
       </c>
       <c r="O27" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P27" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>14046</v>
+        <v>14343</v>
       </c>
       <c r="B28">
-        <v>0.9</v>
+        <v>0.35</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>154</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>136</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H28" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I28" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J28" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K28" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L28" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M28" s="6">
-        <v>56115.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N28" s="6">
-        <v>67899</v>
+        <v>9783</v>
       </c>
       <c r="O28" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P28" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14044</v>
+        <v>14303</v>
       </c>
       <c r="B29">
-        <v>0.91</v>
+        <v>0.33</v>
       </c>
       <c r="C29" t="s">
-        <v>111</v>
+        <v>155</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G29" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H29" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I29" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J29" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K29" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L29" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M29" s="6">
-        <v>56739.0</v>
+        <v>8316.0</v>
       </c>
       <c r="N29" s="6">
-        <v>68654</v>
+        <v>10062</v>
       </c>
       <c r="O29" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P29" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>13236</v>
+        <v>14304</v>
       </c>
       <c r="B30">
-        <v>0.41</v>
+        <v>0.33</v>
       </c>
       <c r="C30" t="s">
-        <v>112</v>
+        <v>156</v>
       </c>
       <c r="D30" t="s">
-        <v>113</v>
+        <v>139</v>
       </c>
       <c r="E30" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="G30" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H30" t="s">
-        <v>81</v>
+        <v>137</v>
+      </c>
+      <c r="I30" t="s">
+        <v>130</v>
       </c>
       <c r="J30" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K30" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L30" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
       <c r="M30" s="6">
-        <v>59500.0</v>
+        <v>8316.0</v>
       </c>
       <c r="N30" s="6">
-        <v>71995</v>
+        <v>10062</v>
       </c>
       <c r="O30" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P30" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>10574</v>
+        <v>14454</v>
       </c>
       <c r="B31">
-        <v>0.75</v>
+        <v>0.26</v>
       </c>
       <c r="C31" t="s">
-        <v>115</v>
+        <v>157</v>
       </c>
       <c r="D31" t="s">
-        <v>101</v>
+        <v>19</v>
       </c>
       <c r="E31" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G31" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="H31" t="s">
-        <v>81</v>
+        <v>125</v>
+      </c>
+      <c r="I31" t="s">
+        <v>127</v>
       </c>
       <c r="J31" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K31" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L31" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M31" s="6">
-        <v>61883.0</v>
+        <v>8372.0</v>
       </c>
       <c r="N31" s="6">
-        <v>74878</v>
+        <v>10131</v>
       </c>
       <c r="O31" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P31" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>11491</v>
+        <v>14321</v>
       </c>
       <c r="B32">
-        <v>0.91</v>
+        <v>0.4</v>
       </c>
       <c r="C32" t="s">
-        <v>117</v>
+        <v>158</v>
       </c>
       <c r="D32" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="E32" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G32" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H32" t="s">
-        <v>118</v>
+        <v>137</v>
       </c>
       <c r="I32" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="J32" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K32" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="L32" t="s">
-        <v>83</v>
+        <v>140</v>
       </c>
       <c r="M32" s="6">
-        <v>64938.0</v>
+        <v>8400.0</v>
       </c>
       <c r="N32" s="6">
-        <v>78575</v>
+        <v>10164</v>
       </c>
       <c r="O32" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P32" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>6122</v>
+        <v>14322</v>
       </c>
       <c r="B33">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
       <c r="C33" t="s">
-        <v>119</v>
+        <v>160</v>
       </c>
       <c r="D33" t="s">
-        <v>101</v>
+        <v>159</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G33" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H33" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I33" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="J33" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K33" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="L33" t="s">
-        <v>87</v>
+        <v>161</v>
       </c>
       <c r="M33" s="6">
-        <v>69576.0</v>
+        <v>8400.0</v>
       </c>
       <c r="N33" s="6">
-        <v>84187</v>
+        <v>10164</v>
       </c>
       <c r="O33" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P33" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>13703</v>
+        <v>14237</v>
       </c>
       <c r="B34">
-        <v>1</v>
+        <v>0.37</v>
       </c>
       <c r="C34" t="s">
-        <v>120</v>
+        <v>162</v>
       </c>
       <c r="D34" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="E34" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H34" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I34" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J34" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K34" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L34" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M34" s="6">
-        <v>69900.0</v>
+        <v>8547.0</v>
       </c>
       <c r="N34" s="6">
-        <v>84579</v>
+        <v>10342</v>
       </c>
       <c r="O34" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P34" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>13229</v>
+        <v>14497</v>
       </c>
       <c r="B35">
-        <v>1.51</v>
+        <v>0.27</v>
       </c>
       <c r="C35" t="s">
-        <v>121</v>
+        <v>163</v>
       </c>
       <c r="D35" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="E35" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G35" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H35" t="s">
-        <v>81</v>
+        <v>125</v>
+      </c>
+      <c r="I35" t="s">
+        <v>127</v>
       </c>
       <c r="J35" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K35" t="s">
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="L35" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M35" s="6">
-        <v>85000.0</v>
+        <v>8190.0</v>
       </c>
       <c r="N35" s="6">
-        <v>102850</v>
+        <v>9910</v>
       </c>
       <c r="O35" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P35" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>11578</v>
+        <v>14253</v>
       </c>
       <c r="B36">
-        <v>0.9</v>
+        <v>0.38</v>
       </c>
       <c r="C36" t="s">
-        <v>124</v>
+        <v>164</v>
       </c>
       <c r="D36" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H36" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I36" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J36" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K36" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L36" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M36" s="6">
-        <v>99225.0</v>
+        <v>8778.0</v>
       </c>
       <c r="N36" s="6">
-        <v>120062</v>
+        <v>10621</v>
       </c>
       <c r="O36" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P36" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>14203</v>
+        <v>14255</v>
       </c>
       <c r="B37">
-        <v>1.13</v>
+        <v>0.38</v>
       </c>
       <c r="C37" t="s">
-        <v>125</v>
+        <v>165</v>
       </c>
       <c r="D37" t="s">
-        <v>91</v>
+        <v>136</v>
       </c>
       <c r="E37" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G37" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H37" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I37" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J37" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K37" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L37" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M37" s="6">
-        <v>107900.0</v>
+        <v>8778.0</v>
       </c>
       <c r="N37" s="6">
-        <v>130559</v>
+        <v>10621</v>
       </c>
       <c r="O37" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P37" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>13373</v>
+        <v>14466</v>
       </c>
       <c r="B38">
-        <v>1.13</v>
+        <v>0.28</v>
       </c>
       <c r="C38" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" t="s">
+        <v>133</v>
+      </c>
+      <c r="E38" t="s">
+        <v>22</v>
+      </c>
+      <c r="G38" t="s">
+        <v>124</v>
+      </c>
+      <c r="H38" t="s">
+        <v>125</v>
+      </c>
+      <c r="I38" t="s">
+        <v>127</v>
+      </c>
+      <c r="J38" t="s">
         <v>126</v>
       </c>
-      <c r="D38" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K38" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L38" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M38" s="6">
-        <v>119800.0</v>
+        <v>8977.0</v>
       </c>
       <c r="N38" s="6">
-        <v>144958</v>
+        <v>10862</v>
       </c>
       <c r="O38" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P38" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>13537</v>
+        <v>14004</v>
       </c>
       <c r="B39">
-        <v>1.02</v>
+        <v>0.38</v>
       </c>
       <c r="C39" t="s">
-        <v>127</v>
+        <v>167</v>
       </c>
       <c r="D39" t="s">
-        <v>27</v>
+        <v>136</v>
       </c>
       <c r="E39" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G39" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="H39" t="s">
-        <v>81</v>
+        <v>137</v>
+      </c>
+      <c r="I39" t="s">
+        <v>130</v>
       </c>
       <c r="J39" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K39" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L39" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M39" s="6">
-        <v>122700.0</v>
+        <v>8987.0</v>
       </c>
       <c r="N39" s="6">
-        <v>148467</v>
+        <v>10874</v>
       </c>
       <c r="O39" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P39" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>13231</v>
+        <v>14251</v>
       </c>
       <c r="B40">
-        <v>1.02</v>
+        <v>0.39</v>
       </c>
       <c r="C40" t="s">
-        <v>128</v>
+        <v>168</v>
       </c>
       <c r="D40" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="H40" t="s">
-        <v>81</v>
+        <v>137</v>
+      </c>
+      <c r="I40" t="s">
+        <v>130</v>
       </c>
       <c r="J40" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K40" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L40" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M40" s="6">
-        <v>138000.0</v>
+        <v>9009.0</v>
       </c>
       <c r="N40" s="6">
-        <v>166980</v>
+        <v>10901</v>
       </c>
       <c r="O40" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P40" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>11867</v>
+        <v>14334</v>
       </c>
       <c r="B41">
-        <v>1</v>
+        <v>0.36</v>
       </c>
       <c r="C41" t="s">
-        <v>131</v>
+        <v>169</v>
       </c>
       <c r="D41" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="E41" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G41" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H41" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I41" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J41" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K41" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L41" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M41" s="6">
-        <v>153500.0</v>
+        <v>9072.0</v>
       </c>
       <c r="N41" s="6">
-        <v>185735</v>
+        <v>10977</v>
       </c>
       <c r="O41" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P41" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>11746</v>
+        <v>13937</v>
       </c>
       <c r="B42">
-        <v>1.01</v>
+        <v>0.4</v>
       </c>
       <c r="C42" t="s">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="D42" t="s">
-        <v>25</v>
+        <v>171</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H42" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I42" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="J42" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="K42" t="s">
-        <v>82</v>
+        <v>126</v>
       </c>
       <c r="L42" t="s">
-        <v>87</v>
+        <v>140</v>
       </c>
       <c r="M42" s="6">
-        <v>155000.0</v>
+        <v>9460.0</v>
       </c>
       <c r="N42" s="6">
-        <v>187550</v>
+        <v>11447</v>
       </c>
       <c r="O42" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P42" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>1746</v>
+        <v>14318</v>
       </c>
       <c r="B43">
-        <v>1.24</v>
+        <v>0.4</v>
       </c>
       <c r="C43" t="s">
-        <v>133</v>
+        <v>172</v>
       </c>
       <c r="D43" t="s">
-        <v>27</v>
+        <v>136</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H43" t="s">
-        <v>109</v>
+        <v>137</v>
       </c>
       <c r="I43" t="s">
-        <v>85</v>
+        <v>130</v>
       </c>
       <c r="J43" t="s">
-        <v>85</v>
+        <v>130</v>
       </c>
       <c r="K43" t="s">
-        <v>85</v>
+        <v>130</v>
       </c>
       <c r="L43" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
       <c r="M43" s="6">
-        <v>176000.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N43" s="6">
-        <v>212960</v>
+        <v>12197</v>
       </c>
       <c r="O43" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P43" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>13608</v>
+        <v>14319</v>
       </c>
       <c r="B44">
-        <v>2.01</v>
+        <v>0.4</v>
       </c>
       <c r="C44" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="D44" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E44" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H44" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I44" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J44" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K44" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L44" t="s">
-        <v>86</v>
+        <v>128</v>
       </c>
       <c r="M44" s="6">
-        <v>199000.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N44" s="6">
-        <v>240790</v>
+        <v>12197</v>
       </c>
       <c r="O44" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P44" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>13230</v>
+        <v>14235</v>
       </c>
       <c r="B45">
-        <v>1.51</v>
+        <v>0.37</v>
       </c>
       <c r="C45" t="s">
-        <v>136</v>
+        <v>174</v>
       </c>
       <c r="D45" t="s">
-        <v>25</v>
+        <v>175</v>
       </c>
       <c r="E45" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G45" t="s">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="H45" t="s">
-        <v>81</v>
+        <v>137</v>
+      </c>
+      <c r="I45" t="s">
+        <v>130</v>
       </c>
       <c r="J45" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K45" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L45" t="s">
-        <v>87</v>
+        <v>161</v>
       </c>
       <c r="M45" s="6">
-        <v>240800.0</v>
+        <v>10878.0</v>
       </c>
       <c r="N45" s="6">
-        <v>291368</v>
+        <v>13162</v>
       </c>
       <c r="O45" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P45" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>9314</v>
+        <v>14234</v>
       </c>
       <c r="B46">
-        <v>1.51</v>
+        <v>0.37</v>
       </c>
       <c r="C46" t="s">
-        <v>138</v>
+        <v>176</v>
       </c>
       <c r="D46" t="s">
-        <v>25</v>
+        <v>177</v>
       </c>
       <c r="E46" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G46" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H46" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I46" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J46" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K46" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L46" t="s">
-        <v>87</v>
+        <v>140</v>
       </c>
       <c r="M46" s="6">
-        <v>335000.0</v>
+        <v>11655.0</v>
       </c>
       <c r="N46" s="6">
-        <v>405350</v>
+        <v>14103</v>
       </c>
       <c r="O46" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P46" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>3747</v>
+        <v>14142</v>
       </c>
       <c r="B47">
-        <v>3.1</v>
+        <v>0.4</v>
       </c>
       <c r="C47" t="s">
+        <v>178</v>
+      </c>
+      <c r="D47" t="s">
         <v>139</v>
       </c>
-      <c r="D47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>124</v>
+      </c>
+      <c r="H47" t="s">
+        <v>137</v>
+      </c>
+      <c r="I47" t="s">
+        <v>130</v>
+      </c>
+      <c r="J47" t="s">
+        <v>130</v>
+      </c>
+      <c r="K47" t="s">
+        <v>130</v>
+      </c>
+      <c r="L47" t="s">
         <v>140</v>
       </c>
-      <c r="G47" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M47" s="6">
-        <v>400000.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N47" s="6">
-        <v>484000</v>
+        <v>14568</v>
       </c>
       <c r="O47" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P47" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>10677</v>
+        <v>14143</v>
       </c>
       <c r="B48">
-        <v>2</v>
+        <v>0.4</v>
       </c>
       <c r="C48" t="s">
-        <v>141</v>
+        <v>179</v>
       </c>
       <c r="D48" t="s">
-        <v>30</v>
+        <v>139</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="H48" t="s">
-        <v>81</v>
+        <v>137</v>
       </c>
       <c r="I48" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="J48" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="K48" t="s">
-        <v>82</v>
+        <v>130</v>
       </c>
       <c r="L48" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="M48" s="6">
-        <v>446000.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N48" s="6">
-        <v>539660</v>
+        <v>14568</v>
       </c>
       <c r="O48" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="P48" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
+        <v>14244</v>
+      </c>
+      <c r="B49">
+        <v>0.39</v>
+      </c>
+      <c r="C49" t="s">
+        <v>168</v>
+      </c>
+      <c r="D49" t="s">
+        <v>177</v>
+      </c>
+      <c r="E49" t="s">
+        <v>22</v>
+      </c>
+      <c r="G49" t="s">
+        <v>124</v>
+      </c>
+      <c r="H49" t="s">
+        <v>137</v>
+      </c>
+      <c r="I49" t="s">
+        <v>130</v>
+      </c>
+      <c r="J49" t="s">
+        <v>130</v>
+      </c>
+      <c r="K49" t="s">
+        <v>130</v>
+      </c>
+      <c r="L49" t="s">
+        <v>140</v>
+      </c>
+      <c r="M49" s="6">
+        <v>12285.0</v>
+      </c>
+      <c r="N49" s="6">
+        <v>14865</v>
+      </c>
+      <c r="O49" t="s">
+        <v>129</v>
+      </c>
+      <c r="P49" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17">
+      <c r="A50">
+        <v>14140</v>
+      </c>
+      <c r="B50">
+        <v>0.41</v>
+      </c>
+      <c r="C50" t="s">
+        <v>180</v>
+      </c>
+      <c r="D50" t="s">
+        <v>139</v>
+      </c>
+      <c r="E50" t="s">
+        <v>22</v>
+      </c>
+      <c r="G50" t="s">
+        <v>124</v>
+      </c>
+      <c r="H50" t="s">
+        <v>137</v>
+      </c>
+      <c r="I50" t="s">
+        <v>130</v>
+      </c>
+      <c r="J50" t="s">
+        <v>130</v>
+      </c>
+      <c r="K50" t="s">
+        <v>130</v>
+      </c>
+      <c r="L50" t="s">
+        <v>140</v>
+      </c>
+      <c r="M50" s="6">
+        <v>13223.0</v>
+      </c>
+      <c r="N50" s="6">
+        <v>15999</v>
+      </c>
+      <c r="O50" t="s">
+        <v>129</v>
+      </c>
+      <c r="P50" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17">
+      <c r="A51">
+        <v>14273</v>
+      </c>
+      <c r="B51">
+        <v>0.59</v>
+      </c>
+      <c r="C51" t="s">
+        <v>181</v>
+      </c>
+      <c r="D51" t="s">
+        <v>159</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>124</v>
+      </c>
+      <c r="H51" t="s">
+        <v>137</v>
+      </c>
+      <c r="I51" t="s">
+        <v>130</v>
+      </c>
+      <c r="J51" t="s">
+        <v>130</v>
+      </c>
+      <c r="K51" t="s">
+        <v>130</v>
+      </c>
+      <c r="L51" t="s">
+        <v>140</v>
+      </c>
+      <c r="M51" s="6">
+        <v>13629.0</v>
+      </c>
+      <c r="N51" s="6">
+        <v>16491</v>
+      </c>
+      <c r="O51" t="s">
+        <v>129</v>
+      </c>
+      <c r="P51" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17">
+      <c r="A52">
+        <v>13943</v>
+      </c>
+      <c r="B52">
+        <v>0.41</v>
+      </c>
+      <c r="C52" t="s">
+        <v>182</v>
+      </c>
+      <c r="D52" t="s">
+        <v>175</v>
+      </c>
+      <c r="E52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" t="s">
+        <v>124</v>
+      </c>
+      <c r="H52" t="s">
+        <v>137</v>
+      </c>
+      <c r="I52" t="s">
+        <v>130</v>
+      </c>
+      <c r="J52" t="s">
+        <v>130</v>
+      </c>
+      <c r="K52" t="s">
+        <v>130</v>
+      </c>
+      <c r="L52" t="s">
+        <v>140</v>
+      </c>
+      <c r="M52" s="6">
+        <v>14986.0</v>
+      </c>
+      <c r="N52" s="6">
+        <v>18132</v>
+      </c>
+      <c r="O52" t="s">
+        <v>129</v>
+      </c>
+      <c r="P52" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17">
+      <c r="A53">
+        <v>13944</v>
+      </c>
+      <c r="B53">
+        <v>0.41</v>
+      </c>
+      <c r="C53" t="s">
+        <v>183</v>
+      </c>
+      <c r="D53" t="s">
+        <v>175</v>
+      </c>
+      <c r="E53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>124</v>
+      </c>
+      <c r="H53" t="s">
+        <v>137</v>
+      </c>
+      <c r="I53" t="s">
+        <v>130</v>
+      </c>
+      <c r="J53" t="s">
+        <v>130</v>
+      </c>
+      <c r="K53" t="s">
+        <v>130</v>
+      </c>
+      <c r="L53" t="s">
+        <v>140</v>
+      </c>
+      <c r="M53" s="6">
+        <v>14986.0</v>
+      </c>
+      <c r="N53" s="6">
+        <v>18132</v>
+      </c>
+      <c r="O53" t="s">
+        <v>129</v>
+      </c>
+      <c r="P53" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17">
+      <c r="A54">
+        <v>14135</v>
+      </c>
+      <c r="B54">
+        <v>0.4</v>
+      </c>
+      <c r="C54" t="s">
+        <v>184</v>
+      </c>
+      <c r="D54" t="s">
+        <v>177</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>124</v>
+      </c>
+      <c r="H54" t="s">
+        <v>137</v>
+      </c>
+      <c r="I54" t="s">
+        <v>130</v>
+      </c>
+      <c r="J54" t="s">
+        <v>130</v>
+      </c>
+      <c r="K54" t="s">
+        <v>130</v>
+      </c>
+      <c r="L54" t="s">
+        <v>161</v>
+      </c>
+      <c r="M54" s="6">
+        <v>15480.0</v>
+      </c>
+      <c r="N54" s="6">
+        <v>18731</v>
+      </c>
+      <c r="O54" t="s">
+        <v>129</v>
+      </c>
+      <c r="P54" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17">
+      <c r="A55">
+        <v>14134</v>
+      </c>
+      <c r="B55">
+        <v>0.4</v>
+      </c>
+      <c r="C55" t="s">
+        <v>185</v>
+      </c>
+      <c r="D55" t="s">
+        <v>177</v>
+      </c>
+      <c r="E55" t="s">
+        <v>22</v>
+      </c>
+      <c r="G55" t="s">
+        <v>124</v>
+      </c>
+      <c r="H55" t="s">
+        <v>137</v>
+      </c>
+      <c r="I55" t="s">
+        <v>130</v>
+      </c>
+      <c r="J55" t="s">
+        <v>130</v>
+      </c>
+      <c r="K55" t="s">
+        <v>130</v>
+      </c>
+      <c r="L55" t="s">
+        <v>128</v>
+      </c>
+      <c r="M55" s="6">
+        <v>16340.0</v>
+      </c>
+      <c r="N55" s="6">
+        <v>19771</v>
+      </c>
+      <c r="O55" t="s">
+        <v>129</v>
+      </c>
+      <c r="P55" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17">
+      <c r="A56">
+        <v>13623</v>
+      </c>
+      <c r="B56">
+        <v>0.4</v>
+      </c>
+      <c r="C56" t="s">
+        <v>186</v>
+      </c>
+      <c r="D56" t="s">
+        <v>177</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>124</v>
+      </c>
+      <c r="H56" t="s">
+        <v>137</v>
+      </c>
+      <c r="I56" t="s">
+        <v>130</v>
+      </c>
+      <c r="J56" t="s">
+        <v>130</v>
+      </c>
+      <c r="K56" t="s">
+        <v>130</v>
+      </c>
+      <c r="L56" t="s">
+        <v>140</v>
+      </c>
+      <c r="M56" s="6">
+        <v>16704.0</v>
+      </c>
+      <c r="N56" s="6">
+        <v>20212</v>
+      </c>
+      <c r="O56" t="s">
+        <v>129</v>
+      </c>
+      <c r="P56" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17">
+      <c r="A57">
+        <v>14133</v>
+      </c>
+      <c r="B57">
+        <v>0.42</v>
+      </c>
+      <c r="C57" t="s">
+        <v>187</v>
+      </c>
+      <c r="D57" t="s">
+        <v>177</v>
+      </c>
+      <c r="E57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" t="s">
+        <v>124</v>
+      </c>
+      <c r="H57" t="s">
+        <v>137</v>
+      </c>
+      <c r="I57" t="s">
+        <v>130</v>
+      </c>
+      <c r="J57" t="s">
+        <v>130</v>
+      </c>
+      <c r="K57" t="s">
+        <v>130</v>
+      </c>
+      <c r="L57" t="s">
+        <v>161</v>
+      </c>
+      <c r="M57" s="6">
+        <v>17157.0</v>
+      </c>
+      <c r="N57" s="6">
+        <v>20760</v>
+      </c>
+      <c r="O57" t="s">
+        <v>129</v>
+      </c>
+      <c r="P57" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17">
+      <c r="A58">
+        <v>14271</v>
+      </c>
+      <c r="B58">
+        <v>0.59</v>
+      </c>
+      <c r="C58" t="s">
+        <v>188</v>
+      </c>
+      <c r="D58" t="s">
+        <v>139</v>
+      </c>
+      <c r="E58" t="s">
+        <v>22</v>
+      </c>
+      <c r="G58" t="s">
+        <v>124</v>
+      </c>
+      <c r="H58" t="s">
+        <v>137</v>
+      </c>
+      <c r="I58" t="s">
+        <v>130</v>
+      </c>
+      <c r="J58" t="s">
+        <v>130</v>
+      </c>
+      <c r="K58" t="s">
+        <v>130</v>
+      </c>
+      <c r="L58" t="s">
+        <v>128</v>
+      </c>
+      <c r="M58" s="6">
+        <v>22302.0</v>
+      </c>
+      <c r="N58" s="6">
+        <v>26985</v>
+      </c>
+      <c r="O58" t="s">
+        <v>129</v>
+      </c>
+      <c r="P58" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17">
+      <c r="A59">
+        <v>14364</v>
+      </c>
+      <c r="B59">
+        <v>0.59</v>
+      </c>
+      <c r="C59" t="s">
+        <v>189</v>
+      </c>
+      <c r="D59" t="s">
+        <v>139</v>
+      </c>
+      <c r="E59" t="s">
+        <v>22</v>
+      </c>
+      <c r="G59" t="s">
+        <v>124</v>
+      </c>
+      <c r="H59" t="s">
+        <v>137</v>
+      </c>
+      <c r="I59" t="s">
+        <v>130</v>
+      </c>
+      <c r="J59" t="s">
+        <v>130</v>
+      </c>
+      <c r="K59" t="s">
+        <v>130</v>
+      </c>
+      <c r="L59" t="s">
+        <v>128</v>
+      </c>
+      <c r="M59" s="6">
+        <v>22302.0</v>
+      </c>
+      <c r="N59" s="6">
+        <v>26985</v>
+      </c>
+      <c r="O59" t="s">
+        <v>129</v>
+      </c>
+      <c r="P59" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17">
+      <c r="A60">
+        <v>14363</v>
+      </c>
+      <c r="B60">
+        <v>0.6</v>
+      </c>
+      <c r="C60" t="s">
+        <v>190</v>
+      </c>
+      <c r="D60" t="s">
+        <v>139</v>
+      </c>
+      <c r="E60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" t="s">
+        <v>124</v>
+      </c>
+      <c r="H60" t="s">
+        <v>137</v>
+      </c>
+      <c r="I60" t="s">
+        <v>130</v>
+      </c>
+      <c r="J60" t="s">
+        <v>130</v>
+      </c>
+      <c r="K60" t="s">
+        <v>130</v>
+      </c>
+      <c r="L60" t="s">
+        <v>128</v>
+      </c>
+      <c r="M60" s="6">
+        <v>22680.0</v>
+      </c>
+      <c r="N60" s="6">
+        <v>27443</v>
+      </c>
+      <c r="O60" t="s">
+        <v>129</v>
+      </c>
+      <c r="P60" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17">
+      <c r="A61">
+        <v>14365</v>
+      </c>
+      <c r="B61">
+        <v>0.6</v>
+      </c>
+      <c r="C61" t="s">
+        <v>191</v>
+      </c>
+      <c r="D61" t="s">
+        <v>139</v>
+      </c>
+      <c r="E61" t="s">
+        <v>22</v>
+      </c>
+      <c r="G61" t="s">
+        <v>124</v>
+      </c>
+      <c r="H61" t="s">
+        <v>137</v>
+      </c>
+      <c r="I61" t="s">
+        <v>130</v>
+      </c>
+      <c r="J61" t="s">
+        <v>130</v>
+      </c>
+      <c r="K61" t="s">
+        <v>130</v>
+      </c>
+      <c r="L61" t="s">
+        <v>128</v>
+      </c>
+      <c r="M61" s="6">
+        <v>22680.0</v>
+      </c>
+      <c r="N61" s="6">
+        <v>27443</v>
+      </c>
+      <c r="O61" t="s">
+        <v>129</v>
+      </c>
+      <c r="P61" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17">
+      <c r="A62">
+        <v>14267</v>
+      </c>
+      <c r="B62">
+        <v>0.53</v>
+      </c>
+      <c r="C62" t="s">
+        <v>192</v>
+      </c>
+      <c r="D62" t="s">
+        <v>175</v>
+      </c>
+      <c r="E62" t="s">
+        <v>22</v>
+      </c>
+      <c r="G62" t="s">
+        <v>124</v>
+      </c>
+      <c r="H62" t="s">
+        <v>137</v>
+      </c>
+      <c r="I62" t="s">
+        <v>130</v>
+      </c>
+      <c r="J62" t="s">
+        <v>130</v>
+      </c>
+      <c r="K62" t="s">
+        <v>130</v>
+      </c>
+      <c r="L62" t="s">
+        <v>128</v>
+      </c>
+      <c r="M62" s="6">
+        <v>23373.0</v>
+      </c>
+      <c r="N62" s="6">
+        <v>28281</v>
+      </c>
+      <c r="O62" t="s">
+        <v>129</v>
+      </c>
+      <c r="P62" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17">
+      <c r="A63">
+        <v>14266</v>
+      </c>
+      <c r="B63">
+        <v>0.54</v>
+      </c>
+      <c r="C63" t="s">
+        <v>193</v>
+      </c>
+      <c r="D63" t="s">
+        <v>175</v>
+      </c>
+      <c r="E63" t="s">
+        <v>22</v>
+      </c>
+      <c r="G63" t="s">
+        <v>124</v>
+      </c>
+      <c r="H63" t="s">
+        <v>137</v>
+      </c>
+      <c r="I63" t="s">
+        <v>130</v>
+      </c>
+      <c r="J63" t="s">
+        <v>130</v>
+      </c>
+      <c r="K63" t="s">
+        <v>130</v>
+      </c>
+      <c r="L63" t="s">
+        <v>128</v>
+      </c>
+      <c r="M63" s="6">
+        <v>23814.0</v>
+      </c>
+      <c r="N63" s="6">
+        <v>28815</v>
+      </c>
+      <c r="O63" t="s">
+        <v>129</v>
+      </c>
+      <c r="P63" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17">
+      <c r="A64">
+        <v>14264</v>
+      </c>
+      <c r="B64">
+        <v>0.5</v>
+      </c>
+      <c r="C64" t="s">
+        <v>194</v>
+      </c>
+      <c r="D64" t="s">
+        <v>177</v>
+      </c>
+      <c r="E64" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" t="s">
+        <v>124</v>
+      </c>
+      <c r="H64" t="s">
+        <v>137</v>
+      </c>
+      <c r="I64" t="s">
+        <v>130</v>
+      </c>
+      <c r="J64" t="s">
+        <v>130</v>
+      </c>
+      <c r="K64" t="s">
+        <v>130</v>
+      </c>
+      <c r="L64" t="s">
+        <v>161</v>
+      </c>
+      <c r="M64" s="6">
+        <v>24150.0</v>
+      </c>
+      <c r="N64" s="6">
+        <v>29222</v>
+      </c>
+      <c r="O64" t="s">
+        <v>129</v>
+      </c>
+      <c r="P64" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17">
+      <c r="A65">
+        <v>11472</v>
+      </c>
+      <c r="B65">
+        <v>0.71</v>
+      </c>
+      <c r="C65" t="s">
+        <v>195</v>
+      </c>
+      <c r="D65" t="s">
+        <v>196</v>
+      </c>
+      <c r="E65" t="s">
+        <v>22</v>
+      </c>
+      <c r="G65" t="s">
+        <v>124</v>
+      </c>
+      <c r="H65" t="s">
+        <v>137</v>
+      </c>
+      <c r="I65" t="s">
+        <v>130</v>
+      </c>
+      <c r="J65" t="s">
+        <v>130</v>
+      </c>
+      <c r="K65" t="s">
+        <v>130</v>
+      </c>
+      <c r="L65" t="s">
+        <v>161</v>
+      </c>
+      <c r="M65" s="6">
+        <v>28755.0</v>
+      </c>
+      <c r="N65" s="6">
+        <v>34794</v>
+      </c>
+      <c r="O65" t="s">
+        <v>129</v>
+      </c>
+      <c r="P65" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17">
+      <c r="A66">
+        <v>14275</v>
+      </c>
+      <c r="B66">
+        <v>0.7</v>
+      </c>
+      <c r="C66" t="s">
+        <v>197</v>
+      </c>
+      <c r="D66" t="s">
+        <v>139</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>124</v>
+      </c>
+      <c r="H66" t="s">
+        <v>137</v>
+      </c>
+      <c r="I66" t="s">
+        <v>130</v>
+      </c>
+      <c r="J66" t="s">
+        <v>130</v>
+      </c>
+      <c r="K66" t="s">
+        <v>130</v>
+      </c>
+      <c r="L66" t="s">
+        <v>128</v>
+      </c>
+      <c r="M66" s="6">
+        <v>30870.0</v>
+      </c>
+      <c r="N66" s="6">
+        <v>37353</v>
+      </c>
+      <c r="O66" t="s">
+        <v>129</v>
+      </c>
+      <c r="P66" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17">
+      <c r="A67">
+        <v>14276</v>
+      </c>
+      <c r="B67">
+        <v>0.73</v>
+      </c>
+      <c r="C67" t="s">
+        <v>198</v>
+      </c>
+      <c r="D67" t="s">
+        <v>139</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>124</v>
+      </c>
+      <c r="H67" t="s">
+        <v>137</v>
+      </c>
+      <c r="I67" t="s">
+        <v>130</v>
+      </c>
+      <c r="J67" t="s">
+        <v>130</v>
+      </c>
+      <c r="K67" t="s">
+        <v>130</v>
+      </c>
+      <c r="L67" t="s">
+        <v>128</v>
+      </c>
+      <c r="M67" s="6">
+        <v>32193.0</v>
+      </c>
+      <c r="N67" s="6">
+        <v>38954</v>
+      </c>
+      <c r="O67" t="s">
+        <v>129</v>
+      </c>
+      <c r="P67" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17">
+      <c r="A68">
+        <v>13633</v>
+      </c>
+      <c r="B68">
+        <v>0.59</v>
+      </c>
+      <c r="C68" t="s">
+        <v>199</v>
+      </c>
+      <c r="D68" t="s">
+        <v>133</v>
+      </c>
+      <c r="E68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" t="s">
+        <v>200</v>
+      </c>
+      <c r="H68" t="s">
+        <v>137</v>
+      </c>
+      <c r="J68" t="s">
+        <v>130</v>
+      </c>
+      <c r="K68" t="s">
+        <v>130</v>
+      </c>
+      <c r="L68" t="s">
+        <v>161</v>
+      </c>
+      <c r="M68" s="6">
+        <v>35589.0</v>
+      </c>
+      <c r="N68" s="6">
+        <v>43062</v>
+      </c>
+      <c r="O68" t="s">
+        <v>129</v>
+      </c>
+      <c r="P68" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17">
+      <c r="A69">
+        <v>14285</v>
+      </c>
+      <c r="B69">
+        <v>1.03</v>
+      </c>
+      <c r="C69" t="s">
+        <v>201</v>
+      </c>
+      <c r="D69" t="s">
+        <v>202</v>
+      </c>
+      <c r="E69" t="s">
+        <v>22</v>
+      </c>
+      <c r="F69" t="s">
+        <v>203</v>
+      </c>
+      <c r="G69" t="s">
+        <v>204</v>
+      </c>
+      <c r="H69" t="s">
+        <v>137</v>
+      </c>
+      <c r="J69" t="s">
+        <v>130</v>
+      </c>
+      <c r="K69" t="s">
+        <v>126</v>
+      </c>
+      <c r="L69" t="s">
+        <v>140</v>
+      </c>
+      <c r="M69" s="6">
+        <v>37900.0</v>
+      </c>
+      <c r="N69" s="6">
+        <v>45859</v>
+      </c>
+      <c r="O69" t="s">
+        <v>129</v>
+      </c>
+      <c r="P69" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17">
+      <c r="A70">
+        <v>14371</v>
+      </c>
+      <c r="B70">
+        <v>0.7</v>
+      </c>
+      <c r="C70" t="s">
+        <v>205</v>
+      </c>
+      <c r="D70" t="s">
+        <v>175</v>
+      </c>
+      <c r="E70" t="s">
+        <v>22</v>
+      </c>
+      <c r="G70" t="s">
+        <v>124</v>
+      </c>
+      <c r="H70" t="s">
+        <v>137</v>
+      </c>
+      <c r="I70" t="s">
+        <v>130</v>
+      </c>
+      <c r="J70" t="s">
+        <v>130</v>
+      </c>
+      <c r="K70" t="s">
+        <v>130</v>
+      </c>
+      <c r="L70" t="s">
+        <v>161</v>
+      </c>
+      <c r="M70" s="6">
+        <v>38220.0</v>
+      </c>
+      <c r="N70" s="6">
+        <v>46246</v>
+      </c>
+      <c r="O70" t="s">
+        <v>129</v>
+      </c>
+      <c r="P70" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17">
+      <c r="A71">
+        <v>14372</v>
+      </c>
+      <c r="B71">
+        <v>0.7</v>
+      </c>
+      <c r="C71" t="s">
+        <v>206</v>
+      </c>
+      <c r="D71" t="s">
+        <v>175</v>
+      </c>
+      <c r="E71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
+        <v>124</v>
+      </c>
+      <c r="H71" t="s">
+        <v>137</v>
+      </c>
+      <c r="I71" t="s">
+        <v>130</v>
+      </c>
+      <c r="J71" t="s">
+        <v>130</v>
+      </c>
+      <c r="K71" t="s">
+        <v>130</v>
+      </c>
+      <c r="L71" t="s">
+        <v>161</v>
+      </c>
+      <c r="M71" s="6">
+        <v>38220.0</v>
+      </c>
+      <c r="N71" s="6">
+        <v>46246</v>
+      </c>
+      <c r="O71" t="s">
+        <v>129</v>
+      </c>
+      <c r="P71" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17">
+      <c r="A72">
+        <v>8083</v>
+      </c>
+      <c r="B72">
+        <v>0.9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>207</v>
+      </c>
+      <c r="D72" t="s">
+        <v>171</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>200</v>
+      </c>
+      <c r="H72" t="s">
+        <v>137</v>
+      </c>
+      <c r="J72" t="s">
+        <v>130</v>
+      </c>
+      <c r="K72" t="s">
+        <v>126</v>
+      </c>
+      <c r="L72" t="s">
+        <v>161</v>
+      </c>
+      <c r="M72" s="6">
+        <v>45279.0</v>
+      </c>
+      <c r="N72" s="6">
+        <v>54788</v>
+      </c>
+      <c r="O72" t="s">
+        <v>129</v>
+      </c>
+      <c r="P72" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17">
+      <c r="A73">
+        <v>14045</v>
+      </c>
+      <c r="B73">
+        <v>0.91</v>
+      </c>
+      <c r="C73" t="s">
+        <v>208</v>
+      </c>
+      <c r="D73" t="s">
+        <v>171</v>
+      </c>
+      <c r="E73" t="s">
+        <v>22</v>
+      </c>
+      <c r="G73" t="s">
+        <v>124</v>
+      </c>
+      <c r="H73" t="s">
+        <v>137</v>
+      </c>
+      <c r="I73" t="s">
+        <v>130</v>
+      </c>
+      <c r="J73" t="s">
+        <v>130</v>
+      </c>
+      <c r="K73" t="s">
+        <v>130</v>
+      </c>
+      <c r="L73" t="s">
+        <v>161</v>
+      </c>
+      <c r="M73" s="6">
+        <v>50869.0</v>
+      </c>
+      <c r="N73" s="6">
+        <v>61551</v>
+      </c>
+      <c r="O73" t="s">
+        <v>129</v>
+      </c>
+      <c r="P73" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17">
+      <c r="A74">
+        <v>4963</v>
+      </c>
+      <c r="B74">
+        <v>0.7</v>
+      </c>
+      <c r="C74" t="s">
+        <v>209</v>
+      </c>
+      <c r="D74" t="s">
+        <v>133</v>
+      </c>
+      <c r="E74" t="s">
+        <v>22</v>
+      </c>
+      <c r="G74" t="s">
+        <v>124</v>
+      </c>
+      <c r="H74" t="s">
+        <v>125</v>
+      </c>
+      <c r="I74" t="s">
+        <v>126</v>
+      </c>
+      <c r="J74" t="s">
+        <v>126</v>
+      </c>
+      <c r="K74" t="s">
+        <v>126</v>
+      </c>
+      <c r="L74" t="s">
+        <v>128</v>
+      </c>
+      <c r="M74" s="6">
+        <v>54791.0</v>
+      </c>
+      <c r="N74" s="6">
+        <v>66297</v>
+      </c>
+      <c r="O74" t="s">
+        <v>129</v>
+      </c>
+      <c r="P74" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17">
+      <c r="A75">
+        <v>14046</v>
+      </c>
+      <c r="B75">
+        <v>0.9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>210</v>
+      </c>
+      <c r="D75" t="s">
+        <v>136</v>
+      </c>
+      <c r="E75" t="s">
+        <v>22</v>
+      </c>
+      <c r="G75" t="s">
+        <v>124</v>
+      </c>
+      <c r="H75" t="s">
+        <v>137</v>
+      </c>
+      <c r="I75" t="s">
+        <v>130</v>
+      </c>
+      <c r="J75" t="s">
+        <v>130</v>
+      </c>
+      <c r="K75" t="s">
+        <v>130</v>
+      </c>
+      <c r="L75" t="s">
+        <v>161</v>
+      </c>
+      <c r="M75" s="6">
+        <v>56115.0</v>
+      </c>
+      <c r="N75" s="6">
+        <v>67899</v>
+      </c>
+      <c r="O75" t="s">
+        <v>129</v>
+      </c>
+      <c r="P75" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17">
+      <c r="A76">
+        <v>14044</v>
+      </c>
+      <c r="B76">
+        <v>0.91</v>
+      </c>
+      <c r="C76" t="s">
+        <v>211</v>
+      </c>
+      <c r="D76" t="s">
+        <v>136</v>
+      </c>
+      <c r="E76" t="s">
+        <v>22</v>
+      </c>
+      <c r="G76" t="s">
+        <v>124</v>
+      </c>
+      <c r="H76" t="s">
+        <v>137</v>
+      </c>
+      <c r="I76" t="s">
+        <v>130</v>
+      </c>
+      <c r="J76" t="s">
+        <v>130</v>
+      </c>
+      <c r="K76" t="s">
+        <v>130</v>
+      </c>
+      <c r="L76" t="s">
+        <v>161</v>
+      </c>
+      <c r="M76" s="6">
+        <v>56739.0</v>
+      </c>
+      <c r="N76" s="6">
+        <v>68654</v>
+      </c>
+      <c r="O76" t="s">
+        <v>129</v>
+      </c>
+      <c r="P76" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17">
+      <c r="A77">
+        <v>13236</v>
+      </c>
+      <c r="B77">
+        <v>0.41</v>
+      </c>
+      <c r="C77" t="s">
+        <v>212</v>
+      </c>
+      <c r="D77" t="s">
+        <v>202</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>213</v>
+      </c>
+      <c r="G77" t="s">
+        <v>124</v>
+      </c>
+      <c r="H77" t="s">
+        <v>137</v>
+      </c>
+      <c r="J77" t="s">
+        <v>130</v>
+      </c>
+      <c r="K77" t="s">
+        <v>130</v>
+      </c>
+      <c r="L77" t="s">
+        <v>128</v>
+      </c>
+      <c r="M77" s="6">
+        <v>59500.0</v>
+      </c>
+      <c r="N77" s="6">
+        <v>71995</v>
+      </c>
+      <c r="O77" t="s">
+        <v>129</v>
+      </c>
+      <c r="P77" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17">
+      <c r="A78">
+        <v>10574</v>
+      </c>
+      <c r="B78">
+        <v>0.75</v>
+      </c>
+      <c r="C78" t="s">
+        <v>214</v>
+      </c>
+      <c r="D78" t="s">
+        <v>133</v>
+      </c>
+      <c r="E78" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78" t="s">
+        <v>215</v>
+      </c>
+      <c r="H78" t="s">
+        <v>137</v>
+      </c>
+      <c r="J78" t="s">
+        <v>130</v>
+      </c>
+      <c r="K78" t="s">
+        <v>130</v>
+      </c>
+      <c r="L78" t="s">
+        <v>161</v>
+      </c>
+      <c r="M78" s="6">
+        <v>61883.0</v>
+      </c>
+      <c r="N78" s="6">
+        <v>74878</v>
+      </c>
+      <c r="O78" t="s">
+        <v>129</v>
+      </c>
+      <c r="P78" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17">
+      <c r="A79">
+        <v>11491</v>
+      </c>
+      <c r="B79">
+        <v>0.91</v>
+      </c>
+      <c r="C79" t="s">
+        <v>216</v>
+      </c>
+      <c r="D79" t="s">
+        <v>139</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>124</v>
+      </c>
+      <c r="H79" t="s">
+        <v>217</v>
+      </c>
+      <c r="I79" t="s">
+        <v>126</v>
+      </c>
+      <c r="J79" t="s">
+        <v>130</v>
+      </c>
+      <c r="K79" t="s">
+        <v>126</v>
+      </c>
+      <c r="L79" t="s">
+        <v>128</v>
+      </c>
+      <c r="M79" s="6">
+        <v>64938.0</v>
+      </c>
+      <c r="N79" s="6">
+        <v>78575</v>
+      </c>
+      <c r="O79" t="s">
+        <v>129</v>
+      </c>
+      <c r="P79" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17">
+      <c r="A80">
+        <v>6122</v>
+      </c>
+      <c r="B80">
+        <v>0.8</v>
+      </c>
+      <c r="C80" t="s">
+        <v>218</v>
+      </c>
+      <c r="D80" t="s">
+        <v>133</v>
+      </c>
+      <c r="E80" t="s">
+        <v>22</v>
+      </c>
+      <c r="G80" t="s">
+        <v>124</v>
+      </c>
+      <c r="H80" t="s">
+        <v>137</v>
+      </c>
+      <c r="I80" t="s">
+        <v>126</v>
+      </c>
+      <c r="J80" t="s">
+        <v>130</v>
+      </c>
+      <c r="K80" t="s">
+        <v>126</v>
+      </c>
+      <c r="L80" t="s">
+        <v>161</v>
+      </c>
+      <c r="M80" s="6">
+        <v>69576.0</v>
+      </c>
+      <c r="N80" s="6">
+        <v>84187</v>
+      </c>
+      <c r="O80" t="s">
+        <v>129</v>
+      </c>
+      <c r="P80" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17">
+      <c r="A81">
+        <v>13229</v>
+      </c>
+      <c r="B81">
+        <v>1.51</v>
+      </c>
+      <c r="C81" t="s">
+        <v>219</v>
+      </c>
+      <c r="D81" t="s">
+        <v>144</v>
+      </c>
+      <c r="E81" t="s">
+        <v>22</v>
+      </c>
+      <c r="G81" t="s">
+        <v>204</v>
+      </c>
+      <c r="H81" t="s">
+        <v>137</v>
+      </c>
+      <c r="J81" t="s">
+        <v>130</v>
+      </c>
+      <c r="K81" t="s">
+        <v>130</v>
+      </c>
+      <c r="L81" t="s">
+        <v>140</v>
+      </c>
+      <c r="M81" s="6">
+        <v>85000.0</v>
+      </c>
+      <c r="N81" s="6">
+        <v>102850</v>
+      </c>
+      <c r="O81" t="s">
+        <v>129</v>
+      </c>
+      <c r="P81" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17">
+      <c r="A82">
+        <v>11578</v>
+      </c>
+      <c r="B82">
+        <v>0.9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>220</v>
+      </c>
+      <c r="D82" t="s">
+        <v>177</v>
+      </c>
+      <c r="E82" t="s">
+        <v>22</v>
+      </c>
+      <c r="G82" t="s">
+        <v>124</v>
+      </c>
+      <c r="H82" t="s">
+        <v>137</v>
+      </c>
+      <c r="I82" t="s">
+        <v>130</v>
+      </c>
+      <c r="J82" t="s">
+        <v>130</v>
+      </c>
+      <c r="K82" t="s">
+        <v>130</v>
+      </c>
+      <c r="L82" t="s">
+        <v>161</v>
+      </c>
+      <c r="M82" s="6">
+        <v>99225.0</v>
+      </c>
+      <c r="N82" s="6">
+        <v>120062</v>
+      </c>
+      <c r="O82" t="s">
+        <v>129</v>
+      </c>
+      <c r="P82" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17">
+      <c r="A83">
+        <v>14203</v>
+      </c>
+      <c r="B83">
+        <v>1.13</v>
+      </c>
+      <c r="C83" t="s">
+        <v>221</v>
+      </c>
+      <c r="D83" t="s">
+        <v>175</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>124</v>
+      </c>
+      <c r="H83" t="s">
+        <v>137</v>
+      </c>
+      <c r="I83" t="s">
+        <v>130</v>
+      </c>
+      <c r="J83" t="s">
+        <v>130</v>
+      </c>
+      <c r="K83" t="s">
+        <v>130</v>
+      </c>
+      <c r="L83" t="s">
+        <v>140</v>
+      </c>
+      <c r="M83" s="6">
+        <v>111800.0</v>
+      </c>
+      <c r="N83" s="6">
+        <v>135278</v>
+      </c>
+      <c r="O83" t="s">
+        <v>129</v>
+      </c>
+      <c r="P83" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17">
+      <c r="A84">
+        <v>13373</v>
+      </c>
+      <c r="B84">
+        <v>1.13</v>
+      </c>
+      <c r="C84" t="s">
+        <v>222</v>
+      </c>
+      <c r="D84" t="s">
+        <v>175</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>124</v>
+      </c>
+      <c r="H84" t="s">
+        <v>137</v>
+      </c>
+      <c r="I84" t="s">
+        <v>130</v>
+      </c>
+      <c r="J84" t="s">
+        <v>130</v>
+      </c>
+      <c r="K84" t="s">
+        <v>130</v>
+      </c>
+      <c r="L84" t="s">
+        <v>140</v>
+      </c>
+      <c r="M84" s="6">
+        <v>119800.0</v>
+      </c>
+      <c r="N84" s="6">
+        <v>144958</v>
+      </c>
+      <c r="O84" t="s">
+        <v>129</v>
+      </c>
+      <c r="P84" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17">
+      <c r="A85">
+        <v>13231</v>
+      </c>
+      <c r="B85">
+        <v>1.02</v>
+      </c>
+      <c r="C85" t="s">
+        <v>223</v>
+      </c>
+      <c r="D85" t="s">
+        <v>19</v>
+      </c>
+      <c r="E85" t="s">
+        <v>22</v>
+      </c>
+      <c r="G85" t="s">
+        <v>224</v>
+      </c>
+      <c r="H85" t="s">
+        <v>137</v>
+      </c>
+      <c r="J85" t="s">
+        <v>130</v>
+      </c>
+      <c r="K85" t="s">
+        <v>130</v>
+      </c>
+      <c r="L85" t="s">
+        <v>161</v>
+      </c>
+      <c r="M85" s="6">
+        <v>138000.0</v>
+      </c>
+      <c r="N85" s="6">
+        <v>166980</v>
+      </c>
+      <c r="O85" t="s">
+        <v>129</v>
+      </c>
+      <c r="P85" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17">
+      <c r="A86">
+        <v>11867</v>
+      </c>
+      <c r="B86">
+        <v>1</v>
+      </c>
+      <c r="C86" t="s">
+        <v>225</v>
+      </c>
+      <c r="D86" t="s">
+        <v>177</v>
+      </c>
+      <c r="E86" t="s">
+        <v>22</v>
+      </c>
+      <c r="G86" t="s">
+        <v>124</v>
+      </c>
+      <c r="H86" t="s">
+        <v>137</v>
+      </c>
+      <c r="I86" t="s">
+        <v>130</v>
+      </c>
+      <c r="J86" t="s">
+        <v>130</v>
+      </c>
+      <c r="K86" t="s">
+        <v>130</v>
+      </c>
+      <c r="L86" t="s">
+        <v>161</v>
+      </c>
+      <c r="M86" s="6">
+        <v>153500.0</v>
+      </c>
+      <c r="N86" s="6">
+        <v>185735</v>
+      </c>
+      <c r="O86" t="s">
+        <v>129</v>
+      </c>
+      <c r="P86" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17">
+      <c r="A87">
+        <v>11746</v>
+      </c>
+      <c r="B87">
+        <v>1.01</v>
+      </c>
+      <c r="C87" t="s">
+        <v>226</v>
+      </c>
+      <c r="D87" t="s">
+        <v>177</v>
+      </c>
+      <c r="E87" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87" t="s">
+        <v>124</v>
+      </c>
+      <c r="H87" t="s">
+        <v>137</v>
+      </c>
+      <c r="I87" t="s">
+        <v>130</v>
+      </c>
+      <c r="J87" t="s">
+        <v>130</v>
+      </c>
+      <c r="K87" t="s">
+        <v>130</v>
+      </c>
+      <c r="L87" t="s">
+        <v>161</v>
+      </c>
+      <c r="M87" s="6">
+        <v>155000.0</v>
+      </c>
+      <c r="N87" s="6">
+        <v>187550</v>
+      </c>
+      <c r="O87" t="s">
+        <v>129</v>
+      </c>
+      <c r="P87" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17">
+      <c r="A88">
+        <v>1746</v>
+      </c>
+      <c r="B88">
+        <v>1.24</v>
+      </c>
+      <c r="C88" t="s">
+        <v>227</v>
+      </c>
+      <c r="D88" t="s">
+        <v>25</v>
+      </c>
+      <c r="E88" t="s">
+        <v>22</v>
+      </c>
+      <c r="G88" t="s">
+        <v>124</v>
+      </c>
+      <c r="H88" t="s">
+        <v>125</v>
+      </c>
+      <c r="I88" t="s">
+        <v>126</v>
+      </c>
+      <c r="J88" t="s">
+        <v>126</v>
+      </c>
+      <c r="K88" t="s">
+        <v>126</v>
+      </c>
+      <c r="L88" t="s">
+        <v>128</v>
+      </c>
+      <c r="M88" s="6">
+        <v>176000.0</v>
+      </c>
+      <c r="N88" s="6">
+        <v>212960</v>
+      </c>
+      <c r="O88" t="s">
+        <v>129</v>
+      </c>
+      <c r="P88" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17">
+      <c r="A89">
+        <v>13608</v>
+      </c>
+      <c r="B89">
+        <v>2.01</v>
+      </c>
+      <c r="C89" t="s">
+        <v>228</v>
+      </c>
+      <c r="D89" t="s">
+        <v>159</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>124</v>
+      </c>
+      <c r="H89" t="s">
+        <v>137</v>
+      </c>
+      <c r="I89" t="s">
+        <v>130</v>
+      </c>
+      <c r="J89" t="s">
+        <v>130</v>
+      </c>
+      <c r="K89" t="s">
+        <v>130</v>
+      </c>
+      <c r="L89" t="s">
+        <v>140</v>
+      </c>
+      <c r="M89" s="6">
+        <v>199000.0</v>
+      </c>
+      <c r="N89" s="6">
+        <v>240790</v>
+      </c>
+      <c r="O89" t="s">
+        <v>129</v>
+      </c>
+      <c r="P89" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17">
+      <c r="A90">
+        <v>13230</v>
+      </c>
+      <c r="B90">
+        <v>1.51</v>
+      </c>
+      <c r="C90" t="s">
+        <v>229</v>
+      </c>
+      <c r="D90" t="s">
+        <v>177</v>
+      </c>
+      <c r="E90" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" t="s">
+        <v>230</v>
+      </c>
+      <c r="H90" t="s">
+        <v>137</v>
+      </c>
+      <c r="J90" t="s">
+        <v>130</v>
+      </c>
+      <c r="K90" t="s">
+        <v>130</v>
+      </c>
+      <c r="L90" t="s">
+        <v>161</v>
+      </c>
+      <c r="M90" s="6">
+        <v>240800.0</v>
+      </c>
+      <c r="N90" s="6">
+        <v>291368</v>
+      </c>
+      <c r="O90" t="s">
+        <v>129</v>
+      </c>
+      <c r="P90" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17">
+      <c r="A91">
+        <v>9314</v>
+      </c>
+      <c r="B91">
+        <v>1.51</v>
+      </c>
+      <c r="C91" t="s">
+        <v>231</v>
+      </c>
+      <c r="D91" t="s">
+        <v>177</v>
+      </c>
+      <c r="E91" t="s">
+        <v>22</v>
+      </c>
+      <c r="G91" t="s">
+        <v>124</v>
+      </c>
+      <c r="H91" t="s">
+        <v>137</v>
+      </c>
+      <c r="I91" t="s">
+        <v>130</v>
+      </c>
+      <c r="J91" t="s">
+        <v>130</v>
+      </c>
+      <c r="K91" t="s">
+        <v>130</v>
+      </c>
+      <c r="L91" t="s">
+        <v>161</v>
+      </c>
+      <c r="M91" s="6">
+        <v>335000.0</v>
+      </c>
+      <c r="N91" s="6">
+        <v>405350</v>
+      </c>
+      <c r="O91" t="s">
+        <v>129</v>
+      </c>
+      <c r="P91" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17">
+      <c r="A92">
+        <v>3747</v>
+      </c>
+      <c r="B92">
+        <v>3.1</v>
+      </c>
+      <c r="C92" t="s">
+        <v>232</v>
+      </c>
+      <c r="D92" t="s">
+        <v>202</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>233</v>
+      </c>
+      <c r="G92" t="s">
+        <v>204</v>
+      </c>
+      <c r="H92" t="s">
+        <v>137</v>
+      </c>
+      <c r="J92" t="s">
+        <v>130</v>
+      </c>
+      <c r="K92" t="s">
+        <v>126</v>
+      </c>
+      <c r="L92" t="s">
+        <v>140</v>
+      </c>
+      <c r="M92" s="6">
+        <v>400000.0</v>
+      </c>
+      <c r="N92" s="6">
+        <v>484000</v>
+      </c>
+      <c r="O92" t="s">
+        <v>129</v>
+      </c>
+      <c r="P92" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17">
+      <c r="A93">
+        <v>14324</v>
+      </c>
+      <c r="B93">
+        <v>2</v>
+      </c>
+      <c r="C93" t="s">
+        <v>234</v>
+      </c>
+      <c r="D93" t="s">
+        <v>175</v>
+      </c>
+      <c r="E93" t="s">
+        <v>22</v>
+      </c>
+      <c r="G93" t="s">
+        <v>235</v>
+      </c>
+      <c r="H93" t="s">
+        <v>137</v>
+      </c>
+      <c r="J93" t="s">
+        <v>130</v>
+      </c>
+      <c r="K93" t="s">
+        <v>130</v>
+      </c>
+      <c r="L93" t="s">
+        <v>128</v>
+      </c>
+      <c r="M93" s="6">
+        <v>434700.0</v>
+      </c>
+      <c r="N93" s="6">
+        <v>525987</v>
+      </c>
+      <c r="O93" t="s">
+        <v>129</v>
+      </c>
+      <c r="P93" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17">
+      <c r="A94">
+        <v>10677</v>
+      </c>
+      <c r="B94">
+        <v>2</v>
+      </c>
+      <c r="C94" t="s">
+        <v>236</v>
+      </c>
+      <c r="D94" t="s">
+        <v>139</v>
+      </c>
+      <c r="E94" t="s">
+        <v>22</v>
+      </c>
+      <c r="G94" t="s">
+        <v>124</v>
+      </c>
+      <c r="H94" t="s">
+        <v>137</v>
+      </c>
+      <c r="I94" t="s">
+        <v>130</v>
+      </c>
+      <c r="J94" t="s">
+        <v>130</v>
+      </c>
+      <c r="K94" t="s">
+        <v>130</v>
+      </c>
+      <c r="L94" t="s">
+        <v>161</v>
+      </c>
+      <c r="M94" s="6">
+        <v>446000.0</v>
+      </c>
+      <c r="N94" s="6">
+        <v>539660</v>
+      </c>
+      <c r="O94" t="s">
+        <v>129</v>
+      </c>
+      <c r="P94" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17">
+      <c r="A95">
         <v>3947</v>
       </c>
-      <c r="B49">
+      <c r="B95">
         <v>0.13</v>
       </c>
-      <c r="C49" t="s">
-[...11 lines deleted...]
-      <c r="G49" t="s">
+      <c r="C95" t="s">
+        <v>237</v>
+      </c>
+      <c r="D95" t="s">
+        <v>202</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>238</v>
+      </c>
+      <c r="G95" t="s">
+        <v>204</v>
+      </c>
+      <c r="H95" t="s">
+        <v>137</v>
+      </c>
+      <c r="M95" s="6">
+        <v>520000.0</v>
+      </c>
+      <c r="N95" s="6">
+        <v>629200</v>
+      </c>
+      <c r="O95" t="s">
+        <v>129</v>
+      </c>
+      <c r="P95" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17">
+      <c r="A96">
+        <v>14210</v>
+      </c>
+      <c r="B96">
+        <v>0.16</v>
+      </c>
+      <c r="D96" t="s">
+        <v>202</v>
+      </c>
+      <c r="E96" t="s">
+        <v>22</v>
+      </c>
+      <c r="F96" t="s">
+        <v>239</v>
+      </c>
+      <c r="G96" t="s">
+        <v>215</v>
+      </c>
+      <c r="H96" t="s">
+        <v>240</v>
+      </c>
+      <c r="M96" s="6">
+        <v>1400000.0</v>
+      </c>
+      <c r="N96" s="6">
+        <v>1694000</v>
+      </c>
+      <c r="O96" t="s">
+        <v>129</v>
+      </c>
+      <c r="P96" t="s">
         <v>123</v>
-      </c>
-[...13 lines deleted...]
-        <v>79</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -3290,50 +5778,97 @@
     <hyperlink ref="P25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="P26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="P27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="P28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="P29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="P30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="P31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="P32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="P33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="P34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="P35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="P36" r:id="rId_hyperlink_34"/>
     <hyperlink ref="P37" r:id="rId_hyperlink_35"/>
     <hyperlink ref="P38" r:id="rId_hyperlink_36"/>
     <hyperlink ref="P39" r:id="rId_hyperlink_37"/>
     <hyperlink ref="P40" r:id="rId_hyperlink_38"/>
     <hyperlink ref="P41" r:id="rId_hyperlink_39"/>
     <hyperlink ref="P42" r:id="rId_hyperlink_40"/>
     <hyperlink ref="P43" r:id="rId_hyperlink_41"/>
     <hyperlink ref="P44" r:id="rId_hyperlink_42"/>
     <hyperlink ref="P45" r:id="rId_hyperlink_43"/>
     <hyperlink ref="P46" r:id="rId_hyperlink_44"/>
     <hyperlink ref="P47" r:id="rId_hyperlink_45"/>
     <hyperlink ref="P48" r:id="rId_hyperlink_46"/>
     <hyperlink ref="P49" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="P50" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="P51" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="P52" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="P53" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="P54" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="P55" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="P56" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="P57" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="P58" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="P59" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="P60" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="P61" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="P62" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="P63" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="P64" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="P65" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="P66" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="P67" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="P68" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="P69" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="P70" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="P71" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="P72" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="P73" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="P74" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="P75" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="P76" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="P77" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="P78" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="P79" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="P80" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="P81" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="P82" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="P83" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="P84" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="P85" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="P86" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="P87" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="P88" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="P89" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="P90" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="P91" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="P92" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="P93" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="P94" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="P95" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="P96" r:id="rId_hyperlink_94"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>