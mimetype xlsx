--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,705 +73,465 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>3.66mm - 3.73mm x 2.21mm</t>
+    <t>3.54mm - 3.57mm x 2.30mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>VS1</t>
+  </si>
+  <si>
+    <t>3.91mm - 3.94mm x 2.46mm</t>
+  </si>
+  <si>
+    <t>3.94mm - 3.96mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>VS2</t>
+  </si>
+  <si>
+    <t>4.07mm - 4.11mm x 2.43mm</t>
+  </si>
+  <si>
+    <t>4.55mm - 4.57mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>4.49mm - 4.51mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>4.42mm - 4.44mm x 2.75mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>4.14mm - 4.17mm x 2.38mm</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
-    <t>VS2</t>
-[...37 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14482.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14399.html</t>
-[...46 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14440.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14460.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/035ct-i-vs2-s-gia-certifikatem-14341.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14342.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14343.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14303.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14304.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/026ct-e-vs1-s-igi-certifikatem-14454.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14321.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14322.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-14237.html</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14255.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/028ct-d-vs1-s-igi-certifikatem-14466.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-14251.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/037ct-h-vs1-s-gia-certifikatem-14235.html</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/039ct-g-vs1-s-gia-certifikatem-14244.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14271.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14364.html</t>
-[...13 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/050ct-g-vs1-s-gia-certifikatem-14264.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/070ct-i-vs2-s-gia-certifikatem-14275.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/103ct-w-x-vs1-s-gia-certifikatem-14285.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14371.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14372.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html</t>
-[...2 lines deleted...]
-    <t>https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html</t>
+    <t>https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html</t>
-[...5 lines deleted...]
-    <t>https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html</t>
+    <t>https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html</t>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html</t>
+    <t>https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html</t>
-[...2 lines deleted...]
-    <t>https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html</t>
+    <t>https://www.vvdiamonds.cz/100ct-d-vs1-s-gia-certifikatem-14579.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/200ct-h-vs1-s-gia-certifikatem-14324.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html</t>
   </si>
   <si>
     <t>Round</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
+    <t>Good</t>
+  </si>
+  <si>
     <t>Very Good</t>
   </si>
   <si>
-    <t>Good</t>
-[...1 lines deleted...]
-  <si>
     <t>žádná</t>
   </si>
   <si>
     <t>Skladem</t>
   </si>
   <si>
     <t>Excellent</t>
   </si>
   <si>
-    <t>3.70mm - 3.72mm x 2.20mm</t>
-[...16 lines deleted...]
-  <si>
     <t>GIA</t>
   </si>
   <si>
-    <t>4.35mm - 4.37mm x 2.68mm</t>
-[...2 lines deleted...]
-    <t>I</t>
+    <t>4.64mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>L</t>
   </si>
   <si>
     <t>nepatrná</t>
   </si>
   <si>
-    <t>3.85mm - 3.89mm x 2.42mm</t>
-[...5 lines deleted...]
-    <t>4.69mm - 4.71mm x 2.91mm</t>
+    <t>4.62mm - 4.69mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.62mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>3.99mm - 4.08mm x 2.57mm</t>
+  </si>
+  <si>
+    <t>4.64mm - 4.66mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.70mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.80mm x 2.84mm</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.74mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.82mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.79mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.77mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>4.78mm - 4.80mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.81mm - 4.84mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>5.35mm - 5.37mm x 3.35mm</t>
+  </si>
+  <si>
+    <t>5.05mm - 5.09mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>5.67mm - 5.70mm x 3.57mm</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>7.64mm x 4.65mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>6.04mm x 5.20mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>W-X</t>
+  </si>
+  <si>
+    <t>Cushion</t>
+  </si>
+  <si>
+    <t>5.62mm - 5.66mm x 3.54mm</t>
+  </si>
+  <si>
+    <t>7.75mm x 5.05mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>6.17mm - 6.19mm x 3.85mm</t>
+  </si>
+  <si>
+    <t>6.14mm - 6.17mm x 3.86mm</t>
+  </si>
+  <si>
+    <t>6.13mm - 6.17mm x 3.85mm</t>
+  </si>
+  <si>
+    <t>6.10mm - 6.13mm x 3.88mm</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
+    <t>5.53mm - 5.56mm x 3.53mm</t>
+  </si>
+  <si>
+    <t>7.91mm x 4.97mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>Oval</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.76mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>Faint Pink</t>
+  </si>
+  <si>
+    <t>6.11mm - 6.15mm x 3.84mm</t>
+  </si>
+  <si>
+    <t>7.18mm x 5.98mm x 4.04mm</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
-    <t>4.36mm - 4.38mm x 2.62mm</t>
-[...224 lines deleted...]
-    <t>6.11mm - 6.15mm x 3.84mm</t>
+    <t>6.59mm - 6.64mm x 4.14mm</t>
   </si>
   <si>
     <t>6.62mm - 6.67mm x 4.17mm</t>
   </si>
   <si>
-    <t>6.59mm - 6.64mm x 4.14mm</t>
+    <t>6.33mm - 6.37mm x 3.99mm</t>
+  </si>
+  <si>
+    <t>6.34mm - 6.38mm x 4.02mm</t>
   </si>
   <si>
     <t>5.86mm x 6.90mm x 4.13mm</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
-    <t>6.33mm - 6.37mm x 3.99mm</t>
-[...2 lines deleted...]
-    <t>6.34mm - 6.38mm x 4.02mm</t>
+    <t>8.02mm x 5.72mm x 3.44mm</t>
   </si>
   <si>
     <t>6.99mm - 7.07mm x 4.12mm</t>
   </si>
   <si>
     <t>8.15mm - 8.19mm x 4.91mm</t>
   </si>
   <si>
     <t>7.45mm x 5.39mm x 3.70mm</t>
   </si>
   <si>
     <t>Emerald</t>
   </si>
   <si>
     <t>7.28mm - 7.33mm x 4.58mm</t>
   </si>
   <si>
+    <t>7.93mm - 7.98mm x 5.05mm</t>
+  </si>
+  <si>
     <t>8.48mm x 7.68mm x 5.42mm</t>
   </si>
   <si>
     <t>Y-Z</t>
-  </si>
-[...7 lines deleted...]
-    <t>7.93mm - 7.98mm x 5.05mm</t>
   </si>
   <si>
     <t>3.18mm x 2.72mm x 1.78mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Blue</t>
   </si>
   <si>
     <t>Fancy Intense Pink</t>
   </si>
   <si>
     <t>ARGYLE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1251,62 +1011,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14482.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-f-vs1-s-igi-certifikatem-14486.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs1-s-igi-certifikatem-14400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14488.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vs1-s-igi-certifikatem-14410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-d-vs1-s-igi-certifikatem-14425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-e-vs1-s-igi-certifikatem-14481.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-j-vs1-s-gia-certifikatem-14230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-i-vs2-s-gia-certifikatem-14223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-e-vs1-s-igi-certifikatem-14450.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vs1-s-igi-certifikatem-14451.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-m-vs2-s-gia-certifikatem-14323.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-i-vs1-s-gia-certifikatem-14219.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs2-s-gia-certifikatem-14306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-j-vs2-s-gia-certifikatem-14238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/023ct-f-vs1-s-igi-certifikatem-14494.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14460.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-i-vs2-s-gia-certifikatem-14341.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-e-vs1-s-igi-certifikatem-14454.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14322.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-14237.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-f-vs1-s-igi-certifikatem-14497.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-14253.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-d-vs1-s-igi-certifikatem-14466.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-14251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-i-vs1-s-gia-certifikatem-14334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-h-vs1-s-gia-certifikatem-14235.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-g-vs1-s-gia-certifikatem-14234.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-g-vs1-s-gia-certifikatem-14244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-i-vs1-s-gia-certifikatem-14140.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-l-vs2-s-gia-certifikatem-14273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14364.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14363.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/060ct-i-vs1-s-gia-certifikatem-14365.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/053ct-h-vs1-s-gia-certifikatem-14267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-h-vs1-s-gia-certifikatem-14266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-g-vs1-s-gia-certifikatem-14264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-i-vs2-s-gia-certifikatem-14275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-i-vs2-s-gia-certifikatem-14276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-w-x-vs1-s-gia-certifikatem-14285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14371.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14372.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-d-vs1-s-gia-certifikatem-6122.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-h-vs1-s-gia-certifikatem-14324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-f-vs1-s-igi-certifikatem-14482.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-f-vs1-s-igi-certifikatem-14460.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-j-vs1-s-gia-certifikatem-14343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs1-s-gia-certifikatem-14304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-e-vs1-s-igi-certifikatem-14454.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14321.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-l-vs1-s-gia-certifikatem-14322.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/028ct-d-vs1-s-igi-certifikatem-14466.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-j-vs1-s-gia-certifikatem-14004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-g-vs1-s-gia-certifikatem-14244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13943.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-h-vs1-s-gia-certifikatem-13944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs1-s-gia-certifikatem-14134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-g-vs1-s-gia-certifikatem-14133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vs1-s-gia-certifikatem-14271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-g-vs1-s-gia-certifikatem-14264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-n-vs1-s-gia-certifikatem-11472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-d-vs1-s-gia-certifikatem-13633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/103ct-w-x-vs1-s-gia-certifikatem-14285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs1-s-gia-certifikatem-14371.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-k-vs1-s-gia-certifikatem-14045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-j-vs1-s-gia-certifikatem-14046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-j-vs1-s-gia-certifikatem-14044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-d-vs1-s-igi-certifikatem-4963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/075ct-d-vs1-s-gia-certifikatem-10574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-g-vs1-s-gia-certifikatem-11578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-vs1-s-gia-certifikatem-13229.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-g-vs1-s-gia-certifikatem-11867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-g-vs1-s-gia-certifikatem-11746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-e-vs1-s-gia-certifikatem-13231.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-d-vs1-s-gia-certifikatem-14579.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/124ct-f-vs1-s-igi-certifikatem-1746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-13230.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-g-vs1-s-gia-certifikatem-9314.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/200ct-i-vs1-s-gia-certifikatem-10677.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-5p-fancy-intense-pink-vs1-s-arg-certifikatem-14210.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q96"/>
+  <dimension ref="A1:Q56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N96" sqref="N96"/>
+      <selection activeCell="N56" sqref="N56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1348,4422 +1108,2542 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14415</v>
+        <v>14482</v>
       </c>
       <c r="B3">
         <v>0.18</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H3" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="I3" t="s">
-        <v>126</v>
+        <v>89</v>
       </c>
       <c r="J3" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="K3" t="s">
-        <v>127</v>
+        <v>90</v>
       </c>
       <c r="L3" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M3" s="6">
         <v>5312.0</v>
       </c>
       <c r="N3" s="6">
         <v>6428</v>
       </c>
       <c r="O3" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>14380</v>
+        <v>14440</v>
       </c>
       <c r="B4">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H4" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="I4" t="s">
-        <v>126</v>
+        <v>89</v>
       </c>
       <c r="J4" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K4" t="s">
-        <v>127</v>
+        <v>90</v>
       </c>
       <c r="L4" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M4" s="6">
-        <v>5312.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N4" s="6">
-        <v>6428</v>
+        <v>9765</v>
       </c>
       <c r="O4" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14392</v>
+        <v>14441</v>
       </c>
       <c r="B5">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
       <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H5" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="I5" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="J5" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K5" t="s">
-        <v>127</v>
+        <v>89</v>
       </c>
       <c r="L5" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M5" s="6">
-        <v>5312.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N5" s="6">
-        <v>6428</v>
+        <v>9765</v>
       </c>
       <c r="O5" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>14482</v>
+        <v>14460</v>
       </c>
       <c r="B6">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H6" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="I6" t="s">
-        <v>127</v>
+        <v>89</v>
       </c>
       <c r="J6" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K6" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="L6" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M6" s="6">
-        <v>5312.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N6" s="6">
-        <v>6428</v>
+        <v>9765</v>
       </c>
       <c r="O6" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>14399</v>
+        <v>14342</v>
       </c>
       <c r="B7">
-        <v>0.18</v>
+        <v>0.35</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H7" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I7" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="J7" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K7" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="L7" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M7" s="6">
-        <v>5312.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N7" s="6">
-        <v>6428</v>
+        <v>9783</v>
       </c>
       <c r="O7" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14486</v>
+        <v>14343</v>
       </c>
       <c r="B8">
-        <v>0.19</v>
+        <v>0.35</v>
       </c>
       <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" t="s">
         <v>27</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H8" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I8" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="J8" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K8" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="L8" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M8" s="6">
-        <v>5579.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N8" s="6">
-        <v>6751</v>
+        <v>9783</v>
       </c>
       <c r="O8" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P8" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14400</v>
+        <v>14304</v>
       </c>
       <c r="B9">
-        <v>0.18</v>
+        <v>0.33</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H9" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I9" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="J9" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K9" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="L9" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M9" s="6">
-        <v>5999.0</v>
+        <v>8316.0</v>
       </c>
       <c r="N9" s="6">
-        <v>7258</v>
+        <v>10062</v>
       </c>
       <c r="O9" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P9" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>14488</v>
+        <v>14454</v>
       </c>
       <c r="B10">
-        <v>0.18</v>
+        <v>0.26</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H10" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="I10" t="s">
-        <v>130</v>
+        <v>89</v>
       </c>
       <c r="J10" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="K10" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="L10" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M10" s="6">
-        <v>5999.0</v>
+        <v>8372.0</v>
       </c>
       <c r="N10" s="6">
-        <v>7258</v>
+        <v>10131</v>
       </c>
       <c r="O10" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P10" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14410</v>
+        <v>14321</v>
       </c>
       <c r="B11">
-        <v>0.19</v>
+        <v>0.4</v>
       </c>
       <c r="C11" t="s">
-        <v>131</v>
+        <v>95</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="E11" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H11" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I11" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="J11" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K11" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="L11" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="M11" s="6">
-        <v>6303.0</v>
+        <v>8400.0</v>
       </c>
       <c r="N11" s="6">
-        <v>7627</v>
+        <v>10164</v>
       </c>
       <c r="O11" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14425</v>
+        <v>14322</v>
       </c>
       <c r="B12">
-        <v>0.19</v>
+        <v>0.4</v>
       </c>
       <c r="C12" t="s">
-        <v>132</v>
+        <v>98</v>
       </c>
       <c r="D12" t="s">
-        <v>133</v>
+        <v>96</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H12" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I12" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="J12" t="s">
-        <v>130</v>
+        <v>90</v>
       </c>
       <c r="K12" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="L12" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M12" s="6">
-        <v>6303.0</v>
+        <v>8400.0</v>
       </c>
       <c r="N12" s="6">
-        <v>7627</v>
+        <v>10164</v>
       </c>
       <c r="O12" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P12" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>14481</v>
+        <v>14255</v>
       </c>
       <c r="B13">
-        <v>0.19</v>
+        <v>0.38</v>
       </c>
       <c r="C13" t="s">
-        <v>134</v>
+        <v>100</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H13" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I13" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="J13" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K13" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="L13" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M13" s="6">
-        <v>6303.0</v>
+        <v>8778.0</v>
       </c>
       <c r="N13" s="6">
-        <v>7627</v>
+        <v>10621</v>
       </c>
       <c r="O13" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P13" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14230</v>
+        <v>14466</v>
       </c>
       <c r="B14">
-        <v>0.3</v>
+        <v>0.28</v>
       </c>
       <c r="C14" t="s">
-        <v>135</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>136</v>
+        <v>23</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H14" t="s">
-        <v>137</v>
+        <v>88</v>
       </c>
       <c r="I14" t="s">
-        <v>130</v>
+        <v>89</v>
       </c>
       <c r="J14" t="s">
-        <v>130</v>
+        <v>90</v>
       </c>
       <c r="K14" t="s">
-        <v>130</v>
+        <v>90</v>
       </c>
       <c r="L14" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M14" s="6">
-        <v>6930.0</v>
+        <v>8977.0</v>
       </c>
       <c r="N14" s="6">
-        <v>8385</v>
+        <v>10862</v>
       </c>
       <c r="O14" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P14" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>14223</v>
+        <v>14004</v>
       </c>
       <c r="B15">
-        <v>0.31</v>
+        <v>0.38</v>
       </c>
       <c r="C15" t="s">
-        <v>138</v>
+        <v>102</v>
       </c>
       <c r="D15" t="s">
-        <v>139</v>
+        <v>27</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H15" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I15" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J15" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K15" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L15" t="s">
-        <v>140</v>
+        <v>91</v>
       </c>
       <c r="M15" s="6">
-        <v>7161.0</v>
+        <v>8490.0</v>
       </c>
       <c r="N15" s="6">
-        <v>8665</v>
+        <v>10273</v>
       </c>
       <c r="O15" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P15" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14450</v>
+        <v>13937</v>
       </c>
       <c r="B16">
-        <v>0.23</v>
+        <v>0.4</v>
       </c>
       <c r="C16" t="s">
-        <v>141</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>19</v>
+        <v>104</v>
       </c>
       <c r="E16" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G16" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H16" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I16" t="s">
-        <v>127</v>
+        <v>90</v>
       </c>
       <c r="J16" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="K16" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="L16" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="M16" s="6">
-        <v>7465.0</v>
+        <v>9460.0</v>
       </c>
       <c r="N16" s="6">
-        <v>9033</v>
+        <v>11447</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>14451</v>
+        <v>14318</v>
       </c>
       <c r="B17">
-        <v>0.23</v>
+        <v>0.4</v>
       </c>
       <c r="C17" t="s">
-        <v>142</v>
+        <v>105</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E17" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G17" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H17" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I17" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="J17" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="K17" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="L17" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M17" s="6">
-        <v>7465.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N17" s="6">
-        <v>9033</v>
+        <v>12197</v>
       </c>
       <c r="O17" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P17" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>14323</v>
+        <v>14319</v>
       </c>
       <c r="B18">
         <v>0.4</v>
       </c>
       <c r="C18" t="s">
-        <v>143</v>
+        <v>106</v>
       </c>
       <c r="D18" t="s">
-        <v>144</v>
+        <v>27</v>
       </c>
       <c r="E18" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G18" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H18" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I18" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J18" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K18" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L18" t="s">
-        <v>140</v>
+        <v>91</v>
       </c>
       <c r="M18" s="6">
-        <v>7560.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N18" s="6">
-        <v>9148</v>
+        <v>12197</v>
       </c>
       <c r="O18" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P18" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>14219</v>
+        <v>14143</v>
       </c>
       <c r="B19">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="C19" t="s">
-        <v>145</v>
+        <v>107</v>
       </c>
       <c r="D19" t="s">
-        <v>139</v>
+        <v>30</v>
       </c>
       <c r="E19" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I19" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J19" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K19" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L19" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M19" s="6">
-        <v>7560.0</v>
+        <v>10920.0</v>
       </c>
       <c r="N19" s="6">
-        <v>9148</v>
+        <v>13213</v>
       </c>
       <c r="O19" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>14306</v>
+        <v>14244</v>
       </c>
       <c r="B20">
-        <v>0.33</v>
+        <v>0.39</v>
       </c>
       <c r="C20" t="s">
-        <v>146</v>
+        <v>108</v>
       </c>
       <c r="D20" t="s">
-        <v>139</v>
+        <v>109</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H20" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I20" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J20" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K20" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L20" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="M20" s="6">
-        <v>7623.0</v>
+        <v>12285.0</v>
       </c>
       <c r="N20" s="6">
-        <v>9224</v>
+        <v>14865</v>
       </c>
       <c r="O20" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>14238</v>
+        <v>13943</v>
       </c>
       <c r="B21">
-        <v>0.37</v>
+        <v>0.41</v>
       </c>
       <c r="C21" t="s">
-        <v>147</v>
+        <v>110</v>
       </c>
       <c r="D21" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H21" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I21" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J21" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K21" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L21" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="M21" s="6">
-        <v>7770.0</v>
+        <v>13776.0</v>
       </c>
       <c r="N21" s="6">
-        <v>9402</v>
+        <v>16669</v>
       </c>
       <c r="O21" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>14494</v>
+        <v>13944</v>
       </c>
       <c r="B22">
-        <v>0.23</v>
+        <v>0.41</v>
       </c>
       <c r="C22" t="s">
-        <v>148</v>
+        <v>112</v>
       </c>
       <c r="D22" t="s">
-        <v>25</v>
+        <v>111</v>
       </c>
       <c r="E22" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H22" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I22" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="J22" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K22" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="L22" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="M22" s="6">
-        <v>7813.0</v>
+        <v>13776.0</v>
       </c>
       <c r="N22" s="6">
-        <v>9454</v>
+        <v>16669</v>
       </c>
       <c r="O22" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P22" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>14440</v>
+        <v>14135</v>
       </c>
       <c r="B23">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="C23" t="s">
-        <v>149</v>
+        <v>113</v>
       </c>
       <c r="D23" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="E23" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H23" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I23" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="J23" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K23" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="L23" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M23" s="6">
-        <v>8070.0</v>
+        <v>14280.0</v>
       </c>
       <c r="N23" s="6">
-        <v>9765</v>
+        <v>17279</v>
       </c>
       <c r="O23" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P23" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>14441</v>
+        <v>13623</v>
       </c>
       <c r="B24">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="C24" t="s">
-        <v>150</v>
+        <v>114</v>
       </c>
       <c r="D24" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H24" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I24" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="J24" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K24" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="L24" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="M24" s="6">
-        <v>8070.0</v>
+        <v>14280.0</v>
       </c>
       <c r="N24" s="6">
-        <v>9765</v>
+        <v>17279</v>
       </c>
       <c r="O24" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P24" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>14460</v>
+        <v>14134</v>
       </c>
       <c r="B25">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="C25" t="s">
-        <v>151</v>
+        <v>115</v>
       </c>
       <c r="D25" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="E25" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H25" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I25" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="J25" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K25" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="L25" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M25" s="6">
-        <v>8070.0</v>
+        <v>15120.0</v>
       </c>
       <c r="N25" s="6">
-        <v>9765</v>
+        <v>18295</v>
       </c>
       <c r="O25" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P25" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>14341</v>
+        <v>14133</v>
       </c>
       <c r="B26">
-        <v>0.35</v>
+        <v>0.42</v>
       </c>
       <c r="C26" t="s">
-        <v>152</v>
+        <v>116</v>
       </c>
       <c r="D26" t="s">
-        <v>139</v>
+        <v>109</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H26" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I26" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J26" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K26" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L26" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M26" s="6">
-        <v>8085.0</v>
+        <v>15876.0</v>
       </c>
       <c r="N26" s="6">
-        <v>9783</v>
+        <v>19210</v>
       </c>
       <c r="O26" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P26" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14342</v>
+        <v>14271</v>
       </c>
       <c r="B27">
-        <v>0.35</v>
+        <v>0.59</v>
       </c>
       <c r="C27" t="s">
-        <v>153</v>
+        <v>117</v>
       </c>
       <c r="D27" t="s">
-        <v>136</v>
+        <v>30</v>
       </c>
       <c r="E27" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H27" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I27" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J27" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K27" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L27" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M27" s="6">
-        <v>8085.0</v>
+        <v>22302.0</v>
       </c>
       <c r="N27" s="6">
-        <v>9783</v>
+        <v>26985</v>
       </c>
       <c r="O27" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P27" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>14343</v>
+        <v>14264</v>
       </c>
       <c r="B28">
-        <v>0.35</v>
+        <v>0.5</v>
       </c>
       <c r="C28" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="D28" t="s">
-        <v>136</v>
+        <v>109</v>
       </c>
       <c r="E28" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H28" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I28" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J28" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K28" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L28" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M28" s="6">
-        <v>8085.0</v>
+        <v>24150.0</v>
       </c>
       <c r="N28" s="6">
-        <v>9783</v>
+        <v>29222</v>
       </c>
       <c r="O28" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P28" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14303</v>
+        <v>11472</v>
       </c>
       <c r="B29">
-        <v>0.33</v>
+        <v>0.71</v>
       </c>
       <c r="C29" t="s">
-        <v>155</v>
+        <v>119</v>
       </c>
       <c r="D29" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="E29" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H29" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I29" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J29" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K29" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L29" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M29" s="6">
-        <v>8316.0</v>
+        <v>28755.0</v>
       </c>
       <c r="N29" s="6">
-        <v>10062</v>
+        <v>34794</v>
       </c>
       <c r="O29" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P29" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>14304</v>
+        <v>13633</v>
       </c>
       <c r="B30">
-        <v>0.33</v>
+        <v>0.59</v>
       </c>
       <c r="C30" t="s">
-        <v>156</v>
+        <v>121</v>
       </c>
       <c r="D30" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
       <c r="E30" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="H30" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="J30" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K30" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L30" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M30" s="6">
-        <v>8316.0</v>
+        <v>32214.0</v>
       </c>
       <c r="N30" s="6">
-        <v>10062</v>
+        <v>38979</v>
       </c>
       <c r="O30" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P30" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>14454</v>
+        <v>14285</v>
       </c>
       <c r="B31">
-        <v>0.26</v>
+        <v>1.03</v>
       </c>
       <c r="C31" t="s">
-        <v>157</v>
+        <v>123</v>
       </c>
       <c r="D31" t="s">
-        <v>19</v>
+        <v>124</v>
       </c>
       <c r="E31" t="s">
-        <v>22</v>
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>125</v>
       </c>
       <c r="G31" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H31" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>94</v>
       </c>
       <c r="J31" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K31" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="L31" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="M31" s="6">
-        <v>8372.0</v>
+        <v>37900.0</v>
       </c>
       <c r="N31" s="6">
-        <v>10131</v>
+        <v>45859</v>
       </c>
       <c r="O31" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P31" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>14321</v>
+        <v>14371</v>
       </c>
       <c r="B32">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="C32" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="D32" t="s">
-        <v>159</v>
+        <v>111</v>
       </c>
       <c r="E32" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H32" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I32" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="J32" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K32" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="L32" t="s">
-        <v>140</v>
+        <v>99</v>
       </c>
       <c r="M32" s="6">
-        <v>8400.0</v>
+        <v>38220.0</v>
       </c>
       <c r="N32" s="6">
-        <v>10164</v>
+        <v>46246</v>
       </c>
       <c r="O32" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P32" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>14322</v>
+        <v>8083</v>
       </c>
       <c r="B33">
-        <v>0.4</v>
+        <v>0.9</v>
       </c>
       <c r="C33" t="s">
-        <v>160</v>
+        <v>128</v>
       </c>
       <c r="D33" t="s">
-        <v>159</v>
+        <v>104</v>
       </c>
       <c r="E33" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G33" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="H33" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="J33" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K33" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="L33" t="s">
-        <v>161</v>
+        <v>99</v>
       </c>
       <c r="M33" s="6">
-        <v>8400.0</v>
+        <v>43470.0</v>
       </c>
       <c r="N33" s="6">
-        <v>10164</v>
+        <v>52599</v>
       </c>
       <c r="O33" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P33" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>14237</v>
+        <v>14045</v>
       </c>
       <c r="B34">
-        <v>0.37</v>
+        <v>0.91</v>
       </c>
       <c r="C34" t="s">
-        <v>162</v>
+        <v>129</v>
       </c>
       <c r="D34" t="s">
-        <v>139</v>
+        <v>104</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H34" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I34" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J34" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K34" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L34" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M34" s="6">
-        <v>8547.0</v>
+        <v>47775.0</v>
       </c>
       <c r="N34" s="6">
-        <v>10342</v>
+        <v>57808</v>
       </c>
       <c r="O34" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P34" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>14497</v>
+        <v>14046</v>
       </c>
       <c r="B35">
-        <v>0.27</v>
+        <v>0.9</v>
       </c>
       <c r="C35" t="s">
-        <v>163</v>
+        <v>130</v>
       </c>
       <c r="D35" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E35" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H35" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="I35" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="J35" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K35" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="L35" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M35" s="6">
-        <v>8190.0</v>
+        <v>52920.0</v>
       </c>
       <c r="N35" s="6">
-        <v>9910</v>
+        <v>64033</v>
       </c>
       <c r="O35" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P35" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>14253</v>
+        <v>14044</v>
       </c>
       <c r="B36">
-        <v>0.38</v>
+        <v>0.91</v>
       </c>
       <c r="C36" t="s">
-        <v>164</v>
+        <v>131</v>
       </c>
       <c r="D36" t="s">
-        <v>139</v>
+        <v>27</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H36" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I36" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J36" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K36" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L36" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M36" s="6">
-        <v>8778.0</v>
+        <v>53508.0</v>
       </c>
       <c r="N36" s="6">
-        <v>10621</v>
+        <v>64745</v>
       </c>
       <c r="O36" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P36" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>14255</v>
+        <v>11491</v>
       </c>
       <c r="B37">
-        <v>0.38</v>
+        <v>0.91</v>
       </c>
       <c r="C37" t="s">
-        <v>165</v>
+        <v>132</v>
       </c>
       <c r="D37" t="s">
-        <v>136</v>
+        <v>30</v>
       </c>
       <c r="E37" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G37" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H37" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="I37" t="s">
-        <v>130</v>
+        <v>90</v>
       </c>
       <c r="J37" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K37" t="s">
-        <v>130</v>
+        <v>90</v>
       </c>
       <c r="L37" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M37" s="6">
-        <v>8778.0</v>
+        <v>54464.0</v>
       </c>
       <c r="N37" s="6">
-        <v>10621</v>
+        <v>65901</v>
       </c>
       <c r="O37" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P37" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>14466</v>
+        <v>4963</v>
       </c>
       <c r="B38">
-        <v>0.28</v>
+        <v>0.7</v>
       </c>
       <c r="C38" t="s">
-        <v>166</v>
+        <v>134</v>
       </c>
       <c r="D38" t="s">
-        <v>133</v>
+        <v>23</v>
       </c>
       <c r="E38" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H38" t="s">
-        <v>125</v>
+        <v>88</v>
       </c>
       <c r="I38" t="s">
-        <v>127</v>
+        <v>90</v>
       </c>
       <c r="J38" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="K38" t="s">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="L38" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M38" s="6">
-        <v>8977.0</v>
+        <v>54791.0</v>
       </c>
       <c r="N38" s="6">
-        <v>10862</v>
+        <v>66297</v>
       </c>
       <c r="O38" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P38" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>14004</v>
+        <v>10574</v>
       </c>
       <c r="B39">
-        <v>0.38</v>
+        <v>0.75</v>
       </c>
       <c r="C39" t="s">
-        <v>167</v>
+        <v>135</v>
       </c>
       <c r="D39" t="s">
+        <v>23</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>136</v>
       </c>
-      <c r="E39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H39" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="J39" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K39" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L39" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M39" s="6">
-        <v>8987.0</v>
+        <v>58275.0</v>
       </c>
       <c r="N39" s="6">
-        <v>10874</v>
+        <v>70513</v>
       </c>
       <c r="O39" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P39" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>14251</v>
+        <v>13236</v>
       </c>
       <c r="B40">
-        <v>0.39</v>
+        <v>0.41</v>
       </c>
       <c r="C40" t="s">
-        <v>168</v>
+        <v>137</v>
       </c>
       <c r="D40" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="F40" t="s">
+        <v>138</v>
       </c>
       <c r="G40" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H40" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="J40" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K40" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L40" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="M40" s="6">
-        <v>9009.0</v>
+        <v>59500.0</v>
       </c>
       <c r="N40" s="6">
-        <v>10901</v>
+        <v>71995</v>
       </c>
       <c r="O40" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P40" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>14334</v>
+        <v>11578</v>
       </c>
       <c r="B41">
-        <v>0.36</v>
+        <v>0.9</v>
       </c>
       <c r="C41" t="s">
-        <v>169</v>
+        <v>139</v>
       </c>
       <c r="D41" t="s">
-        <v>139</v>
+        <v>109</v>
       </c>
       <c r="E41" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H41" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I41" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J41" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K41" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L41" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M41" s="6">
-        <v>9072.0</v>
+        <v>81270.0</v>
       </c>
       <c r="N41" s="6">
-        <v>10977</v>
+        <v>98337</v>
       </c>
       <c r="O41" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P41" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>13937</v>
+        <v>13229</v>
       </c>
       <c r="B42">
-        <v>0.4</v>
+        <v>1.51</v>
       </c>
       <c r="C42" t="s">
-        <v>170</v>
+        <v>140</v>
       </c>
       <c r="D42" t="s">
-        <v>171</v>
+        <v>141</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H42" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="J42" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K42" t="s">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="L42" t="s">
-        <v>140</v>
+        <v>97</v>
       </c>
       <c r="M42" s="6">
-        <v>9460.0</v>
+        <v>85000.0</v>
       </c>
       <c r="N42" s="6">
-        <v>11447</v>
+        <v>102850</v>
       </c>
       <c r="O42" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P42" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>14318</v>
+        <v>13373</v>
       </c>
       <c r="B43">
-        <v>0.4</v>
+        <v>1.13</v>
       </c>
       <c r="C43" t="s">
-        <v>172</v>
+        <v>142</v>
       </c>
       <c r="D43" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="E43" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G43" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H43" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I43" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J43" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K43" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L43" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="M43" s="6">
-        <v>10080.0</v>
+        <v>103700.0</v>
       </c>
       <c r="N43" s="6">
-        <v>12197</v>
+        <v>125477</v>
       </c>
       <c r="O43" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P43" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>14319</v>
+        <v>14203</v>
       </c>
       <c r="B44">
-        <v>0.4</v>
+        <v>1.13</v>
       </c>
       <c r="C44" t="s">
-        <v>173</v>
+        <v>143</v>
       </c>
       <c r="D44" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="E44" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G44" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H44" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I44" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J44" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K44" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L44" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="M44" s="6">
-        <v>10080.0</v>
+        <v>111800.0</v>
       </c>
       <c r="N44" s="6">
-        <v>12197</v>
+        <v>135278</v>
       </c>
       <c r="O44" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P44" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>14235</v>
+        <v>11867</v>
       </c>
       <c r="B45">
-        <v>0.37</v>
+        <v>1</v>
       </c>
       <c r="C45" t="s">
-        <v>174</v>
+        <v>144</v>
       </c>
       <c r="D45" t="s">
-        <v>175</v>
+        <v>109</v>
       </c>
       <c r="E45" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H45" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I45" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J45" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K45" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L45" t="s">
-        <v>161</v>
+        <v>99</v>
       </c>
       <c r="M45" s="6">
-        <v>10878.0</v>
+        <v>117700.0</v>
       </c>
       <c r="N45" s="6">
-        <v>13162</v>
+        <v>142417</v>
       </c>
       <c r="O45" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P45" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>14234</v>
+        <v>11746</v>
       </c>
       <c r="B46">
-        <v>0.37</v>
+        <v>1.01</v>
       </c>
       <c r="C46" t="s">
-        <v>176</v>
+        <v>145</v>
       </c>
       <c r="D46" t="s">
-        <v>177</v>
+        <v>109</v>
       </c>
       <c r="E46" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H46" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I46" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J46" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K46" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L46" t="s">
-        <v>140</v>
+        <v>99</v>
       </c>
       <c r="M46" s="6">
-        <v>11655.0</v>
+        <v>118900.0</v>
       </c>
       <c r="N46" s="6">
-        <v>14103</v>
+        <v>143869</v>
       </c>
       <c r="O46" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P46" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>14142</v>
+        <v>13231</v>
       </c>
       <c r="B47">
-        <v>0.4</v>
+        <v>1.02</v>
       </c>
       <c r="C47" t="s">
-        <v>178</v>
+        <v>146</v>
       </c>
       <c r="D47" t="s">
-        <v>139</v>
+        <v>32</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="H47" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="J47" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K47" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L47" t="s">
-        <v>140</v>
+        <v>99</v>
       </c>
       <c r="M47" s="6">
-        <v>12040.0</v>
+        <v>126000.0</v>
       </c>
       <c r="N47" s="6">
-        <v>14568</v>
+        <v>152460</v>
       </c>
       <c r="O47" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P47" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>14143</v>
+        <v>14579</v>
       </c>
       <c r="B48">
-        <v>0.4</v>
+        <v>1</v>
       </c>
       <c r="C48" t="s">
-        <v>179</v>
+        <v>148</v>
       </c>
       <c r="D48" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="H48" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="J48" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K48" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L48" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="M48" s="6">
-        <v>12040.0</v>
+        <v>126630.0</v>
       </c>
       <c r="N48" s="6">
-        <v>14568</v>
+        <v>153222</v>
       </c>
       <c r="O48" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P48" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>14244</v>
+        <v>1746</v>
       </c>
       <c r="B49">
-        <v>0.39</v>
+        <v>1.24</v>
       </c>
       <c r="C49" t="s">
-        <v>168</v>
+        <v>149</v>
       </c>
       <c r="D49" t="s">
-        <v>177</v>
+        <v>19</v>
       </c>
       <c r="E49" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H49" t="s">
-        <v>137</v>
+        <v>88</v>
       </c>
       <c r="I49" t="s">
-        <v>130</v>
+        <v>90</v>
       </c>
       <c r="J49" t="s">
-        <v>130</v>
+        <v>90</v>
       </c>
       <c r="K49" t="s">
-        <v>130</v>
+        <v>90</v>
       </c>
       <c r="L49" t="s">
-        <v>140</v>
+        <v>91</v>
       </c>
       <c r="M49" s="6">
-        <v>12285.0</v>
+        <v>150000.0</v>
       </c>
       <c r="N49" s="6">
-        <v>14865</v>
+        <v>181500</v>
       </c>
       <c r="O49" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P49" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>14140</v>
+        <v>13608</v>
       </c>
       <c r="B50">
-        <v>0.41</v>
+        <v>2.01</v>
       </c>
       <c r="C50" t="s">
-        <v>180</v>
+        <v>150</v>
       </c>
       <c r="D50" t="s">
-        <v>139</v>
+        <v>96</v>
       </c>
       <c r="E50" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G50" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H50" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I50" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J50" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K50" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L50" t="s">
-        <v>140</v>
+        <v>97</v>
       </c>
       <c r="M50" s="6">
-        <v>13223.0</v>
+        <v>199000.0</v>
       </c>
       <c r="N50" s="6">
-        <v>15999</v>
+        <v>240790</v>
       </c>
       <c r="O50" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P50" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>14273</v>
+        <v>13230</v>
       </c>
       <c r="B51">
-        <v>0.59</v>
+        <v>1.51</v>
       </c>
       <c r="C51" t="s">
-        <v>181</v>
+        <v>151</v>
       </c>
       <c r="D51" t="s">
-        <v>159</v>
+        <v>109</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>124</v>
+        <v>152</v>
       </c>
       <c r="H51" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="J51" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K51" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L51" t="s">
-        <v>140</v>
+        <v>99</v>
       </c>
       <c r="M51" s="6">
-        <v>13629.0</v>
+        <v>240800.0</v>
       </c>
       <c r="N51" s="6">
-        <v>16491</v>
+        <v>291368</v>
       </c>
       <c r="O51" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P51" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>13943</v>
+        <v>9314</v>
       </c>
       <c r="B52">
-        <v>0.41</v>
+        <v>1.51</v>
       </c>
       <c r="C52" t="s">
-        <v>182</v>
+        <v>153</v>
       </c>
       <c r="D52" t="s">
-        <v>175</v>
+        <v>109</v>
       </c>
       <c r="E52" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H52" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I52" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J52" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K52" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L52" t="s">
-        <v>140</v>
+        <v>99</v>
       </c>
       <c r="M52" s="6">
-        <v>14986.0</v>
+        <v>298000.0</v>
       </c>
       <c r="N52" s="6">
-        <v>18132</v>
+        <v>360580</v>
       </c>
       <c r="O52" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P52" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>13944</v>
+        <v>10677</v>
       </c>
       <c r="B53">
-        <v>0.41</v>
+        <v>2</v>
       </c>
       <c r="C53" t="s">
-        <v>183</v>
+        <v>154</v>
       </c>
       <c r="D53" t="s">
-        <v>175</v>
+        <v>30</v>
       </c>
       <c r="E53" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>124</v>
+        <v>87</v>
       </c>
       <c r="H53" t="s">
-        <v>137</v>
+        <v>94</v>
       </c>
       <c r="I53" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="J53" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K53" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="L53" t="s">
-        <v>140</v>
+        <v>99</v>
       </c>
       <c r="M53" s="6">
-        <v>14986.0</v>
+        <v>399000.0</v>
       </c>
       <c r="N53" s="6">
-        <v>18132</v>
+        <v>482790</v>
       </c>
       <c r="O53" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P53" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>14135</v>
+        <v>3747</v>
       </c>
       <c r="B54">
-        <v>0.4</v>
+        <v>3.1</v>
       </c>
       <c r="C54" t="s">
-        <v>184</v>
+        <v>155</v>
       </c>
       <c r="D54" t="s">
-        <v>177</v>
+        <v>124</v>
       </c>
       <c r="E54" t="s">
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="F54" t="s">
+        <v>156</v>
       </c>
       <c r="G54" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H54" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>94</v>
       </c>
       <c r="J54" t="s">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K54" t="s">
-        <v>130</v>
+        <v>90</v>
       </c>
       <c r="L54" t="s">
-        <v>161</v>
+        <v>97</v>
       </c>
       <c r="M54" s="6">
-        <v>15480.0</v>
+        <v>400000.0</v>
       </c>
       <c r="N54" s="6">
-        <v>18731</v>
+        <v>484000</v>
       </c>
       <c r="O54" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P54" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>14134</v>
+        <v>3947</v>
       </c>
       <c r="B55">
-        <v>0.4</v>
+        <v>0.13</v>
       </c>
       <c r="C55" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="D55" t="s">
-        <v>177</v>
+        <v>124</v>
       </c>
       <c r="E55" t="s">
-        <v>22</v>
+        <v>24</v>
+      </c>
+      <c r="F55" t="s">
+        <v>158</v>
       </c>
       <c r="G55" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H55" t="s">
-        <v>137</v>
-[...11 lines deleted...]
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="M55" s="6">
-        <v>16340.0</v>
+        <v>520000.0</v>
       </c>
       <c r="N55" s="6">
-        <v>19771</v>
+        <v>629200</v>
       </c>
       <c r="O55" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P55" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>13623</v>
+        <v>14210</v>
       </c>
       <c r="B56">
-        <v>0.4</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>0.16</v>
       </c>
       <c r="D56" t="s">
-        <v>177</v>
+        <v>124</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
+      <c r="F56" t="s">
+        <v>159</v>
+      </c>
       <c r="G56" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="H56" t="s">
-        <v>137</v>
-[...11 lines deleted...]
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="M56" s="6">
-        <v>16704.0</v>
+        <v>1400000.0</v>
       </c>
       <c r="N56" s="6">
-        <v>20212</v>
+        <v>1694000</v>
       </c>
       <c r="O56" t="s">
-        <v>129</v>
+        <v>92</v>
       </c>
       <c r="P56" t="s">
-        <v>83</v>
-[...139 lines deleted...]
-      <c r="P59" t="s">
         <v>86</v>
-      </c>
-[...1695 lines deleted...]
-        <v>123</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -5785,90 +3665,50 @@
     <hyperlink ref="P32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="P33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="P34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="P35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="P36" r:id="rId_hyperlink_34"/>
     <hyperlink ref="P37" r:id="rId_hyperlink_35"/>
     <hyperlink ref="P38" r:id="rId_hyperlink_36"/>
     <hyperlink ref="P39" r:id="rId_hyperlink_37"/>
     <hyperlink ref="P40" r:id="rId_hyperlink_38"/>
     <hyperlink ref="P41" r:id="rId_hyperlink_39"/>
     <hyperlink ref="P42" r:id="rId_hyperlink_40"/>
     <hyperlink ref="P43" r:id="rId_hyperlink_41"/>
     <hyperlink ref="P44" r:id="rId_hyperlink_42"/>
     <hyperlink ref="P45" r:id="rId_hyperlink_43"/>
     <hyperlink ref="P46" r:id="rId_hyperlink_44"/>
     <hyperlink ref="P47" r:id="rId_hyperlink_45"/>
     <hyperlink ref="P48" r:id="rId_hyperlink_46"/>
     <hyperlink ref="P49" r:id="rId_hyperlink_47"/>
     <hyperlink ref="P50" r:id="rId_hyperlink_48"/>
     <hyperlink ref="P51" r:id="rId_hyperlink_49"/>
     <hyperlink ref="P52" r:id="rId_hyperlink_50"/>
     <hyperlink ref="P53" r:id="rId_hyperlink_51"/>
     <hyperlink ref="P54" r:id="rId_hyperlink_52"/>
     <hyperlink ref="P55" r:id="rId_hyperlink_53"/>
     <hyperlink ref="P56" r:id="rId_hyperlink_54"/>
-    <hyperlink ref="P57" r:id="rId_hyperlink_55"/>
-[...38 lines deleted...]
-    <hyperlink ref="P96" r:id="rId_hyperlink_94"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>