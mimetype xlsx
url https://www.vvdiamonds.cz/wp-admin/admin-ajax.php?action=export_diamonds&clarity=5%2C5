--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,318 +73,303 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>4.31mm - 4.33mm x 2.72mm</t>
+    <t>3.66mm - 3.73mm x 2.21mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>VS2</t>
+  </si>
+  <si>
+    <t>3.64mm - 3.67mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>4.35mm - 4.37mm x 2.68mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>4.47mm - 4.50mm x 2.71mm</t>
+  </si>
+  <si>
+    <t>4.57mm - 4.60mm x 2.86mm</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
-    <t>VS2</t>
-[...2 lines deleted...]
-    <t>4.32mm - 4.35mm x 2.69mm</t>
+    <t>3.94mm - 3.96mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>4.48mm - 4.51mm x 2.81mm</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14415.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14399.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-i-vs2-s-gia-certifikatem-14223.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-m-vs2-s-gia-certifikatem-14323.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-i-vs2-s-gia-certifikatem-14306.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-j-vs2-s-gia-certifikatem-14238.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-i-vs2-s-gia-certifikatem-14341.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-14237.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-14253.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-14251.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-l-vs2-s-gia-certifikatem-14273.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/070ct-i-vs2-s-gia-certifikatem-14275.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/073ct-i-vs2-s-gia-certifikatem-14276.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>4.57mm - 4.60mm x 2.84mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.71mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.70mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.80mm x 2.84mm</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.74mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.70mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>5.38mm - 5.41mm x 3.34mm</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.77mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>5.71mm - 5.75mm x 3.49mm</t>
+  </si>
+  <si>
+    <t>5.72mm - 5.75mm x 3.59mm</t>
+  </si>
+  <si>
+    <t>7.75mm x 5.05mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.76mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>Faint Pink</t>
+  </si>
+  <si>
+    <t>6.10mm - 6.13mm x 3.88mm</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
+    <t>6.62mm - 6.67mm x 4.17mm</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
-    <t>4.67mm - 4.70mm x 2.91mm</t>
-[...214 lines deleted...]
-  <si>
     <t>6.59mm - 6.64mm x 4.14mm</t>
   </si>
   <si>
     <t>8.15mm - 8.19mm x 4.91mm</t>
   </si>
   <si>
-    <t>L</t>
-[...1 lines deleted...]
-  <si>
     <t>8.48mm x 7.68mm x 5.42mm</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
   <si>
     <t>3.18mm x 2.72mm x 1.78mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Blue</t>
-  </si>
-[...13 lines deleted...]
-    <t>Good</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
@@ -852,62 +837,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-j-vs2-s-gia-certifikatem-13991.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-h-vs2-s-gia-certifikatem-13993.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-13998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-13916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-13917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-13920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-13921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-j-vs2-s-gia-certifikatem-14145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-j-vs2-s-gia-certifikatem-14150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-g-vs2-s-gia-certifikatem-14124.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-i-vs2-s-gia-certifikatem-14149.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-g-vs2-s-gia-certifikatem-14147.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/046ct-g-vs2-s-gia-certifikatem-14148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-i-vs2-s-gia-certifikatem-14081.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/063ct-h-vs2-s-gia-certifikatem-14155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-h-vs2-s-gia-certifikatem-13632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-14105.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-vs2-s-gia-certifikatem-13703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-h-vs2-s-gia-certifikatem-10411.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-bl2-fancy-blue-gray-vs2-arg-tender-s-gia-hofer-12884.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-i-vs2-s-gia-certifikatem-14223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-m-vs2-s-gia-certifikatem-14323.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs2-s-gia-certifikatem-14306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-j-vs2-s-gia-certifikatem-14238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-i-vs2-s-gia-certifikatem-14341.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-14237.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-14253.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-14251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-l-vs2-s-gia-certifikatem-14273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-i-vs2-s-gia-certifikatem-14275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-i-vs2-s-gia-certifikatem-14276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q34"/>
+  <dimension ref="A1:Q31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N34" sqref="N34"/>
+      <selection activeCell="N31" sqref="N31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -949,1581 +934,1437 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>13991</v>
+        <v>14415</v>
       </c>
       <c r="B3">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+      <c r="I3" t="s">
         <v>63</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
+        <v>63</v>
+      </c>
+      <c r="K3" t="s">
         <v>64</v>
       </c>
-      <c r="I3" t="s">
+      <c r="L3" t="s">
         <v>65</v>
       </c>
-      <c r="J3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M3" s="6">
-        <v>6665.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N3" s="6">
-        <v>8065</v>
+        <v>6428</v>
       </c>
       <c r="O3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>13993</v>
+        <v>14399</v>
       </c>
       <c r="B4">
-        <v>0.31</v>
+        <v>0.18</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+      <c r="I4" t="s">
         <v>63</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
+        <v>63</v>
+      </c>
+      <c r="K4" t="s">
         <v>64</v>
       </c>
-      <c r="I4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L4" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="M4" s="6">
-        <v>9331.0</v>
+        <v>5312.0</v>
       </c>
       <c r="N4" s="6">
-        <v>11291</v>
+        <v>6428</v>
       </c>
       <c r="O4" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>13937</v>
+        <v>14223</v>
       </c>
       <c r="B5">
-        <v>0.4</v>
+        <v>0.31</v>
       </c>
       <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H5" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="J5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="K5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="L5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M5" s="6">
-        <v>9460.0</v>
+        <v>7161.0</v>
       </c>
       <c r="N5" s="6">
-        <v>11447</v>
+        <v>8665</v>
       </c>
       <c r="O5" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>13998</v>
+        <v>14323</v>
       </c>
       <c r="B6">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
       <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" t="s">
         <v>25</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K6" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L6" t="s">
         <v>69</v>
       </c>
       <c r="M6" s="6">
-        <v>9546.0</v>
+        <v>7560.0</v>
       </c>
       <c r="N6" s="6">
-        <v>11551</v>
+        <v>9148</v>
       </c>
       <c r="O6" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>13916</v>
+        <v>14306</v>
       </c>
       <c r="B7">
-        <v>0.38</v>
+        <v>0.33</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="M7" s="6">
-        <v>9804.0</v>
+        <v>7623.0</v>
       </c>
       <c r="N7" s="6">
-        <v>11863</v>
+        <v>9224</v>
       </c>
       <c r="O7" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>13917</v>
+        <v>14238</v>
       </c>
       <c r="B8">
-        <v>0.38</v>
+        <v>0.37</v>
       </c>
       <c r="C8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" t="s">
         <v>28</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="M8" s="6">
-        <v>9804.0</v>
+        <v>7770.0</v>
       </c>
       <c r="N8" s="6">
-        <v>11863</v>
+        <v>9402</v>
       </c>
       <c r="O8" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>13920</v>
+        <v>14441</v>
       </c>
       <c r="B9">
-        <v>0.39</v>
+        <v>0.25</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I9" t="s">
         <v>63</v>
       </c>
-      <c r="H9" t="s">
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
         <v>64</v>
       </c>
-      <c r="I9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="M9" s="6">
-        <v>10062.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N9" s="6">
-        <v>12175</v>
+        <v>9765</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>13921</v>
+        <v>14341</v>
       </c>
       <c r="B10">
-        <v>0.39</v>
+        <v>0.35</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I10" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J10" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K10" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L10" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="M10" s="6">
-        <v>10062.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N10" s="6">
-        <v>12175</v>
+        <v>9783</v>
       </c>
       <c r="O10" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14145</v>
+        <v>14237</v>
       </c>
       <c r="B11">
-        <v>0.41</v>
+        <v>0.37</v>
       </c>
       <c r="C11" t="s">
         <v>70</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H11" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L11" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="M11" s="6">
-        <v>10578.0</v>
+        <v>8547.0</v>
       </c>
       <c r="N11" s="6">
-        <v>12799</v>
+        <v>10342</v>
       </c>
       <c r="O11" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14150</v>
+        <v>14253</v>
       </c>
       <c r="B12">
-        <v>0.46</v>
+        <v>0.38</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H12" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K12" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="M12" s="6">
-        <v>11190.0</v>
+        <v>8778.0</v>
       </c>
       <c r="N12" s="6">
-        <v>13540</v>
+        <v>10621</v>
       </c>
       <c r="O12" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>14142</v>
+        <v>14251</v>
       </c>
       <c r="B13">
-        <v>0.4</v>
+        <v>0.39</v>
       </c>
       <c r="C13" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H13" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I13" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J13" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K13" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L13" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="M13" s="6">
-        <v>12040.0</v>
+        <v>9009.0</v>
       </c>
       <c r="N13" s="6">
-        <v>14568</v>
+        <v>10901</v>
       </c>
       <c r="O13" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14143</v>
+        <v>13937</v>
       </c>
       <c r="B14">
         <v>0.4</v>
       </c>
       <c r="C14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" t="s">
         <v>74</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
+        <v>61</v>
+      </c>
+      <c r="H14" t="s">
+        <v>67</v>
+      </c>
+      <c r="I14" t="s">
         <v>63</v>
       </c>
-      <c r="H14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="K14" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="L14" t="s">
         <v>69</v>
       </c>
       <c r="M14" s="6">
-        <v>12040.0</v>
+        <v>9460.0</v>
       </c>
       <c r="N14" s="6">
-        <v>14568</v>
+        <v>11447</v>
       </c>
       <c r="O14" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>14124</v>
+        <v>14318</v>
       </c>
       <c r="B15">
-        <v>0.38</v>
+        <v>0.4</v>
       </c>
       <c r="C15" t="s">
         <v>75</v>
       </c>
       <c r="D15" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H15" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L15" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="M15" s="6">
-        <v>12255.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N15" s="6">
-        <v>14829</v>
+        <v>12197</v>
       </c>
       <c r="O15" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14149</v>
+        <v>14319</v>
       </c>
       <c r="B16">
-        <v>0.46</v>
+        <v>0.4</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H16" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I16" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J16" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K16" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L16" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="M16" s="6">
-        <v>13846.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N16" s="6">
-        <v>16754</v>
+        <v>12197</v>
       </c>
       <c r="O16" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>14135</v>
+        <v>14142</v>
       </c>
       <c r="B17">
         <v>0.4</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H17" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I17" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J17" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K17" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L17" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="M17" s="6">
-        <v>15480.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N17" s="6">
-        <v>18731</v>
+        <v>14568</v>
       </c>
       <c r="O17" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>13623</v>
+        <v>14143</v>
       </c>
       <c r="B18">
         <v>0.4</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D18" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H18" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I18" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J18" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K18" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L18" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="M18" s="6">
-        <v>16704.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N18" s="6">
-        <v>20212</v>
+        <v>14568</v>
       </c>
       <c r="O18" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>14147</v>
+        <v>14273</v>
       </c>
       <c r="B19">
-        <v>0.46</v>
+        <v>0.59</v>
       </c>
       <c r="C19" t="s">
+        <v>79</v>
+      </c>
+      <c r="D19" t="s">
         <v>80</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H19" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I19" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J19" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K19" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L19" t="s">
         <v>69</v>
       </c>
       <c r="M19" s="6">
-        <v>17802.0</v>
+        <v>13629.0</v>
       </c>
       <c r="N19" s="6">
-        <v>21540</v>
+        <v>16491</v>
       </c>
       <c r="O19" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>14148</v>
+        <v>14135</v>
       </c>
       <c r="B20">
-        <v>0.46</v>
+        <v>0.4</v>
       </c>
       <c r="C20" t="s">
         <v>81</v>
       </c>
       <c r="D20" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H20" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I20" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J20" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K20" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L20" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="M20" s="6">
-        <v>17802.0</v>
+        <v>15480.0</v>
       </c>
       <c r="N20" s="6">
-        <v>21540</v>
+        <v>18731</v>
       </c>
       <c r="O20" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>14081</v>
+        <v>13623</v>
       </c>
       <c r="B21">
-        <v>0.59</v>
+        <v>0.4</v>
       </c>
       <c r="C21" t="s">
+        <v>84</v>
+      </c>
+      <c r="D21" t="s">
         <v>82</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H21" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I21" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J21" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K21" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L21" t="s">
         <v>69</v>
       </c>
       <c r="M21" s="6">
-        <v>22833.0</v>
+        <v>16704.0</v>
       </c>
       <c r="N21" s="6">
-        <v>27628</v>
+        <v>20212</v>
       </c>
       <c r="O21" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>14155</v>
+        <v>14275</v>
       </c>
       <c r="B22">
-        <v>0.63</v>
+        <v>0.7</v>
       </c>
       <c r="C22" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D22" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H22" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I22" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J22" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K22" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L22" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="M22" s="6">
-        <v>28445.0</v>
+        <v>30870.0</v>
       </c>
       <c r="N22" s="6">
-        <v>34418</v>
+        <v>37353</v>
       </c>
       <c r="O22" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>13632</v>
+        <v>14276</v>
       </c>
       <c r="B23">
-        <v>0.7</v>
+        <v>0.73</v>
       </c>
       <c r="C23" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D23" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H23" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I23" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J23" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K23" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L23" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="M23" s="6">
-        <v>42224.0</v>
+        <v>32193.0</v>
       </c>
       <c r="N23" s="6">
-        <v>51091</v>
+        <v>38954</v>
       </c>
       <c r="O23" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
         <v>8083</v>
       </c>
       <c r="B24">
         <v>0.9</v>
       </c>
       <c r="C24" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D24" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H24" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J24" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K24" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="L24" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="M24" s="6">
         <v>45279.0</v>
       </c>
       <c r="N24" s="6">
         <v>54788</v>
       </c>
       <c r="O24" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
         <v>13236</v>
       </c>
       <c r="B25">
         <v>0.41</v>
       </c>
       <c r="C25" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D25" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="G25" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H25" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J25" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K25" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L25" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="M25" s="6">
         <v>59500.0</v>
       </c>
       <c r="N25" s="6">
         <v>71995</v>
       </c>
       <c r="O25" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
         <v>11491</v>
       </c>
       <c r="B26">
         <v>0.91</v>
       </c>
       <c r="C26" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
+        <v>61</v>
+      </c>
+      <c r="H26" t="s">
+        <v>93</v>
+      </c>
+      <c r="I26" t="s">
         <v>63</v>
       </c>
-      <c r="H26" t="s">
-[...2 lines deleted...]
-      <c r="I26" t="s">
+      <c r="J26" t="s">
+        <v>68</v>
+      </c>
+      <c r="K26" t="s">
+        <v>63</v>
+      </c>
+      <c r="L26" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
       <c r="M26" s="6">
         <v>64938.0</v>
       </c>
       <c r="N26" s="6">
         <v>78575</v>
       </c>
       <c r="O26" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14105</v>
+        <v>14203</v>
       </c>
       <c r="B27">
-        <v>1</v>
+        <v>1.13</v>
       </c>
       <c r="C27" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D27" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H27" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I27" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J27" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K27" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L27" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="M27" s="6">
-        <v>69300.0</v>
+        <v>111800.0</v>
       </c>
       <c r="N27" s="6">
-        <v>83853</v>
+        <v>135278</v>
       </c>
       <c r="O27" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>13703</v>
+        <v>13373</v>
       </c>
       <c r="B28">
-        <v>1</v>
+        <v>1.13</v>
       </c>
       <c r="C28" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>95</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H28" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I28" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J28" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K28" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L28" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M28" s="6">
-        <v>69900.0</v>
+        <v>119800.0</v>
       </c>
       <c r="N28" s="6">
-        <v>84579</v>
+        <v>144958</v>
       </c>
       <c r="O28" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P28" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>10411</v>
+        <v>13608</v>
       </c>
       <c r="B29">
-        <v>0.9</v>
+        <v>2.01</v>
       </c>
       <c r="C29" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D29" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="H29" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I29" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="J29" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="K29" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L29" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="M29" s="6">
-        <v>72252.0</v>
+        <v>199000.0</v>
       </c>
       <c r="N29" s="6">
-        <v>87425</v>
+        <v>240790</v>
       </c>
       <c r="O29" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P29" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>13373</v>
+        <v>3747</v>
       </c>
       <c r="B30">
-        <v>1.13</v>
+        <v>3.1</v>
       </c>
       <c r="C30" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D30" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
+      <c r="F30" t="s">
+        <v>99</v>
+      </c>
       <c r="G30" t="s">
+        <v>100</v>
+      </c>
+      <c r="H30" t="s">
+        <v>67</v>
+      </c>
+      <c r="J30" t="s">
+        <v>68</v>
+      </c>
+      <c r="K30" t="s">
         <v>63</v>
       </c>
-      <c r="H30" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L30" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M30" s="6">
-        <v>119800.0</v>
+        <v>400000.0</v>
       </c>
       <c r="N30" s="6">
-        <v>144958</v>
+        <v>484000</v>
       </c>
       <c r="O30" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P30" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>13608</v>
+        <v>3947</v>
       </c>
       <c r="B31">
-        <v>2.01</v>
+        <v>0.13</v>
       </c>
       <c r="C31" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D31" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
+      <c r="F31" t="s">
+        <v>102</v>
+      </c>
       <c r="G31" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="H31" t="s">
-        <v>64</v>
-[...10 lines deleted...]
-      <c r="L31" t="s">
         <v>67</v>
       </c>
       <c r="M31" s="6">
-        <v>199000.0</v>
+        <v>520000.0</v>
       </c>
       <c r="N31" s="6">
-        <v>240790</v>
+        <v>629200</v>
       </c>
       <c r="O31" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="P31" t="s">
-        <v>59</v>
-[...45 lines deleted...]
-      <c r="P32" t="s">
         <v>60</v>
-      </c>
-[...83 lines deleted...]
-        <v>62</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="P17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="P18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="P19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="P20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="P21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="P22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="P23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="P24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="P25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="P26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="P27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="P28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="P29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="P30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="P31" r:id="rId_hyperlink_29"/>
-    <hyperlink ref="P32" r:id="rId_hyperlink_30"/>
-[...1 lines deleted...]
-    <hyperlink ref="P34" r:id="rId_hyperlink_32"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>