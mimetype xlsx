--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,288 +73,198 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>3.66mm - 3.73mm x 2.21mm</t>
-[...2 lines deleted...]
-    <t>E</t>
+    <t>3.94mm - 3.96mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>D</t>
   </si>
   <si>
     <t>VS2</t>
   </si>
   <si>
-    <t>3.64mm - 3.67mm x 2.25mm</t>
-[...2 lines deleted...]
-    <t>4.35mm - 4.37mm x 2.68mm</t>
+    <t>4.67mm - 4.70mm x 2.91mm</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.80mm x 2.84mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>4.71mm - 4.74mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.70mm - 4.72mm x 2.98mm</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
-    <t>4.69mm - 4.71mm x 2.91mm</t>
-[...38 lines deleted...]
-    <t>https://www.vvdiamonds.cz/037ct-j-vs2-s-gia-certifikatem-14238.html</t>
+    <t>4.70mm - 4.72mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.77mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>7.75mm x 5.05mm x 3.51mm</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/035ct-i-vs2-s-gia-certifikatem-14341.html</t>
-[...10 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/059ct-l-vs2-s-gia-certifikatem-14273.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/070ct-i-vs2-s-gia-certifikatem-14275.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html</t>
+    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html</t>
   </si>
   <si>
     <t>Round</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
     <t>Very Good</t>
   </si>
   <si>
+    <t>Excellent</t>
+  </si>
+  <si>
     <t>Good</t>
   </si>
   <si>
     <t>žádná</t>
   </si>
   <si>
     <t>Skladem</t>
   </si>
   <si>
     <t>GIA</t>
   </si>
   <si>
-    <t>Excellent</t>
-[...1 lines deleted...]
-  <si>
     <t>nepatrná</t>
   </si>
   <si>
-    <t>4.57mm - 4.60mm x 2.84mm</t>
-[...26 lines deleted...]
-    <t>5.38mm - 5.41mm x 3.34mm</t>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>6.10mm - 6.13mm x 3.88mm</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.76mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>Faint Pink</t>
+  </si>
+  <si>
+    <t>6.59mm - 6.64mm x 4.14mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>6.62mm - 6.67mm x 4.17mm</t>
+  </si>
+  <si>
+    <t>8.15mm - 8.19mm x 4.91mm</t>
   </si>
   <si>
     <t>L</t>
-  </si>
-[...49 lines deleted...]
-    <t>8.15mm - 8.19mm x 4.91mm</t>
   </si>
   <si>
     <t>8.48mm x 7.68mm x 5.42mm</t>
   </si>
   <si>
     <t>Y-Z</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
   <si>
     <t>3.18mm x 2.72mm x 1.78mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Blue</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
@@ -837,62 +747,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-e-vs2-s-igi-certifikatem-14399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-i-vs2-s-gia-certifikatem-14223.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-m-vs2-s-gia-certifikatem-14323.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-i-vs2-s-gia-certifikatem-14306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-j-vs2-s-gia-certifikatem-14238.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-i-vs2-s-gia-certifikatem-14341.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/037ct-i-vs2-s-gia-certifikatem-14237.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-vs2-s-gia-certifikatem-14253.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/039ct-i-vs2-s-gia-certifikatem-14251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-l-vs2-s-gia-certifikatem-14273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-i-vs2-s-gia-certifikatem-14275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-i-vs2-s-gia-certifikatem-14276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-d-vs2-s-igi-certifikatem-14441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-k-vs2-s-gia-certifikatem-13937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14318.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-j-vs2-s-gia-certifikatem-14319.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-i-vs2-s-gia-certifikatem-14143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-14135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-vs2-s-gia-certifikatem-13623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-k-vs2-s-gia-certifikatem-8083.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/091ct-i-vs2-s-hrd-certifikatem-11491.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/041ct-faint-pink-vs2-s-gia-certifikatem-13236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-13373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-h-vs2-s-gia-certifikatem-14203.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-vs2-s-gia-certifikatem-13608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/310ct-y-z-vs2-s-gia-certifikatem-3747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-fancy-intense-green-blue-vs2-s-gia-certifikatem-3947.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q31"/>
+  <dimension ref="A1:Q17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N31" sqref="N31"/>
+      <selection activeCell="N17" sqref="N17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -934,1437 +844,765 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14415</v>
+        <v>14441</v>
       </c>
       <c r="B3">
-        <v>0.18</v>
+        <v>0.25</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H3" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="I3" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="J3" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="K3" t="s">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="L3" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="M3" s="6">
-        <v>5312.0</v>
+        <v>8070.0</v>
       </c>
       <c r="N3" s="6">
-        <v>6428</v>
+        <v>9765</v>
       </c>
       <c r="O3" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>14399</v>
+        <v>13937</v>
       </c>
       <c r="B4">
-        <v>0.18</v>
+        <v>0.4</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H4" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="I4" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="J4" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="K4" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="L4" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="M4" s="6">
-        <v>5312.0</v>
+        <v>9460.0</v>
       </c>
       <c r="N4" s="6">
-        <v>6428</v>
+        <v>11447</v>
       </c>
       <c r="O4" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14223</v>
+        <v>14318</v>
       </c>
       <c r="B5">
-        <v>0.31</v>
+        <v>0.4</v>
       </c>
       <c r="C5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H5" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I5" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="J5" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="L5" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="M5" s="6">
-        <v>7161.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N5" s="6">
-        <v>8665</v>
+        <v>12197</v>
       </c>
       <c r="O5" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>14323</v>
+        <v>14319</v>
       </c>
       <c r="B6">
         <v>0.4</v>
       </c>
       <c r="C6" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H6" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I6" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="J6" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K6" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="L6" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="M6" s="6">
-        <v>7560.0</v>
+        <v>10080.0</v>
       </c>
       <c r="N6" s="6">
-        <v>9148</v>
+        <v>12197</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>14306</v>
+        <v>14143</v>
       </c>
       <c r="B7">
-        <v>0.33</v>
+        <v>0.4</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H7" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I7" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="L7" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="M7" s="6">
-        <v>7623.0</v>
+        <v>10920.0</v>
       </c>
       <c r="N7" s="6">
-        <v>9224</v>
+        <v>13213</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14238</v>
+        <v>14135</v>
       </c>
       <c r="B8">
-        <v>0.37</v>
+        <v>0.4</v>
       </c>
       <c r="C8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H8" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I8" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="J8" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K8" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="L8" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="M8" s="6">
-        <v>7770.0</v>
+        <v>14280.0</v>
       </c>
       <c r="N8" s="6">
-        <v>9402</v>
+        <v>17279</v>
       </c>
       <c r="O8" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14441</v>
+        <v>13623</v>
       </c>
       <c r="B9">
-        <v>0.25</v>
+        <v>0.4</v>
       </c>
       <c r="C9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H9" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="I9" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="J9" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K9" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="L9" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="M9" s="6">
-        <v>8070.0</v>
+        <v>14280.0</v>
       </c>
       <c r="N9" s="6">
-        <v>9765</v>
+        <v>17279</v>
       </c>
       <c r="O9" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>14341</v>
+        <v>8083</v>
       </c>
       <c r="B10">
-        <v>0.35</v>
+        <v>0.9</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="H10" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="J10" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K10" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="L10" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="M10" s="6">
-        <v>8085.0</v>
+        <v>43470.0</v>
       </c>
       <c r="N10" s="6">
-        <v>9783</v>
+        <v>52599</v>
       </c>
       <c r="O10" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P10" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14237</v>
+        <v>11491</v>
       </c>
       <c r="B11">
-        <v>0.37</v>
+        <v>0.91</v>
       </c>
       <c r="C11" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H11" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="I11" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="J11" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K11" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="L11" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="M11" s="6">
-        <v>8547.0</v>
+        <v>54464.0</v>
       </c>
       <c r="N11" s="6">
-        <v>10342</v>
+        <v>65901</v>
       </c>
       <c r="O11" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14253</v>
+        <v>13236</v>
       </c>
       <c r="B12">
-        <v>0.38</v>
+        <v>0.41</v>
       </c>
       <c r="C12" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
+      <c r="F12" t="s">
+        <v>62</v>
+      </c>
       <c r="G12" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H12" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="J12" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K12" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="L12" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="M12" s="6">
-        <v>8778.0</v>
+        <v>59500.0</v>
       </c>
       <c r="N12" s="6">
-        <v>10621</v>
+        <v>71995</v>
       </c>
       <c r="O12" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P12" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>14251</v>
+        <v>13373</v>
       </c>
       <c r="B13">
-        <v>0.39</v>
+        <v>1.13</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H13" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I13" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="J13" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K13" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="L13" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="M13" s="6">
-        <v>9009.0</v>
+        <v>103700.0</v>
       </c>
       <c r="N13" s="6">
-        <v>10901</v>
+        <v>125477</v>
       </c>
       <c r="O13" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P13" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>13937</v>
+        <v>14203</v>
       </c>
       <c r="B14">
-        <v>0.4</v>
+        <v>1.13</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H14" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I14" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="J14" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="K14" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="L14" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="M14" s="6">
-        <v>9460.0</v>
+        <v>111800.0</v>
       </c>
       <c r="N14" s="6">
-        <v>11447</v>
+        <v>135278</v>
       </c>
       <c r="O14" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P14" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>14318</v>
+        <v>13608</v>
       </c>
       <c r="B15">
-        <v>0.4</v>
+        <v>2.01</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="H15" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="I15" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="J15" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K15" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="L15" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="M15" s="6">
-        <v>10080.0</v>
+        <v>199000.0</v>
       </c>
       <c r="N15" s="6">
-        <v>12197</v>
+        <v>240790</v>
       </c>
       <c r="O15" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>14319</v>
+        <v>3747</v>
       </c>
       <c r="B16">
-        <v>0.4</v>
+        <v>3.1</v>
       </c>
       <c r="C16" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
       <c r="G16" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="H16" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="J16" t="s">
-        <v>68</v>
+        <v>50</v>
       </c>
       <c r="K16" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="L16" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="M16" s="6">
-        <v>10080.0</v>
+        <v>400000.0</v>
       </c>
       <c r="N16" s="6">
-        <v>12197</v>
+        <v>484000</v>
       </c>
       <c r="O16" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>14142</v>
+        <v>3947</v>
       </c>
       <c r="B17">
-        <v>0.4</v>
+        <v>0.13</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="D17" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
+      <c r="F17" t="s">
+        <v>72</v>
+      </c>
       <c r="G17" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="H17" t="s">
-        <v>67</v>
-[...11 lines deleted...]
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="M17" s="6">
-        <v>12040.0</v>
+        <v>520000.0</v>
       </c>
       <c r="N17" s="6">
-        <v>14568</v>
+        <v>629200</v>
       </c>
       <c r="O17" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="P17" t="s">
         <v>46</v>
-      </c>
-[...644 lines deleted...]
-        <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="P17" r:id="rId_hyperlink_15"/>
-    <hyperlink ref="P18" r:id="rId_hyperlink_16"/>
-[...12 lines deleted...]
-    <hyperlink ref="P31" r:id="rId_hyperlink_29"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>