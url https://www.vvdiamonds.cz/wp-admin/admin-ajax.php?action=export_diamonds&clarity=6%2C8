--- v0 (2025-11-29)
+++ v1 (2026-01-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,609 +73,690 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>4.65mm - 4.68mm x 2.90mm</t>
+    <t>4.56mm - 4.58mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>SI2</t>
+  </si>
+  <si>
+    <t>4.62mm - 4.65mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>SI1</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.67mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.63mm - 4.65mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.70mm x 2.86mm</t>
+  </si>
+  <si>
+    <t>4.58mm - 4.61mm x 2.74mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>4.52mm - 4.54mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.69mm x 2.85mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-h-si2-s-gia-certifikatem-14332.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14245.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14246.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14247.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14248.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-d-si1-s-gia-certifikatem-14327.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-d-si1-s-gia-certifikatem-14329.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-e-si1-s-gia-certifikatem-14241.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-d-si1-s-gia-certifikatem-14328.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-f-si1-s-gia-certifikatem-14262.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-h-si1-s-gia-certifikatem-14361.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-h-si1-s-gia-certifikatem-14362.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-f-si1-s-hrd-certifikatem-2264.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-14287.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-j-si1-s-gia-certifikatem-14286.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/025ct-7pp-fancy-purplish-pink-i1-s-arg-certifikatem-14209.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.63mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>4.75mm - 4.76mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.75mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.83mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.76mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.81mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.72mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.70mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.72mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.76mm - 4.79mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.81mm - 4.83mm x 2.97mm</t>
+  </si>
+  <si>
+    <t>5.10mm - 5.13mm x 3.12mm</t>
+  </si>
+  <si>
+    <t>5.43mm - 5.46mm x 3.23mm</t>
+  </si>
+  <si>
+    <t>5.37mm - 5.39mm x 3.29mm</t>
+  </si>
+  <si>
+    <t>3.93mm x 3.78mm x 2.59mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>Fancy Intense Yellow</t>
+  </si>
+  <si>
+    <t>Radiant</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>5.66mm x 3.67mm x 2.23mm</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>silná</t>
+  </si>
+  <si>
+    <t>9.12mm x 5.23mm x 3.50mm</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>5.93mm x 6.98mm x 4.14mm</t>
+  </si>
+  <si>
+    <t>O</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>4.59mm x 4.05mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>I1</t>
+  </si>
+  <si>
+    <t>Cushion</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>5.45mm - 5.53mm x 3.64mm</t>
+  </si>
+  <si>
+    <t>good</t>
+  </si>
+  <si>
+    <t>very good</t>
+  </si>
+  <si>
+    <t>7.79mm x 5.39mm x 3.36mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>Oval</t>
+  </si>
+  <si>
+    <t>5.70mm - 5.73mm x 3.56mm</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
+    <t>4.39mm x 4.34mm x 3.06mm</t>
+  </si>
+  <si>
+    <t>9.52mm x 5.45mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>9.02mm x 5.38mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>5.09mm x 3.41mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>Very Light Pink</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7.44mm x 5.73mm x 3.13mm </t>
+  </si>
+  <si>
+    <t>11.54mm x 6.12mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>Marquise</t>
+  </si>
+  <si>
+    <t>6.82mm x 5.64mm x 4.06mm</t>
   </si>
   <si>
     <t>I</t>
   </si>
   <si>
-    <t>SI1</t>
-[...275 lines deleted...]
-    <t>5.59mm - 5.61mm x 3.43mm</t>
+    <t>mírná</t>
+  </si>
+  <si>
+    <t>6.99mm x 5.65mm x 3.90mm</t>
+  </si>
+  <si>
+    <t>7.41mm x 5.80mm x 3.88mm</t>
+  </si>
+  <si>
+    <t>6.17mm - 6.23mm x 3.76mm</t>
+  </si>
+  <si>
+    <t>4.52mm x 3.99mm x 3.07mm</t>
+  </si>
+  <si>
+    <t>Fancy Vivid Yellow</t>
+  </si>
+  <si>
+    <t>7.43mm - 7.47mm x 4.50mm</t>
+  </si>
+  <si>
+    <t>6.70mm x 6.48mm x 4.51mm</t>
+  </si>
+  <si>
+    <t>6.41mm - 6.45mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>7.36mm - 7.41mm x 4.50mm</t>
+  </si>
+  <si>
+    <t>9.75mm x 6.38mm x 3.96mm</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
-    <t>4.67mm - 4.69mm x 2.95mm</t>
-[...139 lines deleted...]
-  <si>
     <t>9.67mm x 7.08mm x 4.40mm</t>
   </si>
   <si>
     <t>velmi mírná</t>
   </si>
   <si>
     <t>5.32mm x 4.20mm x 3.00mm</t>
   </si>
   <si>
     <t>Fancy Intense Yellow-Orange</t>
   </si>
   <si>
     <t>střední žlutá</t>
   </si>
   <si>
     <t>6.89mm - 6.92mm x 4.17mm</t>
   </si>
   <si>
     <t>Fancy Light Pink</t>
   </si>
   <si>
     <t>ARGYLE</t>
   </si>
   <si>
+    <t>7.24mm x 6.60mm x 4.70mm</t>
+  </si>
+  <si>
     <t>9.57mm x 7.14mm x 4.40mm</t>
   </si>
   <si>
     <t>5.12mm - 5.16mm x 3.12mm</t>
   </si>
   <si>
     <t>5.36mm x 4.77mm x 3.53mm</t>
   </si>
   <si>
     <t>velice mírná</t>
   </si>
   <si>
     <t>3.81mm x 3.77mm x 2.66mm</t>
   </si>
   <si>
     <t>Fancy Pink-Purple</t>
   </si>
   <si>
     <t>5.01mm x 3.37mm x 1.80mm</t>
   </si>
   <si>
     <t>Fancy Intense Pink-Purple</t>
   </si>
   <si>
     <t>7.65mm x 8.97mm x 5.25mm</t>
   </si>
   <si>
-    <t>Heart</t>
-[...1 lines deleted...]
-  <si>
     <t>4.99mm x 4.96mm x 3.29mm</t>
   </si>
   <si>
     <t>Fancy Intense Green-Yellow</t>
   </si>
   <si>
     <t xml:space="preserve">Very Good </t>
   </si>
   <si>
     <t>velmi silná zelená</t>
   </si>
   <si>
     <t>Fancy Purplish Pink</t>
   </si>
   <si>
     <t>Fancy Pink</t>
   </si>
   <si>
     <t>5.39mm x 3.54mm x 1.99mm</t>
   </si>
   <si>
     <t>Fancy Intense Pinkish Purple</t>
   </si>
   <si>
     <t>8.13mm x 4.87mm x 2.87mm</t>
   </si>
   <si>
     <t>Fancy Vivid Yellowish Orange</t>
   </si>
   <si>
     <t>3.33mm x 3.29mm x 2.63mm</t>
   </si>
   <si>
     <t>Fancy Vivid Orange</t>
   </si>
   <si>
     <t>9.36mm - 9.40mm x 5.82mm</t>
   </si>
   <si>
     <t>3.53mm x 3.67mm x 1.88mm</t>
   </si>
   <si>
+    <t>Fancy Intense Pink</t>
+  </si>
+  <si>
     <t>4.22mm x 3.83mm x 2.26mm</t>
   </si>
   <si>
     <t>Fancy Intense Bluish Green</t>
   </si>
   <si>
+    <t>Fancy Deep Pink</t>
+  </si>
+  <si>
     <t>4.61mm x 3.79mm x 2.94mm</t>
   </si>
   <si>
     <t>Fancy Purple-Pink</t>
   </si>
   <si>
     <t>4.97mm x 3.17mm x 2.20mm</t>
   </si>
   <si>
-    <t>Fancy Intense Pink</t>
-[...1 lines deleted...]
-  <si>
     <t>4.15mm x 4.21mm x 2.21mm</t>
   </si>
   <si>
     <t>3.95mm x 3.88mm x 2.78mm</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Fancy Vivid Purplish Pink</t>
   </si>
   <si>
     <t>5.57mm x 4.78mm x 3.51mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fancy Deep Pink</t>
   </si>
   <si>
     <t>7.30mm x 4.86mm x 3.81mm</t>
   </si>
   <si>
     <t>5.95mm x 4.29mm x 2.95mm</t>
   </si>
   <si>
     <t>Fancy Gray-Blue / BL2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1152,62 +1233,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-i-si1-s-gia-certifikatem-14011.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/057ct-j-si1-s-gia-certifikatem-14034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/065ct-k-si1-s-gia-certifikatem-14037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-f-si2-s-gia-certifikatem-14039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/113ct-l-si1-s-hrd-certifikatem-13222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-hrd-certifikatem-2264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-h-si2-s-gia-certifikatem-14332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14245.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14246.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-si1-s-gia-certifikatem-14327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-si1-s-gia-certifikatem-14329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-si1-s-gia-certifikatem-14241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-d-si1-s-gia-certifikatem-14328.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-f-si1-s-gia-certifikatem-14262.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-h-si1-s-gia-certifikatem-14361.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-h-si1-s-gia-certifikatem-14362.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-hrd-certifikatem-2264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-14287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-j-si1-s-gia-certifikatem-14286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-7pp-fancy-purplish-pink-i1-s-arg-certifikatem-14209.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q71"/>
+  <dimension ref="A1:Q85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N71" sqref="N71"/>
+      <selection activeCell="N85" sqref="N85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1249,3142 +1330,3755 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14011</v>
+        <v>14332</v>
       </c>
       <c r="B3">
-        <v>0.38</v>
+        <v>0.35</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H3" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I3" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J3" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K3" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L3" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="M3" s="6">
-        <v>9804.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N3" s="6">
-        <v>11863</v>
+        <v>9783</v>
       </c>
       <c r="O3" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>14020</v>
+        <v>14245</v>
       </c>
       <c r="B4">
-        <v>0.4</v>
+        <v>0.38</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H4" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I4" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J4" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K4" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L4" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="M4" s="6">
-        <v>12040.0</v>
+        <v>9576.0</v>
       </c>
       <c r="N4" s="6">
-        <v>14568</v>
+        <v>11587</v>
       </c>
       <c r="O4" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14022</v>
+        <v>14246</v>
       </c>
       <c r="B5">
-        <v>0.4</v>
+        <v>0.38</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>22</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H5" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I5" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J5" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K5" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L5" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="M5" s="6">
-        <v>13760.0</v>
+        <v>9576.0</v>
       </c>
       <c r="N5" s="6">
-        <v>16650</v>
+        <v>11587</v>
       </c>
       <c r="O5" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>14019</v>
+        <v>14247</v>
       </c>
       <c r="B6">
-        <v>0.43</v>
+        <v>0.38</v>
       </c>
       <c r="C6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G6" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H6" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I6" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J6" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K6" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L6" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="M6" s="6">
-        <v>13868.0</v>
+        <v>9576.0</v>
       </c>
       <c r="N6" s="6">
-        <v>16780</v>
+        <v>11587</v>
       </c>
       <c r="O6" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>13399</v>
+        <v>14248</v>
       </c>
       <c r="B7">
-        <v>0.4</v>
+        <v>0.38</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D7" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G7" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H7" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I7" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J7" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K7" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L7" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="M7" s="6">
-        <v>15680.0</v>
+        <v>9576.0</v>
       </c>
       <c r="N7" s="6">
-        <v>18973</v>
+        <v>11587</v>
       </c>
       <c r="O7" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>13400</v>
+        <v>14327</v>
       </c>
       <c r="B8">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G8" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H8" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I8" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J8" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K8" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L8" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="M8" s="6">
-        <v>15680.0</v>
+        <v>11025.0</v>
       </c>
       <c r="N8" s="6">
-        <v>18973</v>
+        <v>13340</v>
       </c>
       <c r="O8" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>13401</v>
+        <v>14329</v>
       </c>
       <c r="B9">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C9" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G9" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H9" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I9" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J9" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K9" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L9" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="M9" s="6">
-        <v>15680.0</v>
+        <v>11025.0</v>
       </c>
       <c r="N9" s="6">
-        <v>18973</v>
+        <v>13340</v>
       </c>
       <c r="O9" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>13402</v>
+        <v>14241</v>
       </c>
       <c r="B10">
-        <v>0.4</v>
+        <v>0.38</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G10" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H10" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I10" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J10" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K10" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L10" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="M10" s="6">
-        <v>15680.0</v>
+        <v>11172.0</v>
       </c>
       <c r="N10" s="6">
-        <v>18973</v>
+        <v>13518</v>
       </c>
       <c r="O10" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14034</v>
+        <v>14328</v>
       </c>
       <c r="B11">
-        <v>0.57</v>
+        <v>0.36</v>
       </c>
       <c r="C11" t="s">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="D11" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I11" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J11" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K11" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L11" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M11" s="6">
-        <v>15932.0</v>
+        <v>11340.0</v>
       </c>
       <c r="N11" s="6">
-        <v>19277</v>
+        <v>13721</v>
       </c>
       <c r="O11" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P11" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>13392</v>
+        <v>14020</v>
       </c>
       <c r="B12">
         <v>0.4</v>
       </c>
       <c r="C12" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="D12" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H12" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I12" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J12" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K12" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L12" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="M12" s="6">
-        <v>16660.0</v>
+        <v>12040.0</v>
       </c>
       <c r="N12" s="6">
-        <v>20159</v>
+        <v>14568</v>
       </c>
       <c r="O12" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>13393</v>
+        <v>14022</v>
       </c>
       <c r="B13">
         <v>0.4</v>
       </c>
       <c r="C13" t="s">
-        <v>111</v>
+        <v>124</v>
       </c>
       <c r="D13" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G13" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H13" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I13" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J13" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K13" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L13" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="M13" s="6">
-        <v>16660.0</v>
+        <v>13760.0</v>
       </c>
       <c r="N13" s="6">
-        <v>20159</v>
+        <v>16650</v>
       </c>
       <c r="O13" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14037</v>
+        <v>14019</v>
       </c>
       <c r="B14">
-        <v>0.65</v>
+        <v>0.43</v>
       </c>
       <c r="C14" t="s">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="D14" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H14" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I14" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J14" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K14" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L14" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="M14" s="6">
-        <v>16770.0</v>
+        <v>13868.0</v>
       </c>
       <c r="N14" s="6">
-        <v>20292</v>
+        <v>16780</v>
       </c>
       <c r="O14" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P14" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>12731</v>
+        <v>13399</v>
       </c>
       <c r="B15">
         <v>0.4</v>
       </c>
       <c r="C15" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="D15" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H15" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I15" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J15" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K15" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L15" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="M15" s="6">
-        <v>17525.0</v>
+        <v>15680.0</v>
       </c>
       <c r="N15" s="6">
-        <v>21205</v>
+        <v>18973</v>
       </c>
       <c r="O15" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>13391</v>
+        <v>13400</v>
       </c>
       <c r="B16">
         <v>0.4</v>
       </c>
       <c r="C16" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="D16" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H16" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I16" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J16" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K16" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L16" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="M16" s="6">
-        <v>17640.0</v>
+        <v>15680.0</v>
       </c>
       <c r="N16" s="6">
-        <v>21344</v>
+        <v>18973</v>
       </c>
       <c r="O16" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P16" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>12730</v>
+        <v>13401</v>
       </c>
       <c r="B17">
-        <v>0.42</v>
+        <v>0.4</v>
       </c>
       <c r="C17" t="s">
-        <v>117</v>
+        <v>129</v>
       </c>
       <c r="D17" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H17" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I17" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J17" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K17" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L17" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="M17" s="6">
-        <v>18117.0</v>
+        <v>15680.0</v>
       </c>
       <c r="N17" s="6">
-        <v>21922</v>
+        <v>18973</v>
       </c>
       <c r="O17" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>14039</v>
+        <v>13402</v>
       </c>
       <c r="B18">
-        <v>0.59</v>
+        <v>0.4</v>
       </c>
       <c r="C18" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>126</v>
       </c>
       <c r="E18" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H18" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="I18" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="J18" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K18" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L18" t="s">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="M18" s="6">
-        <v>21565.0</v>
+        <v>15680.0</v>
       </c>
       <c r="N18" s="6">
-        <v>26093</v>
+        <v>18973</v>
       </c>
       <c r="O18" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>14102</v>
+        <v>13392</v>
       </c>
       <c r="B19">
-        <v>0.36</v>
+        <v>0.4</v>
       </c>
       <c r="C19" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="D19" t="s">
+        <v>30</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H19" t="s">
+        <v>115</v>
+      </c>
+      <c r="I19" t="s">
+        <v>116</v>
+      </c>
+      <c r="J19" t="s">
+        <v>116</v>
+      </c>
+      <c r="K19" t="s">
+        <v>116</v>
+      </c>
+      <c r="L19" t="s">
         <v>120</v>
       </c>
-      <c r="E19" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M19" s="6">
-        <v>22000.0</v>
+        <v>16660.0</v>
       </c>
       <c r="N19" s="6">
-        <v>26620</v>
+        <v>20159</v>
       </c>
       <c r="O19" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P19" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>14099</v>
+        <v>13393</v>
       </c>
       <c r="B20">
-        <v>0.33</v>
+        <v>0.4</v>
       </c>
       <c r="C20" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="D20" t="s">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="H20" t="s">
-        <v>101</v>
+        <v>115</v>
+      </c>
+      <c r="I20" t="s">
+        <v>116</v>
       </c>
       <c r="J20" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K20" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="L20" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="M20" s="6">
-        <v>24000.0</v>
+        <v>16660.0</v>
       </c>
       <c r="N20" s="6">
-        <v>29040</v>
+        <v>20159</v>
       </c>
       <c r="O20" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>4408</v>
+        <v>12731</v>
       </c>
       <c r="B21">
-        <v>0.51</v>
+        <v>0.4</v>
       </c>
       <c r="C21" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D21" t="s">
+        <v>30</v>
+      </c>
+      <c r="E21" t="s">
+        <v>22</v>
+      </c>
+      <c r="G21" t="s">
+        <v>114</v>
+      </c>
+      <c r="H21" t="s">
+        <v>115</v>
+      </c>
+      <c r="I21" t="s">
+        <v>116</v>
+      </c>
+      <c r="J21" t="s">
+        <v>116</v>
+      </c>
+      <c r="K21" t="s">
+        <v>116</v>
+      </c>
+      <c r="L21" t="s">
         <v>120</v>
       </c>
-      <c r="E21" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M21" s="6">
-        <v>40376.0</v>
+        <v>17525.0</v>
       </c>
       <c r="N21" s="6">
-        <v>48855</v>
+        <v>21205</v>
       </c>
       <c r="O21" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P21" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>1199</v>
+        <v>13391</v>
       </c>
       <c r="B22">
-        <v>0.71</v>
+        <v>0.4</v>
       </c>
       <c r="C22" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H22" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="I22" t="s">
-        <v>133</v>
+        <v>116</v>
       </c>
       <c r="J22" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="K22" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="L22" t="s">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="M22" s="6">
-        <v>42141.0</v>
+        <v>17640.0</v>
       </c>
       <c r="N22" s="6">
-        <v>50991</v>
+        <v>21344</v>
       </c>
       <c r="O22" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P22" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>10749</v>
+        <v>12730</v>
       </c>
       <c r="B23">
-        <v>1</v>
+        <v>0.42</v>
       </c>
       <c r="C23" t="s">
         <v>135</v>
       </c>
       <c r="D23" t="s">
-        <v>108</v>
+        <v>30</v>
       </c>
       <c r="E23" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
       <c r="G23" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
       <c r="H23" t="s">
-        <v>101</v>
+        <v>115</v>
+      </c>
+      <c r="I23" t="s">
+        <v>116</v>
       </c>
       <c r="J23" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K23" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="L23" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="M23" s="6">
-        <v>42370.0</v>
+        <v>18117.0</v>
       </c>
       <c r="N23" s="6">
-        <v>51268</v>
+        <v>21922</v>
       </c>
       <c r="O23" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P23" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>2905</v>
+        <v>14262</v>
       </c>
       <c r="B24">
-        <v>0.71</v>
+        <v>0.5</v>
       </c>
       <c r="C24" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>126</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H24" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="I24" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="J24" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K24" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="L24" t="s">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="M24" s="6">
-        <v>42749.0</v>
+        <v>19950.0</v>
       </c>
       <c r="N24" s="6">
-        <v>51726</v>
+        <v>24140</v>
       </c>
       <c r="O24" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>4409</v>
+        <v>14361</v>
       </c>
       <c r="B25">
-        <v>0.54</v>
+        <v>0.59</v>
       </c>
       <c r="C25" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>120</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="H25" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="I25" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="J25" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K25" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="L25" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M25" s="6">
-        <v>42848.0</v>
+        <v>21063.0</v>
       </c>
       <c r="N25" s="6">
-        <v>51846</v>
+        <v>25486</v>
       </c>
       <c r="O25" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P25" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>10886</v>
+        <v>14362</v>
       </c>
       <c r="B26">
-        <v>1.01</v>
+        <v>0.59</v>
       </c>
       <c r="C26" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D26" t="s">
-        <v>141</v>
+        <v>19</v>
       </c>
       <c r="E26" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G26" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="H26" t="s">
-        <v>130</v>
+        <v>115</v>
+      </c>
+      <c r="I26" t="s">
+        <v>116</v>
       </c>
       <c r="J26" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K26" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="L26" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="M26" s="6">
-        <v>44000.0</v>
+        <v>21063.0</v>
       </c>
       <c r="N26" s="6">
-        <v>53240</v>
+        <v>25486</v>
       </c>
       <c r="O26" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P26" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>13222</v>
+        <v>14102</v>
       </c>
       <c r="B27">
-        <v>1.13</v>
+        <v>0.36</v>
       </c>
       <c r="C27" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D27" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
+      <c r="F27" t="s">
+        <v>141</v>
+      </c>
       <c r="G27" t="s">
-        <v>100</v>
+        <v>142</v>
       </c>
       <c r="H27" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="J27" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K27" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="L27" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="M27" s="6">
-        <v>61800.0</v>
+        <v>22000.0</v>
       </c>
       <c r="N27" s="6">
-        <v>74778</v>
+        <v>26620</v>
       </c>
       <c r="O27" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P27" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>2187</v>
+        <v>14099</v>
       </c>
       <c r="B28">
-        <v>0.9</v>
+        <v>0.33</v>
       </c>
       <c r="C28" t="s">
         <v>144</v>
       </c>
       <c r="D28" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>22</v>
+      </c>
+      <c r="F28" t="s">
+        <v>141</v>
       </c>
       <c r="G28" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="H28" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="J28" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="K28" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="L28" t="s">
-        <v>106</v>
+        <v>146</v>
       </c>
       <c r="M28" s="6">
-        <v>63239.0</v>
+        <v>24000.0</v>
       </c>
       <c r="N28" s="6">
-        <v>76519</v>
+        <v>29040</v>
       </c>
       <c r="O28" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14097</v>
+        <v>14288</v>
       </c>
       <c r="B29">
-        <v>0.3</v>
+        <v>1</v>
       </c>
       <c r="C29" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D29" t="s">
-        <v>120</v>
+        <v>148</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
-      <c r="F29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="H29" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J29" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K29" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="L29" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M29" s="6">
-        <v>65000.0</v>
+        <v>33900.0</v>
       </c>
       <c r="N29" s="6">
-        <v>78650</v>
+        <v>41019</v>
       </c>
       <c r="O29" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P29" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>2264</v>
+        <v>14289</v>
       </c>
       <c r="B30">
-        <v>0.9</v>
+        <v>1.01</v>
       </c>
       <c r="C30" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D30" t="s">
-        <v>26</v>
+        <v>150</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="H30" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="J30" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K30" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="L30" t="s">
-        <v>103</v>
+        <v>119</v>
       </c>
       <c r="M30" s="6">
-        <v>69890.0</v>
+        <v>36700.0</v>
       </c>
       <c r="N30" s="6">
-        <v>84567</v>
+        <v>44407</v>
       </c>
       <c r="O30" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P30" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>13228</v>
+        <v>4408</v>
       </c>
       <c r="B31">
-        <v>1.7</v>
+        <v>0.51</v>
       </c>
       <c r="C31" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D31" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="E31" t="s">
-        <v>23</v>
+        <v>153</v>
+      </c>
+      <c r="F31" t="s">
+        <v>141</v>
       </c>
       <c r="G31" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="H31" t="s">
-        <v>101</v>
+        <v>155</v>
+      </c>
+      <c r="I31" t="s">
+        <v>156</v>
       </c>
       <c r="J31" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="K31" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="L31" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="M31" s="6">
-        <v>78000.0</v>
+        <v>40376.0</v>
       </c>
       <c r="N31" s="6">
-        <v>94380</v>
+        <v>48855</v>
       </c>
       <c r="O31" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>12055</v>
+        <v>1199</v>
       </c>
       <c r="B32">
-        <v>1.5</v>
+        <v>0.71</v>
       </c>
       <c r="C32" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="D32" t="s">
-        <v>19</v>
+        <v>126</v>
       </c>
       <c r="E32" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G32" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="H32" t="s">
-        <v>138</v>
+        <v>155</v>
+      </c>
+      <c r="I32" t="s">
+        <v>158</v>
       </c>
       <c r="J32" t="s">
-        <v>102</v>
+        <v>159</v>
       </c>
       <c r="K32" t="s">
-        <v>123</v>
+        <v>159</v>
       </c>
       <c r="L32" t="s">
-        <v>143</v>
+        <v>117</v>
       </c>
       <c r="M32" s="6">
-        <v>79900.0</v>
+        <v>42141.0</v>
       </c>
       <c r="N32" s="6">
-        <v>96679</v>
+        <v>50991</v>
       </c>
       <c r="O32" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P32" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>10887</v>
+        <v>10749</v>
       </c>
       <c r="B33">
-        <v>1.5</v>
+        <v>1</v>
       </c>
       <c r="C33" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="D33" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>153</v>
       </c>
       <c r="G33" t="s">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="H33" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J33" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K33" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="L33" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="M33" s="6">
-        <v>85000.0</v>
+        <v>42370.0</v>
       </c>
       <c r="N33" s="6">
-        <v>102850</v>
+        <v>51268</v>
       </c>
       <c r="O33" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P33" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>10889</v>
+        <v>2905</v>
       </c>
       <c r="B34">
-        <v>1.51</v>
+        <v>0.71</v>
       </c>
       <c r="C34" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="D34" t="s">
-        <v>149</v>
+        <v>126</v>
       </c>
       <c r="E34" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G34" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="H34" t="s">
-        <v>101</v>
+        <v>164</v>
+      </c>
+      <c r="I34" t="s">
+        <v>143</v>
       </c>
       <c r="J34" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K34" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="L34" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="M34" s="6">
-        <v>85000.0</v>
+        <v>42749.0</v>
       </c>
       <c r="N34" s="6">
-        <v>102850</v>
+        <v>51726</v>
       </c>
       <c r="O34" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P34" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>10890</v>
+        <v>4409</v>
       </c>
       <c r="B35">
-        <v>0.9</v>
+        <v>0.54</v>
       </c>
       <c r="C35" t="s">
+        <v>165</v>
+      </c>
+      <c r="D35" t="s">
+        <v>140</v>
+      </c>
+      <c r="E35" t="s">
+        <v>153</v>
+      </c>
+      <c r="F35" t="s">
+        <v>141</v>
+      </c>
+      <c r="G35" t="s">
         <v>154</v>
       </c>
-      <c r="D35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H35" t="s">
-        <v>101</v>
+        <v>155</v>
       </c>
       <c r="I35" t="s">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="J35" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="K35" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="L35" t="s">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="M35" s="6">
-        <v>85050.0</v>
+        <v>42848.0</v>
       </c>
       <c r="N35" s="6">
-        <v>102911</v>
+        <v>51846</v>
       </c>
       <c r="O35" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P35" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>10222</v>
+        <v>10886</v>
       </c>
       <c r="B36">
-        <v>0.5</v>
+        <v>1.01</v>
       </c>
       <c r="C36" t="s">
+        <v>166</v>
+      </c>
+      <c r="D36" t="s">
+        <v>167</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>145</v>
+      </c>
+      <c r="H36" t="s">
         <v>155</v>
       </c>
-      <c r="D36" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="K36" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="L36" t="s">
-        <v>106</v>
+        <v>146</v>
       </c>
       <c r="M36" s="6">
-        <v>87400.0</v>
+        <v>44000.0</v>
       </c>
       <c r="N36" s="6">
-        <v>105754</v>
+        <v>53240</v>
       </c>
       <c r="O36" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>12346</v>
+        <v>2187</v>
       </c>
       <c r="B37">
-        <v>1.7</v>
+        <v>0.9</v>
       </c>
       <c r="C37" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>30</v>
       </c>
       <c r="E37" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G37" t="s">
-        <v>129</v>
+        <v>145</v>
       </c>
       <c r="H37" t="s">
-        <v>101</v>
+        <v>155</v>
+      </c>
+      <c r="I37" t="s">
+        <v>156</v>
       </c>
       <c r="J37" t="s">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="K37" t="s">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="L37" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M37" s="6">
-        <v>99000.0</v>
+        <v>63239.0</v>
       </c>
       <c r="N37" s="6">
-        <v>119790</v>
+        <v>76519</v>
       </c>
       <c r="O37" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P37" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>6046</v>
+        <v>14097</v>
       </c>
       <c r="B38">
-        <v>1.01</v>
+        <v>0.3</v>
       </c>
       <c r="C38" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="D38" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="E38" t="s">
-        <v>23</v>
+        <v>22</v>
+      </c>
+      <c r="F38" t="s">
+        <v>170</v>
       </c>
       <c r="G38" t="s">
-        <v>100</v>
+        <v>145</v>
       </c>
       <c r="H38" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="J38" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K38" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="L38" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M38" s="6">
-        <v>109080.0</v>
+        <v>65000.0</v>
       </c>
       <c r="N38" s="6">
-        <v>131987</v>
+        <v>78650</v>
       </c>
       <c r="O38" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P38" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>11170</v>
+        <v>2264</v>
       </c>
       <c r="B39">
-        <v>1.5</v>
+        <v>0.9</v>
       </c>
       <c r="C39" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="D39" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="E39" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G39" t="s">
-        <v>100</v>
+        <v>162</v>
       </c>
       <c r="H39" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>164</v>
       </c>
       <c r="J39" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="K39" t="s">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="L39" t="s">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="M39" s="6">
-        <v>121500.0</v>
+        <v>69890.0</v>
       </c>
       <c r="N39" s="6">
-        <v>147015</v>
+        <v>84567</v>
       </c>
       <c r="O39" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P39" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>12876</v>
+        <v>13228</v>
       </c>
       <c r="B40">
-        <v>1.5</v>
+        <v>1.7</v>
       </c>
       <c r="C40" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>148</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>125</v>
+        <v>173</v>
       </c>
       <c r="H40" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J40" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K40" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="L40" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="M40" s="6">
-        <v>123000.0</v>
+        <v>78000.0</v>
       </c>
       <c r="N40" s="6">
-        <v>148830</v>
+        <v>94380</v>
       </c>
       <c r="O40" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P40" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>12493</v>
+        <v>12055</v>
       </c>
       <c r="B41">
-        <v>2.01</v>
+        <v>1.5</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="D41" t="s">
-        <v>141</v>
+        <v>175</v>
       </c>
       <c r="E41" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="H41" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>164</v>
       </c>
       <c r="J41" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K41" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="L41" t="s">
-        <v>162</v>
+        <v>176</v>
       </c>
       <c r="M41" s="6">
-        <v>126000.0</v>
+        <v>79900.0</v>
       </c>
       <c r="N41" s="6">
-        <v>152460</v>
+        <v>96679</v>
       </c>
       <c r="O41" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P41" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>4662</v>
+        <v>10887</v>
       </c>
       <c r="B42">
-        <v>0.59</v>
+        <v>1.5</v>
       </c>
       <c r="C42" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="D42" t="s">
-        <v>120</v>
+        <v>148</v>
       </c>
       <c r="E42" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>22</v>
       </c>
       <c r="G42" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="H42" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J42" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="K42" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="L42" t="s">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="M42" s="6">
-        <v>158000.0</v>
+        <v>85000.0</v>
       </c>
       <c r="N42" s="6">
-        <v>191180</v>
+        <v>102850</v>
       </c>
       <c r="O42" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P42" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>11492</v>
+        <v>10889</v>
       </c>
       <c r="B43">
-        <v>1.22</v>
+        <v>1.51</v>
       </c>
       <c r="C43" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="D43" t="s">
-        <v>110</v>
+        <v>148</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>100</v>
+        <v>142</v>
       </c>
       <c r="H43" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="J43" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K43" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="L43" t="s">
-        <v>103</v>
+        <v>146</v>
       </c>
       <c r="M43" s="6">
-        <v>162500.0</v>
+        <v>85000.0</v>
       </c>
       <c r="N43" s="6">
-        <v>196625</v>
+        <v>102850</v>
       </c>
       <c r="O43" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P43" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>13974</v>
+        <v>10890</v>
       </c>
       <c r="B44">
-        <v>0.15</v>
+        <v>0.9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>179</v>
       </c>
       <c r="D44" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="E44" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>22</v>
       </c>
       <c r="G44" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H44" t="s">
-        <v>168</v>
+        <v>115</v>
+      </c>
+      <c r="I44" t="s">
+        <v>143</v>
+      </c>
+      <c r="J44" t="s">
+        <v>116</v>
+      </c>
+      <c r="K44" t="s">
+        <v>143</v>
+      </c>
+      <c r="L44" t="s">
+        <v>146</v>
       </c>
       <c r="M44" s="6">
-        <v>190000.0</v>
+        <v>85050.0</v>
       </c>
       <c r="N44" s="6">
-        <v>229900</v>
+        <v>102911</v>
       </c>
       <c r="O44" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P44" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>10750</v>
+        <v>10222</v>
       </c>
       <c r="B45">
-        <v>2.01</v>
+        <v>0.5</v>
       </c>
       <c r="C45" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="D45" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="E45" t="s">
-        <v>23</v>
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>181</v>
       </c>
       <c r="G45" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="H45" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="J45" t="s">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="K45" t="s">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="L45" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M45" s="6">
-        <v>209000.0</v>
+        <v>87400.0</v>
       </c>
       <c r="N45" s="6">
-        <v>252890</v>
+        <v>105754</v>
       </c>
       <c r="O45" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P45" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>10214</v>
+        <v>14287</v>
       </c>
       <c r="B46">
-        <v>0.5</v>
+        <v>1.51</v>
       </c>
       <c r="C46" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="D46" t="s">
-        <v>120</v>
+        <v>148</v>
       </c>
       <c r="E46" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H46" t="s">
-        <v>101</v>
+        <v>115</v>
+      </c>
+      <c r="I46" t="s">
+        <v>116</v>
       </c>
       <c r="J46" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K46" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="L46" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="M46" s="6">
-        <v>259000.0</v>
+        <v>90400.0</v>
       </c>
       <c r="N46" s="6">
-        <v>313390</v>
+        <v>109384</v>
       </c>
       <c r="O46" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P46" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>3274</v>
+        <v>12346</v>
       </c>
       <c r="B47">
-        <v>0.87</v>
+        <v>1.7</v>
       </c>
       <c r="C47" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="D47" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
-      <c r="F47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" t="s">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="H47" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="J47" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="K47" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="L47" t="s">
-        <v>172</v>
+        <v>117</v>
       </c>
       <c r="M47" s="6">
-        <v>268500.0</v>
+        <v>99000.0</v>
       </c>
       <c r="N47" s="6">
-        <v>324885</v>
+        <v>119790</v>
       </c>
       <c r="O47" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P47" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>6324</v>
+        <v>6046</v>
       </c>
       <c r="B48">
-        <v>0.35</v>
+        <v>1.01</v>
       </c>
       <c r="C48" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="D48" t="s">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
-      <c r="F48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="H48" t="s">
-        <v>101</v>
+        <v>164</v>
+      </c>
+      <c r="I48" t="s">
+        <v>143</v>
       </c>
       <c r="J48" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="K48" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="L48" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M48" s="6">
-        <v>269000.0</v>
+        <v>109080.0</v>
       </c>
       <c r="N48" s="6">
-        <v>325490</v>
+        <v>131987</v>
       </c>
       <c r="O48" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P48" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>13541</v>
+        <v>11170</v>
       </c>
       <c r="B49">
-        <v>0.19</v>
+        <v>1.5</v>
+      </c>
+      <c r="C49" t="s">
+        <v>185</v>
       </c>
       <c r="D49" t="s">
-        <v>120</v>
+        <v>167</v>
       </c>
       <c r="E49" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H49" t="s">
-        <v>168</v>
+        <v>155</v>
+      </c>
+      <c r="I49" t="s">
+        <v>116</v>
+      </c>
+      <c r="J49" t="s">
+        <v>116</v>
+      </c>
+      <c r="K49" t="s">
+        <v>116</v>
+      </c>
+      <c r="L49" t="s">
+        <v>117</v>
       </c>
       <c r="M49" s="6">
-        <v>320000.0</v>
+        <v>121500.0</v>
       </c>
       <c r="N49" s="6">
-        <v>387200</v>
+        <v>147015</v>
       </c>
       <c r="O49" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P49" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>2967</v>
+        <v>12876</v>
       </c>
       <c r="B50">
-        <v>0.21</v>
+        <v>1.5</v>
       </c>
       <c r="C50" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="D50" t="s">
-        <v>120</v>
+        <v>187</v>
       </c>
       <c r="E50" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>22</v>
       </c>
       <c r="G50" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="H50" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J50" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K50" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="L50" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M50" s="6">
-        <v>322000.0</v>
+        <v>123000.0</v>
       </c>
       <c r="N50" s="6">
-        <v>389620</v>
+        <v>148830</v>
       </c>
       <c r="O50" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P50" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>13226</v>
+        <v>12493</v>
       </c>
       <c r="B51">
-        <v>2.02</v>
+        <v>2.01</v>
       </c>
       <c r="C51" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="D51" t="s">
-        <v>22</v>
+        <v>167</v>
       </c>
       <c r="E51" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>178</v>
+        <v>162</v>
       </c>
       <c r="H51" t="s">
-        <v>101</v>
+        <v>155</v>
+      </c>
+      <c r="I51" t="s">
+        <v>143</v>
       </c>
       <c r="J51" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="K51" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L51" t="s">
-        <v>106</v>
+        <v>189</v>
       </c>
       <c r="M51" s="6">
-        <v>340000.0</v>
+        <v>126000.0</v>
       </c>
       <c r="N51" s="6">
-        <v>411400</v>
+        <v>152460</v>
       </c>
       <c r="O51" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P51" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>5468</v>
+        <v>4662</v>
       </c>
       <c r="B52">
-        <v>0.73</v>
+        <v>0.59</v>
       </c>
       <c r="C52" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="D52" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="G52" t="s">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="H52" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J52" t="s">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="K52" t="s">
-        <v>181</v>
+        <v>156</v>
       </c>
       <c r="L52" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="M52" s="6">
-        <v>390000.0</v>
+        <v>158000.0</v>
       </c>
       <c r="N52" s="6">
-        <v>471900</v>
+        <v>191180</v>
       </c>
       <c r="O52" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P52" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>12483</v>
+        <v>11492</v>
       </c>
       <c r="B53">
-        <v>0.09</v>
+        <v>1.22</v>
+      </c>
+      <c r="C53" t="s">
+        <v>193</v>
       </c>
       <c r="D53" t="s">
+        <v>30</v>
+      </c>
+      <c r="E53" t="s">
+        <v>22</v>
+      </c>
+      <c r="G53" t="s">
+        <v>114</v>
+      </c>
+      <c r="H53" t="s">
+        <v>164</v>
+      </c>
+      <c r="I53" t="s">
+        <v>143</v>
+      </c>
+      <c r="J53" t="s">
+        <v>143</v>
+      </c>
+      <c r="K53" t="s">
+        <v>143</v>
+      </c>
+      <c r="L53" t="s">
         <v>120</v>
       </c>
-      <c r="E53" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M53" s="6">
-        <v>390000.0</v>
+        <v>162500.0</v>
       </c>
       <c r="N53" s="6">
-        <v>471900</v>
+        <v>196625</v>
       </c>
       <c r="O53" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P53" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>13542</v>
+        <v>13974</v>
       </c>
       <c r="B54">
-        <v>0.18</v>
+        <v>0.15</v>
       </c>
       <c r="D54" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E54" t="s">
-        <v>128</v>
+        <v>153</v>
       </c>
       <c r="F54" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="G54" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="H54" t="s">
-        <v>168</v>
+        <v>195</v>
       </c>
       <c r="M54" s="6">
-        <v>440000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="N54" s="6">
-        <v>532400</v>
+        <v>229900</v>
       </c>
       <c r="O54" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P54" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>4608</v>
+        <v>14286</v>
       </c>
       <c r="B55">
-        <v>0.27</v>
+        <v>2.01</v>
       </c>
       <c r="C55" t="s">
-        <v>185</v>
+        <v>196</v>
       </c>
       <c r="D55" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="E55" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>22</v>
       </c>
       <c r="G55" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="H55" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J55" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="K55" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="L55" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M55" s="6">
-        <v>475000.0</v>
+        <v>190000.0</v>
       </c>
       <c r="N55" s="6">
-        <v>574750</v>
+        <v>229900</v>
       </c>
       <c r="O55" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P55" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>13976</v>
+        <v>10750</v>
       </c>
       <c r="B56">
-        <v>0.13</v>
+        <v>2.01</v>
+      </c>
+      <c r="C56" t="s">
+        <v>197</v>
       </c>
       <c r="D56" t="s">
-        <v>120</v>
+        <v>187</v>
       </c>
       <c r="E56" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>125</v>
+        <v>162</v>
       </c>
       <c r="H56" t="s">
-        <v>168</v>
+        <v>155</v>
+      </c>
+      <c r="J56" t="s">
+        <v>143</v>
+      </c>
+      <c r="K56" t="s">
+        <v>143</v>
+      </c>
+      <c r="L56" t="s">
+        <v>117</v>
       </c>
       <c r="M56" s="6">
-        <v>500000.0</v>
+        <v>209000.0</v>
       </c>
       <c r="N56" s="6">
-        <v>605000</v>
+        <v>252890</v>
       </c>
       <c r="O56" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P56" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>10634</v>
+        <v>10214</v>
       </c>
       <c r="B57">
-        <v>0.8</v>
+        <v>0.5</v>
       </c>
       <c r="C57" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="D57" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>188</v>
+        <v>170</v>
       </c>
       <c r="G57" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="H57" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J57" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="K57" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="L57" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M57" s="6">
-        <v>510000.0</v>
+        <v>259000.0</v>
       </c>
       <c r="N57" s="6">
-        <v>617100</v>
+        <v>313390</v>
       </c>
       <c r="O57" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P57" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>5926</v>
+        <v>3274</v>
       </c>
       <c r="B58">
-        <v>0.27</v>
+        <v>0.87</v>
       </c>
       <c r="C58" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="D58" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E58" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F58" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="G58" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="H58" t="s">
-        <v>130</v>
+        <v>155</v>
+      </c>
+      <c r="I58" t="s">
+        <v>156</v>
       </c>
       <c r="J58" t="s">
-        <v>131</v>
+        <v>156</v>
       </c>
       <c r="K58" t="s">
-        <v>131</v>
+        <v>156</v>
       </c>
       <c r="L58" t="s">
-        <v>106</v>
+        <v>200</v>
       </c>
       <c r="M58" s="6">
-        <v>585000.0</v>
+        <v>268500.0</v>
       </c>
       <c r="N58" s="6">
-        <v>707850</v>
+        <v>324885</v>
       </c>
       <c r="O58" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P58" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>13410</v>
+        <v>6324</v>
       </c>
       <c r="B59">
-        <v>3.13</v>
+        <v>0.35</v>
       </c>
       <c r="C59" t="s">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="D59" t="s">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="E59" t="s">
-        <v>23</v>
+        <v>22</v>
+      </c>
+      <c r="F59" t="s">
+        <v>202</v>
       </c>
       <c r="G59" t="s">
-        <v>100</v>
+        <v>154</v>
       </c>
       <c r="H59" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>115</v>
       </c>
       <c r="J59" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="K59" t="s">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="L59" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="M59" s="6">
-        <v>920000.0</v>
+        <v>269000.0</v>
       </c>
       <c r="N59" s="6">
-        <v>1113200</v>
+        <v>325490</v>
       </c>
       <c r="O59" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P59" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>12803</v>
+        <v>13541</v>
       </c>
       <c r="B60">
-        <v>0.15</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>0.19</v>
       </c>
       <c r="D60" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E60" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="F60" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="G60" t="s">
-        <v>178</v>
+        <v>114</v>
       </c>
       <c r="H60" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-        <v>103</v>
+        <v>195</v>
       </c>
       <c r="M60" s="6">
-        <v>1150000.0</v>
+        <v>320000.0</v>
       </c>
       <c r="N60" s="6">
-        <v>1391500</v>
+        <v>387200</v>
       </c>
       <c r="O60" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P60" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>4439</v>
+        <v>2967</v>
       </c>
       <c r="B61">
-        <v>0.31</v>
+        <v>0.21</v>
       </c>
       <c r="C61" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="D61" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E61" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F61" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="G61" t="s">
-        <v>129</v>
+        <v>145</v>
       </c>
       <c r="H61" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J61" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="K61" t="s">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="L61" t="s">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="M61" s="6">
-        <v>1150000.0</v>
+        <v>322000.0</v>
       </c>
       <c r="N61" s="6">
-        <v>1391500</v>
+        <v>389620</v>
       </c>
       <c r="O61" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P61" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>4440</v>
+        <v>13226</v>
       </c>
       <c r="B62">
-        <v>0.5</v>
+        <v>2.02</v>
       </c>
       <c r="C62" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="D62" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="E62" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="H62" t="s">
-        <v>101</v>
+        <v>115</v>
+      </c>
+      <c r="J62" t="s">
+        <v>116</v>
+      </c>
+      <c r="K62" t="s">
+        <v>116</v>
+      </c>
+      <c r="L62" t="s">
+        <v>117</v>
       </c>
       <c r="M62" s="6">
-        <v>1500000.0</v>
+        <v>340000.0</v>
       </c>
       <c r="N62" s="6">
-        <v>1815000</v>
+        <v>411400</v>
       </c>
       <c r="O62" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P62" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>4661</v>
+        <v>5468</v>
       </c>
       <c r="B63">
-        <v>0.3</v>
+        <v>0.73</v>
       </c>
       <c r="C63" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="D63" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E63" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F63" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="G63" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="H63" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="J63" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="K63" t="s">
-        <v>131</v>
+        <v>208</v>
       </c>
       <c r="L63" t="s">
-        <v>103</v>
+        <v>209</v>
       </c>
       <c r="M63" s="6">
-        <v>1550000.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N63" s="6">
-        <v>1875500</v>
+        <v>471900</v>
       </c>
       <c r="O63" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P63" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>12806</v>
+        <v>12483</v>
       </c>
       <c r="B64">
-        <v>0.26</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>0.09</v>
       </c>
       <c r="D64" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
       <c r="G64" t="s">
-        <v>178</v>
+        <v>114</v>
       </c>
       <c r="H64" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-        <v>105</v>
+        <v>195</v>
       </c>
       <c r="M64" s="6">
-        <v>1650000.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N64" s="6">
-        <v>1996500</v>
+        <v>471900</v>
       </c>
       <c r="O64" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P64" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>13415</v>
+        <v>13542</v>
       </c>
       <c r="B65">
-        <v>0.38</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>0.18</v>
       </c>
       <c r="D65" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E65" t="s">
-        <v>20</v>
+        <v>153</v>
       </c>
       <c r="F65" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
       <c r="G65" t="s">
-        <v>201</v>
+        <v>114</v>
       </c>
       <c r="H65" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-        <v>103</v>
+        <v>195</v>
       </c>
       <c r="M65" s="6">
-        <v>3750000.0</v>
+        <v>440000.0</v>
       </c>
       <c r="N65" s="6">
-        <v>4537500</v>
+        <v>532400</v>
       </c>
       <c r="O65" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P65" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>11121</v>
+        <v>4608</v>
       </c>
       <c r="B66">
-        <v>0.16</v>
+        <v>0.27</v>
+      </c>
+      <c r="C66" t="s">
+        <v>212</v>
       </c>
       <c r="D66" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E66" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="G66" t="s">
-        <v>100</v>
+        <v>145</v>
       </c>
       <c r="H66" t="s">
-        <v>168</v>
+        <v>115</v>
+      </c>
+      <c r="J66" t="s">
+        <v>143</v>
+      </c>
+      <c r="K66" t="s">
+        <v>156</v>
+      </c>
+      <c r="L66" t="s">
+        <v>117</v>
       </c>
       <c r="M66" s="6">
-        <v>4400000.0</v>
+        <v>475000.0</v>
       </c>
       <c r="N66" s="6">
-        <v>5324000</v>
+        <v>574750</v>
       </c>
       <c r="O66" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P66" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>9787</v>
+        <v>13976</v>
       </c>
       <c r="B67">
-        <v>0.42</v>
+        <v>0.13</v>
       </c>
       <c r="D67" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E67" t="s">
-        <v>128</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>198</v>
+        <v>211</v>
       </c>
       <c r="G67" t="s">
-        <v>178</v>
+        <v>145</v>
       </c>
       <c r="H67" t="s">
-        <v>168</v>
+        <v>195</v>
       </c>
       <c r="M67" s="6">
-        <v>4900000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="N67" s="6">
-        <v>5929000</v>
+        <v>605000</v>
       </c>
       <c r="O67" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P67" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>11247</v>
+        <v>10634</v>
       </c>
       <c r="B68">
-        <v>0.56</v>
+        <v>0.8</v>
+      </c>
+      <c r="C68" t="s">
+        <v>214</v>
       </c>
       <c r="D68" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E68" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
       <c r="F68" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="G68" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="H68" t="s">
-        <v>168</v>
+        <v>115</v>
+      </c>
+      <c r="J68" t="s">
+        <v>116</v>
+      </c>
+      <c r="K68" t="s">
+        <v>156</v>
+      </c>
+      <c r="L68" t="s">
+        <v>117</v>
       </c>
       <c r="M68" s="6">
-        <v>9679900.0</v>
+        <v>510000.0</v>
       </c>
       <c r="N68" s="6">
-        <v>11712679</v>
+        <v>617100</v>
       </c>
       <c r="O68" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P68" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>7404</v>
+        <v>5926</v>
       </c>
       <c r="B69">
-        <v>0.8</v>
+        <v>0.27</v>
       </c>
       <c r="C69" t="s">
-        <v>203</v>
+        <v>216</v>
       </c>
       <c r="D69" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E69" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
       <c r="F69" t="s">
-        <v>204</v>
+        <v>217</v>
       </c>
       <c r="G69" t="s">
-        <v>122</v>
+        <v>142</v>
       </c>
       <c r="H69" t="s">
-        <v>168</v>
+        <v>155</v>
+      </c>
+      <c r="J69" t="s">
+        <v>156</v>
+      </c>
+      <c r="K69" t="s">
+        <v>156</v>
+      </c>
+      <c r="L69" t="s">
+        <v>117</v>
       </c>
       <c r="M69" s="6">
-        <v>13500000.0</v>
+        <v>585000.0</v>
       </c>
       <c r="N69" s="6">
-        <v>16335000</v>
+        <v>707850</v>
       </c>
       <c r="O69" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P69" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>6776</v>
+        <v>13410</v>
       </c>
       <c r="B70">
-        <v>1.02</v>
+        <v>3.13</v>
       </c>
       <c r="C70" t="s">
-        <v>205</v>
+        <v>218</v>
       </c>
       <c r="D70" t="s">
+        <v>126</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>114</v>
+      </c>
+      <c r="H70" t="s">
+        <v>115</v>
+      </c>
+      <c r="I70" t="s">
+        <v>116</v>
+      </c>
+      <c r="J70" t="s">
+        <v>116</v>
+      </c>
+      <c r="K70" t="s">
+        <v>116</v>
+      </c>
+      <c r="L70" t="s">
         <v>120</v>
       </c>
-      <c r="E70" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M70" s="6">
-        <v>16500000.0</v>
+        <v>920000.0</v>
       </c>
       <c r="N70" s="6">
-        <v>19965000</v>
+        <v>1113200</v>
       </c>
       <c r="O70" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P70" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>8508</v>
+        <v>14209</v>
       </c>
       <c r="B71">
-        <v>0.54</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>0.25</v>
       </c>
       <c r="D71" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="E71" t="s">
-        <v>128</v>
+        <v>153</v>
       </c>
       <c r="F71" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="G71" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
       <c r="H71" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-        <v>105</v>
+        <v>195</v>
       </c>
       <c r="M71" s="6">
-        <v>29000000.0</v>
+        <v>990000.0</v>
       </c>
       <c r="N71" s="6">
-        <v>35090000</v>
+        <v>1197900</v>
       </c>
       <c r="O71" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="P71" t="s">
         <v>99</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17">
+      <c r="A72">
+        <v>12803</v>
+      </c>
+      <c r="B72">
+        <v>0.15</v>
+      </c>
+      <c r="C72" t="s">
+        <v>219</v>
+      </c>
+      <c r="D72" t="s">
+        <v>140</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>210</v>
+      </c>
+      <c r="G72" t="s">
+        <v>151</v>
+      </c>
+      <c r="H72" t="s">
+        <v>115</v>
+      </c>
+      <c r="J72" t="s">
+        <v>156</v>
+      </c>
+      <c r="K72" t="s">
+        <v>156</v>
+      </c>
+      <c r="L72" t="s">
+        <v>120</v>
+      </c>
+      <c r="M72" s="6">
+        <v>1150000.0</v>
+      </c>
+      <c r="N72" s="6">
+        <v>1391500</v>
+      </c>
+      <c r="O72" t="s">
+        <v>118</v>
+      </c>
+      <c r="P72" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17">
+      <c r="A73">
+        <v>14207</v>
+      </c>
+      <c r="B73">
+        <v>0.15</v>
+      </c>
+      <c r="D73" t="s">
+        <v>140</v>
+      </c>
+      <c r="E73" t="s">
+        <v>153</v>
+      </c>
+      <c r="F73" t="s">
+        <v>220</v>
+      </c>
+      <c r="G73" t="s">
+        <v>145</v>
+      </c>
+      <c r="H73" t="s">
+        <v>195</v>
+      </c>
+      <c r="M73" s="6">
+        <v>1141900.0</v>
+      </c>
+      <c r="N73" s="6">
+        <v>1381699</v>
+      </c>
+      <c r="O73" t="s">
+        <v>118</v>
+      </c>
+      <c r="P73" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17">
+      <c r="A74">
+        <v>4439</v>
+      </c>
+      <c r="B74">
+        <v>0.31</v>
+      </c>
+      <c r="C74" t="s">
+        <v>221</v>
+      </c>
+      <c r="D74" t="s">
+        <v>140</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>222</v>
+      </c>
+      <c r="G74" t="s">
+        <v>154</v>
+      </c>
+      <c r="H74" t="s">
+        <v>115</v>
+      </c>
+      <c r="J74" t="s">
+        <v>143</v>
+      </c>
+      <c r="K74" t="s">
+        <v>143</v>
+      </c>
+      <c r="L74" t="s">
+        <v>117</v>
+      </c>
+      <c r="M74" s="6">
+        <v>1150000.0</v>
+      </c>
+      <c r="N74" s="6">
+        <v>1391500</v>
+      </c>
+      <c r="O74" t="s">
+        <v>118</v>
+      </c>
+      <c r="P74" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17">
+      <c r="A75">
+        <v>14208</v>
+      </c>
+      <c r="B75">
+        <v>0.18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>140</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>223</v>
+      </c>
+      <c r="G75" t="s">
+        <v>145</v>
+      </c>
+      <c r="H75" t="s">
+        <v>195</v>
+      </c>
+      <c r="M75" s="6">
+        <v>1490000.0</v>
+      </c>
+      <c r="N75" s="6">
+        <v>1802900</v>
+      </c>
+      <c r="O75" t="s">
+        <v>118</v>
+      </c>
+      <c r="P75" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17">
+      <c r="A76">
+        <v>4440</v>
+      </c>
+      <c r="B76">
+        <v>0.5</v>
+      </c>
+      <c r="C76" t="s">
+        <v>224</v>
+      </c>
+      <c r="D76" t="s">
+        <v>140</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>225</v>
+      </c>
+      <c r="G76" t="s">
+        <v>142</v>
+      </c>
+      <c r="H76" t="s">
+        <v>115</v>
+      </c>
+      <c r="M76" s="6">
+        <v>1500000.0</v>
+      </c>
+      <c r="N76" s="6">
+        <v>1815000</v>
+      </c>
+      <c r="O76" t="s">
+        <v>118</v>
+      </c>
+      <c r="P76" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17">
+      <c r="A77">
+        <v>4661</v>
+      </c>
+      <c r="B77">
+        <v>0.3</v>
+      </c>
+      <c r="C77" t="s">
+        <v>226</v>
+      </c>
+      <c r="D77" t="s">
+        <v>140</v>
+      </c>
+      <c r="E77" t="s">
+        <v>22</v>
+      </c>
+      <c r="F77" t="s">
+        <v>220</v>
+      </c>
+      <c r="G77" t="s">
+        <v>142</v>
+      </c>
+      <c r="H77" t="s">
+        <v>115</v>
+      </c>
+      <c r="J77" t="s">
+        <v>156</v>
+      </c>
+      <c r="K77" t="s">
+        <v>156</v>
+      </c>
+      <c r="L77" t="s">
+        <v>120</v>
+      </c>
+      <c r="M77" s="6">
+        <v>1550000.0</v>
+      </c>
+      <c r="N77" s="6">
+        <v>1875500</v>
+      </c>
+      <c r="O77" t="s">
+        <v>118</v>
+      </c>
+      <c r="P77" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17">
+      <c r="A78">
+        <v>12806</v>
+      </c>
+      <c r="B78">
+        <v>0.26</v>
+      </c>
+      <c r="C78" t="s">
+        <v>227</v>
+      </c>
+      <c r="D78" t="s">
+        <v>140</v>
+      </c>
+      <c r="E78" t="s">
+        <v>22</v>
+      </c>
+      <c r="F78" t="s">
+        <v>220</v>
+      </c>
+      <c r="G78" t="s">
+        <v>151</v>
+      </c>
+      <c r="H78" t="s">
+        <v>115</v>
+      </c>
+      <c r="J78" t="s">
+        <v>156</v>
+      </c>
+      <c r="K78" t="s">
+        <v>156</v>
+      </c>
+      <c r="L78" t="s">
+        <v>119</v>
+      </c>
+      <c r="M78" s="6">
+        <v>1650000.0</v>
+      </c>
+      <c r="N78" s="6">
+        <v>1996500</v>
+      </c>
+      <c r="O78" t="s">
+        <v>118</v>
+      </c>
+      <c r="P78" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17">
+      <c r="A79">
+        <v>13415</v>
+      </c>
+      <c r="B79">
+        <v>0.38</v>
+      </c>
+      <c r="C79" t="s">
+        <v>228</v>
+      </c>
+      <c r="D79" t="s">
+        <v>140</v>
+      </c>
+      <c r="E79" t="s">
+        <v>22</v>
+      </c>
+      <c r="F79" t="s">
+        <v>220</v>
+      </c>
+      <c r="G79" t="s">
+        <v>229</v>
+      </c>
+      <c r="H79" t="s">
+        <v>115</v>
+      </c>
+      <c r="J79" t="s">
+        <v>143</v>
+      </c>
+      <c r="K79" t="s">
+        <v>156</v>
+      </c>
+      <c r="L79" t="s">
+        <v>120</v>
+      </c>
+      <c r="M79" s="6">
+        <v>3750000.0</v>
+      </c>
+      <c r="N79" s="6">
+        <v>4537500</v>
+      </c>
+      <c r="O79" t="s">
+        <v>118</v>
+      </c>
+      <c r="P79" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17">
+      <c r="A80">
+        <v>11121</v>
+      </c>
+      <c r="B80">
+        <v>0.16</v>
+      </c>
+      <c r="D80" t="s">
+        <v>140</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>230</v>
+      </c>
+      <c r="G80" t="s">
+        <v>114</v>
+      </c>
+      <c r="H80" t="s">
+        <v>195</v>
+      </c>
+      <c r="M80" s="6">
+        <v>4400000.0</v>
+      </c>
+      <c r="N80" s="6">
+        <v>5324000</v>
+      </c>
+      <c r="O80" t="s">
+        <v>118</v>
+      </c>
+      <c r="P80" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17">
+      <c r="A81">
+        <v>9787</v>
+      </c>
+      <c r="B81">
+        <v>0.42</v>
+      </c>
+      <c r="D81" t="s">
+        <v>140</v>
+      </c>
+      <c r="E81" t="s">
+        <v>153</v>
+      </c>
+      <c r="F81" t="s">
+        <v>220</v>
+      </c>
+      <c r="G81" t="s">
+        <v>151</v>
+      </c>
+      <c r="H81" t="s">
+        <v>195</v>
+      </c>
+      <c r="M81" s="6">
+        <v>4900000.0</v>
+      </c>
+      <c r="N81" s="6">
+        <v>5929000</v>
+      </c>
+      <c r="O81" t="s">
+        <v>118</v>
+      </c>
+      <c r="P81" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17">
+      <c r="A82">
+        <v>11247</v>
+      </c>
+      <c r="B82">
+        <v>0.56</v>
+      </c>
+      <c r="D82" t="s">
+        <v>140</v>
+      </c>
+      <c r="E82" t="s">
+        <v>153</v>
+      </c>
+      <c r="F82" t="s">
+        <v>230</v>
+      </c>
+      <c r="G82" t="s">
+        <v>162</v>
+      </c>
+      <c r="H82" t="s">
+        <v>195</v>
+      </c>
+      <c r="M82" s="6">
+        <v>9700000.0</v>
+      </c>
+      <c r="N82" s="6">
+        <v>11737000</v>
+      </c>
+      <c r="O82" t="s">
+        <v>118</v>
+      </c>
+      <c r="P82" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17">
+      <c r="A83">
+        <v>7404</v>
+      </c>
+      <c r="B83">
+        <v>0.8</v>
+      </c>
+      <c r="C83" t="s">
+        <v>231</v>
+      </c>
+      <c r="D83" t="s">
+        <v>140</v>
+      </c>
+      <c r="E83" t="s">
+        <v>153</v>
+      </c>
+      <c r="F83" t="s">
+        <v>223</v>
+      </c>
+      <c r="G83" t="s">
+        <v>142</v>
+      </c>
+      <c r="H83" t="s">
+        <v>195</v>
+      </c>
+      <c r="M83" s="6">
+        <v>13500000.0</v>
+      </c>
+      <c r="N83" s="6">
+        <v>16335000</v>
+      </c>
+      <c r="O83" t="s">
+        <v>118</v>
+      </c>
+      <c r="P83" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17">
+      <c r="A84">
+        <v>6776</v>
+      </c>
+      <c r="B84">
+        <v>1.02</v>
+      </c>
+      <c r="C84" t="s">
+        <v>232</v>
+      </c>
+      <c r="D84" t="s">
+        <v>140</v>
+      </c>
+      <c r="E84" t="s">
+        <v>153</v>
+      </c>
+      <c r="F84" t="s">
+        <v>220</v>
+      </c>
+      <c r="G84" t="s">
+        <v>145</v>
+      </c>
+      <c r="H84" t="s">
+        <v>195</v>
+      </c>
+      <c r="M84" s="6">
+        <v>16500000.0</v>
+      </c>
+      <c r="N84" s="6">
+        <v>19965000</v>
+      </c>
+      <c r="O84" t="s">
+        <v>118</v>
+      </c>
+      <c r="P84" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17">
+      <c r="A85">
+        <v>8508</v>
+      </c>
+      <c r="B85">
+        <v>0.54</v>
+      </c>
+      <c r="C85" t="s">
+        <v>233</v>
+      </c>
+      <c r="D85" t="s">
+        <v>140</v>
+      </c>
+      <c r="E85" t="s">
+        <v>153</v>
+      </c>
+      <c r="F85" t="s">
+        <v>234</v>
+      </c>
+      <c r="G85" t="s">
+        <v>162</v>
+      </c>
+      <c r="H85" t="s">
+        <v>115</v>
+      </c>
+      <c r="J85" t="s">
+        <v>156</v>
+      </c>
+      <c r="K85" t="s">
+        <v>156</v>
+      </c>
+      <c r="L85" t="s">
+        <v>119</v>
+      </c>
+      <c r="M85" s="6">
+        <v>29000000.0</v>
+      </c>
+      <c r="N85" s="6">
+        <v>35090000</v>
+      </c>
+      <c r="O85" t="s">
+        <v>118</v>
+      </c>
+      <c r="P85" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -4421,50 +5115,64 @@
     <hyperlink ref="P47" r:id="rId_hyperlink_45"/>
     <hyperlink ref="P48" r:id="rId_hyperlink_46"/>
     <hyperlink ref="P49" r:id="rId_hyperlink_47"/>
     <hyperlink ref="P50" r:id="rId_hyperlink_48"/>
     <hyperlink ref="P51" r:id="rId_hyperlink_49"/>
     <hyperlink ref="P52" r:id="rId_hyperlink_50"/>
     <hyperlink ref="P53" r:id="rId_hyperlink_51"/>
     <hyperlink ref="P54" r:id="rId_hyperlink_52"/>
     <hyperlink ref="P55" r:id="rId_hyperlink_53"/>
     <hyperlink ref="P56" r:id="rId_hyperlink_54"/>
     <hyperlink ref="P57" r:id="rId_hyperlink_55"/>
     <hyperlink ref="P58" r:id="rId_hyperlink_56"/>
     <hyperlink ref="P59" r:id="rId_hyperlink_57"/>
     <hyperlink ref="P60" r:id="rId_hyperlink_58"/>
     <hyperlink ref="P61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="P62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="P63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="P64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="P65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="P66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="P67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="P68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="P69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="P70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="P71" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="P72" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="P73" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="P74" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="P75" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="P76" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="P77" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="P78" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="P79" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="P80" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="P81" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="P82" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="P83" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="P84" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="P85" r:id="rId_hyperlink_83"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>