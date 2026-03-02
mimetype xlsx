--- v1 (2026-01-15)
+++ v2 (2026-03-02)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="209">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,587 +73,503 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>4.56mm - 4.58mm x 2.79mm</t>
+    <t>4.67mm - 4.70mm x 2.86mm</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
+    <t>SI1</t>
+  </si>
+  <si>
+    <t>4.67mm - 4.69mm x 2.85mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>4.60mm - 4.63mm x 2.77mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.76mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
     <t>SI2</t>
   </si>
   <si>
-    <t>4.62mm - 4.65mm x 2.90mm</t>
-[...38 lines deleted...]
-    <t>https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14247.html</t>
+    <t>4.77mm - 4.81mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.72mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.70mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.69mm x 2.95mm</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14248.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/035ct-d-si1-s-gia-certifikatem-14327.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/038ct-e-si1-s-gia-certifikatem-14241.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/036ct-d-si1-s-gia-certifikatem-14328.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html</t>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html</t>
-[...14 lines deleted...]
-    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html</t>
+    <t>https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/050ct-f-si1-s-gia-certifikatem-14262.html</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html</t>
+    <t>https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/090ct-f-si1-s-hrd-certifikatem-2264.html</t>
+    <t>https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html</t>
-[...5 lines deleted...]
-    <t>https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html</t>
+    <t>https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-14287.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/201ct-j-si1-s-gia-certifikatem-14286.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html</t>
+    <t>https://www.vvdiamonds.cz/014ct-7pr-fancy-pink-siav-s-arg-certifikatem-14584.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/018ct-7pp-fancy-purplish-pink-siav-s-arg-certifikaty-14585.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/025ct-7pp-fancy-purplish-pink-i1-s-arg-certifikatem-14209.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/029ct-bl2-fancy-gray-blue-si2-s-arg-a-gia-certifikaty-11345.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html</t>
   </si>
   <si>
     <t>Round</t>
   </si>
   <si>
     <t>GIA</t>
   </si>
   <si>
     <t>Excellent</t>
   </si>
   <si>
     <t>žádná</t>
   </si>
   <si>
     <t>Skladem</t>
   </si>
   <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.72mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.74mm - 4.75mm x 2.93mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
     <t>nepatrná</t>
   </si>
   <si>
-    <t>střední</t>
-[...13 lines deleted...]
-  <si>
     <t>4.80mm - 4.83mm x 2.98mm</t>
   </si>
   <si>
-    <t>F</t>
-[...17 lines deleted...]
-    <t>4.69mm - 4.72mm x 2.95mm</t>
+    <t>4.76mm - 4.79mm x 2.89mm</t>
   </si>
   <si>
     <t>4.67mm - 4.69mm x 2.95mm</t>
   </si>
   <si>
-    <t>4.76mm - 4.79mm x 2.89mm</t>
-[...1 lines deleted...]
-  <si>
     <t>4.81mm - 4.83mm x 2.97mm</t>
   </si>
   <si>
-    <t>5.10mm - 5.13mm x 3.12mm</t>
-[...7 lines deleted...]
-  <si>
     <t>3.93mm x 3.78mm x 2.59mm</t>
   </si>
   <si>
     <t>Fn</t>
   </si>
   <si>
     <t>Fancy Intense Yellow</t>
   </si>
   <si>
     <t>Radiant</t>
   </si>
   <si>
     <t>Very Good</t>
   </si>
   <si>
     <t>5.66mm x 3.67mm x 2.23mm</t>
   </si>
   <si>
     <t>Pear</t>
   </si>
   <si>
     <t>silná</t>
   </si>
   <si>
+    <t>5.45mm - 5.53mm x 3.64mm</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>good</t>
+  </si>
+  <si>
+    <t>very good</t>
+  </si>
+  <si>
     <t>9.12mm x 5.23mm x 3.50mm</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
+    <t>7.79mm x 5.39mm x 3.36mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>I1</t>
+  </si>
+  <si>
+    <t>Oval</t>
+  </si>
+  <si>
     <t>5.93mm x 6.98mm x 4.14mm</t>
   </si>
   <si>
     <t>O</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
+    <t>5.70mm - 5.73mm x 3.56mm</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
     <t>4.59mm x 4.05mm x 2.89mm</t>
   </si>
   <si>
-    <t>I1</t>
-[...1 lines deleted...]
-  <si>
     <t>Cushion</t>
   </si>
   <si>
-    <t>IGI</t>
-[...1 lines deleted...]
-  <si>
     <t>Good</t>
   </si>
   <si>
-    <t>5.45mm - 5.53mm x 3.64mm</t>
-[...22 lines deleted...]
-  <si>
     <t>4.39mm x 4.34mm x 3.06mm</t>
   </si>
   <si>
-    <t>9.52mm x 5.45mm x 3.17mm</t>
+    <t>7.41mm x 5.80mm x 3.88mm</t>
+  </si>
+  <si>
+    <t>9.02mm x 5.38mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>6.17mm - 6.23mm x 3.76mm</t>
+  </si>
+  <si>
+    <t>5.09mm x 3.41mm x 2.25mm</t>
+  </si>
+  <si>
+    <t>Very Light Pink</t>
+  </si>
+  <si>
+    <t>6.99mm x 5.65mm x 3.90mm</t>
+  </si>
+  <si>
+    <t>6.41mm - 6.45mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>11.54mm x 6.12mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>Marquise</t>
+  </si>
+  <si>
+    <t>6.82mm x 5.64mm x 4.06mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>mírná</t>
+  </si>
+  <si>
+    <t>7.36mm - 7.41mm x 4.50mm</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
-    <t>9.02mm x 5.38mm x 3.17mm</t>
-[...34 lines deleted...]
-  <si>
     <t>4.52mm x 3.99mm x 3.07mm</t>
   </si>
   <si>
     <t>Fancy Vivid Yellow</t>
   </si>
   <si>
-    <t>7.43mm - 7.47mm x 4.50mm</t>
-[...1 lines deleted...]
-  <si>
     <t>6.70mm x 6.48mm x 4.51mm</t>
   </si>
   <si>
-    <t>6.41mm - 6.45mm x 3.95mm</t>
-[...4 lines deleted...]
-  <si>
     <t>9.75mm x 6.38mm x 3.96mm</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
+    <t>6.89mm - 6.92mm x 4.17mm</t>
+  </si>
+  <si>
     <t>9.67mm x 7.08mm x 4.40mm</t>
   </si>
   <si>
     <t>velmi mírná</t>
   </si>
   <si>
     <t>5.32mm x 4.20mm x 3.00mm</t>
   </si>
   <si>
     <t>Fancy Intense Yellow-Orange</t>
   </si>
   <si>
     <t>střední žlutá</t>
   </si>
   <si>
-    <t>6.89mm - 6.92mm x 4.17mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Fancy Light Pink</t>
   </si>
   <si>
     <t>ARGYLE</t>
   </si>
   <si>
-    <t>7.24mm x 6.60mm x 4.70mm</t>
-[...1 lines deleted...]
-  <si>
     <t>9.57mm x 7.14mm x 4.40mm</t>
   </si>
   <si>
     <t>5.12mm - 5.16mm x 3.12mm</t>
   </si>
   <si>
     <t>5.36mm x 4.77mm x 3.53mm</t>
   </si>
   <si>
     <t>velice mírná</t>
   </si>
   <si>
     <t>3.81mm x 3.77mm x 2.66mm</t>
   </si>
   <si>
     <t>Fancy Pink-Purple</t>
   </si>
   <si>
     <t>5.01mm x 3.37mm x 1.80mm</t>
   </si>
   <si>
     <t>Fancy Intense Pink-Purple</t>
   </si>
   <si>
     <t>7.65mm x 8.97mm x 5.25mm</t>
@@ -688,75 +604,81 @@
   <si>
     <t>Fancy Vivid Yellowish Orange</t>
   </si>
   <si>
     <t>3.33mm x 3.29mm x 2.63mm</t>
   </si>
   <si>
     <t>Fancy Vivid Orange</t>
   </si>
   <si>
     <t>9.36mm - 9.40mm x 5.82mm</t>
   </si>
   <si>
     <t>3.53mm x 3.67mm x 1.88mm</t>
   </si>
   <si>
     <t>Fancy Intense Pink</t>
   </si>
   <si>
     <t>4.22mm x 3.83mm x 2.26mm</t>
   </si>
   <si>
     <t>Fancy Intense Bluish Green</t>
   </si>
   <si>
+    <t>4.61mm x 3.79mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>Fancy Purple-Pink</t>
+  </si>
+  <si>
+    <t>4.97mm x 3.17mm x 2.20mm</t>
+  </si>
+  <si>
+    <t>4.15mm x 4.21mm x 2.21mm</t>
+  </si>
+  <si>
+    <t>3.95mm x 3.88mm x 2.78mm</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Fancy Vivid Purplish Pink</t>
+  </si>
+  <si>
+    <t>5.05mm x 3.76mm x 2.13mm</t>
+  </si>
+  <si>
+    <t>Fancy Gray-Blue</t>
+  </si>
+  <si>
+    <t>5.57mm x 4.78mm x 3.51mm</t>
+  </si>
+  <si>
     <t>Fancy Deep Pink</t>
-  </si>
-[...22 lines deleted...]
-    <t>5.57mm x 4.78mm x 3.51mm</t>
   </si>
   <si>
     <t>7.30mm x 4.86mm x 3.81mm</t>
   </si>
   <si>
     <t>5.95mm x 4.29mm x 2.95mm</t>
   </si>
   <si>
     <t>Fancy Gray-Blue / BL2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1233,62 +1155,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-h-si2-s-gia-certifikatem-14332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14245.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14246.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-si1-s-gia-certifikatem-14327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-d-si1-s-gia-certifikatem-14329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-si1-s-gia-certifikatem-14241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-d-si1-s-gia-certifikatem-14328.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-f-si1-s-gia-certifikatem-14262.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-h-si1-s-gia-certifikatem-14361.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-h-si1-s-gia-certifikatem-14362.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-hrd-certifikatem-2264.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-14287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-j-si1-s-gia-certifikatem-14286.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-7pp-fancy-purplish-pink-i1-s-arg-certifikatem-14209.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-h-si1-s-gia-certifikatem-14248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-e-si1-s-gia-certifikatem-14241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-d-si1-s-gia-certifikatem-14328.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si1-s-gia-certifikatem-14022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si1-s-gia-certifikatem-12731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-e-si1-s-gia-certifikatem-12730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/033ct-fancy-intense-yellow-si1-s-gia-certifikatem-14099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-igi-certifikatem-1199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/071ct-f-si1-s-hrd-certifikatem-2905.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-e-si1-s-igi-certifikatem-2187.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/090ct-f-si1-s-gia-certifikatem-10890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-very-light-pink-si1-s-gia-certifikatem-14097.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-m-si1-s-gia-certifikatem-10887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-k-si1-s-gia-certifikatem-12876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/122ct-e-si1-s-hrd-certifikatem-11492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/087ct-fancy-vivid-yellow-si1-s-igi-certifikatem-3274.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-fancy-pink-purple-si1-s-gia-certifikatem-6324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/021ct-fancy-intense-pink-purple-si1-s-gia-certifikatem-2967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/073ct-fancy-intense-green-yellow-si1-s-gia-certifikatem-5468.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/014ct-7pr-fancy-pink-siav-s-arg-certifikatem-14584.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-fancy-vivid-yellowish-orange-si1-s-gia-certifikatem-10634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-vivid-orange-si1-s-igi-certifikatem-5926.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pp-fancy-purplish-pink-siav-s-arg-certifikaty-14585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/030ct-fancy-intense-pink-si1-s-gia-certifikatem-4661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/026ct-6pr-fancy-intense-pink-si1-s-gia-cislovano-arg-12806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/038ct-5p-fancy-intense-pink-si1-s-gia-cislovano-arg-13415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-bl2-fancy-gray-blue-si2-s-arg-a-gia-certifikaty-11345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q85"/>
+  <dimension ref="A1:Q71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N85" sqref="N85"/>
+      <selection activeCell="N71" sqref="N71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1330,3755 +1252,3118 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14332</v>
+        <v>14248</v>
       </c>
       <c r="B3">
-        <v>0.35</v>
+        <v>0.38</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H3" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I3" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J3" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K3" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L3" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M3" s="6">
-        <v>8085.0</v>
+        <v>9576.0</v>
       </c>
       <c r="N3" s="6">
-        <v>9783</v>
+        <v>11587</v>
       </c>
       <c r="O3" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>14245</v>
+        <v>14241</v>
       </c>
       <c r="B4">
         <v>0.38</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H4" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I4" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J4" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K4" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L4" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M4" s="6">
-        <v>9576.0</v>
+        <v>11172.0</v>
       </c>
       <c r="N4" s="6">
-        <v>11587</v>
+        <v>13518</v>
       </c>
       <c r="O4" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>14246</v>
+        <v>14328</v>
       </c>
       <c r="B5">
-        <v>0.38</v>
+        <v>0.36</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H5" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I5" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J5" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K5" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L5" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M5" s="6">
-        <v>9576.0</v>
+        <v>11340.0</v>
       </c>
       <c r="N5" s="6">
-        <v>11587</v>
+        <v>13721</v>
       </c>
       <c r="O5" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>14247</v>
+        <v>13399</v>
       </c>
       <c r="B6">
-        <v>0.38</v>
+        <v>0.4</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G6" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H6" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I6" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J6" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K6" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L6" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="M6" s="6">
-        <v>9576.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N6" s="6">
-        <v>11587</v>
+        <v>14230</v>
       </c>
       <c r="O6" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>14248</v>
+        <v>13400</v>
       </c>
       <c r="B7">
-        <v>0.38</v>
+        <v>0.4</v>
       </c>
       <c r="C7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G7" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H7" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I7" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J7" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K7" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L7" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="M7" s="6">
-        <v>9576.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N7" s="6">
-        <v>11587</v>
+        <v>14230</v>
       </c>
       <c r="O7" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>14327</v>
+        <v>13401</v>
       </c>
       <c r="B8">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="C8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D8" t="s">
         <v>26</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>27</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H8" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I8" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J8" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K8" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L8" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="M8" s="6">
-        <v>11025.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N8" s="6">
-        <v>13340</v>
+        <v>14230</v>
       </c>
       <c r="O8" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14329</v>
+        <v>13402</v>
       </c>
       <c r="B9">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D9" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H9" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I9" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J9" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K9" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L9" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="M9" s="6">
-        <v>11025.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N9" s="6">
-        <v>13340</v>
+        <v>14230</v>
       </c>
       <c r="O9" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>14241</v>
+        <v>13392</v>
       </c>
       <c r="B10">
-        <v>0.38</v>
+        <v>0.4</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G10" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H10" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I10" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J10" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K10" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L10" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="M10" s="6">
-        <v>11172.0</v>
+        <v>12600.0</v>
       </c>
       <c r="N10" s="6">
-        <v>13518</v>
+        <v>15246</v>
       </c>
       <c r="O10" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>14328</v>
+        <v>13393</v>
       </c>
       <c r="B11">
-        <v>0.36</v>
+        <v>0.4</v>
       </c>
       <c r="C11" t="s">
-        <v>121</v>
+        <v>107</v>
       </c>
       <c r="D11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H11" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I11" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J11" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K11" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L11" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="M11" s="6">
-        <v>11340.0</v>
+        <v>12600.0</v>
       </c>
       <c r="N11" s="6">
-        <v>13721</v>
+        <v>15246</v>
       </c>
       <c r="O11" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P11" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14020</v>
+        <v>14022</v>
       </c>
       <c r="B12">
         <v>0.4</v>
       </c>
       <c r="C12" t="s">
-        <v>122</v>
+        <v>108</v>
       </c>
       <c r="D12" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H12" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I12" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J12" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K12" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L12" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="M12" s="6">
-        <v>12040.0</v>
+        <v>12600.0</v>
       </c>
       <c r="N12" s="6">
-        <v>14568</v>
+        <v>15246</v>
       </c>
       <c r="O12" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>14022</v>
+        <v>14019</v>
       </c>
       <c r="B13">
-        <v>0.4</v>
+        <v>0.43</v>
       </c>
       <c r="C13" t="s">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="D13" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G13" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H13" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I13" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J13" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K13" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L13" t="s">
-        <v>119</v>
+        <v>104</v>
       </c>
       <c r="M13" s="6">
-        <v>13760.0</v>
+        <v>12642.0</v>
       </c>
       <c r="N13" s="6">
-        <v>16650</v>
+        <v>15297</v>
       </c>
       <c r="O13" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14019</v>
+        <v>13391</v>
       </c>
       <c r="B14">
-        <v>0.43</v>
+        <v>0.4</v>
       </c>
       <c r="C14" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="D14" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G14" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H14" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I14" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J14" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L14" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="M14" s="6">
-        <v>13868.0</v>
+        <v>13440.0</v>
       </c>
       <c r="N14" s="6">
-        <v>16780</v>
+        <v>16262</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>13399</v>
+        <v>12731</v>
       </c>
       <c r="B15">
         <v>0.4</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="D15" t="s">
-        <v>126</v>
+        <v>22</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H15" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I15" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J15" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K15" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L15" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="M15" s="6">
-        <v>15680.0</v>
+        <v>14280.0</v>
       </c>
       <c r="N15" s="6">
-        <v>18973</v>
+        <v>17279</v>
       </c>
       <c r="O15" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>13400</v>
+        <v>12730</v>
       </c>
       <c r="B16">
-        <v>0.4</v>
+        <v>0.42</v>
       </c>
       <c r="C16" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="D16" t="s">
-        <v>126</v>
+        <v>22</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H16" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="I16" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="J16" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K16" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L16" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="M16" s="6">
-        <v>15680.0</v>
+        <v>14994.0</v>
       </c>
       <c r="N16" s="6">
-        <v>18973</v>
+        <v>18143</v>
       </c>
       <c r="O16" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>13401</v>
+        <v>14102</v>
       </c>
       <c r="B17">
-        <v>0.4</v>
+        <v>0.36</v>
       </c>
       <c r="C17" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="D17" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="E17" t="s">
-        <v>20</v>
+        <v>27</v>
+      </c>
+      <c r="F17" t="s">
+        <v>117</v>
       </c>
       <c r="G17" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H17" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="J17" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K17" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L17" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="M17" s="6">
-        <v>15680.0</v>
+        <v>22000.0</v>
       </c>
       <c r="N17" s="6">
-        <v>18973</v>
+        <v>26620</v>
       </c>
       <c r="O17" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>13402</v>
+        <v>14099</v>
       </c>
       <c r="B18">
-        <v>0.4</v>
+        <v>0.33</v>
       </c>
       <c r="C18" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="D18" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
+      <c r="F18" t="s">
+        <v>117</v>
+      </c>
       <c r="G18" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="H18" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="J18" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="K18" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L18" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M18" s="6">
-        <v>15680.0</v>
+        <v>24000.0</v>
       </c>
       <c r="N18" s="6">
-        <v>18973</v>
+        <v>29040</v>
       </c>
       <c r="O18" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>13392</v>
+        <v>1199</v>
       </c>
       <c r="B19">
-        <v>0.4</v>
+        <v>0.71</v>
       </c>
       <c r="C19" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H19" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="I19" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="J19" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="K19" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="L19" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="M19" s="6">
-        <v>16660.0</v>
+        <v>31684.0</v>
       </c>
       <c r="N19" s="6">
-        <v>20159</v>
+        <v>38338</v>
       </c>
       <c r="O19" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>13393</v>
+        <v>14288</v>
       </c>
       <c r="B20">
-        <v>0.4</v>
+        <v>1</v>
       </c>
       <c r="C20" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>128</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G20" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="H20" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="J20" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K20" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L20" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="M20" s="6">
-        <v>16660.0</v>
+        <v>33900.0</v>
       </c>
       <c r="N20" s="6">
-        <v>20159</v>
+        <v>41019</v>
       </c>
       <c r="O20" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>12731</v>
+        <v>10749</v>
       </c>
       <c r="B21">
-        <v>0.4</v>
+        <v>1</v>
       </c>
       <c r="C21" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>130</v>
       </c>
       <c r="E21" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="G21" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="H21" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="J21" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K21" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L21" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="M21" s="6">
-        <v>17525.0</v>
+        <v>35900.0</v>
       </c>
       <c r="N21" s="6">
-        <v>21205</v>
+        <v>43439</v>
       </c>
       <c r="O21" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>13391</v>
+        <v>14289</v>
       </c>
       <c r="B22">
-        <v>0.4</v>
+        <v>1.01</v>
       </c>
       <c r="C22" t="s">
+        <v>133</v>
+      </c>
+      <c r="D22" t="s">
         <v>134</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>27</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="H22" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="J22" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K22" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L22" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="M22" s="6">
-        <v>17640.0</v>
+        <v>36700.0</v>
       </c>
       <c r="N22" s="6">
-        <v>21344</v>
+        <v>44407</v>
       </c>
       <c r="O22" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>12730</v>
+        <v>2905</v>
       </c>
       <c r="B23">
-        <v>0.42</v>
+        <v>0.71</v>
       </c>
       <c r="C23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D23" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E23" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H23" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="I23" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J23" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K23" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L23" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="M23" s="6">
-        <v>18117.0</v>
+        <v>37275.0</v>
       </c>
       <c r="N23" s="6">
-        <v>21922</v>
+        <v>45103</v>
       </c>
       <c r="O23" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>14262</v>
+        <v>4408</v>
       </c>
       <c r="B24">
-        <v>0.5</v>
+        <v>0.51</v>
       </c>
       <c r="C24" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D24" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="E24" t="s">
-        <v>22</v>
+        <v>131</v>
+      </c>
+      <c r="F24" t="s">
+        <v>117</v>
       </c>
       <c r="G24" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="H24" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="I24" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="J24" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="K24" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L24" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="M24" s="6">
-        <v>19950.0</v>
+        <v>40376.0</v>
       </c>
       <c r="N24" s="6">
-        <v>24140</v>
+        <v>48855</v>
       </c>
       <c r="O24" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>14361</v>
+        <v>4409</v>
       </c>
       <c r="B25">
-        <v>0.59</v>
+        <v>0.54</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
+        <v>116</v>
       </c>
       <c r="E25" t="s">
-        <v>22</v>
+        <v>131</v>
+      </c>
+      <c r="F25" t="s">
+        <v>117</v>
       </c>
       <c r="G25" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="H25" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="I25" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="J25" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="K25" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L25" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M25" s="6">
-        <v>21063.0</v>
+        <v>42848.0</v>
       </c>
       <c r="N25" s="6">
-        <v>25486</v>
+        <v>51846</v>
       </c>
       <c r="O25" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>14362</v>
+        <v>10889</v>
       </c>
       <c r="B26">
-        <v>0.59</v>
+        <v>1.51</v>
       </c>
       <c r="C26" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D26" t="s">
-        <v>19</v>
+        <v>128</v>
       </c>
       <c r="E26" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G26" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="J26" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K26" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L26" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="M26" s="6">
-        <v>21063.0</v>
+        <v>63000.0</v>
       </c>
       <c r="N26" s="6">
-        <v>25486</v>
+        <v>76230</v>
       </c>
       <c r="O26" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>14102</v>
+        <v>2187</v>
       </c>
       <c r="B27">
-        <v>0.36</v>
+        <v>0.9</v>
       </c>
       <c r="C27" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D27" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="F27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>142</v>
+        <v>121</v>
       </c>
       <c r="H27" t="s">
-        <v>115</v>
+        <v>124</v>
+      </c>
+      <c r="I27" t="s">
+        <v>140</v>
       </c>
       <c r="J27" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="K27" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="L27" t="s">
-        <v>119</v>
+        <v>104</v>
       </c>
       <c r="M27" s="6">
-        <v>22000.0</v>
+        <v>63239.0</v>
       </c>
       <c r="N27" s="6">
-        <v>26620</v>
+        <v>76519</v>
       </c>
       <c r="O27" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>14099</v>
+        <v>10890</v>
       </c>
       <c r="B28">
-        <v>0.33</v>
+        <v>0.9</v>
       </c>
       <c r="C28" t="s">
         <v>144</v>
       </c>
       <c r="D28" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="E28" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>145</v>
+        <v>101</v>
       </c>
       <c r="H28" t="s">
-        <v>115</v>
+        <v>102</v>
+      </c>
+      <c r="I28" t="s">
+        <v>119</v>
       </c>
       <c r="J28" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="K28" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="L28" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="M28" s="6">
-        <v>24000.0</v>
+        <v>64260.0</v>
       </c>
       <c r="N28" s="6">
-        <v>29040</v>
+        <v>77755</v>
       </c>
       <c r="O28" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P28" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>14288</v>
+        <v>14097</v>
       </c>
       <c r="B29">
-        <v>1</v>
+        <v>0.3</v>
       </c>
       <c r="C29" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D29" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
+      <c r="F29" t="s">
+        <v>146</v>
+      </c>
       <c r="G29" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="H29" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="J29" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K29" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="L29" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M29" s="6">
-        <v>33900.0</v>
+        <v>65000.0</v>
       </c>
       <c r="N29" s="6">
-        <v>41019</v>
+        <v>78650</v>
       </c>
       <c r="O29" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P29" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>14289</v>
+        <v>10887</v>
       </c>
       <c r="B30">
-        <v>1.01</v>
+        <v>1.5</v>
       </c>
       <c r="C30" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D30" t="s">
-        <v>150</v>
+        <v>128</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>151</v>
+        <v>118</v>
       </c>
       <c r="H30" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="J30" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K30" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L30" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="M30" s="6">
-        <v>36700.0</v>
+        <v>68000.0</v>
       </c>
       <c r="N30" s="6">
-        <v>44407</v>
+        <v>82280</v>
       </c>
       <c r="O30" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P30" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>4408</v>
+        <v>6046</v>
       </c>
       <c r="B31">
-        <v>0.51</v>
+        <v>1.01</v>
       </c>
       <c r="C31" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D31" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="E31" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="G31" t="s">
-        <v>154</v>
+        <v>101</v>
       </c>
       <c r="H31" t="s">
-        <v>155</v>
+        <v>137</v>
       </c>
       <c r="I31" t="s">
-        <v>156</v>
+        <v>119</v>
       </c>
       <c r="J31" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="K31" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="L31" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M31" s="6">
-        <v>40376.0</v>
+        <v>72500.0</v>
       </c>
       <c r="N31" s="6">
-        <v>48855</v>
+        <v>87725</v>
       </c>
       <c r="O31" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P31" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>1199</v>
+        <v>13228</v>
       </c>
       <c r="B32">
-        <v>0.71</v>
+        <v>1.7</v>
       </c>
       <c r="C32" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="D32" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E32" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G32" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="H32" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="J32" t="s">
-        <v>159</v>
+        <v>103</v>
       </c>
       <c r="K32" t="s">
-        <v>159</v>
+        <v>119</v>
       </c>
       <c r="L32" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="M32" s="6">
-        <v>42141.0</v>
+        <v>78000.0</v>
       </c>
       <c r="N32" s="6">
-        <v>50991</v>
+        <v>94380</v>
       </c>
       <c r="O32" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P32" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>10749</v>
+        <v>12055</v>
       </c>
       <c r="B33">
-        <v>1</v>
+        <v>1.5</v>
       </c>
       <c r="C33" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="D33" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="E33" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33" t="s">
+        <v>118</v>
+      </c>
+      <c r="H33" t="s">
+        <v>137</v>
+      </c>
+      <c r="J33" t="s">
+        <v>103</v>
+      </c>
+      <c r="K33" t="s">
+        <v>119</v>
+      </c>
+      <c r="L33" t="s">
         <v>153</v>
       </c>
-      <c r="G33" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M33" s="6">
-        <v>42370.0</v>
+        <v>79900.0</v>
       </c>
       <c r="N33" s="6">
-        <v>51268</v>
+        <v>96679</v>
       </c>
       <c r="O33" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P33" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>2905</v>
+        <v>11170</v>
       </c>
       <c r="B34">
-        <v>0.71</v>
+        <v>1.5</v>
       </c>
       <c r="C34" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="D34" t="s">
-        <v>126</v>
+        <v>155</v>
       </c>
       <c r="E34" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G34" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H34" t="s">
-        <v>164</v>
+        <v>124</v>
       </c>
       <c r="I34" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="J34" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K34" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="L34" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M34" s="6">
-        <v>42749.0</v>
+        <v>83160.0</v>
       </c>
       <c r="N34" s="6">
-        <v>51726</v>
+        <v>100624</v>
       </c>
       <c r="O34" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P34" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>4409</v>
+        <v>10222</v>
       </c>
       <c r="B35">
-        <v>0.54</v>
+        <v>0.5</v>
       </c>
       <c r="C35" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="D35" t="s">
+        <v>116</v>
+      </c>
+      <c r="E35" t="s">
+        <v>27</v>
+      </c>
+      <c r="F35" t="s">
+        <v>157</v>
+      </c>
+      <c r="G35" t="s">
+        <v>118</v>
+      </c>
+      <c r="H35" t="s">
+        <v>102</v>
+      </c>
+      <c r="J35" t="s">
         <v>140</v>
       </c>
-      <c r="E35" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K35" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="L35" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M35" s="6">
-        <v>42848.0</v>
+        <v>87400.0</v>
       </c>
       <c r="N35" s="6">
-        <v>51846</v>
+        <v>105754</v>
       </c>
       <c r="O35" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P35" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>10886</v>
+        <v>12346</v>
       </c>
       <c r="B36">
-        <v>1.01</v>
+        <v>1.7</v>
       </c>
       <c r="C36" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D36" t="s">
-        <v>167</v>
+        <v>130</v>
       </c>
       <c r="E36" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G36" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="H36" t="s">
-        <v>155</v>
+        <v>102</v>
       </c>
       <c r="J36" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="K36" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="L36" t="s">
-        <v>146</v>
+        <v>104</v>
       </c>
       <c r="M36" s="6">
-        <v>44000.0</v>
+        <v>99000.0</v>
       </c>
       <c r="N36" s="6">
-        <v>53240</v>
+        <v>119790</v>
       </c>
       <c r="O36" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P36" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>2187</v>
+        <v>12876</v>
       </c>
       <c r="B37">
-        <v>0.9</v>
+        <v>1.5</v>
       </c>
       <c r="C37" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="D37" t="s">
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="E37" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="H37" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>102</v>
       </c>
       <c r="J37" t="s">
-        <v>156</v>
+        <v>103</v>
       </c>
       <c r="K37" t="s">
-        <v>156</v>
+        <v>103</v>
       </c>
       <c r="L37" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M37" s="6">
-        <v>63239.0</v>
+        <v>116000.0</v>
       </c>
       <c r="N37" s="6">
-        <v>76519</v>
+        <v>140360</v>
       </c>
       <c r="O37" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P37" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:17">
       <c r="A38">
-        <v>14097</v>
+        <v>11492</v>
       </c>
       <c r="B38">
-        <v>0.3</v>
+        <v>1.22</v>
       </c>
       <c r="C38" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="D38" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
       <c r="E38" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>145</v>
+        <v>101</v>
       </c>
       <c r="H38" t="s">
-        <v>115</v>
+        <v>137</v>
+      </c>
+      <c r="I38" t="s">
+        <v>119</v>
       </c>
       <c r="J38" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="K38" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="L38" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="M38" s="6">
-        <v>65000.0</v>
+        <v>116800.0</v>
       </c>
       <c r="N38" s="6">
-        <v>78650</v>
+        <v>141328</v>
       </c>
       <c r="O38" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P38" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="39" spans="1:17">
       <c r="A39">
-        <v>2264</v>
+        <v>12493</v>
       </c>
       <c r="B39">
-        <v>0.9</v>
+        <v>2.01</v>
       </c>
       <c r="C39" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="D39" t="s">
-        <v>126</v>
+        <v>155</v>
       </c>
       <c r="E39" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G39" t="s">
-        <v>162</v>
+        <v>132</v>
       </c>
       <c r="H39" t="s">
-        <v>164</v>
+        <v>124</v>
+      </c>
+      <c r="I39" t="s">
+        <v>119</v>
       </c>
       <c r="J39" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="K39" t="s">
-        <v>156</v>
+        <v>103</v>
       </c>
       <c r="L39" t="s">
-        <v>120</v>
+        <v>163</v>
       </c>
       <c r="M39" s="6">
-        <v>69890.0</v>
+        <v>126000.0</v>
       </c>
       <c r="N39" s="6">
-        <v>84567</v>
+        <v>152460</v>
       </c>
       <c r="O39" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P39" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="40" spans="1:17">
       <c r="A40">
-        <v>13228</v>
+        <v>4662</v>
       </c>
       <c r="B40">
-        <v>1.7</v>
+        <v>0.59</v>
       </c>
       <c r="C40" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="D40" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>27</v>
+      </c>
+      <c r="F40" t="s">
+        <v>165</v>
       </c>
       <c r="G40" t="s">
-        <v>173</v>
+        <v>139</v>
       </c>
       <c r="H40" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="J40" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="K40" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="L40" t="s">
-        <v>119</v>
+        <v>166</v>
       </c>
       <c r="M40" s="6">
-        <v>78000.0</v>
+        <v>158000.0</v>
       </c>
       <c r="N40" s="6">
-        <v>94380</v>
+        <v>191180</v>
       </c>
       <c r="O40" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P40" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="41" spans="1:17">
       <c r="A41">
-        <v>12055</v>
+        <v>13974</v>
       </c>
       <c r="B41">
-        <v>1.5</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>0.15</v>
       </c>
       <c r="D41" t="s">
-        <v>175</v>
+        <v>116</v>
       </c>
       <c r="E41" t="s">
-        <v>20</v>
+        <v>131</v>
+      </c>
+      <c r="F41" t="s">
+        <v>167</v>
       </c>
       <c r="G41" t="s">
-        <v>142</v>
+        <v>101</v>
       </c>
       <c r="H41" t="s">
-        <v>164</v>
-[...8 lines deleted...]
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="M41" s="6">
-        <v>79900.0</v>
+        <v>190000.0</v>
       </c>
       <c r="N41" s="6">
-        <v>96679</v>
+        <v>229900</v>
       </c>
       <c r="O41" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P41" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="42" spans="1:17">
       <c r="A42">
-        <v>10887</v>
+        <v>10750</v>
       </c>
       <c r="B42">
-        <v>1.5</v>
+        <v>2.01</v>
       </c>
       <c r="C42" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
       <c r="D42" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="E42" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G42" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="H42" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="J42" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="K42" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="L42" t="s">
-        <v>146</v>
+        <v>104</v>
       </c>
       <c r="M42" s="6">
-        <v>85000.0</v>
+        <v>209000.0</v>
       </c>
       <c r="N42" s="6">
-        <v>102850</v>
+        <v>252890</v>
       </c>
       <c r="O42" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P42" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="43" spans="1:17">
       <c r="A43">
-        <v>10889</v>
+        <v>10214</v>
       </c>
       <c r="B43">
-        <v>1.51</v>
+        <v>0.5</v>
       </c>
       <c r="C43" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D43" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="E43" t="s">
-        <v>20</v>
+        <v>27</v>
+      </c>
+      <c r="F43" t="s">
+        <v>146</v>
       </c>
       <c r="G43" t="s">
-        <v>142</v>
+        <v>101</v>
       </c>
       <c r="H43" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="J43" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="K43" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="L43" t="s">
-        <v>146</v>
+        <v>104</v>
       </c>
       <c r="M43" s="6">
-        <v>85000.0</v>
+        <v>259000.0</v>
       </c>
       <c r="N43" s="6">
-        <v>102850</v>
+        <v>313390</v>
       </c>
       <c r="O43" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P43" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="44" spans="1:17">
       <c r="A44">
-        <v>10890</v>
+        <v>3274</v>
       </c>
       <c r="B44">
-        <v>0.9</v>
+        <v>0.87</v>
       </c>
       <c r="C44" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="D44" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="E44" t="s">
-        <v>22</v>
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>157</v>
       </c>
       <c r="G44" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="H44" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="I44" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="J44" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="K44" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="L44" t="s">
-        <v>146</v>
+        <v>172</v>
       </c>
       <c r="M44" s="6">
-        <v>85050.0</v>
+        <v>268500.0</v>
       </c>
       <c r="N44" s="6">
-        <v>102911</v>
+        <v>324885</v>
       </c>
       <c r="O44" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P44" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="45" spans="1:17">
       <c r="A45">
-        <v>10222</v>
+        <v>6324</v>
       </c>
       <c r="B45">
-        <v>0.5</v>
+        <v>0.35</v>
       </c>
       <c r="C45" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="D45" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="G45" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="H45" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="J45" t="s">
-        <v>156</v>
+        <v>119</v>
       </c>
       <c r="K45" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="L45" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M45" s="6">
-        <v>87400.0</v>
+        <v>269000.0</v>
       </c>
       <c r="N45" s="6">
-        <v>105754</v>
+        <v>325490</v>
       </c>
       <c r="O45" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P45" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="46" spans="1:17">
       <c r="A46">
-        <v>14287</v>
+        <v>13541</v>
       </c>
       <c r="B46">
-        <v>1.51</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>0.19</v>
       </c>
       <c r="D46" t="s">
-        <v>148</v>
+        <v>116</v>
       </c>
       <c r="E46" t="s">
-        <v>20</v>
+        <v>131</v>
+      </c>
+      <c r="F46" t="s">
+        <v>167</v>
       </c>
       <c r="G46" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H46" t="s">
-        <v>115</v>
-[...11 lines deleted...]
-        <v>119</v>
+        <v>168</v>
       </c>
       <c r="M46" s="6">
-        <v>90400.0</v>
+        <v>320000.0</v>
       </c>
       <c r="N46" s="6">
-        <v>109384</v>
+        <v>387200</v>
       </c>
       <c r="O46" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P46" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:17">
       <c r="A47">
-        <v>12346</v>
+        <v>2967</v>
       </c>
       <c r="B47">
-        <v>1.7</v>
+        <v>0.21</v>
       </c>
       <c r="C47" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="D47" t="s">
-        <v>161</v>
+        <v>116</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
+      <c r="F47" t="s">
+        <v>176</v>
+      </c>
       <c r="G47" t="s">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="H47" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="J47" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="K47" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="L47" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M47" s="6">
-        <v>99000.0</v>
+        <v>322000.0</v>
       </c>
       <c r="N47" s="6">
-        <v>119790</v>
+        <v>389620</v>
       </c>
       <c r="O47" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P47" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="48" spans="1:17">
       <c r="A48">
-        <v>6046</v>
+        <v>13226</v>
       </c>
       <c r="B48">
-        <v>1.01</v>
+        <v>2.02</v>
       </c>
       <c r="C48" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="D48" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="E48" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G48" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="H48" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>102</v>
       </c>
       <c r="J48" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="K48" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="L48" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M48" s="6">
-        <v>109080.0</v>
+        <v>340000.0</v>
       </c>
       <c r="N48" s="6">
-        <v>131987</v>
+        <v>411400</v>
       </c>
       <c r="O48" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P48" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="49" spans="1:17">
       <c r="A49">
-        <v>11170</v>
+        <v>5468</v>
       </c>
       <c r="B49">
-        <v>1.5</v>
+        <v>0.73</v>
       </c>
       <c r="C49" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="D49" t="s">
-        <v>167</v>
+        <v>116</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
+      <c r="F49" t="s">
+        <v>179</v>
+      </c>
       <c r="G49" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="H49" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="J49" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="K49" t="s">
-        <v>116</v>
+        <v>180</v>
       </c>
       <c r="L49" t="s">
-        <v>117</v>
+        <v>181</v>
       </c>
       <c r="M49" s="6">
-        <v>121500.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N49" s="6">
-        <v>147015</v>
+        <v>471900</v>
       </c>
       <c r="O49" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P49" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="50" spans="1:17">
       <c r="A50">
-        <v>12876</v>
+        <v>12483</v>
       </c>
       <c r="B50">
-        <v>1.5</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>0.09</v>
       </c>
       <c r="D50" t="s">
-        <v>187</v>
+        <v>116</v>
       </c>
       <c r="E50" t="s">
-        <v>22</v>
+        <v>27</v>
+      </c>
+      <c r="F50" t="s">
+        <v>182</v>
       </c>
       <c r="G50" t="s">
-        <v>145</v>
+        <v>101</v>
       </c>
       <c r="H50" t="s">
-        <v>115</v>
-[...8 lines deleted...]
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="M50" s="6">
-        <v>123000.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N50" s="6">
-        <v>148830</v>
+        <v>471900</v>
       </c>
       <c r="O50" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P50" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="51" spans="1:17">
       <c r="A51">
-        <v>12493</v>
+        <v>13542</v>
       </c>
       <c r="B51">
-        <v>2.01</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>0.18</v>
       </c>
       <c r="D51" t="s">
-        <v>167</v>
+        <v>116</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>131</v>
+      </c>
+      <c r="F51" t="s">
+        <v>183</v>
       </c>
       <c r="G51" t="s">
-        <v>162</v>
+        <v>101</v>
       </c>
       <c r="H51" t="s">
-        <v>155</v>
-[...11 lines deleted...]
-        <v>189</v>
+        <v>168</v>
       </c>
       <c r="M51" s="6">
-        <v>126000.0</v>
+        <v>440000.0</v>
       </c>
       <c r="N51" s="6">
-        <v>152460</v>
+        <v>532400</v>
       </c>
       <c r="O51" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P51" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:17">
       <c r="A52">
-        <v>4662</v>
+        <v>4608</v>
       </c>
       <c r="B52">
-        <v>0.59</v>
+        <v>0.27</v>
       </c>
       <c r="C52" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="D52" t="s">
+        <v>116</v>
+      </c>
+      <c r="E52" t="s">
+        <v>27</v>
+      </c>
+      <c r="F52" t="s">
+        <v>185</v>
+      </c>
+      <c r="G52" t="s">
+        <v>121</v>
+      </c>
+      <c r="H52" t="s">
+        <v>102</v>
+      </c>
+      <c r="J52" t="s">
+        <v>119</v>
+      </c>
+      <c r="K52" t="s">
         <v>140</v>
       </c>
-      <c r="E52" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L52" t="s">
-        <v>192</v>
+        <v>104</v>
       </c>
       <c r="M52" s="6">
-        <v>158000.0</v>
+        <v>475000.0</v>
       </c>
       <c r="N52" s="6">
-        <v>191180</v>
+        <v>574750</v>
       </c>
       <c r="O52" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P52" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="53" spans="1:17">
       <c r="A53">
-        <v>11492</v>
+        <v>14584</v>
       </c>
       <c r="B53">
-        <v>1.22</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>0.14</v>
       </c>
       <c r="D53" t="s">
-        <v>30</v>
+        <v>116</v>
       </c>
       <c r="E53" t="s">
-        <v>22</v>
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>183</v>
       </c>
       <c r="G53" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="H53" t="s">
-        <v>164</v>
-[...11 lines deleted...]
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="M53" s="6">
-        <v>162500.0</v>
+        <v>500000.0</v>
       </c>
       <c r="N53" s="6">
-        <v>196625</v>
+        <v>605000</v>
       </c>
       <c r="O53" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P53" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="54" spans="1:17">
       <c r="A54">
-        <v>13974</v>
+        <v>10634</v>
       </c>
       <c r="B54">
-        <v>0.15</v>
+        <v>0.8</v>
+      </c>
+      <c r="C54" t="s">
+        <v>186</v>
       </c>
       <c r="D54" t="s">
+        <v>116</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>187</v>
+      </c>
+      <c r="G54" t="s">
+        <v>121</v>
+      </c>
+      <c r="H54" t="s">
+        <v>102</v>
+      </c>
+      <c r="J54" t="s">
+        <v>103</v>
+      </c>
+      <c r="K54" t="s">
         <v>140</v>
       </c>
-      <c r="E54" t="s">
-[...9 lines deleted...]
-        <v>195</v>
+      <c r="L54" t="s">
+        <v>104</v>
       </c>
       <c r="M54" s="6">
-        <v>190000.0</v>
+        <v>510000.0</v>
       </c>
       <c r="N54" s="6">
-        <v>229900</v>
+        <v>617100</v>
       </c>
       <c r="O54" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P54" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="55" spans="1:17">
       <c r="A55">
-        <v>14286</v>
+        <v>5926</v>
       </c>
       <c r="B55">
-        <v>2.01</v>
+        <v>0.27</v>
       </c>
       <c r="C55" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="D55" t="s">
-        <v>161</v>
+        <v>116</v>
       </c>
       <c r="E55" t="s">
-        <v>22</v>
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>189</v>
       </c>
       <c r="G55" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="H55" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="J55" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="K55" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="L55" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="M55" s="6">
-        <v>190000.0</v>
+        <v>585000.0</v>
       </c>
       <c r="N55" s="6">
-        <v>229900</v>
+        <v>707850</v>
       </c>
       <c r="O55" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P55" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="56" spans="1:17">
       <c r="A56">
-        <v>10750</v>
+        <v>14585</v>
       </c>
       <c r="B56">
-        <v>2.01</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>0.18</v>
       </c>
       <c r="D56" t="s">
-        <v>187</v>
+        <v>116</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
+      <c r="F56" t="s">
+        <v>182</v>
+      </c>
       <c r="G56" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="H56" t="s">
-        <v>155</v>
-[...8 lines deleted...]
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="M56" s="6">
-        <v>209000.0</v>
+        <v>700000.0</v>
       </c>
       <c r="N56" s="6">
-        <v>252890</v>
+        <v>847000</v>
       </c>
       <c r="O56" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P56" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="57" spans="1:17">
       <c r="A57">
-        <v>10214</v>
+        <v>13410</v>
       </c>
       <c r="B57">
-        <v>0.5</v>
+        <v>3.13</v>
       </c>
       <c r="C57" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="D57" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>27</v>
       </c>
       <c r="G57" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H57" t="s">
-        <v>115</v>
+        <v>102</v>
+      </c>
+      <c r="I57" t="s">
+        <v>103</v>
       </c>
       <c r="J57" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="K57" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="L57" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="M57" s="6">
-        <v>259000.0</v>
+        <v>920000.0</v>
       </c>
       <c r="N57" s="6">
-        <v>313390</v>
+        <v>1113200</v>
       </c>
       <c r="O57" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P57" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="58" spans="1:17">
       <c r="A58">
-        <v>3274</v>
+        <v>12803</v>
       </c>
       <c r="B58">
-        <v>0.87</v>
+        <v>0.15</v>
       </c>
       <c r="C58" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="D58" t="s">
+        <v>116</v>
+      </c>
+      <c r="E58" t="s">
+        <v>27</v>
+      </c>
+      <c r="F58" t="s">
+        <v>182</v>
+      </c>
+      <c r="G58" t="s">
+        <v>135</v>
+      </c>
+      <c r="H58" t="s">
+        <v>102</v>
+      </c>
+      <c r="J58" t="s">
         <v>140</v>
       </c>
-      <c r="E58" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K58" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="L58" t="s">
-        <v>200</v>
+        <v>106</v>
       </c>
       <c r="M58" s="6">
-        <v>268500.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N58" s="6">
-        <v>324885</v>
+        <v>1391500</v>
       </c>
       <c r="O58" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P58" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="59" spans="1:17">
       <c r="A59">
-        <v>6324</v>
+        <v>14207</v>
       </c>
       <c r="B59">
-        <v>0.35</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>0.15</v>
       </c>
       <c r="D59" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="E59" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="F59" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="G59" t="s">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="H59" t="s">
-        <v>115</v>
-[...8 lines deleted...]
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="M59" s="6">
-        <v>269000.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N59" s="6">
-        <v>325490</v>
+        <v>1391500</v>
       </c>
       <c r="O59" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P59" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="60" spans="1:17">
       <c r="A60">
-        <v>13541</v>
+        <v>4439</v>
       </c>
       <c r="B60">
-        <v>0.19</v>
+        <v>0.31</v>
+      </c>
+      <c r="C60" t="s">
+        <v>193</v>
       </c>
       <c r="D60" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="E60" t="s">
-        <v>153</v>
+        <v>27</v>
       </c>
       <c r="F60" t="s">
         <v>194</v>
       </c>
       <c r="G60" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="H60" t="s">
-        <v>195</v>
+        <v>102</v>
+      </c>
+      <c r="J60" t="s">
+        <v>119</v>
+      </c>
+      <c r="K60" t="s">
+        <v>119</v>
+      </c>
+      <c r="L60" t="s">
+        <v>104</v>
       </c>
       <c r="M60" s="6">
-        <v>320000.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N60" s="6">
-        <v>387200</v>
+        <v>1391500</v>
       </c>
       <c r="O60" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P60" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="61" spans="1:17">
       <c r="A61">
-        <v>2967</v>
+        <v>4440</v>
       </c>
       <c r="B61">
-        <v>0.21</v>
+        <v>0.5</v>
       </c>
       <c r="C61" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="D61" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="E61" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F61" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="G61" t="s">
-        <v>145</v>
+        <v>118</v>
       </c>
       <c r="H61" t="s">
-        <v>115</v>
-[...8 lines deleted...]
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="M61" s="6">
-        <v>322000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="N61" s="6">
-        <v>389620</v>
+        <v>1815000</v>
       </c>
       <c r="O61" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P61" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:17">
       <c r="A62">
-        <v>13226</v>
+        <v>4661</v>
       </c>
       <c r="B62">
-        <v>2.02</v>
+        <v>0.3</v>
       </c>
       <c r="C62" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
       <c r="D62" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
+      <c r="F62" t="s">
+        <v>192</v>
+      </c>
       <c r="G62" t="s">
-        <v>151</v>
+        <v>118</v>
       </c>
       <c r="H62" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="J62" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="K62" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="L62" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="M62" s="6">
-        <v>340000.0</v>
+        <v>1550000.0</v>
       </c>
       <c r="N62" s="6">
-        <v>411400</v>
+        <v>1875500</v>
       </c>
       <c r="O62" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P62" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="63" spans="1:17">
       <c r="A63">
-        <v>5468</v>
+        <v>12806</v>
       </c>
       <c r="B63">
-        <v>0.73</v>
+        <v>0.26</v>
       </c>
       <c r="C63" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="D63" t="s">
+        <v>116</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>192</v>
+      </c>
+      <c r="G63" t="s">
+        <v>135</v>
+      </c>
+      <c r="H63" t="s">
+        <v>102</v>
+      </c>
+      <c r="J63" t="s">
         <v>140</v>
       </c>
-      <c r="E63" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K63" t="s">
-        <v>208</v>
+        <v>140</v>
       </c>
       <c r="L63" t="s">
-        <v>209</v>
+        <v>110</v>
       </c>
       <c r="M63" s="6">
-        <v>390000.0</v>
+        <v>1650000.0</v>
       </c>
       <c r="N63" s="6">
-        <v>471900</v>
+        <v>1996500</v>
       </c>
       <c r="O63" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P63" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
-        <v>12483</v>
+        <v>13415</v>
       </c>
       <c r="B64">
-        <v>0.09</v>
+        <v>0.38</v>
+      </c>
+      <c r="C64" t="s">
+        <v>199</v>
       </c>
       <c r="D64" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="G64" t="s">
-        <v>114</v>
+        <v>200</v>
       </c>
       <c r="H64" t="s">
-        <v>195</v>
+        <v>102</v>
+      </c>
+      <c r="J64" t="s">
+        <v>119</v>
+      </c>
+      <c r="K64" t="s">
+        <v>140</v>
+      </c>
+      <c r="L64" t="s">
+        <v>106</v>
       </c>
       <c r="M64" s="6">
-        <v>390000.0</v>
+        <v>3750000.0</v>
       </c>
       <c r="N64" s="6">
-        <v>471900</v>
+        <v>4537500</v>
       </c>
       <c r="O64" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P64" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="65" spans="1:17">
       <c r="A65">
-        <v>13542</v>
+        <v>11121</v>
       </c>
       <c r="B65">
-        <v>0.18</v>
+        <v>0.16</v>
       </c>
       <c r="D65" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="E65" t="s">
-        <v>153</v>
+        <v>27</v>
       </c>
       <c r="F65" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="G65" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="H65" t="s">
-        <v>195</v>
+        <v>168</v>
       </c>
       <c r="M65" s="6">
-        <v>440000.0</v>
+        <v>4400000.0</v>
       </c>
       <c r="N65" s="6">
-        <v>532400</v>
+        <v>5324000</v>
       </c>
       <c r="O65" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P65" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="66" spans="1:17">
       <c r="A66">
-        <v>4608</v>
+        <v>9787</v>
       </c>
       <c r="B66">
-        <v>0.27</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>0.42</v>
       </c>
       <c r="D66" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="E66" t="s">
-        <v>20</v>
+        <v>131</v>
       </c>
       <c r="F66" t="s">
-        <v>213</v>
+        <v>192</v>
       </c>
       <c r="G66" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="H66" t="s">
-        <v>115</v>
-[...8 lines deleted...]
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="M66" s="6">
-        <v>475000.0</v>
+        <v>4900000.0</v>
       </c>
       <c r="N66" s="6">
-        <v>574750</v>
+        <v>5929000</v>
       </c>
       <c r="O66" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P66" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="67" spans="1:17">
       <c r="A67">
-        <v>13976</v>
+        <v>11345</v>
       </c>
       <c r="B67">
-        <v>0.13</v>
+        <v>0.29</v>
+      </c>
+      <c r="C67" t="s">
+        <v>202</v>
       </c>
       <c r="D67" t="s">
+        <v>116</v>
+      </c>
+      <c r="E67" t="s">
+        <v>27</v>
+      </c>
+      <c r="F67" t="s">
+        <v>203</v>
+      </c>
+      <c r="G67" t="s">
+        <v>121</v>
+      </c>
+      <c r="H67" t="s">
+        <v>168</v>
+      </c>
+      <c r="J67" t="s">
         <v>140</v>
       </c>
-      <c r="E67" t="s">
-[...9 lines deleted...]
-        <v>195</v>
+      <c r="K67" t="s">
+        <v>140</v>
+      </c>
+      <c r="L67" t="s">
+        <v>110</v>
       </c>
       <c r="M67" s="6">
-        <v>500000.0</v>
+        <v>6500000.0</v>
       </c>
       <c r="N67" s="6">
-        <v>605000</v>
+        <v>7865000</v>
       </c>
       <c r="O67" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P67" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="68" spans="1:17">
       <c r="A68">
-        <v>10634</v>
+        <v>11247</v>
       </c>
       <c r="B68">
-        <v>0.8</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>0.56</v>
       </c>
       <c r="D68" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="E68" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="F68" t="s">
-        <v>215</v>
+        <v>201</v>
       </c>
       <c r="G68" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="H68" t="s">
-        <v>115</v>
-[...8 lines deleted...]
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="M68" s="6">
-        <v>510000.0</v>
+        <v>9700000.0</v>
       </c>
       <c r="N68" s="6">
-        <v>617100</v>
+        <v>11737000</v>
       </c>
       <c r="O68" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P68" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="69" spans="1:17">
       <c r="A69">
-        <v>5926</v>
+        <v>7404</v>
       </c>
       <c r="B69">
-        <v>0.27</v>
+        <v>0.8</v>
       </c>
       <c r="C69" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="D69" t="s">
-        <v>140</v>
+        <v>116</v>
       </c>
       <c r="E69" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="F69" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="G69" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="H69" t="s">
-        <v>155</v>
-[...8 lines deleted...]
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="M69" s="6">
-        <v>585000.0</v>
+        <v>13500000.0</v>
       </c>
       <c r="N69" s="6">
-        <v>707850</v>
+        <v>16335000</v>
       </c>
       <c r="O69" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P69" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="70" spans="1:17">
       <c r="A70">
-        <v>13410</v>
+        <v>6776</v>
       </c>
       <c r="B70">
-        <v>3.13</v>
+        <v>1.02</v>
       </c>
       <c r="C70" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="D70" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="E70" t="s">
-        <v>20</v>
+        <v>131</v>
+      </c>
+      <c r="F70" t="s">
+        <v>192</v>
       </c>
       <c r="G70" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="H70" t="s">
-        <v>115</v>
-[...11 lines deleted...]
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="M70" s="6">
-        <v>920000.0</v>
+        <v>16500000.0</v>
       </c>
       <c r="N70" s="6">
-        <v>1113200</v>
+        <v>19965000</v>
       </c>
       <c r="O70" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P70" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="71" spans="1:17">
       <c r="A71">
-        <v>14209</v>
+        <v>8508</v>
       </c>
       <c r="B71">
-        <v>0.25</v>
+        <v>0.54</v>
+      </c>
+      <c r="C71" t="s">
+        <v>207</v>
       </c>
       <c r="D71" t="s">
+        <v>116</v>
+      </c>
+      <c r="E71" t="s">
+        <v>131</v>
+      </c>
+      <c r="F71" t="s">
+        <v>208</v>
+      </c>
+      <c r="G71" t="s">
+        <v>132</v>
+      </c>
+      <c r="H71" t="s">
+        <v>102</v>
+      </c>
+      <c r="J71" t="s">
         <v>140</v>
       </c>
-      <c r="E71" t="s">
-[...9 lines deleted...]
-        <v>195</v>
+      <c r="K71" t="s">
+        <v>140</v>
+      </c>
+      <c r="L71" t="s">
+        <v>110</v>
       </c>
       <c r="M71" s="6">
-        <v>990000.0</v>
+        <v>29000000.0</v>
       </c>
       <c r="N71" s="6">
-        <v>1197900</v>
+        <v>35090000</v>
       </c>
       <c r="O71" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="P71" t="s">
-        <v>99</v>
-[...45 lines deleted...]
-      <c r="P72" t="s">
         <v>100</v>
-      </c>
-[...522 lines deleted...]
-        <v>113</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
@@ -5115,64 +4400,50 @@
     <hyperlink ref="P47" r:id="rId_hyperlink_45"/>
     <hyperlink ref="P48" r:id="rId_hyperlink_46"/>
     <hyperlink ref="P49" r:id="rId_hyperlink_47"/>
     <hyperlink ref="P50" r:id="rId_hyperlink_48"/>
     <hyperlink ref="P51" r:id="rId_hyperlink_49"/>
     <hyperlink ref="P52" r:id="rId_hyperlink_50"/>
     <hyperlink ref="P53" r:id="rId_hyperlink_51"/>
     <hyperlink ref="P54" r:id="rId_hyperlink_52"/>
     <hyperlink ref="P55" r:id="rId_hyperlink_53"/>
     <hyperlink ref="P56" r:id="rId_hyperlink_54"/>
     <hyperlink ref="P57" r:id="rId_hyperlink_55"/>
     <hyperlink ref="P58" r:id="rId_hyperlink_56"/>
     <hyperlink ref="P59" r:id="rId_hyperlink_57"/>
     <hyperlink ref="P60" r:id="rId_hyperlink_58"/>
     <hyperlink ref="P61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="P62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="P63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="P64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="P65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="P66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="P67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="P68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="P69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="P70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="P71" r:id="rId_hyperlink_69"/>
-    <hyperlink ref="P72" r:id="rId_hyperlink_70"/>
-[...12 lines deleted...]
-    <hyperlink ref="P85" r:id="rId_hyperlink_83"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>