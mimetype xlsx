--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,390 +73,387 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>4.75mm - 4.76mm x 2.94mm</t>
+    <t>4.56mm - 4.58mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>SI2</t>
+  </si>
+  <si>
+    <t>4.80mm - 4.83mm x 2.98mm</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>4.72mm - 4.76mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>4.77mm - 4.81mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.72mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.70mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.72mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/035ct-h-si2-s-gia-certifikatem-14332.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/029ct-bl2-fancy-gray-blue-si2-s-arg-a-gia-certifikaty-11345.html</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>Excellent</t>
+  </si>
+  <si>
+    <t>žádná</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>4.76mm - 4.79mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>3.93mm x 3.78mm x 2.59mm</t>
+  </si>
+  <si>
+    <t>Fn</t>
+  </si>
+  <si>
+    <t>Fancy Intense Yellow</t>
+  </si>
+  <si>
+    <t>Radiant</t>
+  </si>
+  <si>
+    <t>Very Good</t>
+  </si>
+  <si>
+    <t>nepatrná</t>
+  </si>
+  <si>
+    <t>9.12mm x 5.23mm x 3.50mm</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>5.93mm x 6.98mm x 4.14mm</t>
+  </si>
+  <si>
+    <t>O</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>9.52mm x 5.45mm x 3.17mm</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>silná</t>
+  </si>
+  <si>
+    <t>11.54mm x 6.12mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>Marquise</t>
+  </si>
+  <si>
+    <t>6.82mm x 5.64mm x 4.06mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
+    <t>mírná</t>
+  </si>
+  <si>
+    <t>7.41mm x 5.80mm x 3.88mm</t>
+  </si>
+  <si>
+    <t>4.52mm x 3.99mm x 3.07mm</t>
+  </si>
+  <si>
+    <t>Fancy Vivid Yellow</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>6.70mm x 6.48mm x 4.51mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>Cushion</t>
+  </si>
+  <si>
+    <t>6.41mm - 6.45mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>7.36mm - 7.41mm x 4.50mm</t>
+  </si>
+  <si>
+    <t>9.67mm x 7.08mm x 4.40mm</t>
+  </si>
+  <si>
+    <t>Oval</t>
+  </si>
+  <si>
+    <t>velmi mírná</t>
+  </si>
+  <si>
+    <t>5.32mm x 4.20mm x 3.00mm</t>
+  </si>
+  <si>
+    <t>Fancy Intense Yellow-Orange</t>
+  </si>
+  <si>
+    <t>střední žlutá</t>
+  </si>
+  <si>
+    <t>9.57mm x 7.14mm x 4.40mm</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>5.12mm - 5.16mm x 3.12mm</t>
+  </si>
+  <si>
+    <t>Very Light Pink</t>
+  </si>
+  <si>
+    <t>7.65mm x 8.97mm x 5.25mm</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
-    <t>SI2</t>
-[...278 lines deleted...]
-    <t>Fancy Light Purplish Pink</t>
+    <t>Fancy Purplish Pink</t>
   </si>
   <si>
     <t>ARGYLE</t>
   </si>
   <si>
-    <t>Fancy Light Pink</t>
-[...16 lines deleted...]
-  <si>
     <t>5.39mm x 3.54mm x 1.99mm</t>
   </si>
   <si>
     <t>Fancy Intense Pinkish Purple</t>
   </si>
   <si>
     <t>Fancy Pink</t>
   </si>
   <si>
     <t>9.36mm - 9.40mm x 5.82mm</t>
   </si>
   <si>
     <t>3.53mm x 3.67mm x 1.88mm</t>
   </si>
   <si>
     <t>4.22mm x 3.83mm x 2.26mm</t>
   </si>
   <si>
     <t>Fancy Intense Bluish Green</t>
   </si>
   <si>
-    <t>4.31mm - 4.34mm x 2.70mm</t>
+    <t>Fancy Deep Pink</t>
   </si>
   <si>
     <t>4.61mm x 3.79mm x 2.94mm</t>
   </si>
   <si>
     <t>Fancy Purple-Pink</t>
   </si>
   <si>
     <t>Fancy Vivid Purplish Pink</t>
+  </si>
+  <si>
+    <t>5.05mm x 3.76mm x 2.13mm</t>
+  </si>
+  <si>
+    <t>Fancy Gray-Blue</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
@@ -924,62 +921,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-g-si2-s-gia-certifikatem-14020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-g-si2-s-gia-certifikatem-14035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-f-si2-s-gia-certifikatem-14039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/070ct-e-si2-s-hrd-certifikatem-2705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/011ct-8pp-fancy-light-purplish-pink-siav-s-arg-certifikatem-13979.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-9pr-fancy-light-pink-si2-s-arg-certifikatem-13978.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-7pr-fancy-pink-si2-s-arg-certifikatem-8615.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-h-si2-s-gia-certifikatem-14332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-bl2-fancy-gray-blue-si2-s-arg-a-gia-certifikaty-11345.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q39"/>
+  <dimension ref="A1:Q37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N39" sqref="N39"/>
+      <selection activeCell="N37" sqref="N37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1021,1734 +1018,1653 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14020</v>
+        <v>14332</v>
       </c>
       <c r="B3">
-        <v>0.4</v>
+        <v>0.35</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J3" t="s">
+        <v>67</v>
+      </c>
+      <c r="K3" t="s">
+        <v>67</v>
+      </c>
+      <c r="L3" t="s">
         <v>68</v>
       </c>
-      <c r="I3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M3" s="6">
-        <v>12040.0</v>
+        <v>8085.0</v>
       </c>
       <c r="N3" s="6">
-        <v>14568</v>
+        <v>9783</v>
       </c>
       <c r="O3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
         <v>14019</v>
       </c>
       <c r="B4">
         <v>0.43</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H4" t="s">
+        <v>66</v>
+      </c>
+      <c r="I4" t="s">
+        <v>67</v>
+      </c>
+      <c r="J4" t="s">
+        <v>67</v>
+      </c>
+      <c r="K4" t="s">
+        <v>67</v>
+      </c>
+      <c r="L4" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>72</v>
       </c>
       <c r="M4" s="6">
         <v>13868.0</v>
       </c>
       <c r="N4" s="6">
         <v>16780</v>
       </c>
       <c r="O4" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
         <v>13399</v>
       </c>
       <c r="B5">
         <v>0.4</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H5" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L5" t="s">
         <v>70</v>
       </c>
       <c r="M5" s="6">
         <v>15680.0</v>
       </c>
       <c r="N5" s="6">
         <v>18973</v>
       </c>
       <c r="O5" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
         <v>13400</v>
       </c>
       <c r="B6">
         <v>0.4</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H6" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I6" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J6" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K6" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L6" t="s">
         <v>70</v>
       </c>
       <c r="M6" s="6">
         <v>15680.0</v>
       </c>
       <c r="N6" s="6">
         <v>18973</v>
       </c>
       <c r="O6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
         <v>13401</v>
       </c>
       <c r="B7">
         <v>0.4</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H7" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I7" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K7" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L7" t="s">
         <v>70</v>
       </c>
       <c r="M7" s="6">
         <v>15680.0</v>
       </c>
       <c r="N7" s="6">
         <v>18973</v>
       </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
         <v>13402</v>
       </c>
       <c r="B8">
         <v>0.4</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H8" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I8" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J8" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L8" t="s">
         <v>70</v>
       </c>
       <c r="M8" s="6">
         <v>15680.0</v>
       </c>
       <c r="N8" s="6">
         <v>18973</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
         <v>13392</v>
       </c>
       <c r="B9">
         <v>0.4</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H9" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I9" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J9" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K9" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L9" t="s">
         <v>70</v>
       </c>
       <c r="M9" s="6">
         <v>16660.0</v>
       </c>
       <c r="N9" s="6">
         <v>20159</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
         <v>13393</v>
       </c>
       <c r="B10">
         <v>0.4</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>28</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H10" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I10" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J10" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K10" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L10" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="6">
         <v>16660.0</v>
       </c>
       <c r="N10" s="6">
         <v>20159</v>
       </c>
       <c r="O10" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
         <v>13391</v>
       </c>
       <c r="B11">
         <v>0.4</v>
       </c>
       <c r="C11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D11" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H11" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="I11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K11" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L11" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="6">
         <v>17640.0</v>
       </c>
       <c r="N11" s="6">
         <v>21344</v>
       </c>
       <c r="O11" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14035</v>
+        <v>14102</v>
       </c>
       <c r="B12">
-        <v>0.59</v>
+        <v>0.36</v>
       </c>
       <c r="C12" t="s">
+        <v>73</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>75</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="H12" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="J12" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K12" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="L12" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="M12" s="6">
-        <v>20296.0</v>
+        <v>22000.0</v>
       </c>
       <c r="N12" s="6">
-        <v>24558</v>
+        <v>26620</v>
       </c>
       <c r="O12" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>14039</v>
+        <v>14288</v>
       </c>
       <c r="B13">
-        <v>0.59</v>
+        <v>1</v>
       </c>
       <c r="C13" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>80</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="H13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J13" t="s">
+        <v>67</v>
+      </c>
+      <c r="K13" t="s">
+        <v>77</v>
+      </c>
+      <c r="L13" t="s">
         <v>68</v>
       </c>
-      <c r="I13" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M13" s="6">
-        <v>21565.0</v>
+        <v>33900.0</v>
       </c>
       <c r="N13" s="6">
-        <v>26093</v>
+        <v>41019</v>
       </c>
       <c r="O13" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14102</v>
+        <v>14289</v>
       </c>
       <c r="B14">
-        <v>0.36</v>
+        <v>1.01</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>84</v>
+      </c>
+      <c r="H14" t="s">
+        <v>66</v>
+      </c>
+      <c r="J14" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" t="s">
+        <v>67</v>
+      </c>
+      <c r="L14" t="s">
         <v>78</v>
       </c>
-      <c r="E14" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M14" s="6">
-        <v>22000.0</v>
+        <v>36700.0</v>
       </c>
       <c r="N14" s="6">
-        <v>26620</v>
+        <v>44407</v>
       </c>
       <c r="O14" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>2705</v>
+        <v>10886</v>
       </c>
       <c r="B15">
-        <v>0.7</v>
+        <v>1.01</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="H15" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="J15" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="K15" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="L15" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="M15" s="6">
-        <v>35123.0</v>
+        <v>44000.0</v>
       </c>
       <c r="N15" s="6">
-        <v>42499</v>
+        <v>53240</v>
       </c>
       <c r="O15" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>10886</v>
+        <v>13228</v>
       </c>
       <c r="B16">
-        <v>1.01</v>
+        <v>1.7</v>
       </c>
       <c r="C16" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H16" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="J16" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="K16" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="L16" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="M16" s="6">
-        <v>44000.0</v>
+        <v>78000.0</v>
       </c>
       <c r="N16" s="6">
-        <v>53240</v>
+        <v>94380</v>
       </c>
       <c r="O16" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>13228</v>
+        <v>12055</v>
       </c>
       <c r="B17">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
         <v>92</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
         <v>93</v>
       </c>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K17" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="L17" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="M17" s="6">
-        <v>78000.0</v>
+        <v>79900.0</v>
       </c>
       <c r="N17" s="6">
-        <v>94380</v>
+        <v>96679</v>
       </c>
       <c r="O17" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P17" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>12055</v>
+        <v>10889</v>
       </c>
       <c r="B18">
-        <v>1.5</v>
+        <v>1.51</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D18" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="H18" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="J18" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K18" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="L18" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="M18" s="6">
-        <v>79900.0</v>
+        <v>85000.0</v>
       </c>
       <c r="N18" s="6">
-        <v>96679</v>
+        <v>102850</v>
       </c>
       <c r="O18" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>10889</v>
+        <v>10222</v>
       </c>
       <c r="B19">
-        <v>1.51</v>
+        <v>0.5</v>
       </c>
       <c r="C19" t="s">
+        <v>96</v>
+      </c>
+      <c r="D19" t="s">
+        <v>74</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>97</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G19" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="H19" t="s">
+        <v>66</v>
+      </c>
+      <c r="J19" t="s">
+        <v>98</v>
+      </c>
+      <c r="K19" t="s">
+        <v>98</v>
+      </c>
+      <c r="L19" t="s">
         <v>68</v>
       </c>
-      <c r="J19" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M19" s="6">
-        <v>85000.0</v>
+        <v>87400.0</v>
       </c>
       <c r="N19" s="6">
-        <v>102850</v>
+        <v>105754</v>
       </c>
       <c r="O19" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>10222</v>
+        <v>12346</v>
       </c>
       <c r="B20">
-        <v>0.5</v>
+        <v>1.7</v>
       </c>
       <c r="C20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>100</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="F20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G20" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
+        <v>66</v>
+      </c>
+      <c r="J20" t="s">
+        <v>67</v>
+      </c>
+      <c r="K20" t="s">
+        <v>67</v>
+      </c>
+      <c r="L20" t="s">
         <v>68</v>
       </c>
-      <c r="J20" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M20" s="6">
-        <v>87400.0</v>
+        <v>99000.0</v>
       </c>
       <c r="N20" s="6">
-        <v>105754</v>
+        <v>119790</v>
       </c>
       <c r="O20" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>12346</v>
+        <v>6046</v>
       </c>
       <c r="B21">
-        <v>1.7</v>
+        <v>1.01</v>
       </c>
       <c r="C21" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D21" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="H21" t="s">
+        <v>93</v>
+      </c>
+      <c r="I21" t="s">
+        <v>77</v>
+      </c>
+      <c r="J21" t="s">
+        <v>77</v>
+      </c>
+      <c r="K21" t="s">
+        <v>67</v>
+      </c>
+      <c r="L21" t="s">
         <v>68</v>
       </c>
-      <c r="J21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M21" s="6">
-        <v>99000.0</v>
+        <v>109080.0</v>
       </c>
       <c r="N21" s="6">
-        <v>119790</v>
+        <v>131987</v>
       </c>
       <c r="O21" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P21" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>6046</v>
+        <v>11170</v>
       </c>
       <c r="B22">
-        <v>1.01</v>
+        <v>1.5</v>
       </c>
       <c r="C22" t="s">
         <v>103</v>
       </c>
       <c r="D22" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H22" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="I22" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="J22" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="K22" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L22" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="M22" s="6">
-        <v>109080.0</v>
+        <v>121500.0</v>
       </c>
       <c r="N22" s="6">
-        <v>131987</v>
+        <v>147015</v>
       </c>
       <c r="O22" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>11170</v>
+        <v>12493</v>
       </c>
       <c r="B23">
-        <v>1.5</v>
+        <v>2.01</v>
       </c>
       <c r="C23" t="s">
         <v>104</v>
       </c>
       <c r="D23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>105</v>
+      </c>
+      <c r="H23" t="s">
         <v>87</v>
       </c>
-      <c r="E23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I23" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="J23" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K23" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L23" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="M23" s="6">
-        <v>121500.0</v>
+        <v>126000.0</v>
       </c>
       <c r="N23" s="6">
-        <v>147015</v>
+        <v>152460</v>
       </c>
       <c r="O23" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P23" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>12493</v>
+        <v>4662</v>
       </c>
       <c r="B24">
-        <v>2.01</v>
+        <v>0.59</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
+      <c r="F24" t="s">
+        <v>108</v>
+      </c>
       <c r="G24" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="H24" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="J24" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
       <c r="K24" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
       <c r="L24" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M24" s="6">
-        <v>126000.0</v>
+        <v>158000.0</v>
       </c>
       <c r="N24" s="6">
-        <v>152460</v>
+        <v>191180</v>
       </c>
       <c r="O24" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P24" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>4662</v>
+        <v>10750</v>
       </c>
       <c r="B25">
-        <v>0.59</v>
+        <v>2.01</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D25" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="H25" t="s">
+        <v>87</v>
+      </c>
+      <c r="J25" t="s">
+        <v>77</v>
+      </c>
+      <c r="K25" t="s">
+        <v>77</v>
+      </c>
+      <c r="L25" t="s">
         <v>68</v>
       </c>
-      <c r="J25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M25" s="6">
-        <v>158000.0</v>
+        <v>209000.0</v>
       </c>
       <c r="N25" s="6">
-        <v>191180</v>
+        <v>252890</v>
       </c>
       <c r="O25" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P25" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>10750</v>
+        <v>10214</v>
       </c>
       <c r="B26">
-        <v>2.01</v>
+        <v>0.5</v>
       </c>
       <c r="C26" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D26" t="s">
-        <v>112</v>
+        <v>74</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
+      <c r="F26" t="s">
+        <v>113</v>
+      </c>
       <c r="G26" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="H26" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="J26" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="K26" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="L26" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="M26" s="6">
-        <v>209000.0</v>
+        <v>259000.0</v>
       </c>
       <c r="N26" s="6">
-        <v>252890</v>
+        <v>313390</v>
       </c>
       <c r="O26" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P26" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>13979</v>
+        <v>13226</v>
       </c>
       <c r="B27">
-        <v>0.11</v>
+        <v>2.02</v>
+      </c>
+      <c r="C27" t="s">
+        <v>114</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="F27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="H27" t="s">
-        <v>114</v>
+        <v>66</v>
+      </c>
+      <c r="J27" t="s">
+        <v>67</v>
+      </c>
+      <c r="K27" t="s">
+        <v>67</v>
+      </c>
+      <c r="L27" t="s">
+        <v>68</v>
       </c>
       <c r="M27" s="6">
-        <v>210000.0</v>
+        <v>340000.0</v>
       </c>
       <c r="N27" s="6">
-        <v>254100</v>
+        <v>411400</v>
       </c>
       <c r="O27" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>13978</v>
+        <v>12483</v>
       </c>
       <c r="B28">
-        <v>0.18</v>
+        <v>0.09</v>
       </c>
       <c r="D28" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G28" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H28" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="M28" s="6">
-        <v>250000.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N28" s="6">
-        <v>302500</v>
+        <v>471900</v>
       </c>
       <c r="O28" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P28" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>10214</v>
+        <v>4608</v>
       </c>
       <c r="B29">
-        <v>0.5</v>
+        <v>0.27</v>
       </c>
       <c r="C29" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D29" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G29" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="H29" t="s">
+        <v>66</v>
+      </c>
+      <c r="J29" t="s">
+        <v>77</v>
+      </c>
+      <c r="K29" t="s">
+        <v>98</v>
+      </c>
+      <c r="L29" t="s">
         <v>68</v>
       </c>
-      <c r="J29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M29" s="6">
-        <v>259000.0</v>
+        <v>475000.0</v>
       </c>
       <c r="N29" s="6">
-        <v>313390</v>
+        <v>574750</v>
       </c>
       <c r="O29" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P29" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>13226</v>
+        <v>13976</v>
       </c>
       <c r="B30">
-        <v>2.02</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>0.13</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
+      <c r="F30" t="s">
+        <v>120</v>
+      </c>
       <c r="G30" t="s">
-        <v>119</v>
+        <v>81</v>
       </c>
       <c r="H30" t="s">
-        <v>68</v>
-[...8 lines deleted...]
-        <v>72</v>
+        <v>117</v>
       </c>
       <c r="M30" s="6">
-        <v>340000.0</v>
+        <v>500000.0</v>
       </c>
       <c r="N30" s="6">
-        <v>411400</v>
+        <v>605000</v>
       </c>
       <c r="O30" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P30" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>12483</v>
+        <v>13410</v>
       </c>
       <c r="B31">
-        <v>0.09</v>
+        <v>3.13</v>
+      </c>
+      <c r="C31" t="s">
+        <v>121</v>
       </c>
       <c r="D31" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H31" t="s">
-        <v>114</v>
+        <v>66</v>
+      </c>
+      <c r="I31" t="s">
+        <v>67</v>
+      </c>
+      <c r="J31" t="s">
+        <v>67</v>
+      </c>
+      <c r="K31" t="s">
+        <v>67</v>
+      </c>
+      <c r="L31" t="s">
+        <v>70</v>
       </c>
       <c r="M31" s="6">
-        <v>390000.0</v>
+        <v>920000.0</v>
       </c>
       <c r="N31" s="6">
-        <v>471900</v>
+        <v>1113200</v>
       </c>
       <c r="O31" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P31" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>4608</v>
+        <v>12803</v>
       </c>
       <c r="B32">
-        <v>0.27</v>
+        <v>0.15</v>
       </c>
       <c r="C32" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D32" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="G32" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="H32" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J32" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="K32" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="L32" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M32" s="6">
-        <v>475000.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N32" s="6">
-        <v>574750</v>
+        <v>1391500</v>
       </c>
       <c r="O32" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P32" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="33" spans="1:17">
       <c r="A33">
-        <v>13976</v>
+        <v>4439</v>
       </c>
       <c r="B33">
-        <v>0.13</v>
+        <v>0.31</v>
+      </c>
+      <c r="C33" t="s">
+        <v>123</v>
       </c>
       <c r="D33" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G33" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="H33" t="s">
-        <v>114</v>
+        <v>66</v>
+      </c>
+      <c r="J33" t="s">
+        <v>77</v>
+      </c>
+      <c r="K33" t="s">
+        <v>77</v>
+      </c>
+      <c r="L33" t="s">
+        <v>68</v>
       </c>
       <c r="M33" s="6">
-        <v>500000.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N33" s="6">
-        <v>605000</v>
+        <v>1391500</v>
       </c>
       <c r="O33" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P33" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:17">
       <c r="A34">
-        <v>13410</v>
+        <v>14208</v>
       </c>
       <c r="B34">
-        <v>3.13</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>0.18</v>
       </c>
       <c r="D34" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
+      <c r="F34" t="s">
+        <v>125</v>
+      </c>
       <c r="G34" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="H34" t="s">
-        <v>68</v>
-[...11 lines deleted...]
-        <v>70</v>
+        <v>117</v>
       </c>
       <c r="M34" s="6">
-        <v>920000.0</v>
+        <v>1490000.0</v>
       </c>
       <c r="N34" s="6">
-        <v>1113200</v>
+        <v>1802900</v>
       </c>
       <c r="O34" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P34" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="35" spans="1:17">
       <c r="A35">
-        <v>12803</v>
+        <v>4440</v>
       </c>
       <c r="B35">
-        <v>0.15</v>
+        <v>0.5</v>
       </c>
       <c r="C35" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D35" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="G35" t="s">
-        <v>119</v>
+        <v>76</v>
       </c>
       <c r="H35" t="s">
-        <v>68</v>
-[...8 lines deleted...]
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="M35" s="6">
-        <v>1150000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="N35" s="6">
-        <v>1391500</v>
+        <v>1815000</v>
       </c>
       <c r="O35" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P35" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="36" spans="1:17">
       <c r="A36">
-        <v>4439</v>
+        <v>11121</v>
       </c>
       <c r="B36">
-        <v>0.31</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>0.16</v>
       </c>
       <c r="D36" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="G36" t="s">
-        <v>102</v>
+        <v>65</v>
       </c>
       <c r="H36" t="s">
-        <v>68</v>
-[...8 lines deleted...]
-        <v>72</v>
+        <v>117</v>
       </c>
       <c r="M36" s="6">
-        <v>1150000.0</v>
+        <v>4400000.0</v>
       </c>
       <c r="N36" s="6">
-        <v>1391500</v>
+        <v>5324000</v>
       </c>
       <c r="O36" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P36" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="37" spans="1:17">
       <c r="A37">
-        <v>8615</v>
+        <v>11345</v>
       </c>
       <c r="B37">
-        <v>0.31</v>
+        <v>0.29</v>
       </c>
       <c r="C37" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D37" t="s">
+        <v>74</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>130</v>
+      </c>
+      <c r="G37" t="s">
+        <v>81</v>
+      </c>
+      <c r="H37" t="s">
+        <v>117</v>
+      </c>
+      <c r="J37" t="s">
+        <v>98</v>
+      </c>
+      <c r="K37" t="s">
+        <v>98</v>
+      </c>
+      <c r="L37" t="s">
         <v>78</v>
       </c>
-      <c r="E37" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M37" s="6">
-        <v>1280000.0</v>
+        <v>6479900.0</v>
       </c>
       <c r="N37" s="6">
-        <v>1548800</v>
+        <v>7840679</v>
       </c>
       <c r="O37" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P37" t="s">
         <v>64</v>
-      </c>
-[...71 lines deleted...]
-        <v>66</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="P17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="P18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="P19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="P20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="P21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="P22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="P23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="P24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="P25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="P26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="P27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="P28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="P29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="P30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="P31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="P32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="P33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="P34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="P35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="P36" r:id="rId_hyperlink_34"/>
     <hyperlink ref="P37" r:id="rId_hyperlink_35"/>
-    <hyperlink ref="P38" r:id="rId_hyperlink_36"/>
-    <hyperlink ref="P39" r:id="rId_hyperlink_37"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>