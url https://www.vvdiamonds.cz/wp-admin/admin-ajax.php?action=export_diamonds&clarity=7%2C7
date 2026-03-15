--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -73,372 +73,339 @@
   <si>
     <t>Proporce</t>
   </si>
   <si>
     <t>Polish</t>
   </si>
   <si>
     <t>Symetrie</t>
   </si>
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
-    <t>4.56mm - 4.58mm x 2.79mm</t>
-[...2 lines deleted...]
-    <t>H</t>
+    <t>4.72mm - 4.76mm x 2.88mm</t>
+  </si>
+  <si>
+    <t>F</t>
   </si>
   <si>
     <t>SI2</t>
   </si>
   <si>
+    <t>4.77mm - 4.81mm x 2.83mm</t>
+  </si>
+  <si>
+    <t>4.68mm - 4.72mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>4.66mm - 4.70mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>4.65mm - 4.69mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>4.69mm - 4.72mm x 2.95mm</t>
+  </si>
+  <si>
     <t>4.80mm - 4.83mm x 2.98mm</t>
   </si>
   <si>
-    <t>F</t>
-[...23 lines deleted...]
-    <t>https://www.vvdiamonds.cz/035ct-h-si2-s-gia-certifikatem-14332.html</t>
+    <t>4.76mm - 4.79mm x 2.89mm</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html</t>
-[...16 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html</t>
+    <t>https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html</t>
+    <t>https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/029ct-bl2-fancy-gray-blue-si2-s-arg-a-gia-certifikaty-11345.html</t>
   </si>
   <si>
     <t>Round</t>
   </si>
   <si>
     <t>GIA</t>
   </si>
   <si>
     <t>Excellent</t>
   </si>
   <si>
+    <t>střední</t>
+  </si>
+  <si>
+    <t>Skladem</t>
+  </si>
+  <si>
     <t>žádná</t>
   </si>
   <si>
-    <t>Skladem</t>
-[...10 lines deleted...]
-  <si>
     <t>3.93mm x 3.78mm x 2.59mm</t>
   </si>
   <si>
     <t>Fn</t>
   </si>
   <si>
     <t>Fancy Intense Yellow</t>
   </si>
   <si>
     <t>Radiant</t>
   </si>
   <si>
     <t>Very Good</t>
   </si>
   <si>
     <t>nepatrná</t>
   </si>
   <si>
-    <t>9.12mm x 5.23mm x 3.50mm</t>
+    <t>5.93mm x 6.98mm x 4.14mm</t>
+  </si>
+  <si>
+    <t>O</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>7.41mm x 5.80mm x 3.88mm</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
+    <t>silná</t>
+  </si>
+  <si>
+    <t>6.41mm - 6.45mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>HRD</t>
+  </si>
+  <si>
+    <t>11.54mm x 6.12mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>Marquise</t>
+  </si>
+  <si>
+    <t>6.82mm x 5.64mm x 4.06mm</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>mírná</t>
+  </si>
+  <si>
+    <t>7.36mm - 7.41mm x 4.50mm</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>4.52mm x 3.99mm x 3.07mm</t>
+  </si>
+  <si>
+    <t>Fancy Vivid Yellow</t>
+  </si>
+  <si>
+    <t>Good</t>
+  </si>
+  <si>
+    <t>6.70mm x 6.48mm x 4.51mm</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>Cushion</t>
+  </si>
+  <si>
+    <t>9.67mm x 7.08mm x 4.40mm</t>
+  </si>
+  <si>
+    <t>Oval</t>
+  </si>
+  <si>
+    <t>velmi mírná</t>
+  </si>
+  <si>
+    <t>5.32mm x 4.20mm x 3.00mm</t>
+  </si>
+  <si>
+    <t>Fancy Intense Yellow-Orange</t>
+  </si>
+  <si>
+    <t>střední žlutá</t>
+  </si>
+  <si>
+    <t>9.57mm x 7.14mm x 4.40mm</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>5.12mm - 5.16mm x 3.12mm</t>
+  </si>
+  <si>
+    <t>Very Light Pink</t>
+  </si>
+  <si>
+    <t>7.65mm x 8.97mm x 5.25mm</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>Fancy Purplish Pink</t>
+  </si>
+  <si>
+    <t>ARGYLE</t>
+  </si>
+  <si>
+    <t>5.39mm x 3.54mm x 1.99mm</t>
+  </si>
+  <si>
+    <t>Fancy Intense Pinkish Purple</t>
+  </si>
+  <si>
     <t>Pear</t>
   </si>
   <si>
-    <t>5.93mm x 6.98mm x 4.14mm</t>
-[...115 lines deleted...]
-  <si>
     <t>9.36mm - 9.40mm x 5.82mm</t>
   </si>
   <si>
     <t>3.53mm x 3.67mm x 1.88mm</t>
   </si>
   <si>
     <t>4.22mm x 3.83mm x 2.26mm</t>
   </si>
   <si>
     <t>Fancy Intense Bluish Green</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fancy Deep Pink</t>
   </si>
   <si>
     <t>4.61mm x 3.79mm x 2.94mm</t>
   </si>
   <si>
     <t>Fancy Purple-Pink</t>
   </si>
   <si>
     <t>Fancy Vivid Purplish Pink</t>
   </si>
   <si>
     <t>5.05mm x 3.76mm x 2.13mm</t>
   </si>
   <si>
     <t>Fancy Gray-Blue</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
@@ -921,62 +888,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/035ct-h-si2-s-gia-certifikatem-14332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-m-si2-s-gia-certifikatem-14288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-l-si2-s-igi-certifikatem-10886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/013ct-7p-fancy-pink-siav-s-arg-certifikatem-13976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-3pr-fancy-deep-pink-si2-s-arg-certifikatem-14208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-bl2-fancy-gray-blue-si2-s-arg-a-gia-certifikaty-11345.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13399.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-f-si2-s-gia-certifikatem-13402.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-e-si2-s-gia-certifikatem-13393.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/043ct-f-si2-s-gia-certifikatem-14019.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/040ct-d-si2-s-gia-certifikatem-13391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/036ct-fancy-intense-yellow-si2-s-gia-certifikatem-14102.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-o-si2-s-gia-certifikatem-14289.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/151ct-m-si2-s-gia-certifikatem-10889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/101ct-e-si2-s-hrd-certifikatem-6046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-m-si2-s-gia-certifikatem-13228.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-i-si2-s-hrd-certifikatem-12055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/150ct-l-si2-s-igi-certifikatem-11170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-vivid-yellow-si2-s-gia-certifikatem-10222.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/170ct-j-si2-s-gia-certifikatem-12346.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-l-si2-s-igi-certifikatem-12493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/059ct-fancy-intense-yellow-orange-si2-s-gia-certifikatem-4662.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/201ct-k-si2-s-igi-certifikatem-10750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-very-light-pink-si2-s-gia-certifikatem-10214.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/202ct-g-si2-s-gia-certifikatem-13226.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/009ct-6pp-fancy-purplish-pink-siav-s-arg-certifikatem-12483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/027ct-fancy-intense-pinkish-purple-si2-s-gia-certifikatem-4608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/313ct-f-si2-s-gia-certifikatem-13410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-6p-fancy-purplish-pink-si2-s-gia-cislovano-arg-12803.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/031ct-fancy-intense-bluish-green-si2-s-gia-certifikatem-4439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/050ct-fancy-purple-pink-si2-s-gia-certifikatem-4440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/016ct-2pp-fancy-vivid-purplish-pink-si2-s-arg-certifikatem-11121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/029ct-bl2-fancy-gray-blue-si2-s-arg-a-gia-certifikaty-11345.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q37"/>
+  <dimension ref="A1:Q32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N37" sqref="N37"/>
+      <selection activeCell="N32" sqref="N32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -1018,1653 +985,1443 @@
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
-        <v>14332</v>
+        <v>13399</v>
       </c>
       <c r="B3">
-        <v>0.35</v>
+        <v>0.4</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H3" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M3" s="6">
-        <v>8085.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N3" s="6">
-        <v>9783</v>
+        <v>14230</v>
       </c>
       <c r="O3" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>14019</v>
+        <v>13400</v>
       </c>
       <c r="B4">
-        <v>0.43</v>
+        <v>0.4</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H4" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I4" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J4" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K4" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L4" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M4" s="6">
-        <v>13868.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N4" s="6">
-        <v>16780</v>
+        <v>14230</v>
       </c>
       <c r="O4" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P4" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>13399</v>
+        <v>13401</v>
       </c>
       <c r="B5">
         <v>0.4</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H5" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I5" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J5" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K5" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="M5" s="6">
-        <v>15680.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N5" s="6">
-        <v>18973</v>
+        <v>14230</v>
       </c>
       <c r="O5" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>13400</v>
+        <v>13402</v>
       </c>
       <c r="B6">
         <v>0.4</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H6" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I6" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J6" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K6" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L6" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="M6" s="6">
-        <v>15680.0</v>
+        <v>11760.0</v>
       </c>
       <c r="N6" s="6">
-        <v>18973</v>
+        <v>14230</v>
       </c>
       <c r="O6" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>13401</v>
+        <v>13392</v>
       </c>
       <c r="B7">
         <v>0.4</v>
       </c>
       <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" t="s">
         <v>25</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H7" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I7" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J7" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K7" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L7" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="M7" s="6">
-        <v>15680.0</v>
+        <v>12600.0</v>
       </c>
       <c r="N7" s="6">
-        <v>18973</v>
+        <v>15246</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>13402</v>
+        <v>13393</v>
       </c>
       <c r="B8">
         <v>0.4</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H8" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I8" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J8" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K8" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L8" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="M8" s="6">
-        <v>15680.0</v>
+        <v>12600.0</v>
       </c>
       <c r="N8" s="6">
-        <v>18973</v>
+        <v>15246</v>
       </c>
       <c r="O8" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P8" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>13392</v>
+        <v>14019</v>
       </c>
       <c r="B9">
-        <v>0.4</v>
+        <v>0.43</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s">
+        <v>62</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>62</v>
+      </c>
+      <c r="L9" t="s">
         <v>65</v>
       </c>
-      <c r="H9" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M9" s="6">
-        <v>16660.0</v>
+        <v>12642.0</v>
       </c>
       <c r="N9" s="6">
-        <v>20159</v>
+        <v>15297</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>13393</v>
+        <v>13391</v>
       </c>
       <c r="B10">
         <v>0.4</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H10" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I10" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="J10" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K10" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L10" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="M10" s="6">
-        <v>16660.0</v>
+        <v>13440.0</v>
       </c>
       <c r="N10" s="6">
-        <v>20159</v>
+        <v>16262</v>
       </c>
       <c r="O10" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>13391</v>
+        <v>14102</v>
       </c>
       <c r="B11">
-        <v>0.4</v>
+        <v>0.36</v>
       </c>
       <c r="C11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>68</v>
+      </c>
+      <c r="G11" t="s">
+        <v>69</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+      <c r="J11" t="s">
+        <v>62</v>
+      </c>
+      <c r="K11" t="s">
+        <v>70</v>
+      </c>
+      <c r="L11" t="s">
         <v>71</v>
       </c>
-      <c r="D11" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="M11" s="6">
-        <v>17640.0</v>
+        <v>22000.0</v>
       </c>
       <c r="N11" s="6">
-        <v>21344</v>
+        <v>26620</v>
       </c>
       <c r="O11" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>14102</v>
+        <v>14289</v>
       </c>
       <c r="B12">
-        <v>0.36</v>
+        <v>1.01</v>
       </c>
       <c r="C12" t="s">
+        <v>72</v>
+      </c>
+      <c r="D12" t="s">
         <v>73</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
         <v>74</v>
       </c>
-      <c r="E12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H12" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J12" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K12" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="L12" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="M12" s="6">
-        <v>22000.0</v>
+        <v>36700.0</v>
       </c>
       <c r="N12" s="6">
-        <v>26620</v>
+        <v>44407</v>
       </c>
       <c r="O12" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>14288</v>
+        <v>10889</v>
       </c>
       <c r="B13">
-        <v>1</v>
+        <v>1.51</v>
       </c>
       <c r="C13" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D13" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="H13" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J13" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K13" t="s">
+        <v>62</v>
+      </c>
+      <c r="L13" t="s">
         <v>77</v>
       </c>
-      <c r="L13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M13" s="6">
-        <v>33900.0</v>
+        <v>63000.0</v>
       </c>
       <c r="N13" s="6">
-        <v>41019</v>
+        <v>76230</v>
       </c>
       <c r="O13" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P13" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:17">
       <c r="A14">
-        <v>14289</v>
+        <v>6046</v>
       </c>
       <c r="B14">
         <v>1.01</v>
       </c>
       <c r="C14" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D14" t="s">
-        <v>83</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>79</v>
+      </c>
+      <c r="I14" t="s">
+        <v>70</v>
       </c>
       <c r="J14" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="K14" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L14" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="M14" s="6">
-        <v>36700.0</v>
+        <v>72500.0</v>
       </c>
       <c r="N14" s="6">
-        <v>44407</v>
+        <v>87725</v>
       </c>
       <c r="O14" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15">
-        <v>10886</v>
+        <v>13228</v>
       </c>
       <c r="B15">
-        <v>1.01</v>
+        <v>1.7</v>
       </c>
       <c r="C15" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="D15" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>81</v>
       </c>
       <c r="H15" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="J15" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="K15" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="L15" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="M15" s="6">
-        <v>44000.0</v>
+        <v>78000.0</v>
       </c>
       <c r="N15" s="6">
-        <v>53240</v>
+        <v>94380</v>
       </c>
       <c r="O15" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:17">
       <c r="A16">
-        <v>13228</v>
+        <v>12055</v>
       </c>
       <c r="B16">
-        <v>1.7</v>
+        <v>1.5</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="D16" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="H16" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="J16" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K16" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="L16" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="M16" s="6">
-        <v>78000.0</v>
+        <v>79900.0</v>
       </c>
       <c r="N16" s="6">
-        <v>94380</v>
+        <v>96679</v>
       </c>
       <c r="O16" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:17">
       <c r="A17">
-        <v>12055</v>
+        <v>11170</v>
       </c>
       <c r="B17">
         <v>1.5</v>
       </c>
       <c r="C17" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="D17" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="H17" t="s">
-        <v>93</v>
+        <v>87</v>
+      </c>
+      <c r="I17" t="s">
+        <v>62</v>
       </c>
       <c r="J17" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K17" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="L17" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="M17" s="6">
-        <v>79900.0</v>
+        <v>83160.0</v>
       </c>
       <c r="N17" s="6">
-        <v>96679</v>
+        <v>100624</v>
       </c>
       <c r="O17" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P17" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:17">
       <c r="A18">
-        <v>10889</v>
+        <v>10222</v>
       </c>
       <c r="B18">
-        <v>1.51</v>
+        <v>0.5</v>
       </c>
       <c r="C18" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="D18" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
+      <c r="F18" t="s">
+        <v>89</v>
+      </c>
       <c r="G18" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="H18" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J18" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="K18" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="L18" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="M18" s="6">
-        <v>85000.0</v>
+        <v>87400.0</v>
       </c>
       <c r="N18" s="6">
-        <v>102850</v>
+        <v>105754</v>
       </c>
       <c r="O18" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19">
-        <v>10222</v>
+        <v>12346</v>
       </c>
       <c r="B19">
-        <v>0.5</v>
+        <v>1.7</v>
       </c>
       <c r="C19" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="D19" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="F19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="H19" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J19" t="s">
-        <v>98</v>
+        <v>62</v>
       </c>
       <c r="K19" t="s">
-        <v>98</v>
+        <v>62</v>
       </c>
       <c r="L19" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="M19" s="6">
-        <v>87400.0</v>
+        <v>99000.0</v>
       </c>
       <c r="N19" s="6">
-        <v>105754</v>
+        <v>119790</v>
       </c>
       <c r="O19" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20">
-        <v>12346</v>
+        <v>12493</v>
       </c>
       <c r="B20">
-        <v>1.7</v>
+        <v>2.01</v>
       </c>
       <c r="C20" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D20" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="H20" t="s">
-        <v>66</v>
+        <v>87</v>
+      </c>
+      <c r="I20" t="s">
+        <v>70</v>
       </c>
       <c r="J20" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K20" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L20" t="s">
-        <v>68</v>
+        <v>96</v>
       </c>
       <c r="M20" s="6">
-        <v>99000.0</v>
+        <v>126000.0</v>
       </c>
       <c r="N20" s="6">
-        <v>119790</v>
+        <v>152460</v>
       </c>
       <c r="O20" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21">
-        <v>6046</v>
+        <v>4662</v>
       </c>
       <c r="B21">
-        <v>1.01</v>
+        <v>0.59</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
+      <c r="F21" t="s">
+        <v>98</v>
+      </c>
       <c r="G21" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="H21" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="J21" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="K21" t="s">
-        <v>67</v>
+        <v>90</v>
       </c>
       <c r="L21" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="M21" s="6">
-        <v>109080.0</v>
+        <v>158000.0</v>
       </c>
       <c r="N21" s="6">
-        <v>131987</v>
+        <v>191180</v>
       </c>
       <c r="O21" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P21" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22">
-        <v>11170</v>
+        <v>10750</v>
       </c>
       <c r="B22">
-        <v>1.5</v>
+        <v>2.01</v>
       </c>
       <c r="C22" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D22" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="H22" t="s">
         <v>87</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="K22" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="L22" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="M22" s="6">
-        <v>121500.0</v>
+        <v>209000.0</v>
       </c>
       <c r="N22" s="6">
-        <v>147015</v>
+        <v>252890</v>
       </c>
       <c r="O22" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23">
-        <v>12493</v>
+        <v>10214</v>
       </c>
       <c r="B23">
-        <v>2.01</v>
+        <v>0.5</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="D23" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
+      <c r="F23" t="s">
+        <v>103</v>
+      </c>
       <c r="G23" t="s">
-        <v>105</v>
+        <v>60</v>
       </c>
       <c r="H23" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="J23" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="K23" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="L23" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="M23" s="6">
-        <v>126000.0</v>
+        <v>259000.0</v>
       </c>
       <c r="N23" s="6">
-        <v>152460</v>
+        <v>313390</v>
       </c>
       <c r="O23" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P23" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24">
-        <v>4662</v>
+        <v>13226</v>
       </c>
       <c r="B24">
-        <v>0.59</v>
+        <v>2.02</v>
       </c>
       <c r="C24" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D24" t="s">
+        <v>105</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
         <v>74</v>
       </c>
-      <c r="E24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H24" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J24" t="s">
-        <v>98</v>
+        <v>62</v>
       </c>
       <c r="K24" t="s">
-        <v>98</v>
+        <v>62</v>
       </c>
       <c r="L24" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="M24" s="6">
-        <v>158000.0</v>
+        <v>340000.0</v>
       </c>
       <c r="N24" s="6">
-        <v>191180</v>
+        <v>411400</v>
       </c>
       <c r="O24" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P24" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25">
-        <v>10750</v>
+        <v>12483</v>
       </c>
       <c r="B25">
-        <v>2.01</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>0.09</v>
       </c>
       <c r="D25" t="s">
-        <v>111</v>
+        <v>67</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
+      <c r="F25" t="s">
+        <v>106</v>
+      </c>
       <c r="G25" t="s">
-        <v>105</v>
+        <v>60</v>
       </c>
       <c r="H25" t="s">
-        <v>87</v>
-[...8 lines deleted...]
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="M25" s="6">
-        <v>209000.0</v>
+        <v>390000.0</v>
       </c>
       <c r="N25" s="6">
-        <v>252890</v>
+        <v>471900</v>
       </c>
       <c r="O25" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P25" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26" spans="1:17">
       <c r="A26">
-        <v>10214</v>
+        <v>4608</v>
       </c>
       <c r="B26">
-        <v>0.5</v>
+        <v>0.27</v>
       </c>
       <c r="C26" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="G26" t="s">
+        <v>110</v>
+      </c>
+      <c r="H26" t="s">
+        <v>61</v>
+      </c>
+      <c r="J26" t="s">
+        <v>70</v>
+      </c>
+      <c r="K26" t="s">
+        <v>90</v>
+      </c>
+      <c r="L26" t="s">
         <v>65</v>
       </c>
-      <c r="H26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M26" s="6">
-        <v>259000.0</v>
+        <v>475000.0</v>
       </c>
       <c r="N26" s="6">
-        <v>313390</v>
+        <v>574750</v>
       </c>
       <c r="O26" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P26" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:17">
       <c r="A27">
-        <v>13226</v>
+        <v>13410</v>
       </c>
       <c r="B27">
-        <v>2.02</v>
+        <v>3.13</v>
       </c>
       <c r="C27" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="H27" t="s">
-        <v>66</v>
+        <v>61</v>
+      </c>
+      <c r="I27" t="s">
+        <v>62</v>
       </c>
       <c r="J27" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K27" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L27" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="M27" s="6">
-        <v>340000.0</v>
+        <v>920000.0</v>
       </c>
       <c r="N27" s="6">
-        <v>411400</v>
+        <v>1113200</v>
       </c>
       <c r="O27" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28">
-        <v>12483</v>
+        <v>12803</v>
       </c>
       <c r="B28">
-        <v>0.09</v>
+        <v>0.15</v>
+      </c>
+      <c r="C28" t="s">
+        <v>112</v>
       </c>
       <c r="D28" t="s">
+        <v>67</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>106</v>
+      </c>
+      <c r="G28" t="s">
         <v>74</v>
       </c>
-      <c r="E28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H28" t="s">
-        <v>117</v>
+        <v>61</v>
+      </c>
+      <c r="J28" t="s">
+        <v>90</v>
+      </c>
+      <c r="K28" t="s">
+        <v>90</v>
+      </c>
+      <c r="L28" t="s">
+        <v>63</v>
       </c>
       <c r="M28" s="6">
-        <v>390000.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N28" s="6">
-        <v>471900</v>
+        <v>1391500</v>
       </c>
       <c r="O28" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P28" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:17">
       <c r="A29">
-        <v>4608</v>
+        <v>4439</v>
       </c>
       <c r="B29">
-        <v>0.27</v>
+        <v>0.31</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D29" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="G29" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="H29" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J29" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K29" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="L29" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="M29" s="6">
-        <v>475000.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N29" s="6">
-        <v>574750</v>
+        <v>1391500</v>
       </c>
       <c r="O29" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P29" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:17">
       <c r="A30">
-        <v>13976</v>
+        <v>4440</v>
       </c>
       <c r="B30">
-        <v>0.13</v>
+        <v>0.5</v>
+      </c>
+      <c r="C30" t="s">
+        <v>115</v>
       </c>
       <c r="D30" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="G30" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
       <c r="H30" t="s">
-        <v>117</v>
+        <v>61</v>
       </c>
       <c r="M30" s="6">
-        <v>500000.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="N30" s="6">
-        <v>605000</v>
+        <v>1815000</v>
       </c>
       <c r="O30" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P30" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="31" spans="1:17">
       <c r="A31">
-        <v>13410</v>
+        <v>11121</v>
       </c>
       <c r="B31">
-        <v>3.13</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>0.16</v>
       </c>
       <c r="D31" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
+      <c r="F31" t="s">
+        <v>117</v>
+      </c>
       <c r="G31" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H31" t="s">
-        <v>66</v>
-[...11 lines deleted...]
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="M31" s="6">
-        <v>920000.0</v>
+        <v>4400000.0</v>
       </c>
       <c r="N31" s="6">
-        <v>1113200</v>
+        <v>5324000</v>
       </c>
       <c r="O31" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P31" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="32" spans="1:17">
       <c r="A32">
-        <v>12803</v>
+        <v>11345</v>
       </c>
       <c r="B32">
-        <v>0.15</v>
+        <v>0.29</v>
       </c>
       <c r="C32" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D32" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G32" t="s">
-        <v>84</v>
+        <v>110</v>
       </c>
       <c r="H32" t="s">
-        <v>66</v>
+        <v>107</v>
       </c>
       <c r="J32" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="K32" t="s">
-        <v>98</v>
+        <v>90</v>
       </c>
       <c r="L32" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M32" s="6">
-        <v>1150000.0</v>
+        <v>6500000.0</v>
       </c>
       <c r="N32" s="6">
-        <v>1391500</v>
+        <v>7865000</v>
       </c>
       <c r="O32" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="P32" t="s">
         <v>59</v>
-      </c>
-[...200 lines deleted...]
-        <v>64</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="P15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="P16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="P17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="P18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="P19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="P20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="P21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="P22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="P23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="P24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="P25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="P26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="P27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="P28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="P29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="P30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="P31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="P32" r:id="rId_hyperlink_30"/>
-    <hyperlink ref="P33" r:id="rId_hyperlink_31"/>
-[...3 lines deleted...]
-    <hyperlink ref="P37" r:id="rId_hyperlink_35"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>