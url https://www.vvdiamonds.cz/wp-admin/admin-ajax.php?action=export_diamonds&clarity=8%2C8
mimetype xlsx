--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -91,74 +91,68 @@
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
     <t>4.59mm x 4.05mm x 2.89mm</t>
   </si>
   <si>
     <t>Fn</t>
   </si>
   <si>
     <t>I1</t>
   </si>
   <si>
     <t>7.79mm x 5.39mm x 3.36mm</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
     <t>4.39mm x 4.34mm x 3.06mm</t>
   </si>
   <si>
-    <t>3.77mm - 3.83mm x 2.63mm</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/025ct-bl1-fancy-grayish-blue-i1-s-gia-cislovano-arg-12724.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html</t>
   </si>
   <si>
     <t>Fancy Intense Yellow</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
     <t>Good</t>
@@ -173,59 +167,50 @@
     <t>Skladem</t>
   </si>
   <si>
     <t>Oval</t>
   </si>
   <si>
     <t>GIA</t>
   </si>
   <si>
     <t>Excellent</t>
   </si>
   <si>
     <t>nepatrná</t>
   </si>
   <si>
     <t>Fancy Light Pink</t>
   </si>
   <si>
     <t>Round</t>
   </si>
   <si>
     <t>ARGYLE</t>
   </si>
   <si>
     <t>Fancy Pink</t>
-  </si>
-[...7 lines deleted...]
-    <t>střední</t>
   </si>
   <si>
     <t>Fancy Intense Pink</t>
   </si>
   <si>
     <t>Heart</t>
   </si>
   <si>
     <t>Fancy Vivid Purplish Pink</t>
   </si>
   <si>
     <t>5.57mm x 4.78mm x 3.51mm</t>
   </si>
   <si>
     <t>Fancy Deep Pink</t>
   </si>
   <si>
     <t>Radiant</t>
   </si>
   <si>
     <t>7.30mm x 4.86mm x 3.81mm</t>
   </si>
   <si>
     <t>Pear</t>
   </si>
@@ -723,62 +708,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/025ct-bl1-fancy-grayish-blue-i1-s-gia-cislovano-arg-12724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q14"/>
+  <dimension ref="A1:Q13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N14" sqref="N14"/>
+      <selection activeCell="N13" sqref="N13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -835,547 +820,500 @@
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
         <v>4408</v>
       </c>
       <c r="B3">
         <v>0.51</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
         <v>37</v>
       </c>
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>38</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
         <v>39</v>
       </c>
-      <c r="I3" t="s">
+      <c r="K3" t="s">
+        <v>39</v>
+      </c>
+      <c r="L3" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="M3" s="6">
         <v>40376.0</v>
       </c>
       <c r="N3" s="6">
         <v>48855</v>
       </c>
       <c r="O3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
         <v>10749</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+      <c r="J4" t="s">
         <v>44</v>
       </c>
-      <c r="H4" t="s">
+      <c r="K4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L4" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="M4" s="6">
         <v>42370.0</v>
       </c>
       <c r="N4" s="6">
         <v>51268</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
         <v>4409</v>
       </c>
       <c r="B5">
         <v>0.54</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
         <v>37</v>
       </c>
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>38</v>
       </c>
-      <c r="H5" t="s">
+      <c r="J5" t="s">
         <v>39</v>
       </c>
-      <c r="I5" t="s">
+      <c r="K5" t="s">
+        <v>39</v>
+      </c>
+      <c r="L5" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="M5" s="6">
         <v>42848.0</v>
       </c>
       <c r="N5" s="6">
         <v>51846</v>
       </c>
       <c r="O5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
         <v>13974</v>
       </c>
       <c r="B6">
         <v>0.15</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="M6" s="6">
         <v>190000.0</v>
       </c>
       <c r="N6" s="6">
         <v>229900</v>
       </c>
       <c r="O6" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
         <v>13541</v>
       </c>
       <c r="B7">
         <v>0.19</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="M7" s="6">
         <v>320000.0</v>
       </c>
       <c r="N7" s="6">
         <v>387200</v>
       </c>
       <c r="O7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P7" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
         <v>13542</v>
       </c>
       <c r="B8">
         <v>0.18</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="M8" s="6">
         <v>440000.0</v>
       </c>
       <c r="N8" s="6">
         <v>532400</v>
       </c>
       <c r="O8" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>12724</v>
+        <v>9787</v>
       </c>
       <c r="B9">
-        <v>0.25</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.42</v>
+      </c>
+      <c r="C9"/>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="G9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="M9" s="6">
-        <v>4200000.0</v>
+        <v>4900000.0</v>
       </c>
       <c r="N9" s="6">
-        <v>5082000</v>
+        <v>5929000</v>
       </c>
       <c r="O9" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P9" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>9787</v>
+        <v>11247</v>
       </c>
       <c r="B10">
-        <v>0.42</v>
+        <v>0.56</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G10" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="M10" s="6">
-        <v>4900000.0</v>
+        <v>9700000.0</v>
       </c>
       <c r="N10" s="6">
-        <v>5929000</v>
+        <v>11737000</v>
       </c>
       <c r="O10" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P10" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>11247</v>
+        <v>7404</v>
       </c>
       <c r="B11">
-        <v>0.56</v>
+        <v>0.8</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G11" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="M11" s="6">
-        <v>9700000.0</v>
+        <v>13500000.0</v>
       </c>
       <c r="N11" s="6">
-        <v>11737000</v>
+        <v>16335000</v>
       </c>
       <c r="O11" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P11" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>7404</v>
+        <v>6776</v>
       </c>
       <c r="B12">
-        <v>0.8</v>
+        <v>1.02</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="G12" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="M12" s="6">
-        <v>13500000.0</v>
+        <v>16500000.0</v>
       </c>
       <c r="N12" s="6">
-        <v>16335000</v>
+        <v>19965000</v>
       </c>
       <c r="O12" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>6776</v>
+        <v>8508</v>
       </c>
       <c r="B13">
-        <v>1.02</v>
+        <v>0.54</v>
       </c>
       <c r="C13" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G13" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="H13" t="s">
-        <v>50</v>
+        <v>43</v>
+      </c>
+      <c r="J13" t="s">
+        <v>38</v>
+      </c>
+      <c r="K13" t="s">
+        <v>38</v>
+      </c>
+      <c r="L13" t="s">
+        <v>45</v>
       </c>
       <c r="M13" s="6">
-        <v>16500000.0</v>
+        <v>29000000.0</v>
       </c>
       <c r="N13" s="6">
-        <v>19965000</v>
+        <v>35090000</v>
       </c>
       <c r="O13" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="P13" t="s">
-        <v>35</v>
-[...46 lines deleted...]
-        <v>36</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
-    <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>