--- v1 (2025-12-08)
+++ v2 (2026-01-29)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -109,50 +109,53 @@
   <si>
     <t>J</t>
   </si>
   <si>
     <t>4.39mm x 4.34mm x 3.06mm</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html</t>
   </si>
   <si>
     <t>Fancy Intense Yellow</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
     <t>Good</t>
@@ -172,69 +175,69 @@
   <si>
     <t>GIA</t>
   </si>
   <si>
     <t>Excellent</t>
   </si>
   <si>
     <t>nepatrná</t>
   </si>
   <si>
     <t>Fancy Light Pink</t>
   </si>
   <si>
     <t>Round</t>
   </si>
   <si>
     <t>ARGYLE</t>
   </si>
   <si>
     <t>Fancy Pink</t>
   </si>
   <si>
     <t>Fancy Intense Pink</t>
   </si>
   <si>
+    <t>Pear</t>
+  </si>
+  <si>
     <t>Heart</t>
   </si>
   <si>
     <t>Fancy Vivid Purplish Pink</t>
   </si>
   <si>
     <t>5.57mm x 4.78mm x 3.51mm</t>
   </si>
   <si>
     <t>Fancy Deep Pink</t>
   </si>
   <si>
     <t>Radiant</t>
   </si>
   <si>
     <t>7.30mm x 4.86mm x 3.81mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pear</t>
   </si>
   <si>
     <t>5.95mm x 4.29mm x 2.95mm</t>
   </si>
   <si>
     <t>Fancy Gray-Blue / BL2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -708,62 +711,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q13"/>
+  <dimension ref="A1:Q14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N13" sqref="N13"/>
+      <selection activeCell="N14" sqref="N14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -820,500 +823,536 @@
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
         <v>4408</v>
       </c>
       <c r="B3">
         <v>0.51</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M3" s="6">
         <v>40376.0</v>
       </c>
       <c r="N3" s="6">
         <v>48855</v>
       </c>
       <c r="O3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
         <v>10749</v>
       </c>
       <c r="B4">
         <v>1</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M4" s="6">
         <v>42370.0</v>
       </c>
       <c r="N4" s="6">
         <v>51268</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
         <v>4409</v>
       </c>
       <c r="B5">
         <v>0.54</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M5" s="6">
         <v>42848.0</v>
       </c>
       <c r="N5" s="6">
         <v>51846</v>
       </c>
       <c r="O5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
         <v>13974</v>
       </c>
       <c r="B6">
         <v>0.15</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M6" s="6">
         <v>190000.0</v>
       </c>
       <c r="N6" s="6">
         <v>229900</v>
       </c>
       <c r="O6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
         <v>13541</v>
       </c>
       <c r="B7">
         <v>0.19</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M7" s="6">
         <v>320000.0</v>
       </c>
       <c r="N7" s="6">
         <v>387200</v>
       </c>
       <c r="O7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P7" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
         <v>13542</v>
       </c>
       <c r="B8">
         <v>0.18</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="M8" s="6">
         <v>440000.0</v>
       </c>
       <c r="N8" s="6">
         <v>532400</v>
       </c>
       <c r="O8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>9787</v>
+        <v>14207</v>
       </c>
       <c r="B9">
-        <v>0.42</v>
+        <v>0.15</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M9" s="6">
-        <v>4900000.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N9" s="6">
-        <v>5929000</v>
+        <v>1391500</v>
       </c>
       <c r="O9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>11247</v>
+        <v>9787</v>
       </c>
       <c r="B10">
-        <v>0.56</v>
+        <v>0.42</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>49</v>
+      </c>
+      <c r="M10" s="6">
+        <v>4900000.0</v>
+      </c>
+      <c r="N10" s="6">
+        <v>5929000</v>
+      </c>
+      <c r="O10" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
       <c r="P10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>7404</v>
+        <v>11247</v>
       </c>
       <c r="B11">
-        <v>0.8</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>0.56</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>54</v>
       </c>
       <c r="G11" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="H11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M11" s="6">
-        <v>13500000.0</v>
+        <v>9700000.0</v>
       </c>
       <c r="N11" s="6">
-        <v>16335000</v>
+        <v>11737000</v>
       </c>
       <c r="O11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>6776</v>
+        <v>7404</v>
       </c>
       <c r="B12">
-        <v>1.02</v>
+        <v>0.8</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G12" t="s">
         <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M12" s="6">
-        <v>16500000.0</v>
+        <v>13500000.0</v>
       </c>
       <c r="N12" s="6">
-        <v>19965000</v>
+        <v>16335000</v>
       </c>
       <c r="O12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>8508</v>
+        <v>6776</v>
       </c>
       <c r="B13">
-        <v>0.54</v>
+        <v>1.02</v>
       </c>
       <c r="C13" t="s">
         <v>58</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="G13" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13" t="s">
+        <v>49</v>
+      </c>
+      <c r="M13" s="6">
+        <v>16500000.0</v>
+      </c>
+      <c r="N13" s="6">
+        <v>19965000</v>
+      </c>
+      <c r="O13" t="s">
         <v>42</v>
-      </c>
-[...19 lines deleted...]
-        <v>41</v>
       </c>
       <c r="P13" t="s">
         <v>34</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17">
+      <c r="A14">
+        <v>8508</v>
+      </c>
+      <c r="B14">
+        <v>0.54</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14" t="s">
+        <v>44</v>
+      </c>
+      <c r="J14" t="s">
+        <v>39</v>
+      </c>
+      <c r="K14" t="s">
+        <v>39</v>
+      </c>
+      <c r="L14" t="s">
+        <v>46</v>
+      </c>
+      <c r="M14" s="6">
+        <v>29000000.0</v>
+      </c>
+      <c r="N14" s="6">
+        <v>35090000</v>
+      </c>
+      <c r="O14" t="s">
+        <v>42</v>
+      </c>
+      <c r="P14" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>