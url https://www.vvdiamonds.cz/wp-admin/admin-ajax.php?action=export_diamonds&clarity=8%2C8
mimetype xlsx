--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$Q$10000</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Katalogové číslo</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Čistota</t>
   </si>
   <si>
     <t>Upřesnění barvy</t>
   </si>
   <si>
@@ -82,65 +82,56 @@
   <si>
     <t>Fluorescence</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Dostupnost</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
     <t>4.59mm x 4.05mm x 2.89mm</t>
   </si>
   <si>
     <t>Fn</t>
   </si>
   <si>
     <t>I1</t>
   </si>
   <si>
-    <t>7.79mm x 5.39mm x 3.36mm</t>
-[...4 lines deleted...]
-  <si>
     <t>4.39mm x 4.34mm x 3.06mm</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html</t>
@@ -148,102 +139,99 @@
   <si>
     <t>https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html</t>
   </si>
   <si>
     <t>Fancy Intense Yellow</t>
   </si>
   <si>
     <t>Cushion</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
     <t>Good</t>
   </si>
   <si>
     <t>Very Good</t>
   </si>
   <si>
     <t>žádná</t>
   </si>
   <si>
     <t>Skladem</t>
   </si>
   <si>
+    <t>Fancy Light Pink</t>
+  </si>
+  <si>
+    <t>Round</t>
+  </si>
+  <si>
+    <t>ARGYLE</t>
+  </si>
+  <si>
+    <t>Fancy Pink</t>
+  </si>
+  <si>
+    <t>Fancy Intense Pink</t>
+  </si>
+  <si>
+    <t>Pear</t>
+  </si>
+  <si>
+    <t>Heart</t>
+  </si>
+  <si>
+    <t>Fancy Vivid Purplish Pink</t>
+  </si>
+  <si>
     <t>Oval</t>
   </si>
   <si>
+    <t>5.57mm x 4.78mm x 3.51mm</t>
+  </si>
+  <si>
+    <t>Fancy Deep Pink</t>
+  </si>
+  <si>
+    <t>Radiant</t>
+  </si>
+  <si>
+    <t>7.30mm x 4.86mm x 3.81mm</t>
+  </si>
+  <si>
+    <t>5.95mm x 4.29mm x 2.95mm</t>
+  </si>
+  <si>
+    <t>Fancy Gray-Blue / BL2</t>
+  </si>
+  <si>
     <t>GIA</t>
   </si>
   <si>
-    <t>Excellent</t>
-[...1 lines deleted...]
-  <si>
     <t>nepatrná</t>
-  </si>
-[...40 lines deleted...]
-    <t>Fancy Gray-Blue / BL2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
@@ -711,62 +699,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/100ct-j-i1-s-gia-certifikatem-10749.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/051ct-fancy-intense-yellow-i1-s-igi-certifikatem-4408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-fancy-intense-yellow-i1-s-igi-certifikatem-4409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-9pr-fancy-light-pink-i1-s-arg-certifikatem-13974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/019ct-8pr-fancy-light-pink-i1-s-arg-certifikatem-13541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/018ct-7pr-fancy-pink-i1-s-arg-certifikatem-13542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/015ct-3pr-fancy-intense-pink-i1-s-arg-certifikatem-14207.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/042ct-5p-fancy-intense-pink-i1-s-arg-certifikatem-9787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/056ct-4p-4pp-fancy-vivid-purplish-pink-i1-s-arg-certifikaty-11247.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/080ct-3pr-fancy-deep-pink-i1-s-arg-certifikatem-7404.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/102ct-5pr-fancy-intense-pink-i1-s-arg-certifikatem-6776.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/054ct-bl2-fancy-gray-blue-i1-s-gia-cislovano-arg-8508.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Q14"/>
+  <dimension ref="A1:Q13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N14" sqref="N14"/>
+      <selection activeCell="N13" sqref="N13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.9921875" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="7" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.28125" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.7109375" customWidth="true" style="0"/>
     <col min="7" max="7" width="7" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.8515625" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.7109375" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.7109375" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.28125" customWidth="true" style="0"/>
     <col min="13" max="13" width="15.28125" customWidth="true" style="0"/>
     <col min="14" max="14" width="16.421875" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.8515625" customWidth="true" style="0"/>
     <col min="16" max="16" width="80.125" customWidth="true" style="0"/>
     <col min="17" max="17" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" customHeight="1" ht="50">
       <c r="A1"/>
@@ -823,536 +811,492 @@
       <c r="O2" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P2" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q2" s="5"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="4">
         <v>4408</v>
       </c>
       <c r="B3">
         <v>0.51</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I3" t="s">
         <v>36</v>
       </c>
-      <c r="G3" t="s">
+      <c r="J3" t="s">
         <v>37</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
       <c r="M3" s="6">
         <v>40376.0</v>
       </c>
       <c r="N3" s="6">
         <v>48855</v>
       </c>
       <c r="O3" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="4">
-        <v>10749</v>
+        <v>4409</v>
       </c>
       <c r="B4">
-        <v>1</v>
+        <v>0.54</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>35</v>
+      </c>
+      <c r="I4" t="s">
+        <v>36</v>
       </c>
       <c r="J4" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="K4" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="M4" s="6">
-        <v>42370.0</v>
+        <v>42848.0</v>
       </c>
       <c r="N4" s="6">
-        <v>51268</v>
+        <v>51846</v>
       </c>
       <c r="O4" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P4" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="4">
-        <v>4409</v>
+        <v>13974</v>
       </c>
       <c r="B5">
-        <v>0.54</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.15</v>
+      </c>
+      <c r="C5"/>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="I5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" s="6">
+        <v>190000.0</v>
+      </c>
+      <c r="N5" s="6">
+        <v>229900</v>
+      </c>
+      <c r="O5" t="s">
         <v>39</v>
       </c>
-      <c r="J5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="P5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="4">
-        <v>13974</v>
+        <v>13541</v>
       </c>
       <c r="B6">
-        <v>0.15</v>
+        <v>0.19</v>
       </c>
       <c r="C6"/>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G6" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="M6" s="6">
-        <v>190000.0</v>
+        <v>320000.0</v>
       </c>
       <c r="N6" s="6">
-        <v>229900</v>
+        <v>387200</v>
       </c>
       <c r="O6" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P6" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="4">
-        <v>13541</v>
+        <v>13542</v>
       </c>
       <c r="B7">
-        <v>0.19</v>
+        <v>0.18</v>
       </c>
       <c r="C7"/>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="H7" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="M7" s="6">
-        <v>320000.0</v>
+        <v>440000.0</v>
       </c>
       <c r="N7" s="6">
-        <v>387200</v>
+        <v>532400</v>
       </c>
       <c r="O7" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P7" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="4">
-        <v>13542</v>
+        <v>14207</v>
       </c>
       <c r="B8">
-        <v>0.18</v>
+        <v>0.15</v>
       </c>
       <c r="C8"/>
       <c r="D8" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="M8" s="6">
-        <v>440000.0</v>
+        <v>1150000.0</v>
       </c>
       <c r="N8" s="6">
-        <v>532400</v>
+        <v>1391500</v>
       </c>
       <c r="O8" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P8" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="4">
-        <v>14207</v>
+        <v>9787</v>
       </c>
       <c r="B9">
-        <v>0.15</v>
+        <v>0.42</v>
       </c>
       <c r="C9"/>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="M9" s="6">
-        <v>1150000.0</v>
+        <v>4900000.0</v>
       </c>
       <c r="N9" s="6">
-        <v>1391500</v>
+        <v>5929000</v>
       </c>
       <c r="O9" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="4">
-        <v>9787</v>
+        <v>11247</v>
       </c>
       <c r="B10">
-        <v>0.42</v>
+        <v>0.56</v>
       </c>
       <c r="C10"/>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="G10" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="M10" s="6">
-        <v>4900000.0</v>
+        <v>9700000.0</v>
       </c>
       <c r="N10" s="6">
-        <v>5929000</v>
+        <v>11737000</v>
       </c>
       <c r="O10" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P10" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:17">
       <c r="A11">
-        <v>11247</v>
+        <v>7404</v>
       </c>
       <c r="B11">
-        <v>0.56</v>
+        <v>0.8</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="M11" s="6">
-        <v>9700000.0</v>
+        <v>13500000.0</v>
       </c>
       <c r="N11" s="6">
-        <v>11737000</v>
+        <v>16335000</v>
       </c>
       <c r="O11" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P11" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:17">
       <c r="A12">
-        <v>7404</v>
+        <v>6776</v>
       </c>
       <c r="B12">
-        <v>0.8</v>
+        <v>1.02</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="G12" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="H12" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="M12" s="6">
-        <v>13500000.0</v>
+        <v>16500000.0</v>
       </c>
       <c r="N12" s="6">
-        <v>16335000</v>
+        <v>19965000</v>
       </c>
       <c r="O12" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:17">
       <c r="A13">
-        <v>6776</v>
+        <v>8508</v>
       </c>
       <c r="B13">
-        <v>1.02</v>
+        <v>0.54</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="H13" t="s">
-        <v>49</v>
+        <v>55</v>
+      </c>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>56</v>
       </c>
       <c r="M13" s="6">
-        <v>16500000.0</v>
+        <v>29000000.0</v>
       </c>
       <c r="N13" s="6">
-        <v>19965000</v>
+        <v>35090000</v>
       </c>
       <c r="O13" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="P13" t="s">
-        <v>34</v>
-[...46 lines deleted...]
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:Q10000"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="P3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="P4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="P5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="P6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="P7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="P8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="P9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="P10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="P11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="P12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="P13" r:id="rId_hyperlink_11"/>
-    <hyperlink ref="P14" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>