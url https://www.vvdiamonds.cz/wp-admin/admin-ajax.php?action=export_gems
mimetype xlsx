--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -17,97 +17,358 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1869">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2022">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/smaragd-665ct-deep-bluish-green-minor-s-igi-certifikatem-0102067.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/peridot-299ct-deep-yellowish-green-s-igi-certifikatem-0102066.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/peridot-356ct-deep-yellowish-green-s-igi-certifikatem-0102065.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/turmalin-391ct-pink-light-yellow-s-igi-certifikatem-0102064.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/turmalin-233ct-deep-brownish-orange-s-igi-certifikatem-0102063.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/topaz-465ct-orange-yellow-s-igi-certifikatem-0102062.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/verdelit-281ct-deep-yellowish-green-s-igi-certifikatem-0102061.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/verdelit-132ct-green-s-igi-certifikatem-0102060.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/spinel-123ct-purple-s-igi-certifikatem-0102059.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/spinel-201ct-deep-purplish-pink-s-igi-certifikatem-0102058.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/citrin-354ct-deep-brownish-yellow-s-igi-certifikatem-0102057.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/kunzit-357ct-light-yellowish-pink-s-igi-certifikatem-0102056.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/tanzanit-113ct-deep-violetish-blue-s-igi-certifikatem-0102055.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/indigolit-540ct-deep-greenish-blue-s-igi-certifikatem-0102054.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/iolit-065ct-violet-s-igi-certifikatem-0102053.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/akvamarin-408ct-blue-s-igi-certifikatem-0102052.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/akvamarin-406ct-greenish-blue-s-igi-certifikatem-0102051.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubelit-112ct-deep-purplish-pink-s-igi-certifikatem-0102049.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/morganit-645ct-deep-yellowish-pink-s-igi-certifikatem-0102048.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/morganit-312ct-yellowish-pink-s-igi-certifikatem-0102047.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/morganit-376ct-pink-s-igi-certifikatem-0102046.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/morganit-190ct-light-yellowish-pink-s-igi-certifikatem-0102045.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/pyrop-159ct-deep-reddish-orange-s-igi-certifikatem-0102044.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rhodolit-104ct-deep-purplish-pink-s-igi-certifikatem-0102043.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/almandin-188ct-deep-pinkish-purple-s-igi-certifikatem-0102042.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/almandin-101ct-deep-reddish-purple-s-igi-certifikatem-0102041.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/almandin-105ct-deep-reddish-purple-s-igi-certifikatem-0102040.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/almandin-104ct-deep-reddish-purple-s-igi-certifikatem-0102039.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/almandin-136ct-deep-reddish-orange-s-igi-certifikatem-0102038.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/almandin-100ct-deep-reddish-purple-s-igi-certifikatem-0102037.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-110ct-deep-bluish-green-s-igi-certifikatem-0102036.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-184ct-deep-bluish-green-s-igi-certifikatem-0102035.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-077ct-bluish-green-s-igi-certifikatem-0102034.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-091ct-deep-bluish-green-s-igi-certifikatem-0102033.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-291ct-bluish-green-s-igi-certifikatem-0102032.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-067ct-deep-bluish-green-s-igi-certifikatem-0102031.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-150ct-bluish-green-s-igi-certifikatem-0102030.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-150ct-deep-bluish-green-s-igi-certifikatem-0102029.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-099ct-deep-bluish-green-s-igi-certifikatem-0102027.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-094ct-deep-bluish-green-s-igi-certifikatem-0102026.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-230ct-deep-bluish-green-s-igi-certifikatem-0102025.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-110ct-deep-bluish-green-s-igi-certifikatem-0102024.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-097ct-deep-bluish-green-s-igi-certifikatem-0102023.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-135ct-bluish-green-s-igi-certifikatem-0102022.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-113ct-bluish-green-s-igi-certifikatem-0102021.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-272ct-deep-bluish-green-s-igi-certifikatem-0102020.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-093ct-deep-purplish-pink-red-s-igi-certifikatem-0102018.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-095ct-deep-purplish-pink-red-s-igi-certifikatem-0102017.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-069ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0102016.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-056ct-deep-purplish-pinkish-red-s-igi-certifikatem-0102015.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-096ct-deep-purplish-red-s-igi-certifikatem-0102014.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-100ct-deep-purplish-red-s-igi-certifikatem-0102013.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-124ct-deep-purplish-pink-red-puvod-barma-s-igi-certifikatem-0102012.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-061ct-deep-purplish-pink-red-s-igi-certifikatem-0102011.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-353ct-deep-blue-s-igi-certifikatem-0102010.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-140ct-deep-blue-s-igi-certifikatem-0102009.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0102008.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-120ct-deep-reddish-pink-purple-s-igi-certifikatem-0102007.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-302ct-yellow-tepelne-neupraven-s-igi-certifikatem-0102006.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-089ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102005.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-123ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102004.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-137ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102003.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102002.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-117ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102001.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-100ct-deep-reddish-purple-tepelne-neupraven-s-igi-certifikatem-0102000.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-145ct-purplish-blue-pink-purple-tepelne-neupraven-s-igi-certifikatem-0101999.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-112ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101998.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-193ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101996.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-075ct-deep-purple-pink-tepelne-neupraven-s-igi-certifikatem-0101995.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-199ct-deep-pink-purple-tepelne-neupraven-s-igi-certifikatem-0101994.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-109ct-deep-greenish-blue-s-igi-certifikatem-0101993.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-173ct-deep-greenish-blue-deep-green-s-igi-certifikatem-0101992.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-187ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101991.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-182ct-bluish-green-s-igi-certifikatem-0101990.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-293ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101989.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-121ct-deep-pinkish-purple-s-igi-certifikatem-0101988.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-104ct-deep-yellow-s-igi-certifikatem-0101987.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-122ct-deep-blue-s-igi-certifikatem-0101986.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-151ct-deep-pinkish-purple-s-igi-certifikatem-0101985.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-092ct-deep-pink-purple-s-igi-certifikatem-0101984.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-101ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101983.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-142ct-deep-blue-s-igi-certifikatem-0101982.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-231ct-purplish-blue-purple-tepelne-neupraven-s-igi-certifikatem-0101981.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-119ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101980.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-087ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101979.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-078ct-deep-blue-s-igi-certifikatem-0101978.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-055ct-deep-blue-s-igi-certifikatem-0101977.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-111ct-deep-blue-s-igi-certifikatem-0101976.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/tanzanit-473ct-deep-violetish-blue-s-igi-certifikatem-0101974.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/tanzanit-231ct-deep-violet-blue-s-igi-certifikatem-0101972.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/tanzanit-165ct-deep-violetish-blue-s-igi-certifikatem-0101970.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-165ct-deep-violet-blue-s-igi-certifikatem-0101969.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-157ct-deep-violetish-blue-s-igi-certifikatem-0101968.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-132ct-deep-bluish-violet-s-igi-certifikatem-0101967.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-119ct-deep-violet-blue-s-igi-certifikatem-0101965.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-111ct-deep-violetish-blue-s-igi-certifikatem-0101964.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-108ct-violetish-blue-s-igi-certifikatem-0101963.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-100ct-violetish-blue-s-igi-certifikatem-0101961.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-096ct-violetish-blue-s-igi-certifikatem-0101959.html</t>
@@ -151,53 +412,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-075ct-violetish-blue-s-igi-certifikatem-0101942.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-072ct-deep-bluish-violet-s-igi-certifikatem-0101938.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101937.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101936.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-062ct-bluish-violet-s-igi-certifikatem-0101935.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-062ct-deep-bluish-violet-s-igi-certifikatem-0101934.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-060ct-violetish-blue-s-igi-certifikatem-0101933.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-050ct-bluish-violet-s-igi-certifikatem-0101932.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/tanzanit-037ct-violetish-blue-s-igi-certifikatem-0101931.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-213ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101930.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-158ct-deep-blue-s-igi-certifikatem-0101929.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-153ct-deep-blue-s-igi-certifikatem-0101928.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-125ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101925.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101924.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-107ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101923.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-106ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101922.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101921.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-103ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101920.html</t>
@@ -256,161 +514,149 @@
   <si>
     <t>https://www.vvdiamonds.cz/rubin-051ct-deep-purplish-pink-red-s-igi-certifikatem-0101894.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-046ct-deep-purplish-red-s-igi-certifikatem-0101893.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-032ct-deep-purplish-red-s-igi-certifikatem-0101892.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-028ct-purplish-pink-red-s-igi-certifikatem-0101891.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-205ct-deep-bluish-green-s-igi-certifikatem-0101890.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-182ct-bluish-green-s-igi-certifikatem-0101889.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-161ct-deep-bluish-green-s-igi-certifikatem-0101888.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-127ct-bluish-green-s-igi-certifikatem-0101887.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/smaragd-091ct-deep-bluish-green-s-igi-certifikatem-0101877.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/smaragd-085ct-deep-bluish-green-s-igi-certifikatem-0101876.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-070ct-deep-bluish-green-s-igi-certifikatem-0101873.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-065ct-deep-bluish-green-s-igi-certifikatem-0101872.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/smaragd-064ct-deep-bluish-green-s-igi-certifikatem-0101871.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/smaragd-062ct-deep-bluish-green-s-igi-certifikatem-0101870.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-059ct-deep-bluish-green-s-igi-certifikatem-0101869.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-058ct-deep-bluish-green-s-igi-certifikatem-0101867.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-106ct-vivid-green-kolumbie-muzo-insignificant-s-cd-certifikatem-0101864.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-110ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101861.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/zoisit-261ct-bluish-green-s-igi-certifikatem-0101860.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/turmalin-114ct-purplish-orange-pink-s-igi-certifikatem-0101855.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-737ct-blue-s-igi-certifikatem-0101854.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-686ct-deep-blue-s-igi-certifikatem-0101853.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-675ct-deep-blue-s-igi-certifikatem-0101852.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-573ct-blue-s-igi-certifikatem-0101847.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-571ct-blue-s-igi-certifikatem-0101846.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-550ct-deep-blue-s-igi-certifikatem-0101845.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-522ct-blue-s-igi-certifikatem-0101844.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-442ct-blue-s-igi-certifikatem-0101842.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-412ct-deep-blue-s-igi-certifikatem-0101841.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/topaz-372ct-blue-s-igi-certifikatem-0101839.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/topaz-368ct-yellowish-green-s-igi-certifikatem-0101838.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-336ct-deep-greenish-blue-s-igi-certifikatem-0101835.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-327ct-deep-blue-s-igi-certifikatem-0101834.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-0101833.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-309ct-deep-blue-s-igi-certifikatem-0101832.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-240ct-blue-s-igi-certifikatem-0101830.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-217ct-deep-blue-s-igi-certifikatem-0101827.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-206ct-blue-s-igi-certifikatem-0101826.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-174ct-blue-s-igi-certifikatem-0101822.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-165ct-blue-s-igi-certifikatem-0101821.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-164ct-deep-blue-s-igi-certifikatem-0101820.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-164ct-greenish-blue-s-igi-certifikatem-0101819.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-156ct-blue-s-igi-certifikatem-0101817.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-132ct-deep-blue-s-igi-certifikatem-0101815.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/topaz-131ct-deep-blue-s-igi-certifikatem-0101814.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/topaz-091ct-blue-s-igi-certifikatem-0101812.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/almandin-407ct-deep-orangy-red-s-igi-certifikatem-0101810.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/almandin-392ct-deep-orange-red-s-igi-certifikatem-0101809.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/almandin-264ct-deep-red-s-igi-certifikatem-0101808.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/almandin-183ct-deep-orangy-red-s-igi-certifikatem-0101807.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/almandin-158ct-deep-orange-pink-s-igi-certifikatem-0101806.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-233ct-deep-reddish-orange-s-igi-certifikatem-0101805.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-372ct-yellow-green-s-igi-certifikatem-0101804.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-181ct-green-yellow-s-igi-certifikatem-0101801.html</t>
@@ -559,149 +805,131 @@
   <si>
     <t>https://www.vvdiamonds.cz/safir-122ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101730.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101729.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-118ct-deep-blue-s-igi-certifikatem-0101728.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-111ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101725.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-107ct-deep-blue-s-igi-certifikatem-0101724.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101723.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101722.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-099ct-deep-blue-s-igi-certifikatem-0101721.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-095ct-deep-blue-s-igi-certifikatem-0101720.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-094ct-deep-blue-s-igi-certifikatem-0101719.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-091ct-deep-blue-s-igi-certifikatem-0101718.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101717.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-086ct-deep-blue-s-igi-certifikatem-0101715.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-082ct-deep-blue-s-igi-certifikatem-0101713.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101712.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-080ct-deep-blue-s-igi-certifikatem-0101711.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-075ct-deep-greenish-blue-s-igi-certifikatem-0101707.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-073ct-deep-blue-s-igi-certifikatem-0101705.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-069ct-deep-blue-s-igi-certifikatem-0101703.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-057ct-deep-blue-s-igi-certifikatem-0101698.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-050ct-deep-blue-s-igi-certifikatem-0101694.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101693.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rubin-148ct-deep-pink-red-s-igi-certifikatem-0101691.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rubin-108ct-deep-purplish-red-s-igi-certifikatem-0101690.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-108ct-purplish-pink-red-s-igi-certifikatem-0101689.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rubelit-397ct-deep-pink-s-igi-certifikatem-0101670.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rubelit-372ct-deep-purplish-pink-s-igi-certifikatem-0101669.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-228ct-deep-purplish-pink-s-igi-certifikatem-0101668.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-153ct-purplish-pink-s-igi-certifikatem-0101666.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-070ct-purplish-orangy-pink-s-igi-certifikatem-0101661.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-063ct-purplish-pink-s-igi-certifikatem-0101660.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-058ct-purplish-pink-s-igi-certifikatem-0101659.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-054ct-deep-purplish-pink-s-igi-certifikatem-0101658.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rubelit-053ct-purple-pink-s-igi-certifikatem-0101656.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rubelit-052ct-purplish-pink-s-igi-certifikatem-0101655.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-052ct-deep-purplish-pink-s-igi-certifikatem-0101653.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rubelit-052ct-purplish-pink-s-igi-certifikatem-0101652.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rubelit-050ct-purplish-pink-s-igi-certifikatem-0101651.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-045ct-orangy-pink-s-igi-certifikatem-0101649.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-045ct-purplish-pink-s-igi-certifikatem-0101648.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rubelit-044ct-purplish-pink-s-igi-certifikatem-0101647.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rhodolit-278ct-deep-purplish-orange-red-s-igi-certifikatem-0101646.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-276ct-deep-purplish-pink-s-igi-certifikatem-0101645.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-234ct-purplish-red-s-igi-certifikatem-0101643.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-226ct-deep-purplish-pink-red-s-igi-certifikatem-0101642.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-199ct-deep-purplish-pink-s-igi-certifikatem-0101641.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-180ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101640.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-152ct-deep-pink-purple-s-igi-certifikatem-0101639.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-144ct-deep-purplish-red-s-igi-certifikatem-0101638.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-140ct-deep-purplish-red-s-igi-certifikatem-0101637.html</t>
@@ -733,128 +961,119 @@
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-080ct-deep-purplish-pink-s-igi-certifikatem-0101626.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-077ct-deep-purplish-pink-s-igi-certifikatem-0101625.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-075ct-deep-purplish-pink-s-igi-certifikatem-0101624.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-073ct-purplish-pink-s-igi-certifikatem-0101623.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-072ct-deep-purplish-pink-s-igi-certifikatem-0101622.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-069ct-deep-pink-purple-s-igi-certifikatem-0101621.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-069ct-purplish-pink-s-igi-certifikatem-0101620.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-067ct-deep-pinkish-purple-s-igi-certifikatem-0101619.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rhodolit-064ct-deep-purplish-pink-s-igi-certifikatem-0101618.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rhodolit-063ct-pink-purple-s-igi-certifikatem-0101617.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-062ct-deep-reddish-pinkish-purple-s-igi-certifikatem-0101616.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-057ct-deep-pinkish-purple-s-igi-certifikatem-0101614.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-056ct-pinkish-purple-s-igi-certifikatem-0101613.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-079ct-pinkish-purple-s-igi-certifikatem-0101609.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-066ct-deep-pinkish-purple-s-igi-certifikatem-0101608.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/prasiolit-448ct-yellowish-green-s-igi-certifikatem-0101607.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/prasiolit-439ct-yellowish-green-s-igi-certifikatem-0101606.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-114ct-deep-purplish-pink-s-igi-certifikatem-0101605.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-106ct-purple-pink-s-igi-certifikatem-0101604.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-092ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101603.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-091ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101602.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-090ct-deep-purplish-pink-s-igi-certifikatem-0101601.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-068ct-purplish-pink-s-igi-certifikatem-0101598.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-065ct-deep-purplish-pink-s-igi-certifikatem-0101597.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-064ct-deep-purplish-pink-s-igi-certifikatem-0101596.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-059ct-deep-purplish-pink-s-igi-certifikatem-0101595.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-056ct-purplish-pink-s-igi-certifikatem-0101594.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-057ct-deep-yellowish-orange-s-igi-certifikatem-0101592.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-050ct-deep-orange-s-igi-certifikatem-0101586.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-047ct-deep-yellowish-orange-s-igi-certifikatem-0101585.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-045ct-deep-yellowish-orange-s-igi-certifikatem-0101584.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-039ct-deep-yellowish-orange-s-igi-certifikatem-0101583.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-037ct-deep-orange-s-igi-certifikatem-0101581.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-029ct-deep-yellowish-orange-s-igi-certifikatem-0101578.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rhodolit-077ct-deep-purple-pink-s-igi-certifikatem-0101577.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/morganit-254ct-light-pink-s-igi-certifikatem-0101576.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/morganit-132ct-light-pink-s-igi-certifikatem-0101575.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/morganit-116ct-yellow-pink-s-igi-certifikatem-0101574.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/kunzit-766ct-light-pink-s-igi-certifikatem-0101573.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/kunzit-615ct-light-purplish-pink-s-igi-certifikatem-0101572.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/kunzit-529ct-light-pink-s-igi-certifikatem-0101571.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/indigolit-101ct-greenish-blue-s-igi-certifikatem-0101566.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/hesonit-180ct-brown-yellow-s-igi-certifikatem-0101564.html</t>
@@ -1096,53 +1315,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/indigolit-297ct-greenish-blue-s-igi-certifikatem-0101408.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/indigolit-268ct-greenish-blue-s-igi-certifikatem-0101407.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/indigolit-196ct-greenish-blue-s-igi-certifikatem-0101406.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-093ct-purplish-pink-s-igi-certifikatem-0101401.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-082ct-orangy-purplish-pink-s-igi-certifikatem-0101400.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-588ct-blue-s-igi-certifikatem-0101390.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-194ct-deep-blue-greenish-s-igi-certifikatem-0101388.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-227ct-yellowish-orange-s-igi-certifikatem-0101387.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/citrin-249ct-yellowish-orange-s-igi-certifikatem-0101386.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/citrin-844ct-yellowish-orange-s-igi-certifikatem-0101385.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-286ct-yellow-orange-s-igi-certifikatem-0101384.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-220ct-yellowish-orange-s-igi-certifikatem-0101383.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-803ct-yellowish-orange-s-igi-certifikatem-0101381.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-191ct-yellowish-orange-s-igi-certifikatem-0101380.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-395ct-orangy-yellow-s-igi-certifikatem-0101376.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-291ct-yellowish-orange-s-igi-certifikatem-0101375.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-300ct-deep-purple-s-igi-certifikatem-0101373.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-670ct-deep-purple-s-igi-certifikatem-0101369.html</t>
@@ -1450,53 +1666,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/citrin-720ct-yellowish-orange-s-igi-certifikatem-0101059.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-564ct-yellowish-orange-s-igi-certifikatem-0101058.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-855ct-yellow-s-igi-certifikatem-0101057.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-568ct-orangy-yellow-s-igi-certifikatem-0101056.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-685ct-yellow-s-igi-certifikatem-0101055.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-1348ct-yellowish-orange-s-igi-certifikatem-0101054.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-890ct-yellowish-orange-s-igi-certifikatem-0101053.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-1615ct-purple-s-igi-certifikatem-0101051.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/ametyst-941ct-purple-s-igi-certifikatem-0101050.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/ametyst-666ct-purple-s-igi-certifikatem-0101047.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-628ct-purple-s-igi-certifikatem-0101042.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-470ct-pinkish-purple-s-igi-certifikatem-0101041.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-1188ct-light-blue-green-s-igi-certifikatem-0101035.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-836ct-light-blue-s-igi-certifikatem-0101034.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-516ct-light-greenish-blue-s-igi-certifikatem-0101033.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-547ct-light-bluish-green-s-igi-certifikatem-0101032.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-698ct-light-bluish-green-s-igi-certifikatem-0101031.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-734ct-light-blue-s-igi-certifikatem-0101030.html</t>
@@ -1636,53 +1849,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-460ct-deep-purple-s-igi-certifikatem-010878.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-333ct-deep-purple-s-igi-certifikatem-010874.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/almandin-218ct-deep-purplish-red-s-igi-certifikatem-010873.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/almandin-340ct-deep-purplish-red-s-igi-certifikatem-010872.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/zeleny-turmalin-769ct-bluish-green-s-igi-certifikatem-010870.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/zeleny-turmalin-401ct-deep-green-s-igi-certifikatem-010869.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/zeleny-turmalin-240ct-yellowish-bluish-green-s-igi-certifikatem-010865.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/zeleny-turmalin-160ct-bluish-green-s-igi-certifikatem-010864.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/zeleny-turmalin-155ct-blue-green-s-igi-certifikatem-010863.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/verdelit-412ct-green-s-igi-certifikatem-010860.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-255ct-deep-green-s-igi-certifikatem-010859.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-207ct-green-s-igi-certifikatem-010858.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-175ct-green-s-igi-certifikatem-010856.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-163ct-green-s-igi-certifikatem-010855.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-158ct-bluish-green-s-igi-certifikatem-010854.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-130ct-green-s-igi-certifikatem-010853.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-129ct-green-s-igi-certifikatem-010852.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-120ct-deep-green-s-igi-certifikatem-010851.html</t>
@@ -1828,53 +2038,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-473ct-deep-purple-s-igi-certifikatem-010724.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-472ct-deep-purple-s-igi-certifikatem-010723.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-470ct-deep-purple-s-igi-certifikatem-010722.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-435ct-deep-purple-s-igi-certifikatem-010720.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-383ct-purple-s-igi-certifikatem-010718.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-319ct-deep-purple-s-igi-certifikatem-010715.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-105ct-bluish-purple-s-igi-certifikatem-010714.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/almandin-209ct-reddish-purple-s-igi-certifikatem-010713.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/akvamarin-866ct-blue-s-igi-certifikatem-010711.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/akvamarin-688ct-greenish-blue-s-igi-certifikatem-010710.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-666ct-light-blue-s-igi-certifikatem-010709.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-462ct-blue-s-igi-certifikatem-010705.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-288ct-blue-s-igi-certifikatem-010695.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-224ct-light-blue-s-igi-certifikatem-010691.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-205ct-purplish-red-s-igi-certifikatem-010680.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-145ct-orangy-red-s-igi-certifikatem-010669.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-037ct-purple-s-igi-certifikatem-010666.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-956ct-purple-s-igi-certifikatem-010665.html</t>
@@ -1957,53 +2164,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/peridot-062ct-yellowish-green-s-igi-certifikatem-010568.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-104ct-green-yellow-s-igi-certifikatem-010567.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-042ct-yellowish-green-s-igi-certifikatem-010565.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-107ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-010557.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-179ct-deep-blue-s-igi-certifikatem-010541.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-125ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010525.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-133ct-blue-bluish-purple-tepelne-neupraven-s-igi-certifikatem-010523.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/alexandrit-456ct-yellow-green-brownish-yellow-s-gia-certifikatem-010505.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-049ct-blue-s-igi-certifikatem-010497.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010489.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010487.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-137ct-pinkish-purple-s-igi-certifikatem-010477.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-082ct-purple-s-igi-certifikatem-010474.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-095ct-purple-s-igi-certifikatem-010473.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-082ct-dark-purple-s-igi-certifikatem-010472.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ohnivy-opal-132ct-orange-s-igi-certifikatem-010466.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ohnivy-opal-122ct-orange-s-igi-certifikatem-010454.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ohnivy-opal-182ct-orange-s-igi-certifikatem-010450.html</t>
@@ -2293,53 +2497,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/safir-079ct-dark-blue-s-igi-certifikatem-010200.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/ametyst-546ct-purple-s-igi-certifikatem-010197.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-374ct-very-light-blue-s-igi-certifikatem-010195.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-637ct-light-blue-s-igi-certifikatem-010194.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-509ct-light-greenish-blue-s-igi-certifikatem-010192.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-364ct-light-bluish-green-s-igi-certifikatem-010191.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-254ct-light-blue-s-igi-certifikatem-010190.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-699ct-light-greenish-blue-s-igi-certifikatem-010188.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-126ct-dark-blue-s-igi-certifikatem-010174.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/akvamarin-504ct-light-greenish-blue-s-igi-certifikatem-010170.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-547ct-bluish-green-s-igi-certifikatem-010169.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-867ct-light-greenish-blue-s-igi-certifikatem-010167.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-118ct-blue-s-igi-certifikatem-010165.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-645ct-blue-s-igi-certifikatem-010157.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-474ct-dark-bluish-green-s-igi-certifikatem-010156.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-201ct-green-s-igi-certifikatem-010155.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-243ct-green-s-igi-certifikatem-010154.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-373ct-bluish-green-s-igi-certifikatem-010153.html</t>
@@ -2473,116 +2674,596 @@
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-955ct-dark-brownish-red-s-igi-certifikatem-010037.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-651ct-brownish-purplish-red-s-igi-certifikatem-010036.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/almandin-465ct-deep-purplish-red-s-igi-certifikatem-010034.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-536ct-deep-green-s-igi-certifikatem-010020.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-205ct-green-s-igi-certifikatem-010018.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-155ct-deep-green-s-igi-certifikatem-010017.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubelit-210ct-purplish-pink-s-igi-certifikatem-010016.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-521ct-light-blue-s-igi-certifikatem-010015.html</t>
   </si>
   <si>
+    <t>Smaragd</t>
+  </si>
+  <si>
+    <t>Emerald Cut</t>
+  </si>
+  <si>
+    <t>12.83mm x 10.45mm x 6.76mm</t>
+  </si>
+  <si>
+    <t>Deep Bluish Green</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Smaragd byl dodatečně upraven olejem a to stupněm MINOR na klasifikační stupnici. Jedná se o zcela běžnou úpravu smaragdů. Na smaragd nelze aplikovat 5% sleva pro registrované uživatele.</t>
+  </si>
+  <si>
+    <t>Peridot</t>
+  </si>
+  <si>
+    <t>Oval Mixed Cut</t>
+  </si>
+  <si>
+    <t>11.07mm x 9.01mm x 4.64mm</t>
+  </si>
+  <si>
+    <t>Deep Yellowish Green</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
+  </si>
+  <si>
+    <t>11.17mm x 8.75mm x 5.22mm</t>
+  </si>
+  <si>
+    <t>Ostatní drahé kameny</t>
+  </si>
+  <si>
+    <t>Rectangular Mixed Cut</t>
+  </si>
+  <si>
+    <t>10.01mm x 8.23mm x 6.36mm</t>
+  </si>
+  <si>
+    <t>Pink/Light Yellow</t>
+  </si>
+  <si>
+    <t>10.21mm x 8.12mm x 4.46mm</t>
+  </si>
+  <si>
+    <t>Deep Brownish Orange</t>
+  </si>
+  <si>
+    <t>Topaz</t>
+  </si>
+  <si>
+    <t>13.18mm x 9.35mm x 5.02mm</t>
+  </si>
+  <si>
+    <t>Orange - Yellow</t>
+  </si>
+  <si>
+    <t>Verdelit</t>
+  </si>
+  <si>
+    <t>Square Mixed Cut</t>
+  </si>
+  <si>
+    <t>8.07mm x 8.01mm x 5.62mm</t>
+  </si>
+  <si>
+    <t>Round Mixed Cut</t>
+  </si>
+  <si>
+    <t>7.05mm - 7.16mm x 4.37mm</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>7.08mm x 6.37mm x 3.05mm</t>
+  </si>
+  <si>
+    <t>Purple</t>
+  </si>
+  <si>
+    <t>8.21mm x 5.86mm x 5.41mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pink</t>
+  </si>
+  <si>
+    <t>Citrín</t>
+  </si>
+  <si>
+    <t>11.17mm x 8.15mm x 5.23mm</t>
+  </si>
+  <si>
+    <t>Deep Brownish Yellow</t>
+  </si>
+  <si>
+    <t>10.23mm x 8.21mm x 6.29mm</t>
+  </si>
+  <si>
+    <t>Light Yellowish Pink</t>
+  </si>
+  <si>
     <t>Tanzanit</t>
   </si>
   <si>
-    <t>Oval Mixed Cut</t>
+    <t>6.57mm - 6.70mm x 4.08mm</t>
+  </si>
+  <si>
+    <t>Deep Violetish Blue</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Tanzanity jsou běžně tepelně vylepšovány; indikativní důkaz o úpravě obvykle chybí.</t>
+  </si>
+  <si>
+    <t>Cushion Mixed Cut</t>
+  </si>
+  <si>
+    <t>13.08mm x 11.79mm x 4.53mm</t>
+  </si>
+  <si>
+    <t>Deep Greenish Blue</t>
+  </si>
+  <si>
+    <t>Square Step Cut</t>
+  </si>
+  <si>
+    <t>5.05mm x 4.96mm x 3.58mm</t>
+  </si>
+  <si>
+    <t>Violet</t>
+  </si>
+  <si>
+    <t>Akvamarín</t>
+  </si>
+  <si>
+    <t>11.77mm x 8.94mm x 6.32mm</t>
+  </si>
+  <si>
+    <t>Blue</t>
+  </si>
+  <si>
+    <t>11.77mm x 8.92mm x 6.60mm</t>
+  </si>
+  <si>
+    <t>Greenish Blue</t>
+  </si>
+  <si>
+    <t>Rubelit</t>
+  </si>
+  <si>
+    <t>6.09mm - 6.22mm x 4.33mm</t>
+  </si>
+  <si>
+    <t>Pear Mixed Cut</t>
+  </si>
+  <si>
+    <t>15.86mm x 11.84mm x 7.23mm</t>
+  </si>
+  <si>
+    <t>Deep Yellowish Pink</t>
+  </si>
+  <si>
+    <t>9.23mm x 9.19mm x 5.61mm</t>
+  </si>
+  <si>
+    <t>Yellowish Pink</t>
+  </si>
+  <si>
+    <t>12.06mm x 10.03mm x 5.65mm</t>
+  </si>
+  <si>
+    <t>Pink</t>
+  </si>
+  <si>
+    <t>8.04mm x 6.26mm x 4.74mm</t>
+  </si>
+  <si>
+    <t>Pyrop</t>
+  </si>
+  <si>
+    <t>7.02mm - 7.12mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>Deep Reddish Orange</t>
+  </si>
+  <si>
+    <t>Rhodolit</t>
+  </si>
+  <si>
+    <t>7.08mm x 5.21mm x 3.49mm</t>
+  </si>
+  <si>
+    <t>Almandin</t>
+  </si>
+  <si>
+    <t>Square Cushion Brilliant</t>
+  </si>
+  <si>
+    <t>7.02mm x 6.96mm x 3.94mm</t>
+  </si>
+  <si>
+    <t>Deep Pinkish Purple</t>
+  </si>
+  <si>
+    <t>6.09mm - 6.12mm x 3.37mm</t>
+  </si>
+  <si>
+    <t>Deep Reddish Purple</t>
+  </si>
+  <si>
+    <t>6.07mm - 6.11mm x 3.62mm</t>
+  </si>
+  <si>
+    <t>6.04mm - 6.08mm x 3.62mm</t>
+  </si>
+  <si>
+    <t>7.36mm x 5.88mm x 3.97mm</t>
+  </si>
+  <si>
+    <t>6.01mm - 6.08mm x 3.47mm</t>
+  </si>
+  <si>
+    <t>6.58mm x 6.02mm x 4.06mm</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Průhlednost smaragdu byla upravena bezbarvým olejem (jedná se o běžnou úpravu).</t>
+  </si>
+  <si>
+    <t>8.52mm x 7.00mm x 4.61mm</t>
+  </si>
+  <si>
+    <t>6.01mm x 4.96mm x 3.91mm</t>
+  </si>
+  <si>
+    <t>Bluish Green</t>
+  </si>
+  <si>
+    <t>5.91mm - 5.93mm x 4.10mm</t>
+  </si>
+  <si>
+    <t>Oval Cabochon</t>
+  </si>
+  <si>
+    <t>9.83mm x 7.83mm x 5.43mm</t>
+  </si>
+  <si>
+    <t>6.69mm x 4.93mm x 3.65mm</t>
+  </si>
+  <si>
+    <t>6.98mm - 6.83mm x 4.61mm</t>
+  </si>
+  <si>
+    <t>8.20mm x 5.76mm x 4.05mm</t>
+  </si>
+  <si>
+    <t>6.52mm x 6.07mm x 3.46mm</t>
+  </si>
+  <si>
+    <t>7.57mm x 5.30mm x 3.86mm</t>
+  </si>
+  <si>
+    <t>8.64mm x 6.95mm x 4.85mm</t>
+  </si>
+  <si>
+    <t>6.98mm x 5.96mm x 3.12mm</t>
+  </si>
+  <si>
+    <t>7.77mm x 5.94mm x 3.50mm</t>
+  </si>
+  <si>
+    <t>6.74mm - 6.80mm x 4.48mm</t>
+  </si>
+  <si>
+    <t>6.75mm - 6.91mm x 3.64mm</t>
+  </si>
+  <si>
+    <t>9.43mm x 7.69mm x 4.29mm</t>
+  </si>
+  <si>
+    <t>Rubín</t>
+  </si>
+  <si>
+    <t>6.95mm x 5.13mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pink - Red</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín byl tepelně upraven (jedná se o běžnou úpravu rubínů). Čistota rubínu byla dodatečně vylepšena.</t>
+  </si>
+  <si>
+    <t>Octagonal Step Cut</t>
+  </si>
+  <si>
+    <t>5.11mm x 7.47mm x 2.71mm</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín byl tepelně upraven (jedná se o běžnou úpravu rubínů).</t>
+  </si>
+  <si>
+    <t>Round Cabochon</t>
+  </si>
+  <si>
+    <t>4.91mm - 4.98mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Red</t>
+  </si>
+  <si>
+    <t>Průsvitný</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín nebyl tepelně upraven. Čistota rubínu byla dodatečně vylepšena.</t>
+  </si>
+  <si>
+    <t>5.97mm x 4.10mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pinkish Red</t>
+  </si>
+  <si>
+    <t>6.93mm x 5.09mm x 3.09mm</t>
+  </si>
+  <si>
+    <t>7.11mm x 5.29mm x 2.75mm</t>
+  </si>
+  <si>
+    <t>Částečně Průsvitný</t>
+  </si>
+  <si>
+    <t>7.11mm x 5.10mm x 3.28mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pink Red</t>
+  </si>
+  <si>
+    <t>Částečně Průhledný</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín byl tepelně upraven (jedná se o běžnou úpravu rubínů). Dle názoru gemologické laboratoře je původ rubínu: Mong Hsu, Barma.</t>
+  </si>
+  <si>
+    <t>5.62mm x 3.97mm x 2.82mm</t>
+  </si>
+  <si>
+    <t>Safír</t>
+  </si>
+  <si>
+    <t>10.75mm x 7.63mm x 4.49mm</t>
+  </si>
+  <si>
+    <t>Deep Blue</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír byl tepelně upraven (jedná se o běžnou úpravu).</t>
+  </si>
+  <si>
+    <t>7.34mm x 5.82mm x 3.78mm</t>
+  </si>
+  <si>
+    <t>7.10mm x 6.40mm x 4.79mm</t>
+  </si>
+  <si>
+    <t>8.06mm x 6.01mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>Deep Reddish Pink - Purple</t>
+  </si>
+  <si>
+    <t>8.29mm x 6.29mm x 5.56mm</t>
+  </si>
+  <si>
+    <t>Yellow</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír nebyl tepelně upraven.</t>
+  </si>
+  <si>
+    <t>6.02mm x 5.12mm x 3.64mm</t>
+  </si>
+  <si>
+    <t>6.65mm x 5.90mm x 3.96mm</t>
+  </si>
+  <si>
+    <t>6.91mm x 5.67mm x 3.84mm</t>
+  </si>
+  <si>
+    <t>6.45mm x 5.10mm x 2.92mm</t>
+  </si>
+  <si>
+    <t>7.02mm x 6.02mm x 3.25mm</t>
+  </si>
+  <si>
+    <t>5.87mm x 4.69mm x 4.04mm</t>
+  </si>
+  <si>
+    <t>7.80mm x 6.08mm x 3.46mm</t>
+  </si>
+  <si>
+    <t>Purplish Blue/Pink-Purple</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír mění svou barvu: Denní světlo: Purpurově modrá (Purplish Blue) Umělé světlo: Růžově purpurová (Pink-Purple). Safír nebyl tepelně upraven.</t>
+  </si>
+  <si>
+    <t>6.58mm x 5.68mm x 3.46mm</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír nebyl tepelně upraven. Safír jeví známky dodatečné úpravy čistoty.</t>
+  </si>
+  <si>
+    <t>9.27mm x 6.39mm x 3.75mm</t>
+  </si>
+  <si>
+    <t>5.50mm x 5.19mm x 2.66mm</t>
+  </si>
+  <si>
+    <t>Deep Purple - Pink</t>
+  </si>
+  <si>
+    <t>8.31mm x 6.61mm x 3.90mm</t>
+  </si>
+  <si>
+    <t>Deep Pink - Purple</t>
+  </si>
+  <si>
+    <t>7.10mm x 5.22mm x 3.25mm</t>
+  </si>
+  <si>
+    <t>8.37mm x 6.15mm x 3.42mm</t>
+  </si>
+  <si>
+    <t>Deep Greenish Blue/Deep Green</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír mění svou barvu: Denní světlo: Hluboce nazelenale modrá (Deep Greenish Blue) Umělé světlo: Hluboce zelená (Deep Green). Safír byl tepelně upraven (jedná se o běžnou úpravu).</t>
+  </si>
+  <si>
+    <t>8.01mm x 5.96mm x 3.61mm</t>
+  </si>
+  <si>
+    <t>Dark Blue</t>
+  </si>
+  <si>
+    <t>7.41mm x 6.78mm x 4.16mm</t>
+  </si>
+  <si>
+    <t>10.12mm x 7.33mm x 4.30mm</t>
+  </si>
+  <si>
+    <t>Marquise Mixed Cut</t>
+  </si>
+  <si>
+    <t>11.45mm x 5.13mm x 2.27mm</t>
+  </si>
+  <si>
+    <t>5.77mm - 5.90mm x 3.65mm</t>
+  </si>
+  <si>
+    <t>Deep Yellow</t>
+  </si>
+  <si>
+    <t>7.48mm x 5.54mm x 3.33mm</t>
+  </si>
+  <si>
+    <t>8.12mm x 6.11mm x 3.06mm</t>
+  </si>
+  <si>
+    <t>5.79mm x 5.14mm x 3.53mm</t>
+  </si>
+  <si>
+    <t>7.49mm x 5.35mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>Deep Reddish Purplish Pink</t>
+  </si>
+  <si>
+    <t>8.40mm x 6.76mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>8.51mm x 6.99mm x 3.97mm</t>
+  </si>
+  <si>
+    <t>Purplish Blue/Purple</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír mění svou barvu: Denní světlo: Purpurově modrá (Purplish Blue) Umělé světlo: Purpurová (Purple). Safír nebyl tepelně upraven.</t>
+  </si>
+  <si>
+    <t>6.57mm x 5.38mm x 3.36mm</t>
+  </si>
+  <si>
+    <t>6.21mm x 5.28mm x 3.08mm</t>
+  </si>
+  <si>
+    <t>8.21mm x 4.88mm x 2.37mm</t>
+  </si>
+  <si>
+    <t>5.16mm x 4.04mm x 3.07mm</t>
+  </si>
+  <si>
+    <t>7.22mm x 5.06mm x 3.50mm</t>
   </si>
   <si>
     <t>11.83mm x 9.62mm x 6.12mm</t>
   </si>
   <si>
-    <t>Deep Violetish Blue</t>
-[...11 lines deleted...]
-    <t>8.96mm x 6.93mm x 5.17mm</t>
+    <t>7.86mm x 5.91mm x 4.48mm</t>
+  </si>
+  <si>
+    <t>7.34mm x 8.60mm x 4.08mm</t>
   </si>
   <si>
     <t>Deep Violet - Blue</t>
   </si>
   <si>
-    <t>Cushion Mixed Cut</t>
-[...10 lines deleted...]
-  <si>
     <t>9.00mm x 6.96mm x 3.66mm</t>
   </si>
   <si>
     <t>7.79mm x 5.65mm x 3.62mm</t>
   </si>
   <si>
     <t>Deep Bluish Violet</t>
   </si>
   <si>
     <t xml:space="preserve">8.07mm x 6.06mm x 3.63mm </t>
   </si>
   <si>
     <t>8.01mm x 6.02mm x 3.46mm</t>
   </si>
   <si>
-    <t>Round Mixed Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>6.28mm - 6.42mm x 4.33mm</t>
   </si>
   <si>
     <t>Violetish Blue</t>
   </si>
   <si>
-    <t>Emerald Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>6.99mm x 4.96mm x 3.25mm</t>
   </si>
   <si>
     <t>6.06mm - 6.12mm x 3.89mm</t>
   </si>
   <si>
     <t>6.67mm x 5.17mm x 3.55mm</t>
   </si>
   <si>
     <t>Violet - Blue</t>
   </si>
   <si>
     <t>7.52mm x 5.47mm x 2.85mm</t>
   </si>
   <si>
     <t>6.01mm - 6.07mm x 3.58mm</t>
   </si>
   <si>
     <t>6.07mm - 6.16mm x 3.55mm</t>
   </si>
   <si>
     <t>Bluish Violet</t>
   </si>
   <si>
     <t>5.94mm - 6.03mm x 3.27mm</t>
@@ -2614,533 +3295,422 @@
   <si>
     <t>5.80mm - 5.90mm x 2.95mm</t>
   </si>
   <si>
     <t>5.80mm - 5.85mm x 3.29mm</t>
   </si>
   <si>
     <t>5.82mm - 5.98mm x 3.21mm</t>
   </si>
   <si>
     <t>6.27mm x 4.04mm x 3.45mm</t>
   </si>
   <si>
     <t>5.74mm - 5.87mm x 2.71mm</t>
   </si>
   <si>
     <t>Half Moon Mixed Cut</t>
   </si>
   <si>
     <t>4.00mm x 6.12mm x 3.09mm</t>
   </si>
   <si>
     <t>4.94mm - 5.06mm x 3.03mm</t>
   </si>
   <si>
-    <t>5.98mm x 3.96mm x 2.44mm</t>
-[...4 lines deleted...]
-  <si>
     <t>8.94mm x 6.99mm x 3.84mm</t>
   </si>
   <si>
-    <t>Dark Blue</t>
-[...4 lines deleted...]
-  <si>
     <t>6.84mm x 6.28mm x 4.16mm</t>
   </si>
   <si>
-    <t>Deep Blue</t>
-[...4 lines deleted...]
-  <si>
     <t>8.46mm x 6.03mm x 4.55mm</t>
   </si>
   <si>
     <t>6.55mm x 5.46mm x 3.75mm</t>
   </si>
   <si>
     <t>7.82mm x 5.60mm x 2.87mm</t>
   </si>
   <si>
     <t>6.35mm x 5.24mm x 3.79mm</t>
   </si>
   <si>
     <t>6.84mm x 5.39mm x 3.25mm</t>
   </si>
   <si>
     <t>7.20mm x 5.09mm x 3.07mm</t>
   </si>
   <si>
     <t>7.11mm x 5.10mm x 3.41mm</t>
   </si>
   <si>
     <t>6.80mm x 5.03mm x 3.08mm</t>
   </si>
   <si>
     <t>6.09mm x 4.82mm x 3.68mm</t>
   </si>
   <si>
-    <t>Deep Greenish Blue</t>
-[...1 lines deleted...]
-  <si>
     <t>6.38mm x 5.62mm x 3.00mm</t>
   </si>
   <si>
     <t>7.17mm x 4.77mm x 3.43mm</t>
   </si>
   <si>
-    <t>Rubín</t>
-[...1 lines deleted...]
-  <si>
     <t>9.04mm x 7.13mm x 4.09mm</t>
   </si>
   <si>
-    <t>Deep Purplish Red</t>
-[...1 lines deleted...]
-  <si>
     <t>Částečně průsvitný</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín nebyl tepelně upraven.</t>
   </si>
   <si>
     <t>6.71mm - 6.85mm x 4.10mm</t>
   </si>
   <si>
     <t>Deep Purple - Red</t>
   </si>
   <si>
-    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín byl tepelně upraven (jedná se o běžnou úpravu rubínů).</t>
-[...1 lines deleted...]
-  <si>
     <t>8.21mm x 6.13mm x 3.10mm</t>
   </si>
   <si>
-    <t>Deep Purplish Pink - Red</t>
-[...1 lines deleted...]
-  <si>
     <t>7.86mm x 5.55mm x 3.78mm</t>
   </si>
   <si>
     <t>6.27mm x 5.61mm x 3.64mm</t>
   </si>
   <si>
     <t>Částečně průhledný</t>
   </si>
   <si>
     <t>6.40mm x 5.37mm x 3.57mm</t>
   </si>
   <si>
     <t>6.37mm x 5.35mm x 3.02mm</t>
   </si>
   <si>
-    <t>Oval Cabochon</t>
-[...1 lines deleted...]
-  <si>
     <t>6.06mm x 4.16mm x 3.21mm</t>
   </si>
   <si>
-    <t>Průsvitný</t>
-[...1 lines deleted...]
-  <si>
     <t>5.87mm x 4.06mm x 3.26mm</t>
   </si>
   <si>
     <t>5.23mm - 5.32mm x 2.94mm</t>
   </si>
   <si>
     <t>6.12mm x 4.20mm x 2.67mm</t>
   </si>
   <si>
     <t>5.62mm x 5.56mm x 2.15mm</t>
   </si>
   <si>
     <t>6.04mm x 4.24mm x 2.57mm</t>
   </si>
   <si>
     <t>4.94mm - 5.04mm x 2.49mm</t>
   </si>
   <si>
     <t>6.18mm x 4.33mm x 1.67mm</t>
   </si>
   <si>
     <t>4.02mm - 4.12mm x 2.10mm</t>
   </si>
   <si>
     <t>4.06mm - 4.26mm x 1.79mm</t>
   </si>
   <si>
     <t>Purplish Pink - Red</t>
   </si>
   <si>
-    <t>Smaragd</t>
-[...1 lines deleted...]
-  <si>
     <t>11.51mm x 7.32mm x 3.84mm</t>
   </si>
   <si>
-    <t>Deep Bluish Green</t>
-[...4 lines deleted...]
-  <si>
     <t>8.74mm x 7.77mm x 3.80mm</t>
   </si>
   <si>
-    <t>Bluish Green</t>
-[...1 lines deleted...]
-  <si>
     <t>Square Emerald Cut</t>
   </si>
   <si>
     <t>7.38mm x 6.98mm x 4.73mm</t>
   </si>
   <si>
     <t>6.80mm - 6.99mm x 3.99mm</t>
   </si>
   <si>
-    <t>6.32mm x 4.99mm x 3.60mm</t>
-[...1 lines deleted...]
-  <si>
     <t>7.48mm x 4.50mm x 3.08mm</t>
   </si>
   <si>
     <t>6.12mm x 4.43mm x 3.31mm</t>
   </si>
   <si>
-    <t>Square Step Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>4.91mm x 4.74mm x 3.82mm</t>
   </si>
   <si>
-    <t>6.04mm x 4.09mm x 3.39mm</t>
-[...1 lines deleted...]
-  <si>
     <t>4.79mm x 4.46mm x 4.10mm</t>
   </si>
   <si>
     <t>5.23mm x 4.32mm x 3.58mm</t>
   </si>
   <si>
     <t>5.58mm x 4.39mm x 3.07mm</t>
   </si>
   <si>
     <t>Pear Modified Brilliant</t>
   </si>
   <si>
     <t>10.26mm x 5.75mm x 3.82mm</t>
   </si>
   <si>
     <t>Vivid Green</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kámen je včetně etablovaného certifikátu C. Dunaigre. Smaragd je původem z lokace Muzo v Kolumbii, která je celosvětově nejvíce ceněna. Součástí smaragdu je deklarace Muzo stvrzující jeho původ. Smaragd byl dodatečně upraven olejem a to stupněm INSIGNIFICANT na klasifikační stupnici. Jedná se o zcela běžnou úpravu smaragdů. Na smaragd nelze aplikovat 5% sleva pro registrované uživatele.</t>
   </si>
   <si>
-    <t>Octagonal Step Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>6.56mm x 6.14mm x 4.27mm</t>
   </si>
   <si>
     <t>Kámen je včetně etablovaného certifikátu C. Dunaigre. Smaragd je původem z lokace Muzo v Kolumbii, která je celosvětově nejvíce ceněna. Součástí smaragdu je deklarace Muzo stvrzující jeho původ. Smaragd byl dodatečně upraven olejem a to stupněm MINOR na klasifikační stupnici. Jedná se o zcela běžnou úpravu smaragdů. Na smaragd nelze aplikovat 5% sleva pro registrované uživatele.</t>
   </si>
   <si>
-    <t>Ostatní drahé kameny</t>
-[...1 lines deleted...]
-  <si>
     <t>8.14mm x 6.71mm x 6.19mm</t>
   </si>
   <si>
-    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
-[...1 lines deleted...]
-  <si>
     <t>7.14mm x 5.50mm x 3.65mm</t>
   </si>
   <si>
     <t>Purplish Orange - Pink</t>
   </si>
   <si>
-    <t>Topaz</t>
-[...1 lines deleted...]
-  <si>
     <t>11.12mm x 8.79mm x 7.76mm</t>
   </si>
   <si>
-    <t>Blue</t>
-[...1 lines deleted...]
-  <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Modré topazy jsou běžně upravovány ozařováním a tepelně vylepšovány; indikativní důkaz o úpravě obvykle chybí.</t>
   </si>
   <si>
     <t>12.16mm x 10.20mm x 6.26mm</t>
   </si>
   <si>
     <t>15.06mm x 10.01mm x 6.93mm</t>
   </si>
   <si>
     <t>Princess Cut</t>
   </si>
   <si>
     <t>10.13mm x 10.05mm x 5.98mm</t>
   </si>
   <si>
     <t>11.94mm x 9.79mm x 6.61mm</t>
   </si>
   <si>
     <t>13.97mm x 8.98mm x 6.19mm</t>
   </si>
   <si>
     <t>13.09mm x 9.12mm x 6.07mm</t>
   </si>
   <si>
     <t>Triangular Mixed Cut</t>
   </si>
   <si>
     <t>10.49mm x 10.41mm x 6.93mm</t>
   </si>
   <si>
     <t>10.08mm x 7.90mm x 5.36mm</t>
   </si>
   <si>
-    <t>10.16mm x 8.03mm x 5.71mm</t>
-[...4 lines deleted...]
-  <si>
     <t>14.83mm x 7.04mm x 4.95mm</t>
   </si>
   <si>
     <t>Yellowish Green</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Zelené topazy jsou běžně upravovány ozařováním a tepelně vylepšovány; indikativní důkaz o úpravě obvykle chybí.</t>
   </si>
   <si>
     <t>9.92mm x 7.95mm x 5.40mm</t>
   </si>
   <si>
     <t>10.12mm x 8.13mm x 5.39mm</t>
   </si>
   <si>
     <t>9.03mm - 9.08mm x 5.63mm</t>
   </si>
   <si>
-    <t>Maquise Brilliant</t>
+    <t>Marquise Brilliant</t>
   </si>
   <si>
     <t>14.16mm x 7.00mm x 4.37mm</t>
   </si>
   <si>
     <t>7.23mm x 9.25mm x 4.76mm</t>
   </si>
   <si>
     <t>7.00mm x 9.13mm x 4.49mm</t>
   </si>
   <si>
     <t>7.12mm x 9.02mm x 4.50mm</t>
   </si>
   <si>
     <t>Cut Cornered Mixed Cut</t>
   </si>
   <si>
     <t>7.92mm x 5.93mm x 4.17mm</t>
   </si>
   <si>
     <t>9.11mm x 6.17mm x 4.23mm</t>
   </si>
   <si>
     <t>8.00mm x 6.00mm x 4.58mm</t>
   </si>
   <si>
     <t>8.01mm x 6.10mm x 4.58mm</t>
   </si>
   <si>
-    <t>Greenish Blue</t>
-[...1 lines deleted...]
-  <si>
     <t>8.02mm x 6.02mm x 4.21mm</t>
   </si>
   <si>
     <t>8.08mm x 6.02mm x 3.79mm</t>
   </si>
   <si>
-    <t>8.04mm x 6.05mm x 4.21mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Heart Mixed Cut</t>
   </si>
   <si>
     <t>6.04mm x 6.16mm x 3.39mm</t>
   </si>
   <si>
-    <t>Almandin</t>
-[...1 lines deleted...]
-  <si>
     <t>9.82mm - 9.92mm x 5.78 mm</t>
   </si>
   <si>
     <t>Deep Orangy Red</t>
   </si>
   <si>
     <t>9.66mm - 9.80mm x 6.09mm</t>
   </si>
   <si>
     <t>Deep Orange - Red</t>
   </si>
   <si>
     <t>7.74mm - 7.93mm x 5.56mm</t>
   </si>
   <si>
     <t>Deep Red</t>
   </si>
   <si>
     <t>7.74mm - 7.81mm x 4.34mm</t>
   </si>
   <si>
     <t>9.20mm x 6.09mm x 3.87mm</t>
   </si>
   <si>
     <t>Deep Orange - Pink</t>
   </si>
   <si>
-    <t>Pyrop</t>
-[...1 lines deleted...]
-  <si>
     <t>8.07mm - 8.10mm x 5.22mm</t>
   </si>
   <si>
-    <t>Deep Reddish Orange</t>
-[...4 lines deleted...]
-  <si>
     <t>10.01mm - 10.15mm x 5.38mm</t>
   </si>
   <si>
     <t>Yellow - Green</t>
   </si>
   <si>
     <t>7.81mm - 7.97mm x 4.58mm</t>
   </si>
   <si>
     <t>Green - Yellow</t>
   </si>
   <si>
     <t>7.67mm - 7.80mm x 4.65mm</t>
   </si>
   <si>
     <t>7.98mm - 8.10mm x 4.39mm</t>
   </si>
   <si>
     <t>7.79mm - 7.97mm x 4.41mm</t>
   </si>
   <si>
     <t>7.74mm - 7.85mm x 4.14mm</t>
   </si>
   <si>
     <t>7.02mm x 4.93mm x 3.27mm</t>
   </si>
   <si>
     <t>8.06mm x 4.89mm x 3.71mm</t>
   </si>
   <si>
     <t>7.05mm x 4.95mm x 3.06mm</t>
   </si>
   <si>
     <t>Greenish Yellow</t>
   </si>
   <si>
     <t>8.58mm - 8.64mm x 4.44mm</t>
   </si>
   <si>
-    <t>Deep Pinkish Purple</t>
-[...1 lines deleted...]
-  <si>
     <t>7.08mm x 6.01mm x 4.55mm</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.&amp;nbsp;Safír byl tepelně upraven (jedná se o běžnou úpravu).</t>
   </si>
   <si>
     <t>5.01mm - 5.12mm x 3.76mm</t>
   </si>
   <si>
     <t>Deep Orangy Yellow</t>
   </si>
   <si>
-    <t>Verdelit</t>
-[...1 lines deleted...]
-  <si>
     <t>11.95mm x 6.06mm x 4.58mm</t>
   </si>
   <si>
     <t>Blue - Green</t>
   </si>
   <si>
     <t>Baguette</t>
   </si>
   <si>
     <t>11.78mm x 6.07mm x 4.64mm</t>
   </si>
   <si>
     <t>9.19mm x 6.09mm x 3.99mm</t>
   </si>
   <si>
     <t>8.99mm x 6.09mm x 3.73mm</t>
   </si>
   <si>
     <t>9.25mm x 7.16mm x 4.79mm</t>
   </si>
   <si>
     <t>9.94mm x 6.22mm x 3.96.mm</t>
   </si>
   <si>
-    <t>Green</t>
-[...1 lines deleted...]
-  <si>
     <t>7.07mm - 7.26mm x 5.42mm</t>
   </si>
   <si>
-    <t>Deep Yellowish Green</t>
-[...1 lines deleted...]
-  <si>
     <t>6.46mm - 6.56mm x 4.85mm</t>
   </si>
   <si>
     <t>7.56mm x 5.22mm x 3.05mm</t>
   </si>
   <si>
     <t>6.47mm x 4.59mm x 2.99mm</t>
   </si>
   <si>
     <t>5.44mm - 5.54mm x 3.63mm</t>
   </si>
   <si>
     <t>7.12mm x 5.14mm x 2.60mm</t>
   </si>
   <si>
     <t>Deep Green</t>
   </si>
   <si>
     <t>6.92mm x 4.84mm x 2.80mm</t>
   </si>
   <si>
     <t>5.12mm - 5.18mm x 4.02mm</t>
   </si>
   <si>
     <t>7.10mm x 4.98mm x 2.18mm</t>
@@ -3232,215 +3802,173 @@
   <si>
     <t>7.31mm x 5.65mm x 3.26mm</t>
   </si>
   <si>
     <t>6.26mm - 6.34mm x 3.89mm</t>
   </si>
   <si>
     <t>7.20mm x 5.13mm x 3.59mm</t>
   </si>
   <si>
     <t>6.55mm x 5.65mm x 3.44mm</t>
   </si>
   <si>
     <t>7.36mm x 5.68mm x 2.65mm</t>
   </si>
   <si>
     <t>6.86mm x 4.93mm x 3.55mm</t>
   </si>
   <si>
     <t>7.06mm x 5.16mm x 3.12mm</t>
   </si>
   <si>
     <t>6.76mm x 5.51mm x 3.33mm</t>
   </si>
   <si>
-    <t>6.30mm x 5.04mm x 3.59mm</t>
-[...1 lines deleted...]
-  <si>
     <t>6.81mm x 4.92mm x 3.38mm</t>
   </si>
   <si>
     <t>6.14mm x 5.12mm x 3.20mm</t>
   </si>
   <si>
     <t>7.03mm x 5.15mm x 3.56mm</t>
   </si>
   <si>
     <t>7.06mm x 5.16mm x 2.84mm</t>
   </si>
   <si>
     <t>6.90mm x 5.44mm x 2.41mm</t>
   </si>
   <si>
     <t>5.63mm - 5.80mm x 3.27mm</t>
   </si>
   <si>
     <t>6.21mm x 5.12mm x 2.95mm</t>
   </si>
   <si>
     <t>5.96mm x 4.71mm x 3.27mm</t>
   </si>
   <si>
     <t>5.98mm x 4.82mm x 2.92mm</t>
   </si>
   <si>
     <t>6.33mm x 5.24mm x 2.43mm</t>
   </si>
   <si>
     <t>5.89mm x 4.65mm x 2.37mm</t>
   </si>
   <si>
     <t>5.93mm x 4.29mm x 2.67mm</t>
   </si>
   <si>
     <t>5.12mm x 4.00mm x 2.53mm</t>
   </si>
   <si>
-    <t>7.13mm x 5.80mm x 4.71mm</t>
-[...7 lines deleted...]
-  <si>
     <t>7.24mm x 5.20mm x 3.13mm</t>
   </si>
   <si>
     <t>6.24mm - 6.34mm x 3.15mm</t>
   </si>
   <si>
-    <t>Rubelit</t>
-[...7 lines deleted...]
-  <si>
     <t>11.19mm x 9.11mm x 5.66mm</t>
   </si>
   <si>
-    <t>Deep Purplish Pink</t>
-[...1 lines deleted...]
-  <si>
     <t>7.98mm x 7.89mm x 4.86mm</t>
   </si>
   <si>
     <t>7.64mm x 7.96mm x 4.32mm</t>
   </si>
   <si>
     <t>Purplish Pink</t>
   </si>
   <si>
     <t>6.00mm x 6.06mm x 3.43mm</t>
   </si>
   <si>
     <t>Purplish Orangy Pink</t>
   </si>
   <si>
     <t>5.24mm - 5.33mm x 3.64mm</t>
   </si>
   <si>
     <t>5.09mm - 5.15mm x 3.47mm</t>
   </si>
   <si>
     <t>5.00mm- 5.07mm x 3.60mm</t>
   </si>
   <si>
-    <t>5.10mm - 5.18mm x 3.43mm</t>
-[...4 lines deleted...]
-  <si>
     <t>5.02mm - 5.10mm x 3.23mm</t>
   </si>
   <si>
     <t>4.94mm - 4.97mm x 3.42mm</t>
   </si>
   <si>
-    <t>5.09mm - 5.15mm x 3.31mm</t>
-[...1 lines deleted...]
-  <si>
     <t>4.92mm - 5.01mm x 3.34mm</t>
   </si>
   <si>
     <t>4.85mm - 4.97mm x 2.96mm</t>
   </si>
   <si>
     <t>Orangy Pink</t>
   </si>
   <si>
     <t>4.96mm - 5.09mm x 2.90mm</t>
   </si>
   <si>
-    <t>4.78mm - 4.88mm x 2.96mm</t>
-[...4 lines deleted...]
-  <si>
     <t>8.84mm x 7.79mm x 3.88mm</t>
   </si>
   <si>
     <t>Deep Purplish Orange - Red</t>
   </si>
   <si>
     <t>Oval Brilliant</t>
   </si>
   <si>
     <t>10.07mm x 7.23mm x 4.75mm</t>
   </si>
   <si>
     <t>9.18mm x 7.03mm x 3.91mm</t>
   </si>
   <si>
     <t>Purplish Red</t>
   </si>
   <si>
     <t>8.15mm x 5.99mm x 3.97mm</t>
   </si>
   <si>
     <t>6.84mm - 7.13mm x 4.86mm</t>
   </si>
   <si>
     <t>7.00mm - 7.08mm x 4.81mm</t>
   </si>
   <si>
     <t>Deep Purplish Reddish Pink</t>
   </si>
   <si>
     <t>8.09mm x 5.91mm x 3.73mm</t>
   </si>
   <si>
-    <t>Deep Pink - Purple</t>
-[...1 lines deleted...]
-  <si>
     <t>7.06mm x 7.09mm x 4.01mm</t>
   </si>
   <si>
     <t>7.06mm x 7.11mm x 3.93mm</t>
   </si>
   <si>
     <t>7.07mm x 7.04mm x 3.96mm</t>
   </si>
   <si>
     <t>6.48mm - 6.57mm x 3.61mm</t>
   </si>
   <si>
     <t>6.06mm - 6.12mm x 3.68mm</t>
   </si>
   <si>
     <t>6.00mm - 6.07mm x 3.37mm</t>
   </si>
   <si>
     <t>5.94mm - 6.01mm x 3.50mm</t>
   </si>
   <si>
     <t>5.97mm - 6.03mm x 3.39mm</t>
   </si>
   <si>
     <t>5.95mm - 6.01mm x 3.36mm</t>
@@ -3454,155 +3982,140 @@
   <si>
     <t>5.09mm x 5.09mm x 3.18mm</t>
   </si>
   <si>
     <t>5.12mm x 5.06mm x 3.18mm</t>
   </si>
   <si>
     <t>5.50mm - 5.57mm x 3.12mm</t>
   </si>
   <si>
     <t>6.19mm x 4.21mm x 3.15mm</t>
   </si>
   <si>
     <t>5.09mm x 5.09mm x 2.96mm</t>
   </si>
   <si>
     <t>5.03mm - 5.08mm x 3.29mm</t>
   </si>
   <si>
     <t>5.09mm x 5.05mm x 2.81mm</t>
   </si>
   <si>
     <t>5.00mm - 5.03mm x 3.53mm</t>
   </si>
   <si>
-    <t>5.06mm x 5.00mm x 2.81mm</t>
-[...1 lines deleted...]
-  <si>
     <t>4.91mm - 4.97mm x 3.49mm</t>
   </si>
   <si>
     <t>Pink - Purple</t>
   </si>
   <si>
     <t>4.93mm - 4.97mm x 3.21mm</t>
   </si>
   <si>
     <t>Deep Reddish Pinkish Purple</t>
   </si>
   <si>
     <t>6.06mm x 4.06mm x 2.52mm</t>
   </si>
   <si>
     <t>5.02mm - 5.08mm x 2.84mm</t>
   </si>
   <si>
     <t>Pinkish Purple</t>
   </si>
   <si>
     <t>7.09mm x 4.87mm x 2.16mm</t>
   </si>
   <si>
     <t>6.08mm x 4.58mm x 2.61mm</t>
   </si>
   <si>
     <t>13.98mm x 9.92mm x 6.93mm</t>
   </si>
   <si>
     <t>14.0mm x 9.96mm x 6.93mm</t>
   </si>
   <si>
     <t>6.65mm x 5.91mm x 3.14mm</t>
   </si>
   <si>
-    <t>7.04mm x 5.65mm x 2.41mm</t>
-[...1 lines deleted...]
-  <si>
     <t>6.08mm x 5.16mm x 3.34mm</t>
   </si>
   <si>
     <t>6.54mm x 4.82mm x 3.04mm</t>
   </si>
   <si>
-    <t>Deep Reddish Purplish Pink</t>
-[...1 lines deleted...]
-  <si>
     <t>6.12mm - 6.24mm x 2.95mm</t>
   </si>
   <si>
     <t>7.26mm x 4.97mm x 1.95mm</t>
   </si>
   <si>
     <t>5.59mm x 4.82mm x 2.93mm</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír byl tepelně upraven (jedná se o běžnou úpravu). Známky dodatečné úpravy čistoty.</t>
   </si>
   <si>
     <t>5.76mm x 4.68mm x 2.68mm</t>
   </si>
   <si>
     <t>5.75mm x 4.91mm x 2.58mm</t>
   </si>
   <si>
     <t>5.72mm x 5.15mm x 2.26mm</t>
   </si>
   <si>
     <t>4.66mm - 4.71mm x 2.86mm</t>
   </si>
   <si>
     <t>Deep Yellowish Orange</t>
   </si>
   <si>
     <t>4.86mm x 3.89mm x 2.93mm</t>
   </si>
   <si>
     <t>Deep Orange</t>
   </si>
   <si>
     <t>4.41mm - 4.46mm x 2.77mm</t>
   </si>
   <si>
     <t>4.32mm - 4.38mm x 2.69mm</t>
   </si>
   <si>
     <t>3.96mm - 4.01mm x 2.91mm</t>
   </si>
   <si>
     <t>4.17mm - 4.20mm x 2.48mm</t>
   </si>
   <si>
-    <t>3.73mm - 3.77mm x 2.50mm</t>
-[...1 lines deleted...]
-  <si>
     <t>5.55mm - 5.60mm x 3.10mm</t>
   </si>
   <si>
-    <t>Deep Purple - Pink</t>
-[...1 lines deleted...]
-  <si>
     <t>9.13mm - 9.46mm x 6.06mm</t>
   </si>
   <si>
     <t>Light Pink</t>
   </si>
   <si>
     <t>8.16mm x 6.12mm x 4.50mm</t>
   </si>
   <si>
     <t>8.05mm x 6.06mm x 4.03mm</t>
   </si>
   <si>
     <t>Yellow - Pink</t>
   </si>
   <si>
     <t>14.24mm x 10.24mm x 7.55mm</t>
   </si>
   <si>
     <t>10.14mm - 10.88mm x 7.94mm</t>
   </si>
   <si>
     <t>Light Purplish Pink</t>
   </si>
   <si>
     <t>11.75mm x 7.34mm x 7.04mm</t>
@@ -3622,77 +4135,65 @@
   <si>
     <t>12.74mm x 11.88mm x 10.41mm</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI. Průhlednost smaragdu byla upravena bezbarvým olejem (jedná se o běžnou úpravu).</t>
   </si>
   <si>
     <t>10.08mm x 9.48mm x 8.02mm</t>
   </si>
   <si>
     <t>15.15mm x 10.44mm x 5.25mm</t>
   </si>
   <si>
     <t>11.05mm x 8.97mm x 5.57mm</t>
   </si>
   <si>
     <t>Pear Brilliant</t>
   </si>
   <si>
     <t>12.25mm x 8.34mm x 5.42mm</t>
   </si>
   <si>
     <t>9.89mm x 8.21mm x 4.73mm</t>
   </si>
   <si>
-    <t>Citrín</t>
-[...1 lines deleted...]
-  <si>
     <t>14.08mm - 14.18mm x 8.83mm</t>
   </si>
   <si>
-    <t>Yellow</t>
-[...1 lines deleted...]
-  <si>
     <t>12.97mm - 13.18mm x 8.60mm</t>
   </si>
   <si>
     <t>Yellowish Orange</t>
   </si>
   <si>
     <t>14.99 mm x 10.91mm x 7.78mm</t>
   </si>
   <si>
     <t>12.07mm x 10.02mm x 7.72mm</t>
   </si>
   <si>
-    <t>Orange - Yellow</t>
-[...4 lines deleted...]
-  <si>
     <t>19.22mm x 10.15mm x 6.49mm</t>
   </si>
   <si>
     <t>19.18mm x 10.16mm x 6.75mm</t>
   </si>
   <si>
     <t>12.04mm x 9.95mm x 6.83mm</t>
   </si>
   <si>
     <t>11.99mm x 10.07mm x 5.82mm</t>
   </si>
   <si>
     <t>Flower Cut</t>
   </si>
   <si>
     <t>10.69mm x 11.03mm x 7.28mm</t>
   </si>
   <si>
     <t>10.71mm x 10.99mm x 6.36mm</t>
   </si>
   <si>
     <t>10.20mm - 10.28mm x 6.82mm</t>
   </si>
   <si>
     <t>Cut Cornered Rectangular Mixed Cut</t>
@@ -3730,53 +4231,50 @@
   <si>
     <t>10.29mm x 6.27mm x 4.99mm</t>
   </si>
   <si>
     <t>10.26mm x 6.25mm x 4.91mm</t>
   </si>
   <si>
     <t>10.28mm x 6.26mm x 4.90mm</t>
   </si>
   <si>
     <t>10.31mm x 6.26mm x 4.86mm</t>
   </si>
   <si>
     <t>10.30mm x 6.26mm x 4.72mm</t>
   </si>
   <si>
     <t>10.31mm x 6.27mm x 4.76mm</t>
   </si>
   <si>
     <t>10.34mm x 6.26mm x 4.78mm</t>
   </si>
   <si>
     <t>10.29mm x 6.22mm x 4.70mm</t>
   </si>
   <si>
-    <t>Akvamarín</t>
-[...1 lines deleted...]
-  <si>
     <t>10.87mm x 9.09mm x 6.19mm</t>
   </si>
   <si>
     <t>9.65mm x 8.94mm x 5.89mm</t>
   </si>
   <si>
     <t>9.47mm - 9.65mm x 5.95mm</t>
   </si>
   <si>
     <t>Light Greenish Blue</t>
   </si>
   <si>
     <t>7.98mm - 8.04mm x 5.50mm</t>
   </si>
   <si>
     <t>8.67mm x 6.75mm x 4.75mm</t>
   </si>
   <si>
     <t>7.54mm - 7.62mm x 5.01mm</t>
   </si>
   <si>
     <t>10.29mm x 6.27mm x 4.52mm</t>
   </si>
   <si>
     <t>10.27mm x 6.22mm x 4.25mm</t>
@@ -3799,53 +4297,50 @@
   <si>
     <t>12.15mm x 12.08mm x 8.11mm</t>
   </si>
   <si>
     <t>Deep Purple</t>
   </si>
   <si>
     <t>14.13mm x 11.07mm x 7.71mm</t>
   </si>
   <si>
     <t>12.18mm x 12.05mm x 7.16mm</t>
   </si>
   <si>
     <t>12.69mm x 10.44mm x 7.15mm</t>
   </si>
   <si>
     <t>11.05mm x 9.11mm x 6.22mm</t>
   </si>
   <si>
     <t>10.09mm - 10.19mm x 7.22mm</t>
   </si>
   <si>
     <t>10.06mm - 10.14mm x 6.45mm</t>
   </si>
   <si>
-    <t>Purple</t>
-[...1 lines deleted...]
-  <si>
     <t>11.14mm x 8.18mm x 5.22mm</t>
   </si>
   <si>
     <t>10.13mm x 8.16mm x 5.75mm</t>
   </si>
   <si>
     <t>7.86mm x 7.85mm x 5.72mm</t>
   </si>
   <si>
     <t>9.99mm x 7.92mm x 5.09mm</t>
   </si>
   <si>
     <t>7.97mm x 7.91mm x 5.31mm</t>
   </si>
   <si>
     <t>8.68mm - 8.74mm x 5.38mm</t>
   </si>
   <si>
     <t>8.14mm - 8.18mm x 5.35mm</t>
   </si>
   <si>
     <t>7.98mm - 8.11mm x 4.88mm</t>
   </si>
   <si>
     <t>8.09mm x 6.10mm x 3.79mm</t>
@@ -3955,209 +4450,200 @@
   <si>
     <t>7.21mm x 5.32mm x 3.39mm</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Čistota rubelitu byla upravena (jedná se o běžnou úpravu drahokamů).</t>
   </si>
   <si>
     <t>5.85mm - 5.97mm x 3.70mm</t>
   </si>
   <si>
     <t>Orangy Purplish Pink</t>
   </si>
   <si>
     <t>12.18mm x 10.14mm x 6.39mm</t>
   </si>
   <si>
     <t>8.07mm x 6.09mm x 3.99mm</t>
   </si>
   <si>
     <t>Deep Blue Greenish</t>
   </si>
   <si>
     <t>9.98mm x 8.02mm x 5.13mm</t>
   </si>
   <si>
+    <t>13.83mm - 13.88mm x 8.93mm</t>
+  </si>
+  <si>
+    <t>10.00mm x 8.17mm x 4.83mm</t>
+  </si>
+  <si>
+    <t>Yellow-Orange</t>
+  </si>
+  <si>
+    <t>9.06mm - 9.12mm x 5.02mm</t>
+  </si>
+  <si>
+    <t>13.14mm - 13.29mm x 8.91mm</t>
+  </si>
+  <si>
+    <t>10.56mm x 7.92mm x 5.10mm</t>
+  </si>
+  <si>
+    <t>12.16mm x 8.14mm x 5.17mm</t>
+  </si>
+  <si>
+    <t>9.12mm - 9.18mm x 6.49mm</t>
+  </si>
+  <si>
+    <t>9.82mm - 9.92mm x 5.93mm</t>
+  </si>
+  <si>
+    <t>12.08mm - 12.19mm x 8.71mm</t>
+  </si>
+  <si>
+    <t>10.28mm x 8.28mm x 5.43mm</t>
+  </si>
+  <si>
+    <t>6.60mm - 6.74mm x 3.52mm</t>
+  </si>
+  <si>
+    <t>6.12mm - 6.17mm x 3.66mm</t>
+  </si>
+  <si>
+    <t>4.06mm x 4.04mm x 2.86mm</t>
+  </si>
+  <si>
+    <t>6.42mm x 6.60mm x 4.18mm</t>
+  </si>
+  <si>
+    <t>7.13mm x 5.11mm x 3.46mm</t>
+  </si>
+  <si>
+    <t>Yellowish Brownish Green</t>
+  </si>
+  <si>
+    <t>8.86mm x 7.05mm x 4.43mm</t>
+  </si>
+  <si>
+    <t>9.05mm x 7.04mm x 4.70mm</t>
+  </si>
+  <si>
+    <t>10.16mm x 8.06mm x 4.67mm</t>
+  </si>
+  <si>
+    <t>10.10mm x 8.16mm x 5.38mm</t>
+  </si>
+  <si>
+    <t>9.84mm x 8.01mm x 5.42mm</t>
+  </si>
+  <si>
+    <t>11.12mm x 7.14mm x 4.35mm</t>
+  </si>
+  <si>
+    <t>11.02mm x 8.79mm x 4.99mm</t>
+  </si>
+  <si>
+    <t>10.15mm x 8.12mm x 5.17mm</t>
+  </si>
+  <si>
+    <t>7.89mm x 5.99mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>9.94mm x 8.01mm x 5.66mm</t>
+  </si>
+  <si>
+    <t>6.16mm x 4.12mm x 2.67mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pink (tepelně neupraven)</t>
+  </si>
+  <si>
+    <t>6.95mm x 5.01mm x 2.47mm</t>
+  </si>
+  <si>
+    <t>6.01mm x 4.06mm x 2.71mm</t>
+  </si>
+  <si>
+    <t>6.34mm x 5.85mm x 3.38mm</t>
+  </si>
+  <si>
+    <t>9.11mm x 6.94mm x 5.08mm</t>
+  </si>
+  <si>
+    <t>Yellow-Green</t>
+  </si>
+  <si>
+    <t>8.00mm x 5.97mm x 3.43mm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Oval </t>
+  </si>
+  <si>
+    <t>7.04mm x 5.07mm x 3.13mm</t>
+  </si>
+  <si>
+    <t>Green-Yellow</t>
+  </si>
+  <si>
+    <t>5.29mm x 4.25mm x 3.27mm</t>
+  </si>
+  <si>
+    <t>9.90mm - 9.98mm x 5.73mm</t>
+  </si>
+  <si>
+    <t>10.14mm x 10.24mm x 6.06mm</t>
+  </si>
+  <si>
+    <t>12.35mm x 9.18mm x 5.14mm</t>
+  </si>
+  <si>
+    <t>10.95mm - 11.06mm x 7.13mm</t>
+  </si>
+  <si>
+    <t>11.55mm x 9.27mm x 5.97mm</t>
+  </si>
+  <si>
+    <t>10.69mm x 9.77mm x 7.58mm</t>
+  </si>
+  <si>
+    <t>9.62mm - 9.76mm x 6.37mm</t>
+  </si>
+  <si>
+    <t>10.18mm - 10.37mm x 6.99mm</t>
+  </si>
+  <si>
+    <t>11.39mm x 8.48mm x 5.74mm</t>
+  </si>
+  <si>
+    <t>Orange Yellow</t>
+  </si>
+  <si>
     <t>Round Brilliant</t>
   </si>
   <si>
-    <t>8.98mm - 9.07mm x 5.96mm</t>
-[...154 lines deleted...]
-  <si>
     <t>9.80mm - 9.90mm x 7.14mm</t>
   </si>
   <si>
     <t>Cut Cornered Combination</t>
   </si>
   <si>
     <t>9.83mm x 8.13mm x 4.13mm</t>
   </si>
   <si>
     <t>9.60mm - 9.66mm x 6.65mm</t>
   </si>
   <si>
     <t>10.03mm - 10.18mm x 6.58mm</t>
   </si>
   <si>
     <t>10.81mm - 11.06mm x 5.89mm</t>
   </si>
   <si>
     <t>8.05mm - 8.15mm x 6.37mm</t>
   </si>
   <si>
     <t>9.84mm - 10.03mm x 6.05mm</t>
   </si>
   <si>
     <t>10.08mm x 10.22mm x 5.93mm</t>
@@ -4180,53 +4666,50 @@
   <si>
     <t>Deep Blue (tepelně neupraven)</t>
   </si>
   <si>
     <t>7.05mm x 5.18mm x 2.82mm</t>
   </si>
   <si>
     <t>Blue (tepelně neupraven)</t>
   </si>
   <si>
     <t>6.08mm x 4.07mm x 2.97mm</t>
   </si>
   <si>
     <t>Free Form Mixed Cut</t>
   </si>
   <si>
     <t>4.66mm - 7.05mm x 3.48mm</t>
   </si>
   <si>
     <t>7.39mm - 7.57mm x 4.82mm</t>
   </si>
   <si>
     <t>11.29mm x 7.70mm x 4.91mm</t>
   </si>
   <si>
-    <t>Violet</t>
-[...1 lines deleted...]
-  <si>
     <t>6.54mm - 6.65mm x 3.90mm</t>
   </si>
   <si>
     <t>8.08mm x 6.05mm x 3.61mm</t>
   </si>
   <si>
     <t>Dark Yellowish Green</t>
   </si>
   <si>
     <t>7.11mm x 5.06mm x 3.10mm</t>
   </si>
   <si>
     <t>8.91mm x 8.93mm x 5.03mm</t>
   </si>
   <si>
     <t>8.11mm x 6.22mm x 4.21mm</t>
   </si>
   <si>
     <t>12.24mm x 8.26mm x 4.39mm</t>
   </si>
   <si>
     <t>7.08mm x 5.09mm x 3.89mm</t>
   </si>
   <si>
     <t>Blue-Purple</t>
@@ -4381,53 +4864,50 @@
   <si>
     <t>14.38mm x 10.76mm x 7.91mm</t>
   </si>
   <si>
     <t>14.13mm x 10.06mm x 6.74mm</t>
   </si>
   <si>
     <t>16.27mm x 12.03mm x 7.69mm</t>
   </si>
   <si>
     <t>14.63mm x 10.82mm x 6.45mm</t>
   </si>
   <si>
     <t>14.82mm x 9.93mm x 6.54mm</t>
   </si>
   <si>
     <t>18.01mm x 13.08mm x 9.37mm</t>
   </si>
   <si>
     <t>16.41mm x 12.54mm x 7.82mm</t>
   </si>
   <si>
     <t>18.89mm x 14.50mm x 8.20mm</t>
   </si>
   <si>
-    <t>13.61mm - 13.73mm x 9.19mm</t>
-[...1 lines deleted...]
-  <si>
     <t>14.08mm x 10.13mm x 7.00mm</t>
   </si>
   <si>
     <t>14.09mm x 10.11mm x 6.46mm</t>
   </si>
   <si>
     <t>12.18mm x 9.21mm x 6.39mm</t>
   </si>
   <si>
     <t>18.58mm x 12.24mm x 7.72mm</t>
   </si>
   <si>
     <t>Light Blue-Green</t>
   </si>
   <si>
     <t>16.01mm x 11.98mm x 7.34mm</t>
   </si>
   <si>
     <t>12.49mm x 9.62mm x 6.01mm</t>
   </si>
   <si>
     <t>Light Greenish-Blue</t>
   </si>
   <si>
     <t>13.67mm x 9.91mm x 5.20mm</t>
@@ -4624,53 +5104,50 @@
   <si>
     <t>8.42mm - 8.48mm x 6.20mm</t>
   </si>
   <si>
     <t>13.38mm x 9.30mm x 6.66mm</t>
   </si>
   <si>
     <t>Baguette Cut</t>
   </si>
   <si>
     <t>10.01mm x 8.00mm x 5.33mm</t>
   </si>
   <si>
     <t>9.06mm x 7.64mm x 4.11mm</t>
   </si>
   <si>
     <t>Yellowish-bluish Green</t>
   </si>
   <si>
     <t>Rectangle Mixed Cut</t>
   </si>
   <si>
     <t>7.53mm x 6.41mm x 3.97mm</t>
   </si>
   <si>
-    <t>9.80mm x 4.97mm x 3.37mm</t>
-[...1 lines deleted...]
-  <si>
     <t>12.84mm x 8.46mm x 4.65mm</t>
   </si>
   <si>
     <t>8.03mm - 8.14mm x 6.17mm</t>
   </si>
   <si>
     <t>10.93mm x 5.97mm x 3.47mm</t>
   </si>
   <si>
     <t>7.15mm x 7.14mm x 4.78mm</t>
   </si>
   <si>
     <t>7.97mm x 5.86mm x 4.09mm</t>
   </si>
   <si>
     <t>9.09mm x 6.04mm x 4.05mm</t>
   </si>
   <si>
     <t>6.56mm x 6.51mm x 3.95mm</t>
   </si>
   <si>
     <t>8.14mm x 6.14mm x 4.03mm</t>
   </si>
   <si>
     <t>8.12mm x 5.08mm x 3.16mm</t>
@@ -4837,53 +5314,50 @@
   <si>
     <t>14.06mm x 10.16mm x 5.41mm</t>
   </si>
   <si>
     <t>13.29mm x 9.24mm x 6.66mm</t>
   </si>
   <si>
     <t>13.48mm x 8.84mm x 5.95mm</t>
   </si>
   <si>
     <t>11.27mm x 8.99mm x 6.30mm</t>
   </si>
   <si>
     <t>9.91mm x 8.29mm x 5.46mm</t>
   </si>
   <si>
     <t>8.11mm x 6.21mm x 3.88mm</t>
   </si>
   <si>
     <t>Bluish Purple</t>
   </si>
   <si>
     <t>8.94mm x 7.05mm x 3.93mm</t>
   </si>
   <si>
-    <t>14.63mm x 11.836mm x 6.97mm</t>
-[...1 lines deleted...]
-  <si>
     <t>11.49mm x 10.68mm x 6.84mm</t>
   </si>
   <si>
     <t>14.21mm x 10.15mm x 7.02mm</t>
   </si>
   <si>
     <t>13.12mm x 9.08mm x 6.27mm</t>
   </si>
   <si>
     <t>10.03mm x 8.06mm x 5.21mm</t>
   </si>
   <si>
     <t>9.08mm x 9.07mm x 4.25mm</t>
   </si>
   <si>
     <t>Oval Combination</t>
   </si>
   <si>
     <t>8.89mm x 6.92mm x 4.25mm</t>
   </si>
   <si>
     <t>7.09mm x 7.01mm x 4.19mm</t>
   </si>
   <si>
     <t>Orangy Red</t>
@@ -5008,53 +5482,50 @@
   <si>
     <t>7.36mm x 4.57mm x 4.21mm</t>
   </si>
   <si>
     <t>Blue / Bluish Purple</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír mění svou barvu: Denní světlo: Modrá barva (Blue) Umělé světlo: Namodrale fialová barva (Bluish Purple) Safír není tepelně upraven. Původ: Srí Lanka</t>
   </si>
   <si>
     <t>Modified Brilliant Cut</t>
   </si>
   <si>
     <t>11.76mm x 7.99mm x 5.50mm</t>
   </si>
   <si>
     <t>Yellow-Green/Brownish Yellow</t>
   </si>
   <si>
     <t>GIA</t>
   </si>
   <si>
     <t>Kámen mění svou barvu pod denním a umělým světlem. Součástí je mezinárodně uznávaný certifikát GIA.</t>
   </si>
   <si>
-    <t>5.01mm x 3.96mm x 2.65mm</t>
-[...1 lines deleted...]
-  <si>
     <t>6.07mm x 4.32mm x 2.36mm</t>
   </si>
   <si>
     <t>7.23mm x 3.47mm x 2.64mm</t>
   </si>
   <si>
     <t>7.78mm x 6.00mm x 4.00mm</t>
   </si>
   <si>
     <t>Princess Cut Combination</t>
   </si>
   <si>
     <t>5.00mm x 5.14mm x 3.29mm</t>
   </si>
   <si>
     <t>5.15mm x 5.22mm x 3.80mm</t>
   </si>
   <si>
     <t>5.13mm x 5.09mm x 3.25mm</t>
   </si>
   <si>
     <t>Dark Purple</t>
   </si>
   <si>
     <t>9.09mm x 7.11mm x 4.79mm</t>
@@ -5215,53 +5686,50 @@
   <si>
     <t>8.98mm x 7.05mm x 4.60mm</t>
   </si>
   <si>
     <t>Triangular Brilliant</t>
   </si>
   <si>
     <t>8.20mm x 8.16mm x 4.04mm</t>
   </si>
   <si>
     <t>16.61mm x 13.54mm x 7.54mm</t>
   </si>
   <si>
     <t>Orangy Brown</t>
   </si>
   <si>
     <t>10.10mm x 8.25mm x 4.54mm</t>
   </si>
   <si>
     <t>Dark Purplish Red</t>
   </si>
   <si>
     <t>11.04mm x 8.21mm x 4.40mm</t>
   </si>
   <si>
-    <t>Částečně Průhledný</t>
-[...1 lines deleted...]
-  <si>
     <t>12.18mm x 9.55mm x 4.87mm</t>
   </si>
   <si>
     <t>11.65mm x 10.39mm x 5.21mm</t>
   </si>
   <si>
     <t>11.22mm x 9.25mm x 5.35mm</t>
   </si>
   <si>
     <t>12.12mm x 8.17mm x 4.80mm</t>
   </si>
   <si>
     <t>15.05mm x 7.66mm x 3.38mm</t>
   </si>
   <si>
     <t>12.00mm x 9.86mm x 4.50mm</t>
   </si>
   <si>
     <t>12.79mm x 8.81mm x 4.33mm</t>
   </si>
   <si>
     <t>Dark Orangy Brown</t>
   </si>
   <si>
     <t>11.64mm x 11.33mm x 5.82mm</t>
@@ -5422,90 +5890,81 @@
   <si>
     <t>Cushion Combination</t>
   </si>
   <si>
     <t>13.29mm x 9.28mm x 6.67mm</t>
   </si>
   <si>
     <t>13.06mm x 8.11mm x 6.01mm</t>
   </si>
   <si>
     <t>16.02mm x 11.05mm x 6.09mm</t>
   </si>
   <si>
     <t>14.10mm x 10.31mm x 4.94mm</t>
   </si>
   <si>
     <t>13.18mm x 9.00mm x 5.06mm</t>
   </si>
   <si>
     <t>12.09mm x 8.09mm x 4.35mm</t>
   </si>
   <si>
     <t>16.18mm x 11.00mm x 7.04mm</t>
   </si>
   <si>
-    <t>Pear Combination</t>
-[...4 lines deleted...]
-  <si>
     <t>9.61mm x 13.94mm x 6.30mm</t>
   </si>
   <si>
     <t>9.60mm x 12.63mm x 6.85mm</t>
   </si>
   <si>
     <t>Rectangular Cushion Brilliant</t>
   </si>
   <si>
     <t>15.47mm x 12.03mm x 7.31mm</t>
   </si>
   <si>
     <t>7.76mm x 6.07mm x 2.87mm</t>
   </si>
   <si>
     <t>13.87mm x 10.07mm x 5.76mm</t>
   </si>
   <si>
     <t>12.32mm x 8.47mm x 5.59mm</t>
   </si>
   <si>
     <t>Dark Bluish Green</t>
   </si>
   <si>
     <t>12.16mm x 5.23mm x 3.36mm</t>
   </si>
   <si>
     <t>12.20mm x 5.04mm x 4.18mm</t>
   </si>
   <si>
     <t>10.14mm x 8.42mm x 4.49mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.02 x 8.01 x 4.46 mm</t>
   </si>
   <si>
     <t>10.02mm x 8.01mm x 4.46mm</t>
   </si>
   <si>
     <t>Brownish Purple</t>
   </si>
   <si>
     <t>16.05mm x 12.07mm x 5.57mm</t>
   </si>
   <si>
     <t>13.96mm x 10.99mm x 6.01mm</t>
   </si>
   <si>
     <t>18.57mm x 10.34mm x 7.14mm</t>
   </si>
   <si>
     <t>15.20mm x 11.34mm x 7.11mm</t>
   </si>
   <si>
     <t>14.96mm x 11.11mm x 7.23mm</t>
   </si>
   <si>
     <t>12.06mm x 6.22mm x 6.22mm</t>
   </si>
@@ -6132,62 +6591,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-473ct-deep-violetish-blue-s-igi-certifikatem-0101974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-231ct-deep-violet-blue-s-igi-certifikatem-0101972.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-deep-violetish-blue-s-igi-certifikatem-0101970.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-deep-violet-blue-s-igi-certifikatem-0101969.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-157ct-deep-violetish-blue-s-igi-certifikatem-0101968.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-132ct-deep-bluish-violet-s-igi-certifikatem-0101967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-119ct-deep-violet-blue-s-igi-certifikatem-0101965.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-111ct-deep-violetish-blue-s-igi-certifikatem-0101964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-108ct-violetish-blue-s-igi-certifikatem-0101963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-100ct-violetish-blue-s-igi-certifikatem-0101961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-096ct-violetish-blue-s-igi-certifikatem-0101959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-violet-blue-s-igi-certifikatem-0101957.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-violetish-blue-s-igi-certifikatem-0101956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-deep-bluish-violet-s-igi-certifikatem-0101955.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-088ct-bluish-violet-s-igi-certifikatem-0101953.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-087ct-bluish-violet-s-igi-certifikatem-0101952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-086ct-bluish-violet-s-igi-certifikatem-0101951.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-085ct-deep-bluish-violet-s-igi-certifikatem-0101950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-084ct-bluish-violet-s-igi-certifikatem-0101949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-083ct-deep-violet-blue-s-igi-certifikatem-0101948.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-083ct-bluish-violet-s-igi-certifikatem-0101947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-080ct-violetish-blue-s-igi-certifikatem-0101946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-077ct-deep-bluish-violet-s-igi-certifikatem-0101944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-075ct-violetish-blue-s-igi-certifikatem-0101942.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-072ct-deep-bluish-violet-s-igi-certifikatem-0101938.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-062ct-bluish-violet-s-igi-certifikatem-0101935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-062ct-deep-bluish-violet-s-igi-certifikatem-0101934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-060ct-violetish-blue-s-igi-certifikatem-0101933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-050ct-bluish-violet-s-igi-certifikatem-0101932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-037ct-violetish-blue-s-igi-certifikatem-0101931.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-158ct-deep-blue-s-igi-certifikatem-0101929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-153ct-deep-blue-s-igi-certifikatem-0101928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-100ct-deep-blue-s-igi-certifikatem-0101917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-deep-blue-s-igi-certifikatem-0101914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-262ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-173ct-deep-purple-red-s-igi-certifikatem-0101911.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-160ct-deep-purplish-pink-red-s-igi-certifikatem-0101910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-145ct-deep-purple-red-s-igi-certifikatem-0101909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-122ct-deep-purplish-red-s-igi-certifikatem-0101908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-110ct-deep-purple-red-s-igi-certifikatem-0101907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-091ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-084ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-079ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-074ct-deep-purple-red-s-igi-certifikatem-0101900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-070ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-066ct-deep-purplish-red-s-igi-certifikatem-0101897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-053ct-deep-purplish-pink-red-tepelne-neupraven-s-igi-certifikatem-0101895.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-051ct-deep-purplish-pink-red-s-igi-certifikatem-0101894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-046ct-deep-purplish-red-s-igi-certifikatem-0101893.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-032ct-deep-purplish-red-s-igi-certifikatem-0101892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-028ct-purplish-pink-red-s-igi-certifikatem-0101891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-205ct-deep-bluish-green-s-igi-certifikatem-0101890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-182ct-bluish-green-s-igi-certifikatem-0101889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-161ct-deep-bluish-green-s-igi-certifikatem-0101888.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-127ct-bluish-green-s-igi-certifikatem-0101887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-091ct-deep-bluish-green-s-igi-certifikatem-0101877.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-085ct-deep-bluish-green-s-igi-certifikatem-0101876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-070ct-deep-bluish-green-s-igi-certifikatem-0101873.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-065ct-deep-bluish-green-s-igi-certifikatem-0101872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-064ct-deep-bluish-green-s-igi-certifikatem-0101871.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-062ct-deep-bluish-green-s-igi-certifikatem-0101870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-059ct-deep-bluish-green-s-igi-certifikatem-0101869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-058ct-deep-bluish-green-s-igi-certifikatem-0101867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-106ct-vivid-green-kolumbie-muzo-insignificant-s-cd-certifikatem-0101864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-110ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zoisit-261ct-bluish-green-s-igi-certifikatem-0101860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/turmalin-114ct-purplish-orange-pink-s-igi-certifikatem-0101855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-737ct-blue-s-igi-certifikatem-0101854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-686ct-deep-blue-s-igi-certifikatem-0101853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-675ct-deep-blue-s-igi-certifikatem-0101852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-573ct-blue-s-igi-certifikatem-0101847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-571ct-blue-s-igi-certifikatem-0101846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-550ct-deep-blue-s-igi-certifikatem-0101845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-522ct-blue-s-igi-certifikatem-0101844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-442ct-blue-s-igi-certifikatem-0101842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-412ct-deep-blue-s-igi-certifikatem-0101841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-372ct-blue-s-igi-certifikatem-0101839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-368ct-yellowish-green-s-igi-certifikatem-0101838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-336ct-deep-greenish-blue-s-igi-certifikatem-0101835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-327ct-deep-blue-s-igi-certifikatem-0101834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-0101833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-deep-blue-s-igi-certifikatem-0101832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-240ct-blue-s-igi-certifikatem-0101830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-217ct-deep-blue-s-igi-certifikatem-0101827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-206ct-blue-s-igi-certifikatem-0101826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-174ct-blue-s-igi-certifikatem-0101822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-165ct-blue-s-igi-certifikatem-0101821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-deep-blue-s-igi-certifikatem-0101820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-greenish-blue-s-igi-certifikatem-0101819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-156ct-blue-s-igi-certifikatem-0101817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-132ct-deep-blue-s-igi-certifikatem-0101815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-131ct-deep-blue-s-igi-certifikatem-0101814.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-091ct-blue-s-igi-certifikatem-0101812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-407ct-deep-orangy-red-s-igi-certifikatem-0101810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-392ct-deep-orange-red-s-igi-certifikatem-0101809.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-264ct-deep-red-s-igi-certifikatem-0101808.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-183ct-deep-orangy-red-s-igi-certifikatem-0101807.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-158ct-deep-orange-pink-s-igi-certifikatem-0101806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-233ct-deep-reddish-orange-s-igi-certifikatem-0101805.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-372ct-yellow-green-s-igi-certifikatem-0101804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-181ct-green-yellow-s-igi-certifikatem-0101801.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-179ct-yellow-green-s-igi-certifikatem-0101800.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-179ct-green-yellow-s-igi-certifikatem-0101799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-173ct-yellow-green-s-igi-certifikatem-0101798.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-159ct-green-yellow-s-igi-certifikatem-0101797.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-100ct-yellow-green-s-igi-certifikatem-0101796.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-094ct-yellow-green-s-igi-certifikatem-0101795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-079ct-greenish-yellow-s-igi-certifikatem-0101794.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-251ct-deep-pinkish-purple-s-igi-certifikatem-0101793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-159ct-greenish-yellow-s-igi-certifikatem-0101792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-deep-orangy-yellow-s-igi-certifikatem-0101791.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-320ct-blue-green-s-igi-certifikatem-0101790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-312ct-bluish-green-s-igi-certifikatem-0101789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-208ct-blue-green-s-igi-certifikatem-0101788.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-199ct-blue-green-s-igi-certifikatem-0101787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-188ct-deep-bluish-green-s-igi-certifikatem-0101786.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-177ct-green-s-igi-certifikatem-0101785.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-170ct-deep-yellowish-green-s-igi-certifikatem-0101784.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-125ct-bluish-green-s-igi-certifikatem-0101783.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-bluish-green-s-igi-certifikatem-0101782.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-069ct-green-s-igi-certifikatem-0101781.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-068ct-deep-bluish-green-s-igi-certifikatem-0101780.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-deep-green-s-igi-certifikatem-0101779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-green-s-igi-certifikatem-0101778.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-065ct-deep-yellowish-green-s-igi-certifikatem-0101777.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tsavorit-071ct-deep-green-s-igi-certifikatem-0101773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-301ct-violetish-blue-s-igi-certifikatem-0101771.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-255ct-violetish-blue-s-igi-certifikatem-0101766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-245ct-bluish-violet-s-igi-certifikatem-0101765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-241ct-violetish-green-blue-s-igi-certifikatem-0101763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-219ct-greenish-violet-blue-s-igi-certifikatem-0101760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-216ct-bluish-greenish-violet-s-igi-certifikatem-0101759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-205ct-greenish-blue-violet-s-igi-certifikatem-0101758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-177ct-violetish-blue-s-igi-certifikatem-0101756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-bluish-violet-s-igi-certifikatem-0101754.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-092ct-greenish-blue-s-igi-certifikatem-0101750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-309ct-deep-violetish-blue-tepelne-neupraven-s-igi-certifikatem-0101747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-232ct-deep-blue-s-igi-certifikatem-0101746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-211ct-deep-blue-s-igi-certifikatem-0101745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-201ct-deep-blue-s-igi-certifikatem-0101744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0101741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-174ct-deep-blue-s-igi-certifikatem-0101740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-168ct-deep-blue-s-igi-certifikatem-0101738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-165ct-dark-blue-s-igi-certifikatem-0101737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-162ct-deep-blue-s-igi-certifikatem-0101736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-148ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-deep-blue-s-igi-certifikatem-0101732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-130ct-deep-blue-s-igi-certifikatem-0101731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-122ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-deep-blue-s-igi-certifikatem-0101728.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-111ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-s-igi-certifikatem-0101724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-099ct-deep-blue-s-igi-certifikatem-0101721.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-blue-s-igi-certifikatem-0101720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-s-igi-certifikatem-0101719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-blue-s-igi-certifikatem-0101718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-086ct-deep-blue-s-igi-certifikatem-0101715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-s-igi-certifikatem-0101713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-080ct-deep-blue-s-igi-certifikatem-0101711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-075ct-deep-greenish-blue-s-igi-certifikatem-0101707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-073ct-deep-blue-s-igi-certifikatem-0101705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-069ct-deep-blue-s-igi-certifikatem-0101703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-blue-s-igi-certifikatem-0101698.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-blue-s-igi-certifikatem-0101694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-148ct-deep-pink-red-s-igi-certifikatem-0101691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-deep-purplish-red-s-igi-certifikatem-0101690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-purplish-pink-red-s-igi-certifikatem-0101689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-397ct-deep-pink-s-igi-certifikatem-0101670.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-372ct-deep-purplish-pink-s-igi-certifikatem-0101669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-228ct-deep-purplish-pink-s-igi-certifikatem-0101668.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-153ct-purplish-pink-s-igi-certifikatem-0101666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-070ct-purplish-orangy-pink-s-igi-certifikatem-0101661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-063ct-purplish-pink-s-igi-certifikatem-0101660.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-058ct-purplish-pink-s-igi-certifikatem-0101659.html" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-054ct-deep-purplish-pink-s-igi-certifikatem-0101658.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-053ct-purple-pink-s-igi-certifikatem-0101656.html" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-052ct-purplish-pink-s-igi-certifikatem-0101655.html" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-052ct-deep-purplish-pink-s-igi-certifikatem-0101653.html" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-052ct-purplish-pink-s-igi-certifikatem-0101652.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-050ct-purplish-pink-s-igi-certifikatem-0101651.html" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-045ct-orangy-pink-s-igi-certifikatem-0101649.html" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-045ct-purplish-pink-s-igi-certifikatem-0101648.html" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-044ct-purplish-pink-s-igi-certifikatem-0101647.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-278ct-deep-purplish-orange-red-s-igi-certifikatem-0101646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-276ct-deep-purplish-pink-s-igi-certifikatem-0101645.html" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-234ct-purplish-red-s-igi-certifikatem-0101643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-226ct-deep-purplish-pink-red-s-igi-certifikatem-0101642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-199ct-deep-purplish-pink-s-igi-certifikatem-0101641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-180ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-152ct-deep-pink-purple-s-igi-certifikatem-0101639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-144ct-deep-purplish-red-s-igi-certifikatem-0101638.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-140ct-deep-purplish-red-s-igi-certifikatem-0101637.html" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-140ct-deep-pink-purple-s-igi-certifikatem-0101636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-116ct-deep-purplish-pink-s-igi-certifikatem-0101635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-107ct-deep-purplish-pink-s-igi-certifikatem-0101634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-103ct-deep-purplish-pink-s-igi-certifikatem-0101633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-099ct-deep-purplish-pink-s-igi-certifikatem-0101630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-097ct-deep-purplish-pink-red-s-igi-certifikatem-0101629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-095ct-deep-purplish-pink-s-igi-certifikatem-0101628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-084ct-purplish-pink-s-igi-certifikatem-0101627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-080ct-deep-purplish-pink-s-igi-certifikatem-0101626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-077ct-deep-purplish-pink-s-igi-certifikatem-0101625.html" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-075ct-deep-purplish-pink-s-igi-certifikatem-0101624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-073ct-purplish-pink-s-igi-certifikatem-0101623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-072ct-deep-purplish-pink-s-igi-certifikatem-0101622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-069ct-deep-pink-purple-s-igi-certifikatem-0101621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-069ct-purplish-pink-s-igi-certifikatem-0101620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-067ct-deep-pinkish-purple-s-igi-certifikatem-0101619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-064ct-deep-purplish-pink-s-igi-certifikatem-0101618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-063ct-pink-purple-s-igi-certifikatem-0101617.html" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-062ct-deep-reddish-pinkish-purple-s-igi-certifikatem-0101616.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-057ct-deep-pinkish-purple-s-igi-certifikatem-0101614.html" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-056ct-pinkish-purple-s-igi-certifikatem-0101613.html" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-pinkish-purple-s-igi-certifikatem-0101609.html" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-deep-pinkish-purple-s-igi-certifikatem-0101608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/prasiolit-448ct-yellowish-green-s-igi-certifikatem-0101607.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/prasiolit-439ct-yellowish-green-s-igi-certifikatem-0101606.html" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-114ct-deep-purplish-pink-s-igi-certifikatem-0101605.html" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-purple-pink-s-igi-certifikatem-0101604.html" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-092ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101603.html" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101602.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-purplish-pink-s-igi-certifikatem-0101601.html" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-purplish-pink-s-igi-certifikatem-0101598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-purplish-pink-s-igi-certifikatem-0101597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-064ct-deep-purplish-pink-s-igi-certifikatem-0101596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-059ct-deep-purplish-pink-s-igi-certifikatem-0101595.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-purplish-pink-s-igi-certifikatem-0101594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-yellowish-orange-s-igi-certifikatem-0101592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-orange-s-igi-certifikatem-0101586.html" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-yellowish-orange-s-igi-certifikatem-0101585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-deep-yellowish-orange-s-igi-certifikatem-0101584.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-039ct-deep-yellowish-orange-s-igi-certifikatem-0101583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-037ct-deep-orange-s-igi-certifikatem-0101581.html" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-029ct-deep-yellowish-orange-s-igi-certifikatem-0101578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-077ct-deep-purple-pink-s-igi-certifikatem-0101577.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-254ct-light-pink-s-igi-certifikatem-0101576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-132ct-light-pink-s-igi-certifikatem-0101575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-116ct-yellow-pink-s-igi-certifikatem-0101574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kunzit-766ct-light-pink-s-igi-certifikatem-0101573.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kunzit-615ct-light-purplish-pink-s-igi-certifikatem-0101572.html" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kunzit-529ct-light-pink-s-igi-certifikatem-0101571.html" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-101ct-greenish-blue-s-igi-certifikatem-0101566.html" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/hesonit-180ct-brown-yellow-s-igi-certifikatem-0101564.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-1076ct-deep-bluish-green-s-igi-certifikatem-0101562.html" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-574ct-deep-bluish-green-s-igi-certifikatem-0101561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-525ct-bluish-green-s-igi-certifikatem-0101560.html" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-361ct-deep-green-s-igi-certifikatem-0101559.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-316ct-deep-green-s-igi-certifikatem-0101557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-296ct-deep-bluish-green-s-igi-certifikatem-0101556.html" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1068ct-yellow-s-igi-certifikatem-0101553.html" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-768ct-yellowish-orange-s-igi-certifikatem-0101552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-761ct-deep-yellowish-orange-s-igi-certifikatem-0101551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-715ct-orange-yellow-s-igi-certifikatem-0101550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-601ct-yellowish-orange-s-igi-certifikatem-0101549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-592ct-deep-yellowish-orange-s-igi-certifikatem-0101548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-521ct-deep-yellowish-orange-s-igi-certifikatem-0101547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-483ct-deep-yellowish-orange-s-igi-certifikatem-0101546.html" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-441ct-deep-yellowish-orange-s-igi-certifikatem-0101545.html" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-391ct-deep-yellowish-orange-s-igi-certifikatem-0101544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-374ct-deep-yellowish-orange-s-igi-certifikatem-0101543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-335ct-deep-orangy-yellow-s-igi-certifikatem-0101542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-307ct-orange-yellow-s-igi-certifikatem-0101541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-305ct-orangy-yellow-s-igi-certifikatem-0101540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-222ct-yellow-s-igi-certifikatem-0101539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-204ct-deep-yellow-orange-s-igi-certifikatem-0101538.html" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-167ct-deep-yellow-orange-s-igi-certifikatem-0101537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101535.html" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-150ct-greenish-yellow-s-igi-certifikatem-0101534.html" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-148ct-greenish-yellow-s-igi-certifikatem-0101531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101526.html" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-144ct-yellow-s-igi-certifikatem-0101525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-140ct-greenish-yellow-s-igi-certifikatem-0101524.html" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-417ct-blue-s-igi-certifikatem-0101520.html" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-388ct-greenish-blue-s-igi-certifikatem-0101519.html" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-298ct-light-greenish-blue-s-igi-certifikatem-0101516.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-188ct-greenish-blue-s-igi-certifikatem-0101515.html" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-164ct-greenish-blue-s-igi-certifikatem-0101513.html" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-148ct-greenish-blue-s-igi-certifikatem-0101510.html" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-143ct-blue-s-igi-certifikatem-0101509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-132ct-blue-s-igi-certifikatem-0101508.html" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-125ct-blue-s-igi-certifikatem-0101506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-061ct-blue-s-igi-certifikatem-0101502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-049ct-light-blue-s-igi-certifikatem-0101501.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-788ct-deep-purple-s-igi-certifikatem-0101500.html" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-772ct-deep-purple-s-igi-certifikatem-0101499.html" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-703ct-deep-purple-s-igi-certifikatem-0101498.html" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-556ct-deep-purple-s-igi-certifikatem-0101497.html" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-404ct-deep-purple-s-igi-certifikatem-0101496.html" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-375ct-deep-purple-s-igi-certifikatem-0101495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-361ct-purple-s-igi-certifikatem-0101494.html" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-282ct-deep-purple-s-igi-certifikatem-0101493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-273ct-deep-purple-s-igi-certifikatem-0101492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-217ct-deep-purple-s-igi-certifikatem-0101490.html" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-214ct-pink-purple-s-igi-certifikatem-0101489.html" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-205ct-deep-pinkish-purple-s-igi-certifikatem-0101488.html" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-205ct-deep-purple-s-igi-certifikatem-0101486.html" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-182ct-deep-purple-s-igi-certifikatem-0101484.html" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-178ct-deep-purple-s-igi-certifikatem-0101483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-114ct-deep-purple-s-igi-certifikatem-0101479.html" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-134ct-purplish-pink-s-igi-certifikatem-0101478.html" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-338ct-blue-tepelne-neupraven-s-igi-certifikatem-0101477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-203ct-deep-red-tepelne-neupraven-s-igi-certifikatem-0101475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-101ct-intense-red-mosambik-tepelne-neupraven-s-icl-certifikatem-0101471.html" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-230ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-104ct-green-kolumbie-muzo-no-oil-s-agl-certifikatem-0101465.html" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-blue-sri-lanka-tepelne-neupraven-s-cd-certifikatem-0101463.html" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-093ct-deep-yellowish-orange-s-igi-certifikatem-0101455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-229ct-purplish-blue-tepelne-neupraven-s-igi-certifikatem-0101436.html" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-060ct-deep-blue-s-igi-certifikatem-0101434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-128ct-deep-blue-s-igi-certifikatem-0101425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-223ct-pinkish-purple-s-igi-certifikatem-0101419.html" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-116ct-purplish-pink-s-igi-certifikatem-0101415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-114ct-brownish-yellowish-green-s-igi-certifikatem-0101413.html" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-429ct-yellowish-green-s-igi-certifikatem-0101410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-271ct-yellowish-green-s-igi-certifikatem-0101409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-297ct-greenish-blue-s-igi-certifikatem-0101408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-268ct-greenish-blue-s-igi-certifikatem-0101407.html" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-196ct-greenish-blue-s-igi-certifikatem-0101406.html" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-093ct-purplish-pink-s-igi-certifikatem-0101401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-082ct-orangy-purplish-pink-s-igi-certifikatem-0101400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-588ct-blue-s-igi-certifikatem-0101390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-194ct-deep-blue-greenish-s-igi-certifikatem-0101388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-227ct-yellowish-orange-s-igi-certifikatem-0101387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-249ct-yellowish-orange-s-igi-certifikatem-0101386.html" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-844ct-yellowish-orange-s-igi-certifikatem-0101385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-286ct-yellow-orange-s-igi-certifikatem-0101384.html" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-220ct-yellowish-orange-s-igi-certifikatem-0101383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-803ct-yellowish-orange-s-igi-certifikatem-0101381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-191ct-yellowish-orange-s-igi-certifikatem-0101380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-395ct-orangy-yellow-s-igi-certifikatem-0101376.html" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-291ct-yellowish-orange-s-igi-certifikatem-0101375.html" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-300ct-deep-purple-s-igi-certifikatem-0101373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-670ct-deep-purple-s-igi-certifikatem-0101369.html" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-275ct-deep-purple-s-igi-certifikatem-0101368.html" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-096ct-green-s-igi-certifikatem-0101355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-082ct-green-s-igi-certifikatem-0101354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-042ct-green-s-igi-certifikatem-0101353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-105ct-yellowish-green-s-igi-certifikatem-0101352.html" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-088ct-yellowish-brownish-green-s-igi-certifikatem-0101351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-199ct-blue-s-igi-certifikatem-0101350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-236ct-blue-s-igi-certifikatem-0101345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-293ct-blue-s-igi-certifikatem-0101344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-391ct-light-blue-s-igi-certifikatem-0101342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-356ct-blue-s-igi-certifikatem-0101339.html" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-342ct-blue-s-igi-certifikatem-0101338.html" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-319ct-blue-s-igi-certifikatem-0101337.html" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-128ct-blue-s-igi-certifikatem-0101334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-0101329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101308.html" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-059ct-purplish-pink-s-igi-certifikatem-0101300.html" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-045ct-pink-s-igi-certifikatem-0101298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-109ct-purplish-pink-s-igi-certifikatem-0101297.html" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-215ct-yellow-green-s-igi-certifikatem-0101296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-103ct-yellow-green-s-igi-certifikatem-0101294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-088ct-green-yellow-s-igi-certifikatem-0101293.html" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-059ct-blue-s-igi-certifikatem-0101291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-309ct-yellowish-orange-s-igi-certifikatem-0101290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-331ct-yellowish-orange-s-igi-certifikatem-0101284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-421ct-orangy-yellow-s-igi-certifikatem-0101283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-490ct-greenish-yellow-s-igi-certifikatem-0101282.html" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-422ct-orangy-yellow-s-igi-certifikatem-0101281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-631ct-yellowish-orange-s-igi-certifikatem-0101280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-317ct-yellow-orange-s-igi-certifikatem-0101279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-397ct-yellowish-orange-s-igi-certifikatem-0101278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-404ct-orange-yellow-s-igi-certifikatem-0101277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-384ct-yellowish-orange-s-igi-certifikatem-0101276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-244ct-yellowish-orange-s-igi-certifikatem-0101273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-298ct-deep-purple-s-igi-certifikatem-0101271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-362ct-purple-s-igi-certifikatem-0101269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-387ct-purple-s-igi-certifikatem-0101263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-233ct-deep-purple-s-igi-certifikatem-0101262.html" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-313ct-deep-purple-s-igi-certifikatem-0101261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-331ct-purple-s-igi-certifikatem-0101255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-440ct-deep-purple-s-igi-certifikatem-0101248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-394ct-purple-s-igi-certifikatem-0101244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-greenish-blue-s-igi-certifikatem-0101206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101201.html" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-blue-tepelne-neupraven-s-igi-certifikatem-0101199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-068ct-deep-purplish-pink-s-igi-certifikatem-0101194.html" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-184ct-yellowish-green-s-igi-certifikatem-0101193.html" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/iolit-232ct-violet-s-igi-certifikatem-0101191.html" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-100ct-greenish-blue-s-igi-certifikatem-0101190.html" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/chrom-turmalin-120ct-dark-yellowish-green-s-igi-certifikatem-0101180.html" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/chrom-turmalin-077ct-dark-yellowish-green-s-igi-certifikatem-0101179.html" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-314ct-blue-s-igi-certifikatem-0101177.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-168ct-blue-s-igi-certifikatem-0101174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-281ct-purple-s-igi-certifikatem-0101155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-071ct-blue-purple-s-igi-certifikatem-0101150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-134ct-yellowish-bluish-green-s-igi-certifikatem-0101148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-yellowish-green-s-igi-certifikatem-0101146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-091ct-yellowish-bluish-green-s-igi-certifikatem-0101145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-0101144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-143ct-blue-green-s-igi-certifikatem-0101143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-154ct-greenish-blue-s-igi-certifikatem-0101142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-466ct-orangy-yellow-s-igi-certifikatem-0101141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-476ct-yellow-orange-s-igi-certifikatem-0101138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-266ct-yellowish-orange-s-igi-certifikatem-0101137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-084ct-purplish-reddish-pink-s-igi-certifikatem-0101136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-134ct-purplish-pink-s-igi-certifikatem-0101135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-238ct-purplish-reddish-pink-s-igi-certifikatem-0101134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-068ct-purplish-orangy-pink-s-igi-certifikatem-0101133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-496ct-blue-s-igi-certifikatem-0101130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-288ct-blue-s-igi-certifikatem-0101127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-379ct-blue-s-igi-certifikatem-0101125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-blue-s-igi-certifikatem-0101121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-1111ct-blue-s-igi-certifikatem-0101120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-566ct-blue-s-igi-certifikatem-0101115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-578ct-blue-s-igi-certifikatem-0101113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-561ct-blue-s-igi-certifikatem-0101112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-545ct-blue-s-igi-certifikatem-0101111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-508ct-blue-s-igi-certifikatem-0101109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-581ct-blue-s-igi-certifikatem-0101107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-506ct-blue-s-igi-certifikatem-0101106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-276ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-434ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-137ct-deep-blue-s-igi-certifikatem-0101084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-127ct-yellow-green-s-igi-certifikatem-0101079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-109ct-yellow-green-s-igi-certifikatem-0101077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-098ct-yellow-green-s-igi-certifikatem-0101075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-136ct-yellow-green-s-igi-certifikatem-0101074.html" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-420ct-yellow-orange-s-igi-certifikatem-0101073.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1227ct-orange-yellow-s-igi-certifikatem-0101070.html" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-760ct-yellowish-orange-s-igi-certifikatem-0101069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1177ct-orangy-yellow-s-igi-certifikatem-0101068.html" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-709ct-yellowish-orange-s-igi-certifikatem-0101067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-637ct-yellow-orange-s-igi-certifikatem-0101066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-705ct-orange-yellow-s-igi-certifikatem-0101064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-929ct-yellowish-orange-s-igi-certifikatem-0101063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-743ct-yellowish-orange-s-igi-certifikatem-0101061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-874ct-yellowish-orange-s-igi-certifikatem-0101060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-720ct-yellowish-orange-s-igi-certifikatem-0101059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-564ct-yellowish-orange-s-igi-certifikatem-0101058.html" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-855ct-yellow-s-igi-certifikatem-0101057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-568ct-orangy-yellow-s-igi-certifikatem-0101056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-685ct-yellow-s-igi-certifikatem-0101055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1348ct-yellowish-orange-s-igi-certifikatem-0101054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-890ct-yellowish-orange-s-igi-certifikatem-0101053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-1615ct-purple-s-igi-certifikatem-0101051.html" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-941ct-purple-s-igi-certifikatem-0101050.html" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-666ct-purple-s-igi-certifikatem-0101047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-628ct-purple-s-igi-certifikatem-0101042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-470ct-pinkish-purple-s-igi-certifikatem-0101041.html" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1188ct-light-blue-green-s-igi-certifikatem-0101035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-836ct-light-blue-s-igi-certifikatem-0101034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-516ct-light-greenish-blue-s-igi-certifikatem-0101033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-light-bluish-green-s-igi-certifikatem-0101032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-698ct-light-bluish-green-s-igi-certifikatem-0101031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-734ct-light-blue-s-igi-certifikatem-0101030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-651ct-light-blue-s-igi-certifikatem-0101029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-778ct-light-blue-s-igi-certifikatem-0101027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1118ct-very-light-blue-s-igi-certifikatem-0101026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1155ct-light-greenish-blue-s-igi-certifikatem-0101025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-554ct-light-green-blue-s-igi-certifikatem-0101024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-591ct-light-blue-s-igi-certifikatem-0101022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-685ct-light-greenish-blue-s-igi-certifikatem-0101020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-0101015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-yellowish-green-s-igi-certifikatem-0101014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-350ct-blue-s-igi-certifikatem-0101009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-332ct-blue-s-igi-certifikatem-0101008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-365ct-blue-s-igi-certifikatem-0101007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-462ct-blue-s-igi-certifikatem-0101003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-orange-yellow-s-igi-certifikatem-010990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-deep-reddish-purple-pink-s-igi-certifikatem-010987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-038ct-purplish-pink-s-igi-certifikatem-010985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-314ct-purplish-pink-s-igi-certifikatem-010979.html" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-169ct-purplish-pink-s-igi-certifikatem-010977.html" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-455ct-purplish-pink-red-s-igi-certifikatem-010976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-107ct-orange-s-igi-certifikatem-010974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-168ct-light-pink-s-igi-certifikatem-010972.html" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-311ct-purple-s-igi-certifikatem-010967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-266ct-deep-purplish-red-s-igi-certifikatem-010964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-440ct-light-greenish-blue-s-igi-certifikatem-010963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-404ct-colorless-s-igi-certifikatem-010960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-394ct-blue-s-igi-certifikatem-010956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010945.html" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-blue-tepelne-neupraven-s-igi-certifikatem-010944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-145ct-purplish-pink-red-s-igi-certifikatem-010933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-157ct-pinkish-purple-s-igi-certifikatem-010932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-244ct-reddish-pink-s-igi-certifikatem-010930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-509ct-deep-purplish-red-s-igi-certifikatem-010925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-399ct-reddish-purple-s-igi-certifikatem-010924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-338ct-reddish-purple-s-igi-certifikatem-010923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-470ct-purple-red-s-igi-certifikatem-010922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/hesonit-493ct-deep-reddish-brownish-orange-s-igi-certifikatem-010921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-128ct-yellowish-green-s-igi-certifikatem-010909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-121ct-yellowish-green-s-igi-certifikatem-010908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-303ct-yellowish-orange-s-igi-certifikatem-010887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-212ct-yellow-s-igi-certifikatem-010886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-380ct-light-blue-s-igi-certifikatem-010882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-460ct-deep-purple-s-igi-certifikatem-010878.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-333ct-deep-purple-s-igi-certifikatem-010874.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-218ct-deep-purplish-red-s-igi-certifikatem-010873.html" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-340ct-deep-purplish-red-s-igi-certifikatem-010872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zeleny-turmalin-769ct-bluish-green-s-igi-certifikatem-010870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zeleny-turmalin-401ct-deep-green-s-igi-certifikatem-010869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zeleny-turmalin-240ct-yellowish-bluish-green-s-igi-certifikatem-010865.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zeleny-turmalin-160ct-bluish-green-s-igi-certifikatem-010864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zeleny-turmalin-155ct-blue-green-s-igi-certifikatem-010863.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-412ct-green-s-igi-certifikatem-010860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-255ct-deep-green-s-igi-certifikatem-010859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-207ct-green-s-igi-certifikatem-010858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-175ct-green-s-igi-certifikatem-010856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-163ct-green-s-igi-certifikatem-010855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-bluish-green-s-igi-certifikatem-010854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-green-s-igi-certifikatem-010853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-129ct-green-s-igi-certifikatem-010852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-120ct-deep-green-s-igi-certifikatem-010851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-117ct-bluish-green-s-igi-certifikatem-010850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-095ct-yellowish-green-s-igi-certifikatem-010849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-010848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-393ct-blue-s-igi-certifikatem-010841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-384ct-blue-s-igi-certifikatem-010840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-362ct-blue-s-igi-certifikatem-010838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-346ct-blue-s-igi-certifikatem-010834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-010832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-333ct-blue-s-igi-certifikatem-010831.html" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-326ct-blue-s-igi-certifikatem-010830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-323ct-blue-s-igi-certifikatem-010828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-307ct-blue-s-igi-certifikatem-010825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-265ct-blue-s-igi-certifikatem-010822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-157ct-deep-blue-s-igi-certifikatem-010819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-124ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-087ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-084ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-078ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-388ct-reddish-purple-s-igi-certifikatem-010770.html" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-313ct-purplish-pink-s-igi-certifikatem-010769.html" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-185ct-orangy-purplish-pink-s-igi-certifikatem-010767.html" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-122ct-purple-pink-s-igi-certifikatem-010763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-114ct-purple-pink-s-igi-certifikatem-010762.html" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-105ct-pinkish-purple-s-igi-certifikatem-010761.html" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-105ct-purplish-pink-s-igi-certifikatem-010760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-363ct-yellowish-green-s-igi-certifikatem-010758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kunzit-470ct-light-pink-s-igi-certifikatem-010753.html" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-198ct-greenish-blue-s-igi-certifikatem-010752.html" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-653ct-yellowish-orange-s-igi-certifikatem-010751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-491ct-yellowish-orange-s-igi-certifikatem-010750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-474ct-orangy-yellow-s-igi-certifikatem-010748.html" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-455ct-brownish-orangy-yellow-s-igi-certifikatem-010747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-454ct-orangy-yellow-s-igi-certifikatem-010746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-brownish-yellow-s-igi-certifikatem-010744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-yellowish-orange-s-igi-certifikatem-010743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-413ct-yellow-orange-s-igi-certifikatem-010742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-412ct-orangy-yellow-s-igi-certifikatem-010741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-393ct-yellow-orange-s-igi-certifikatem-010740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-deep-orange-s-igi-certifikatem-010739.html" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-369ct-yellowish-orange-s-igi-certifikatem-010738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-352ct-brownish-orange-s-igi-certifikatem-010737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-346ct-yellowish-orange-s-igi-certifikatem-010736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-341ct-yellowish-orange-s-igi-certifikatem-010735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-326ct-orange-s-igi-certifikatem-010734.html" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-473ct-deep-purple-s-igi-certifikatem-010724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-472ct-deep-purple-s-igi-certifikatem-010723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-470ct-deep-purple-s-igi-certifikatem-010722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-435ct-deep-purple-s-igi-certifikatem-010720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-383ct-purple-s-igi-certifikatem-010718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-319ct-deep-purple-s-igi-certifikatem-010715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-105ct-bluish-purple-s-igi-certifikatem-010714.html" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-209ct-reddish-purple-s-igi-certifikatem-010713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-866ct-blue-s-igi-certifikatem-010711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-688ct-greenish-blue-s-igi-certifikatem-010710.html" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-666ct-light-blue-s-igi-certifikatem-010709.html" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-462ct-blue-s-igi-certifikatem-010705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-288ct-blue-s-igi-certifikatem-010695.html" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-224ct-light-blue-s-igi-certifikatem-010691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-205ct-purplish-red-s-igi-certifikatem-010680.html" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-145ct-orangy-red-s-igi-certifikatem-010669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-037ct-purple-s-igi-certifikatem-010666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-956ct-purple-s-igi-certifikatem-010665.html" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-137ct-yellowish-green-s-igi-certifikatem-010650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-134ct-yellowish-green-s-igi-certifikatem-010644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-204ct-purplish-pink-red-s-igi-certifikatem-010642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-169ct-yellowish-green-s-igi-certifikatem-010636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-694ct-orangy-yellow-s-igi-certifikatem-010634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-496ct-yellowish-orange-s-igi-certifikatem-010632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-263ct-bluish-green-s-igi-certifikatem-010631.html" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-180ct-bluish-green-green-s-igi-certifikatem-010630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-yellowish-green-s-igi-certifikatem-010629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-247ct-green-bluish-green-s-igi-certifikatem-010628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-072ct-green-bluish-green-s-igi-certifikatem-010627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-101ct-greenish-blue-s-igi-certifikatem-010626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-010624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-335ct-blue-s-igi-certifikatem-010623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-blue-s-igi-certifikatem-010620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-498ct-blue-s-igi-certifikatem-010618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-902ct-very-light-greenish-blue-010608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-072ct-deep-blue-s-igi-certifikatem-010597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-051ct-purple-pink-s-igi-certifikatem-010593.html" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-297ct-purplish-pink-s-igi-certifikatem-010583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-137ct-reddish-purple-s-igi-certifikatem-010582.html" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-173ct-reddish-orange-s-igi-certifikatem-010581.html" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-086ct-greenish-blue-s-igi-certifikatem-010580.html" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-051ct-green-s-igi-certifikatem-010576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-052ct-greenish-yellow-s-igi-certifikatem-010569.html" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-062ct-yellowish-green-s-igi-certifikatem-010568.html" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-104ct-green-yellow-s-igi-certifikatem-010567.html" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-042ct-yellowish-green-s-igi-certifikatem-010565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-010557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-179ct-deep-blue-s-igi-certifikatem-010541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-133ct-blue-bluish-purple-tepelne-neupraven-s-igi-certifikatem-010523.html" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/alexandrit-456ct-yellow-green-brownish-yellow-s-gia-certifikatem-010505.html" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-049ct-blue-s-igi-certifikatem-010497.html" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010489.html" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010487.html" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-137ct-pinkish-purple-s-igi-certifikatem-010477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-082ct-purple-s-igi-certifikatem-010474.html" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-095ct-purple-s-igi-certifikatem-010473.html" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-082ct-dark-purple-s-igi-certifikatem-010472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-132ct-orange-s-igi-certifikatem-010466.html" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-122ct-orange-s-igi-certifikatem-010454.html" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-182ct-orange-s-igi-certifikatem-010450.html" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-142ct-orange-s-igi-certifikatem-010449.html" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-138ct-orange-s-igi-certifikatem-010447.html" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-146ct-orangy-red-s-igi-certifikatem-010446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/iolit-104ct-violetish-blue-s-igi-certifikatem-010444.html" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-368ct-yellowish-green-s-igi-certifikatem-010443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1652ct-deep-bluish-green-s-igi-certifikatem-010441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1372ct-bluish-green-s-igi-certifikatem-010440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-deep-green-s-igi-certifikatem-010439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-299ct-purple-s-igi-certifikatem-010435.html" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-642ct-pinkish-purple-s-igi-certifikatem-010433.html" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-206ct-orangy-pink-s-igi-certifikatem-010431.html" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-148ct-orange-s-igi-certifikatem-010428.html" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-172ct-orange-s-igi-certifikatem-010426.html" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-133ct-orange-s-igi-certifikatem-010425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-122ct-orange-s-igi-certifikatem-010424.html" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-130ct-orange-s-igi-certifikatem-010423.html" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-191ct-orange-s-igi-certifikatem-010421.html" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-229ct-orange-s-igi-certifikatem-010417.html" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-187ct-orange-s-igi-certifikatem-010416.html" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-136ct-orange-s-igi-certifikatem-010415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-127ct-orange-s-igi-certifikatem-010412.html" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-143ct-orange-s-igi-certifikatem-010410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-132ct-orange-s-igi-certifikatem-010409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-182ct-orange-s-igi-certifikatem-010408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-218ct-orange-s-igi-certifikatem-010407.html" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-137ct-orange-s-igi-certifikatem-010406.html" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-131ct-orange-s-igi-certifikatem-010405.html" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-154ct-orange-s-igi-certifikatem-010403.html" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-350ct-violet-tepelne-neupraven-s-gia-certifikatem-010398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1384ct-orangy-yellow-s-igi-certifikatem-010392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1888ct-yellow-s-igi-certifikatem-010391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1149ct-light-yellow-s-igi-certifikatem-010390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kourovy-kremen-2711ct-brownish-yellow-s-igi-certifikatem-010388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kourovy-kremen-4294ct-brownish-yellow-s-igi-certifikatem-010387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-2014ct-yellow-s-igi-certifikatem-010385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1310ct-deep-orange-s-igi-certifikatem-010383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1081ct-deep-orange-s-igi-certifikatem-010381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1838ct-brownish-orange-s-igi-certifikatem-010380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/spessarit-490ct-dark-brownish-red-s-igi-certifikatem-010355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-360ct-greyish-blue-s-igi-certifikatem-010354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-131ct-orange-s-igi-certifikatem-010352.html" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-162ct-yellowish-green-s-igi-certifikatem-010350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kourovy-kremen-1231ct-orangy-brown-s-igi-certifikatem-010343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-361ct-dark-purplish-red-s-igi-certifikatem-010340.html" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-406ct-dark-purplish-red-s-igi-certifikatem-010339.html" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-542ct-dark-purplish-red-s-igi-certifikatem-010334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-659ct-dark-brownish-red-s-igi-certifikatem-010333.html" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-464ct-dark-brownish-red-s-igi-certifikatem-010332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-343ct-dark-brownish-red-s-igi-certifikatem-010330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-364ct-dark-brownish-red-s-igi-certifikatem-010327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-406ct-dark-brownish-red-s-igi-certifikatem-010325.html" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-348ct-dark-orangy-brown-s-igi-certifikatem-010324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-510ct-blue-s-igi-certifikatem-010306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-480ct-light-blue-s-igi-certifikatem-010305.html" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-495ct-blue-s-igi-certifikatem-010304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-350ct-very-light-blue-s-igi-certifikatem-010303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-386ct-light-blue-s-igi-certifikatem-010302.html" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-322ct-light-blue-s-igi-certifikatem-010301.html" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-502ct-very-light-green-s-igi-certifikatem-010299.html" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-416ct-light-blue-s-igi-certifikatem-010298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-409ct-light-blue-s-igi-certifikatem-010296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-487ct-very-light-blue-s-igi-certifikatem-010294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-619ct-very-light-blue-s-igi-certifikatem-010291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-565ct-very-light-blue-s-igi-certifikatem-010290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1101ct-light-bluish-green-s-igi-certifikatem-010288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-844ct-light-blue-s-igi-certifikatem-010287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-593ct-light-greenish-blue-s-igi-certifikatem-010285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-241ct-light-blue-s-igi-certifikatem-010284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-511ct-light-greenish-blue-s-igi-certifikatem-010283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-875ct-light-greenish-blue-s-igi-certifikatem-010280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-590ct-light-blue-s-igi-certifikatem-010279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-559ct-light-blue-s-igi-certifikatem-010278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-348ct-light-greenish-blue-s-igi-certifikatem-010276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-216ct-light-blue-s-igi-certifikatem-010275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-629ct-deep-green-s-igi-certifikatem-010273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-010271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-396ct-deep-green-s-igi-certifikatem-010270.html" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-274ct-deep-green-s-igi-certifikatem-010269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-310ct-green-s-igi-certifikatem-010267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-126ct-deep-green-s-igi-certifikatem-010266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-171ct-deep-green-s-igi-certifikatem-010265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-658ct-purple-s-igi-certifikatem-010256.html" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-500ct-purple-s-igi-certifikatem-010255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-833ct-yellowish-orange-s-igi-certifikatem-010251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-862ct-orangy-yellow-s-igi-certifikatem-010248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-725ct-yellow-s-igi-certifikatem-010244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-yellow-s-igi-certifikatem-010243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-585ct-yellowish-orange-s-igi-certifikatem-010242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1137ct-yellow-orange-s-igi-certifikatem-010241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-518ct-blue-s-igi-certifikatem-010236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-677ct-blue-s-igi-certifikatem-010233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-304ct-blue-s-igi-certifikatem-010232.html" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-108ct-deep-greenish-blue-s-igi-certifikatem-010208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-098ct-dark-blue-s-igi-certifikatem-010206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-dark-blue-s-igi-certifikatem-010200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-546ct-purple-s-igi-certifikatem-010197.html" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-374ct-very-light-blue-s-igi-certifikatem-010195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-637ct-light-blue-s-igi-certifikatem-010194.html" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-509ct-light-greenish-blue-s-igi-certifikatem-010192.html" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-364ct-light-bluish-green-s-igi-certifikatem-010191.html" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-254ct-light-blue-s-igi-certifikatem-010190.html" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-699ct-light-greenish-blue-s-igi-certifikatem-010188.html" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-126ct-dark-blue-s-igi-certifikatem-010174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-504ct-light-greenish-blue-s-igi-certifikatem-010170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-bluish-green-s-igi-certifikatem-010169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-867ct-light-greenish-blue-s-igi-certifikatem-010167.html" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-blue-s-igi-certifikatem-010165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-645ct-blue-s-igi-certifikatem-010157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-474ct-dark-bluish-green-s-igi-certifikatem-010156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-201ct-green-s-igi-certifikatem-010155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-243ct-green-s-igi-certifikatem-010154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-373ct-bluish-green-s-igi-certifikatem-010153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almadin-330ct-brownish-purple-s-igi-certifikatem-010152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-890ct-dark-brownish-red-s-igi-certifikatem-010150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-551ct-yellow-orange-s-igi-certifikatem-010139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-851ct-yellow-s-igi-certifikatem-010138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-691ct-yellow-orange-s-igi-certifikatem-010137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-687ct-orange-s-igi-certifikatem-010136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-587ct-dark-green-s-igi-certifikatem-010133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-449ct-deep-green-s-igi-certifikatem-010132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-167ct-green-s-igi-certifikatem-010131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1014ct-yellow-s-igi-certifikatem-010129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-934ct-yellow-s-igi-certifikatem-010128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-914ct-yellowish-orange-s-igi-certifikatem-010126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-269ct-yellowish-green-s-igi-certifikatem-010123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-147ct-yellowish-green-s-igi-certifikatem-010120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-274ct-very-light-blue-s-igi-certifikatem-010116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almadin-731ct-dark-brownish-red-s-igi-certifikatem-010108.html" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almadin-475ct-dark-brownish-red-s-igi-certifikatem-010107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-deep-blue-s-igi-certifikatem-010100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-503ct-blue-s-igi-certifikatem-010099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-128ct-orange-s-igi-certifikatem-010098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-922ct-deep-purple-s-igi-certifikatem-010092.html" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-686ct-deep-purple-s-igi-certifikatem-010090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-1097ct-purple-s-igi-certifikatem-010087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-896ct-purple-s-igi-certifikatem-010086.html" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-466ct-very-light-blue-s-igi-certifikatem-010084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-302ct-light-greenish-blue-s-igi-certifikatem-010079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-507ct-light-blue-s-igi-certifikatem-010078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-dark-blue-s-igi-certifikatem-010069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almadin-295ct-dark-reddish-purple-s-igi-certifikatem-010064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-373ct-dark-purplish-red-s-igi-certifikatem-010062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1217ct-light-greenish-blue-s-igi-certifikatem-010061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-713ct-light-bluish-green-s-igi-certifikatem-010056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-376ct-very-light-blue-s-igi-certifikatem-010053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-328ct-very-light-blue-s-igi-certifikatem-010052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-625ct-blue-s-igi-certifikatem-010048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-403ct-dark-green-s-igi-certifikatem-010045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-237ct-dark-green-s-igi-certifikatem-010044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-291ct-dark-green-s-igi-certifikatem-010043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-704ct-deep-green-s-igi-certifikatem-010042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-628ct-dark-brownish-red-s-igi-certifikatem-010040.html" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-530ct-dark-brownish-red-s-igi-certifikatem-010039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-487ct-dark-brownish-red-s-igi-certifikatem-010038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-955ct-dark-brownish-red-s-igi-certifikatem-010037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-651ct-brownish-purplish-red-s-igi-certifikatem-010036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-465ct-deep-purplish-red-s-igi-certifikatem-010034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-536ct-deep-green-s-igi-certifikatem-010020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-205ct-green-s-igi-certifikatem-010018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-155ct-deep-green-s-igi-certifikatem-010017.html" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-210ct-purplish-pink-s-igi-certifikatem-010016.html" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-521ct-light-blue-s-igi-certifikatem-010015.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-665ct-deep-bluish-green-minor-s-igi-certifikatem-0102067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-299ct-deep-yellowish-green-s-igi-certifikatem-0102066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-356ct-deep-yellowish-green-s-igi-certifikatem-0102065.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/turmalin-391ct-pink-light-yellow-s-igi-certifikatem-0102064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/turmalin-233ct-deep-brownish-orange-s-igi-certifikatem-0102063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-465ct-orange-yellow-s-igi-certifikatem-0102062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-281ct-deep-yellowish-green-s-igi-certifikatem-0102061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-132ct-green-s-igi-certifikatem-0102060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/spinel-123ct-purple-s-igi-certifikatem-0102059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/spinel-201ct-deep-purplish-pink-s-igi-certifikatem-0102058.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-354ct-deep-brownish-yellow-s-igi-certifikatem-0102057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kunzit-357ct-light-yellowish-pink-s-igi-certifikatem-0102056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-113ct-deep-violetish-blue-s-igi-certifikatem-0102055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-540ct-deep-greenish-blue-s-igi-certifikatem-0102054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/iolit-065ct-violet-s-igi-certifikatem-0102053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-408ct-blue-s-igi-certifikatem-0102052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-406ct-greenish-blue-s-igi-certifikatem-0102051.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-112ct-deep-purplish-pink-s-igi-certifikatem-0102049.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-645ct-deep-yellowish-pink-s-igi-certifikatem-0102048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-312ct-yellowish-pink-s-igi-certifikatem-0102047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-376ct-pink-s-igi-certifikatem-0102046.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-190ct-light-yellowish-pink-s-igi-certifikatem-0102045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-159ct-deep-reddish-orange-s-igi-certifikatem-0102044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-104ct-deep-purplish-pink-s-igi-certifikatem-0102043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-188ct-deep-pinkish-purple-s-igi-certifikatem-0102042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-101ct-deep-reddish-purple-s-igi-certifikatem-0102041.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-105ct-deep-reddish-purple-s-igi-certifikatem-0102040.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-104ct-deep-reddish-purple-s-igi-certifikatem-0102039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-136ct-deep-reddish-orange-s-igi-certifikatem-0102038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-100ct-deep-reddish-purple-s-igi-certifikatem-0102037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-110ct-deep-bluish-green-s-igi-certifikatem-0102036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-184ct-deep-bluish-green-s-igi-certifikatem-0102035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-077ct-bluish-green-s-igi-certifikatem-0102034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-091ct-deep-bluish-green-s-igi-certifikatem-0102033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-291ct-bluish-green-s-igi-certifikatem-0102032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-067ct-deep-bluish-green-s-igi-certifikatem-0102031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-150ct-bluish-green-s-igi-certifikatem-0102030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-150ct-deep-bluish-green-s-igi-certifikatem-0102029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-099ct-deep-bluish-green-s-igi-certifikatem-0102027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-094ct-deep-bluish-green-s-igi-certifikatem-0102026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-230ct-deep-bluish-green-s-igi-certifikatem-0102025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-110ct-deep-bluish-green-s-igi-certifikatem-0102024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-097ct-deep-bluish-green-s-igi-certifikatem-0102023.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-135ct-bluish-green-s-igi-certifikatem-0102022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-113ct-bluish-green-s-igi-certifikatem-0102021.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-272ct-deep-bluish-green-s-igi-certifikatem-0102020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-093ct-deep-purplish-pink-red-s-igi-certifikatem-0102018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-095ct-deep-purplish-pink-red-s-igi-certifikatem-0102017.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-069ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0102016.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-056ct-deep-purplish-pinkish-red-s-igi-certifikatem-0102015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-096ct-deep-purplish-red-s-igi-certifikatem-0102014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-100ct-deep-purplish-red-s-igi-certifikatem-0102013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-124ct-deep-purplish-pink-red-puvod-barma-s-igi-certifikatem-0102012.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-061ct-deep-purplish-pink-red-s-igi-certifikatem-0102011.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-353ct-deep-blue-s-igi-certifikatem-0102010.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-140ct-deep-blue-s-igi-certifikatem-0102009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0102008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-120ct-deep-reddish-pink-purple-s-igi-certifikatem-0102007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-302ct-yellow-tepelne-neupraven-s-igi-certifikatem-0102006.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-089ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102005.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-123ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-137ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102002.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-117ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102001.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-100ct-deep-reddish-purple-tepelne-neupraven-s-igi-certifikatem-0102000.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-145ct-purplish-blue-pink-purple-tepelne-neupraven-s-igi-certifikatem-0101999.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-112ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-193ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101996.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-075ct-deep-purple-pink-tepelne-neupraven-s-igi-certifikatem-0101995.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-199ct-deep-pink-purple-tepelne-neupraven-s-igi-certifikatem-0101994.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-109ct-deep-greenish-blue-s-igi-certifikatem-0101993.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-173ct-deep-greenish-blue-deep-green-s-igi-certifikatem-0101992.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-187ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101991.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-bluish-green-s-igi-certifikatem-0101990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-293ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101989.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-pinkish-purple-s-igi-certifikatem-0101988.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-104ct-deep-yellow-s-igi-certifikatem-0101987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-122ct-deep-blue-s-igi-certifikatem-0101986.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-151ct-deep-pinkish-purple-s-igi-certifikatem-0101985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-092ct-deep-pink-purple-s-igi-certifikatem-0101984.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-101ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101983.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-142ct-deep-blue-s-igi-certifikatem-0101982.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-231ct-purplish-blue-purple-tepelne-neupraven-s-igi-certifikatem-0101981.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-119ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101980.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-087ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101979.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-078ct-deep-blue-s-igi-certifikatem-0101978.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-deep-blue-s-igi-certifikatem-0101977.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-111ct-deep-blue-s-igi-certifikatem-0101976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-473ct-deep-violetish-blue-s-igi-certifikatem-0101974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-deep-violetish-blue-s-igi-certifikatem-0101970.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-deep-violet-blue-s-igi-certifikatem-0101969.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-157ct-deep-violetish-blue-s-igi-certifikatem-0101968.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-132ct-deep-bluish-violet-s-igi-certifikatem-0101967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-119ct-deep-violet-blue-s-igi-certifikatem-0101965.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-111ct-deep-violetish-blue-s-igi-certifikatem-0101964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-108ct-violetish-blue-s-igi-certifikatem-0101963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-100ct-violetish-blue-s-igi-certifikatem-0101961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-096ct-violetish-blue-s-igi-certifikatem-0101959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-violet-blue-s-igi-certifikatem-0101957.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-violetish-blue-s-igi-certifikatem-0101956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-deep-bluish-violet-s-igi-certifikatem-0101955.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-088ct-bluish-violet-s-igi-certifikatem-0101953.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-087ct-bluish-violet-s-igi-certifikatem-0101952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-086ct-bluish-violet-s-igi-certifikatem-0101951.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-085ct-deep-bluish-violet-s-igi-certifikatem-0101950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-084ct-bluish-violet-s-igi-certifikatem-0101949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-083ct-deep-violet-blue-s-igi-certifikatem-0101948.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-083ct-bluish-violet-s-igi-certifikatem-0101947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-080ct-violetish-blue-s-igi-certifikatem-0101946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-077ct-deep-bluish-violet-s-igi-certifikatem-0101944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-075ct-violetish-blue-s-igi-certifikatem-0101942.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-072ct-deep-bluish-violet-s-igi-certifikatem-0101938.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-062ct-bluish-violet-s-igi-certifikatem-0101935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-062ct-deep-bluish-violet-s-igi-certifikatem-0101934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-060ct-violetish-blue-s-igi-certifikatem-0101933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-050ct-bluish-violet-s-igi-certifikatem-0101932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-158ct-deep-blue-s-igi-certifikatem-0101929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-153ct-deep-blue-s-igi-certifikatem-0101928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-100ct-deep-blue-s-igi-certifikatem-0101917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-deep-blue-s-igi-certifikatem-0101914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-262ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-173ct-deep-purple-red-s-igi-certifikatem-0101911.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-160ct-deep-purplish-pink-red-s-igi-certifikatem-0101910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-145ct-deep-purple-red-s-igi-certifikatem-0101909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-122ct-deep-purplish-red-s-igi-certifikatem-0101908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-110ct-deep-purple-red-s-igi-certifikatem-0101907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-091ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-084ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-079ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-074ct-deep-purple-red-s-igi-certifikatem-0101900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-070ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-066ct-deep-purplish-red-s-igi-certifikatem-0101897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-053ct-deep-purplish-pink-red-tepelne-neupraven-s-igi-certifikatem-0101895.html" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-051ct-deep-purplish-pink-red-s-igi-certifikatem-0101894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-046ct-deep-purplish-red-s-igi-certifikatem-0101893.html" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-032ct-deep-purplish-red-s-igi-certifikatem-0101892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-028ct-purplish-pink-red-s-igi-certifikatem-0101891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-205ct-deep-bluish-green-s-igi-certifikatem-0101890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-182ct-bluish-green-s-igi-certifikatem-0101889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-161ct-deep-bluish-green-s-igi-certifikatem-0101888.html" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-127ct-bluish-green-s-igi-certifikatem-0101887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-085ct-deep-bluish-green-s-igi-certifikatem-0101876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-070ct-deep-bluish-green-s-igi-certifikatem-0101873.html" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-065ct-deep-bluish-green-s-igi-certifikatem-0101872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-062ct-deep-bluish-green-s-igi-certifikatem-0101870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-059ct-deep-bluish-green-s-igi-certifikatem-0101869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-058ct-deep-bluish-green-s-igi-certifikatem-0101867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-106ct-vivid-green-kolumbie-muzo-insignificant-s-cd-certifikatem-0101864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-110ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zoisit-261ct-bluish-green-s-igi-certifikatem-0101860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/turmalin-114ct-purplish-orange-pink-s-igi-certifikatem-0101855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-737ct-blue-s-igi-certifikatem-0101854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-686ct-deep-blue-s-igi-certifikatem-0101853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-675ct-deep-blue-s-igi-certifikatem-0101852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-573ct-blue-s-igi-certifikatem-0101847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-571ct-blue-s-igi-certifikatem-0101846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-550ct-deep-blue-s-igi-certifikatem-0101845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-522ct-blue-s-igi-certifikatem-0101844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-442ct-blue-s-igi-certifikatem-0101842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-412ct-deep-blue-s-igi-certifikatem-0101841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-368ct-yellowish-green-s-igi-certifikatem-0101838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-336ct-deep-greenish-blue-s-igi-certifikatem-0101835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-327ct-deep-blue-s-igi-certifikatem-0101834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-0101833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-deep-blue-s-igi-certifikatem-0101832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-240ct-blue-s-igi-certifikatem-0101830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-217ct-deep-blue-s-igi-certifikatem-0101827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-206ct-blue-s-igi-certifikatem-0101826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-174ct-blue-s-igi-certifikatem-0101822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-165ct-blue-s-igi-certifikatem-0101821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-deep-blue-s-igi-certifikatem-0101820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-greenish-blue-s-igi-certifikatem-0101819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-156ct-blue-s-igi-certifikatem-0101817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-132ct-deep-blue-s-igi-certifikatem-0101815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-091ct-blue-s-igi-certifikatem-0101812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-407ct-deep-orangy-red-s-igi-certifikatem-0101810.html" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-392ct-deep-orange-red-s-igi-certifikatem-0101809.html" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-264ct-deep-red-s-igi-certifikatem-0101808.html" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-183ct-deep-orangy-red-s-igi-certifikatem-0101807.html" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-158ct-deep-orange-pink-s-igi-certifikatem-0101806.html" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-233ct-deep-reddish-orange-s-igi-certifikatem-0101805.html" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-372ct-yellow-green-s-igi-certifikatem-0101804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-181ct-green-yellow-s-igi-certifikatem-0101801.html" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-179ct-yellow-green-s-igi-certifikatem-0101800.html" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-179ct-green-yellow-s-igi-certifikatem-0101799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-173ct-yellow-green-s-igi-certifikatem-0101798.html" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-159ct-green-yellow-s-igi-certifikatem-0101797.html" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-100ct-yellow-green-s-igi-certifikatem-0101796.html" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-094ct-yellow-green-s-igi-certifikatem-0101795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-079ct-greenish-yellow-s-igi-certifikatem-0101794.html" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-251ct-deep-pinkish-purple-s-igi-certifikatem-0101793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-159ct-greenish-yellow-s-igi-certifikatem-0101792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-deep-orangy-yellow-s-igi-certifikatem-0101791.html" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-320ct-blue-green-s-igi-certifikatem-0101790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-312ct-bluish-green-s-igi-certifikatem-0101789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-208ct-blue-green-s-igi-certifikatem-0101788.html" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-199ct-blue-green-s-igi-certifikatem-0101787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-188ct-deep-bluish-green-s-igi-certifikatem-0101786.html" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-177ct-green-s-igi-certifikatem-0101785.html" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-170ct-deep-yellowish-green-s-igi-certifikatem-0101784.html" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-125ct-bluish-green-s-igi-certifikatem-0101783.html" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-bluish-green-s-igi-certifikatem-0101782.html" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-069ct-green-s-igi-certifikatem-0101781.html" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-068ct-deep-bluish-green-s-igi-certifikatem-0101780.html" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-deep-green-s-igi-certifikatem-0101779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-green-s-igi-certifikatem-0101778.html" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-065ct-deep-yellowish-green-s-igi-certifikatem-0101777.html" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tsavorit-071ct-deep-green-s-igi-certifikatem-0101773.html" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-301ct-violetish-blue-s-igi-certifikatem-0101771.html" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-255ct-violetish-blue-s-igi-certifikatem-0101766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-245ct-bluish-violet-s-igi-certifikatem-0101765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-241ct-violetish-green-blue-s-igi-certifikatem-0101763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-219ct-greenish-violet-blue-s-igi-certifikatem-0101760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-216ct-bluish-greenish-violet-s-igi-certifikatem-0101759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-205ct-greenish-blue-violet-s-igi-certifikatem-0101758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-177ct-violetish-blue-s-igi-certifikatem-0101756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-bluish-violet-s-igi-certifikatem-0101754.html" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-092ct-greenish-blue-s-igi-certifikatem-0101750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-309ct-deep-violetish-blue-tepelne-neupraven-s-igi-certifikatem-0101747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-232ct-deep-blue-s-igi-certifikatem-0101746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-211ct-deep-blue-s-igi-certifikatem-0101745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-201ct-deep-blue-s-igi-certifikatem-0101744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0101741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-174ct-deep-blue-s-igi-certifikatem-0101740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-168ct-deep-blue-s-igi-certifikatem-0101738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-165ct-dark-blue-s-igi-certifikatem-0101737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-162ct-deep-blue-s-igi-certifikatem-0101736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-148ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-deep-blue-s-igi-certifikatem-0101732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-130ct-deep-blue-s-igi-certifikatem-0101731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-122ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-deep-blue-s-igi-certifikatem-0101728.html" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-111ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-s-igi-certifikatem-0101724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-099ct-deep-blue-s-igi-certifikatem-0101721.html" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-s-igi-certifikatem-0101719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-blue-s-igi-certifikatem-0101718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-086ct-deep-blue-s-igi-certifikatem-0101715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-s-igi-certifikatem-0101713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-080ct-deep-blue-s-igi-certifikatem-0101711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-075ct-deep-greenish-blue-s-igi-certifikatem-0101707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-073ct-deep-blue-s-igi-certifikatem-0101705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-069ct-deep-blue-s-igi-certifikatem-0101703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-blue-s-igi-certifikatem-0101698.html" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-blue-s-igi-certifikatem-0101694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-deep-purplish-red-s-igi-certifikatem-0101690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-purplish-pink-red-s-igi-certifikatem-0101689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-372ct-deep-purplish-pink-s-igi-certifikatem-0101669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-228ct-deep-purplish-pink-s-igi-certifikatem-0101668.html" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-153ct-purplish-pink-s-igi-certifikatem-0101666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-070ct-purplish-orangy-pink-s-igi-certifikatem-0101661.html" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-063ct-purplish-pink-s-igi-certifikatem-0101660.html" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-058ct-purplish-pink-s-igi-certifikatem-0101659.html" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-054ct-deep-purplish-pink-s-igi-certifikatem-0101658.html" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-052ct-purplish-pink-s-igi-certifikatem-0101655.html" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-052ct-deep-purplish-pink-s-igi-certifikatem-0101653.html" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-050ct-purplish-pink-s-igi-certifikatem-0101651.html" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-045ct-orangy-pink-s-igi-certifikatem-0101649.html" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-045ct-purplish-pink-s-igi-certifikatem-0101648.html" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-278ct-deep-purplish-orange-red-s-igi-certifikatem-0101646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-276ct-deep-purplish-pink-s-igi-certifikatem-0101645.html" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-234ct-purplish-red-s-igi-certifikatem-0101643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-226ct-deep-purplish-pink-red-s-igi-certifikatem-0101642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-199ct-deep-purplish-pink-s-igi-certifikatem-0101641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-180ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-152ct-deep-pink-purple-s-igi-certifikatem-0101639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-144ct-deep-purplish-red-s-igi-certifikatem-0101638.html" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-140ct-deep-purplish-red-s-igi-certifikatem-0101637.html" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-140ct-deep-pink-purple-s-igi-certifikatem-0101636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-116ct-deep-purplish-pink-s-igi-certifikatem-0101635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-107ct-deep-purplish-pink-s-igi-certifikatem-0101634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-103ct-deep-purplish-pink-s-igi-certifikatem-0101633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-099ct-deep-purplish-pink-s-igi-certifikatem-0101630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-097ct-deep-purplish-pink-red-s-igi-certifikatem-0101629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-095ct-deep-purplish-pink-s-igi-certifikatem-0101628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-084ct-purplish-pink-s-igi-certifikatem-0101627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-080ct-deep-purplish-pink-s-igi-certifikatem-0101626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-077ct-deep-purplish-pink-s-igi-certifikatem-0101625.html" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-075ct-deep-purplish-pink-s-igi-certifikatem-0101624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-073ct-purplish-pink-s-igi-certifikatem-0101623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-072ct-deep-purplish-pink-s-igi-certifikatem-0101622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-069ct-deep-pink-purple-s-igi-certifikatem-0101621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-069ct-purplish-pink-s-igi-certifikatem-0101620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-067ct-deep-pinkish-purple-s-igi-certifikatem-0101619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-063ct-pink-purple-s-igi-certifikatem-0101617.html" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-062ct-deep-reddish-pinkish-purple-s-igi-certifikatem-0101616.html" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-057ct-deep-pinkish-purple-s-igi-certifikatem-0101614.html" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-056ct-pinkish-purple-s-igi-certifikatem-0101613.html" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-pinkish-purple-s-igi-certifikatem-0101609.html" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-deep-pinkish-purple-s-igi-certifikatem-0101608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/prasiolit-448ct-yellowish-green-s-igi-certifikatem-0101607.html" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/prasiolit-439ct-yellowish-green-s-igi-certifikatem-0101606.html" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-114ct-deep-purplish-pink-s-igi-certifikatem-0101605.html" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-092ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101603.html" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101602.html" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-purplish-pink-s-igi-certifikatem-0101601.html" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-purplish-pink-s-igi-certifikatem-0101598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-purplish-pink-s-igi-certifikatem-0101597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-064ct-deep-purplish-pink-s-igi-certifikatem-0101596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-059ct-deep-purplish-pink-s-igi-certifikatem-0101595.html" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-purplish-pink-s-igi-certifikatem-0101594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-yellowish-orange-s-igi-certifikatem-0101592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-orange-s-igi-certifikatem-0101586.html" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-yellowish-orange-s-igi-certifikatem-0101585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-deep-yellowish-orange-s-igi-certifikatem-0101584.html" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-039ct-deep-yellowish-orange-s-igi-certifikatem-0101583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-037ct-deep-orange-s-igi-certifikatem-0101581.html" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-077ct-deep-purple-pink-s-igi-certifikatem-0101577.html" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-254ct-light-pink-s-igi-certifikatem-0101576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-132ct-light-pink-s-igi-certifikatem-0101575.html" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-116ct-yellow-pink-s-igi-certifikatem-0101574.html" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kunzit-766ct-light-pink-s-igi-certifikatem-0101573.html" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kunzit-615ct-light-purplish-pink-s-igi-certifikatem-0101572.html" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kunzit-529ct-light-pink-s-igi-certifikatem-0101571.html" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-101ct-greenish-blue-s-igi-certifikatem-0101566.html" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/hesonit-180ct-brown-yellow-s-igi-certifikatem-0101564.html" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-1076ct-deep-bluish-green-s-igi-certifikatem-0101562.html" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-574ct-deep-bluish-green-s-igi-certifikatem-0101561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-525ct-bluish-green-s-igi-certifikatem-0101560.html" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-361ct-deep-green-s-igi-certifikatem-0101559.html" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-316ct-deep-green-s-igi-certifikatem-0101557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-296ct-deep-bluish-green-s-igi-certifikatem-0101556.html" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1068ct-yellow-s-igi-certifikatem-0101553.html" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-768ct-yellowish-orange-s-igi-certifikatem-0101552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-761ct-deep-yellowish-orange-s-igi-certifikatem-0101551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-715ct-orange-yellow-s-igi-certifikatem-0101550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-601ct-yellowish-orange-s-igi-certifikatem-0101549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-592ct-deep-yellowish-orange-s-igi-certifikatem-0101548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-521ct-deep-yellowish-orange-s-igi-certifikatem-0101547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-483ct-deep-yellowish-orange-s-igi-certifikatem-0101546.html" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-441ct-deep-yellowish-orange-s-igi-certifikatem-0101545.html" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-391ct-deep-yellowish-orange-s-igi-certifikatem-0101544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-374ct-deep-yellowish-orange-s-igi-certifikatem-0101543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-335ct-deep-orangy-yellow-s-igi-certifikatem-0101542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-307ct-orange-yellow-s-igi-certifikatem-0101541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-305ct-orangy-yellow-s-igi-certifikatem-0101540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-222ct-yellow-s-igi-certifikatem-0101539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-204ct-deep-yellow-orange-s-igi-certifikatem-0101538.html" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-167ct-deep-yellow-orange-s-igi-certifikatem-0101537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101535.html" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-150ct-greenish-yellow-s-igi-certifikatem-0101534.html" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-148ct-greenish-yellow-s-igi-certifikatem-0101531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101526.html" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-144ct-yellow-s-igi-certifikatem-0101525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-140ct-greenish-yellow-s-igi-certifikatem-0101524.html" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-417ct-blue-s-igi-certifikatem-0101520.html" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-388ct-greenish-blue-s-igi-certifikatem-0101519.html" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-298ct-light-greenish-blue-s-igi-certifikatem-0101516.html" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-188ct-greenish-blue-s-igi-certifikatem-0101515.html" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-164ct-greenish-blue-s-igi-certifikatem-0101513.html" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-148ct-greenish-blue-s-igi-certifikatem-0101510.html" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-143ct-blue-s-igi-certifikatem-0101509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-132ct-blue-s-igi-certifikatem-0101508.html" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-125ct-blue-s-igi-certifikatem-0101506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-061ct-blue-s-igi-certifikatem-0101502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-049ct-light-blue-s-igi-certifikatem-0101501.html" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-788ct-deep-purple-s-igi-certifikatem-0101500.html" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-772ct-deep-purple-s-igi-certifikatem-0101499.html" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-703ct-deep-purple-s-igi-certifikatem-0101498.html" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-556ct-deep-purple-s-igi-certifikatem-0101497.html" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-404ct-deep-purple-s-igi-certifikatem-0101496.html" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-375ct-deep-purple-s-igi-certifikatem-0101495.html" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-361ct-purple-s-igi-certifikatem-0101494.html" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-282ct-deep-purple-s-igi-certifikatem-0101493.html" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-273ct-deep-purple-s-igi-certifikatem-0101492.html" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-217ct-deep-purple-s-igi-certifikatem-0101490.html" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-214ct-pink-purple-s-igi-certifikatem-0101489.html" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-205ct-deep-pinkish-purple-s-igi-certifikatem-0101488.html" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-205ct-deep-purple-s-igi-certifikatem-0101486.html" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-182ct-deep-purple-s-igi-certifikatem-0101484.html" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-178ct-deep-purple-s-igi-certifikatem-0101483.html" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-114ct-deep-purple-s-igi-certifikatem-0101479.html" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-134ct-purplish-pink-s-igi-certifikatem-0101478.html" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-338ct-blue-tepelne-neupraven-s-igi-certifikatem-0101477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-203ct-deep-red-tepelne-neupraven-s-igi-certifikatem-0101475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-101ct-intense-red-mosambik-tepelne-neupraven-s-icl-certifikatem-0101471.html" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-230ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-104ct-green-kolumbie-muzo-no-oil-s-agl-certifikatem-0101465.html" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-blue-sri-lanka-tepelne-neupraven-s-cd-certifikatem-0101463.html" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-093ct-deep-yellowish-orange-s-igi-certifikatem-0101455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-229ct-purplish-blue-tepelne-neupraven-s-igi-certifikatem-0101436.html" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-060ct-deep-blue-s-igi-certifikatem-0101434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-128ct-deep-blue-s-igi-certifikatem-0101425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-223ct-pinkish-purple-s-igi-certifikatem-0101419.html" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-116ct-purplish-pink-s-igi-certifikatem-0101415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-114ct-brownish-yellowish-green-s-igi-certifikatem-0101413.html" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-429ct-yellowish-green-s-igi-certifikatem-0101410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-271ct-yellowish-green-s-igi-certifikatem-0101409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-297ct-greenish-blue-s-igi-certifikatem-0101408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-268ct-greenish-blue-s-igi-certifikatem-0101407.html" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-196ct-greenish-blue-s-igi-certifikatem-0101406.html" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-093ct-purplish-pink-s-igi-certifikatem-0101401.html" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-082ct-orangy-purplish-pink-s-igi-certifikatem-0101400.html" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-588ct-blue-s-igi-certifikatem-0101390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-194ct-deep-blue-greenish-s-igi-certifikatem-0101388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-227ct-yellowish-orange-s-igi-certifikatem-0101387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-844ct-yellowish-orange-s-igi-certifikatem-0101385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-286ct-yellow-orange-s-igi-certifikatem-0101384.html" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-220ct-yellowish-orange-s-igi-certifikatem-0101383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-803ct-yellowish-orange-s-igi-certifikatem-0101381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-191ct-yellowish-orange-s-igi-certifikatem-0101380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-395ct-orangy-yellow-s-igi-certifikatem-0101376.html" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-291ct-yellowish-orange-s-igi-certifikatem-0101375.html" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-300ct-deep-purple-s-igi-certifikatem-0101373.html" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-670ct-deep-purple-s-igi-certifikatem-0101369.html" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-275ct-deep-purple-s-igi-certifikatem-0101368.html" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-096ct-green-s-igi-certifikatem-0101355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-082ct-green-s-igi-certifikatem-0101354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-042ct-green-s-igi-certifikatem-0101353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-105ct-yellowish-green-s-igi-certifikatem-0101352.html" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-088ct-yellowish-brownish-green-s-igi-certifikatem-0101351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-199ct-blue-s-igi-certifikatem-0101350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-236ct-blue-s-igi-certifikatem-0101345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-293ct-blue-s-igi-certifikatem-0101344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-391ct-light-blue-s-igi-certifikatem-0101342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-356ct-blue-s-igi-certifikatem-0101339.html" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-342ct-blue-s-igi-certifikatem-0101338.html" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-319ct-blue-s-igi-certifikatem-0101337.html" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-128ct-blue-s-igi-certifikatem-0101334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-0101329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101308.html" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-059ct-purplish-pink-s-igi-certifikatem-0101300.html" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-045ct-pink-s-igi-certifikatem-0101298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-109ct-purplish-pink-s-igi-certifikatem-0101297.html" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-215ct-yellow-green-s-igi-certifikatem-0101296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-103ct-yellow-green-s-igi-certifikatem-0101294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-088ct-green-yellow-s-igi-certifikatem-0101293.html" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-059ct-blue-s-igi-certifikatem-0101291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-309ct-yellowish-orange-s-igi-certifikatem-0101290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-331ct-yellowish-orange-s-igi-certifikatem-0101284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-421ct-orangy-yellow-s-igi-certifikatem-0101283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-490ct-greenish-yellow-s-igi-certifikatem-0101282.html" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-422ct-orangy-yellow-s-igi-certifikatem-0101281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-631ct-yellowish-orange-s-igi-certifikatem-0101280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-317ct-yellow-orange-s-igi-certifikatem-0101279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-397ct-yellowish-orange-s-igi-certifikatem-0101278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-404ct-orange-yellow-s-igi-certifikatem-0101277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-384ct-yellowish-orange-s-igi-certifikatem-0101276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-244ct-yellowish-orange-s-igi-certifikatem-0101273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-298ct-deep-purple-s-igi-certifikatem-0101271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-362ct-purple-s-igi-certifikatem-0101269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-387ct-purple-s-igi-certifikatem-0101263.html" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-233ct-deep-purple-s-igi-certifikatem-0101262.html" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-313ct-deep-purple-s-igi-certifikatem-0101261.html" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-331ct-purple-s-igi-certifikatem-0101255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-440ct-deep-purple-s-igi-certifikatem-0101248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-394ct-purple-s-igi-certifikatem-0101244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-greenish-blue-s-igi-certifikatem-0101206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101201.html" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-blue-tepelne-neupraven-s-igi-certifikatem-0101199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-068ct-deep-purplish-pink-s-igi-certifikatem-0101194.html" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-184ct-yellowish-green-s-igi-certifikatem-0101193.html" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/iolit-232ct-violet-s-igi-certifikatem-0101191.html" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-100ct-greenish-blue-s-igi-certifikatem-0101190.html" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/chrom-turmalin-120ct-dark-yellowish-green-s-igi-certifikatem-0101180.html" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/chrom-turmalin-077ct-dark-yellowish-green-s-igi-certifikatem-0101179.html" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-314ct-blue-s-igi-certifikatem-0101177.html" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-168ct-blue-s-igi-certifikatem-0101174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-281ct-purple-s-igi-certifikatem-0101155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-071ct-blue-purple-s-igi-certifikatem-0101150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-134ct-yellowish-bluish-green-s-igi-certifikatem-0101148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-yellowish-green-s-igi-certifikatem-0101146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-091ct-yellowish-bluish-green-s-igi-certifikatem-0101145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-0101144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-143ct-blue-green-s-igi-certifikatem-0101143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-154ct-greenish-blue-s-igi-certifikatem-0101142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-466ct-orangy-yellow-s-igi-certifikatem-0101141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-476ct-yellow-orange-s-igi-certifikatem-0101138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-266ct-yellowish-orange-s-igi-certifikatem-0101137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-084ct-purplish-reddish-pink-s-igi-certifikatem-0101136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-134ct-purplish-pink-s-igi-certifikatem-0101135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-238ct-purplish-reddish-pink-s-igi-certifikatem-0101134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-068ct-purplish-orangy-pink-s-igi-certifikatem-0101133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-496ct-blue-s-igi-certifikatem-0101130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-288ct-blue-s-igi-certifikatem-0101127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-379ct-blue-s-igi-certifikatem-0101125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-blue-s-igi-certifikatem-0101121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-1111ct-blue-s-igi-certifikatem-0101120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-566ct-blue-s-igi-certifikatem-0101115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-578ct-blue-s-igi-certifikatem-0101113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-561ct-blue-s-igi-certifikatem-0101112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-545ct-blue-s-igi-certifikatem-0101111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-508ct-blue-s-igi-certifikatem-0101109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-581ct-blue-s-igi-certifikatem-0101107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-506ct-blue-s-igi-certifikatem-0101106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-276ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-434ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-137ct-deep-blue-s-igi-certifikatem-0101084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-127ct-yellow-green-s-igi-certifikatem-0101079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-109ct-yellow-green-s-igi-certifikatem-0101077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-098ct-yellow-green-s-igi-certifikatem-0101075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-136ct-yellow-green-s-igi-certifikatem-0101074.html" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-420ct-yellow-orange-s-igi-certifikatem-0101073.html" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1227ct-orange-yellow-s-igi-certifikatem-0101070.html" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-760ct-yellowish-orange-s-igi-certifikatem-0101069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1177ct-orangy-yellow-s-igi-certifikatem-0101068.html" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-709ct-yellowish-orange-s-igi-certifikatem-0101067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-637ct-yellow-orange-s-igi-certifikatem-0101066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-705ct-orange-yellow-s-igi-certifikatem-0101064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-929ct-yellowish-orange-s-igi-certifikatem-0101063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-743ct-yellowish-orange-s-igi-certifikatem-0101061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-874ct-yellowish-orange-s-igi-certifikatem-0101060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-720ct-yellowish-orange-s-igi-certifikatem-0101059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-564ct-yellowish-orange-s-igi-certifikatem-0101058.html" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-855ct-yellow-s-igi-certifikatem-0101057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-568ct-orangy-yellow-s-igi-certifikatem-0101056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-685ct-yellow-s-igi-certifikatem-0101055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1348ct-yellowish-orange-s-igi-certifikatem-0101054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-890ct-yellowish-orange-s-igi-certifikatem-0101053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-1615ct-purple-s-igi-certifikatem-0101051.html" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-666ct-purple-s-igi-certifikatem-0101047.html" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-628ct-purple-s-igi-certifikatem-0101042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-470ct-pinkish-purple-s-igi-certifikatem-0101041.html" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1188ct-light-blue-green-s-igi-certifikatem-0101035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-836ct-light-blue-s-igi-certifikatem-0101034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-516ct-light-greenish-blue-s-igi-certifikatem-0101033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-light-bluish-green-s-igi-certifikatem-0101032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-698ct-light-bluish-green-s-igi-certifikatem-0101031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-734ct-light-blue-s-igi-certifikatem-0101030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-651ct-light-blue-s-igi-certifikatem-0101029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-778ct-light-blue-s-igi-certifikatem-0101027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1118ct-very-light-blue-s-igi-certifikatem-0101026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1155ct-light-greenish-blue-s-igi-certifikatem-0101025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-554ct-light-green-blue-s-igi-certifikatem-0101024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-591ct-light-blue-s-igi-certifikatem-0101022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-685ct-light-greenish-blue-s-igi-certifikatem-0101020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-0101015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-yellowish-green-s-igi-certifikatem-0101014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-350ct-blue-s-igi-certifikatem-0101009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-332ct-blue-s-igi-certifikatem-0101008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-365ct-blue-s-igi-certifikatem-0101007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-462ct-blue-s-igi-certifikatem-0101003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-orange-yellow-s-igi-certifikatem-010990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-deep-reddish-purple-pink-s-igi-certifikatem-010987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-038ct-purplish-pink-s-igi-certifikatem-010985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-314ct-purplish-pink-s-igi-certifikatem-010979.html" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-169ct-purplish-pink-s-igi-certifikatem-010977.html" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-455ct-purplish-pink-red-s-igi-certifikatem-010976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-107ct-orange-s-igi-certifikatem-010974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/morganit-168ct-light-pink-s-igi-certifikatem-010972.html" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-311ct-purple-s-igi-certifikatem-010967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-266ct-deep-purplish-red-s-igi-certifikatem-010964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-440ct-light-greenish-blue-s-igi-certifikatem-010963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-404ct-colorless-s-igi-certifikatem-010960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-394ct-blue-s-igi-certifikatem-010956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010945.html" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-blue-tepelne-neupraven-s-igi-certifikatem-010944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-145ct-purplish-pink-red-s-igi-certifikatem-010933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-157ct-pinkish-purple-s-igi-certifikatem-010932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-244ct-reddish-pink-s-igi-certifikatem-010930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-509ct-deep-purplish-red-s-igi-certifikatem-010925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-399ct-reddish-purple-s-igi-certifikatem-010924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-338ct-reddish-purple-s-igi-certifikatem-010923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-470ct-purple-red-s-igi-certifikatem-010922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/hesonit-493ct-deep-reddish-brownish-orange-s-igi-certifikatem-010921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-128ct-yellowish-green-s-igi-certifikatem-010909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-121ct-yellowish-green-s-igi-certifikatem-010908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-303ct-yellowish-orange-s-igi-certifikatem-010887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-212ct-yellow-s-igi-certifikatem-010886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-380ct-light-blue-s-igi-certifikatem-010882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-460ct-deep-purple-s-igi-certifikatem-010878.html" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-333ct-deep-purple-s-igi-certifikatem-010874.html" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-218ct-deep-purplish-red-s-igi-certifikatem-010873.html" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-340ct-deep-purplish-red-s-igi-certifikatem-010872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zeleny-turmalin-769ct-bluish-green-s-igi-certifikatem-010870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zeleny-turmalin-401ct-deep-green-s-igi-certifikatem-010869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zeleny-turmalin-240ct-yellowish-bluish-green-s-igi-certifikatem-010865.html" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/zeleny-turmalin-160ct-bluish-green-s-igi-certifikatem-010864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-412ct-green-s-igi-certifikatem-010860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-255ct-deep-green-s-igi-certifikatem-010859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-207ct-green-s-igi-certifikatem-010858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-175ct-green-s-igi-certifikatem-010856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-163ct-green-s-igi-certifikatem-010855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-bluish-green-s-igi-certifikatem-010854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-green-s-igi-certifikatem-010853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-129ct-green-s-igi-certifikatem-010852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-120ct-deep-green-s-igi-certifikatem-010851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-117ct-bluish-green-s-igi-certifikatem-010850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-095ct-yellowish-green-s-igi-certifikatem-010849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-010848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-393ct-blue-s-igi-certifikatem-010841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-384ct-blue-s-igi-certifikatem-010840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-362ct-blue-s-igi-certifikatem-010838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-346ct-blue-s-igi-certifikatem-010834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-010832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-333ct-blue-s-igi-certifikatem-010831.html" TargetMode="External"/><Relationship Id="rId_hyperlink_617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-326ct-blue-s-igi-certifikatem-010830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-323ct-blue-s-igi-certifikatem-010828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-307ct-blue-s-igi-certifikatem-010825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-265ct-blue-s-igi-certifikatem-010822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-157ct-deep-blue-s-igi-certifikatem-010819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-124ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-087ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-084ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-078ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-388ct-reddish-purple-s-igi-certifikatem-010770.html" TargetMode="External"/><Relationship Id="rId_hyperlink_628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-313ct-purplish-pink-s-igi-certifikatem-010769.html" TargetMode="External"/><Relationship Id="rId_hyperlink_629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-185ct-orangy-purplish-pink-s-igi-certifikatem-010767.html" TargetMode="External"/><Relationship Id="rId_hyperlink_630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-122ct-purple-pink-s-igi-certifikatem-010763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-114ct-purple-pink-s-igi-certifikatem-010762.html" TargetMode="External"/><Relationship Id="rId_hyperlink_632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-105ct-pinkish-purple-s-igi-certifikatem-010761.html" TargetMode="External"/><Relationship Id="rId_hyperlink_633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-105ct-purplish-pink-s-igi-certifikatem-010760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-363ct-yellowish-green-s-igi-certifikatem-010758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kunzit-470ct-light-pink-s-igi-certifikatem-010753.html" TargetMode="External"/><Relationship Id="rId_hyperlink_636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-198ct-greenish-blue-s-igi-certifikatem-010752.html" TargetMode="External"/><Relationship Id="rId_hyperlink_637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-653ct-yellowish-orange-s-igi-certifikatem-010751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-491ct-yellowish-orange-s-igi-certifikatem-010750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-474ct-orangy-yellow-s-igi-certifikatem-010748.html" TargetMode="External"/><Relationship Id="rId_hyperlink_640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-455ct-brownish-orangy-yellow-s-igi-certifikatem-010747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-454ct-orangy-yellow-s-igi-certifikatem-010746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-brownish-yellow-s-igi-certifikatem-010744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-yellowish-orange-s-igi-certifikatem-010743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-413ct-yellow-orange-s-igi-certifikatem-010742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-412ct-orangy-yellow-s-igi-certifikatem-010741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-393ct-yellow-orange-s-igi-certifikatem-010740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-deep-orange-s-igi-certifikatem-010739.html" TargetMode="External"/><Relationship Id="rId_hyperlink_648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-369ct-yellowish-orange-s-igi-certifikatem-010738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-352ct-brownish-orange-s-igi-certifikatem-010737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-346ct-yellowish-orange-s-igi-certifikatem-010736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-341ct-yellowish-orange-s-igi-certifikatem-010735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-326ct-orange-s-igi-certifikatem-010734.html" TargetMode="External"/><Relationship Id="rId_hyperlink_653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-473ct-deep-purple-s-igi-certifikatem-010724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-472ct-deep-purple-s-igi-certifikatem-010723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-470ct-deep-purple-s-igi-certifikatem-010722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-435ct-deep-purple-s-igi-certifikatem-010720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-383ct-purple-s-igi-certifikatem-010718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-319ct-deep-purple-s-igi-certifikatem-010715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-105ct-bluish-purple-s-igi-certifikatem-010714.html" TargetMode="External"/><Relationship Id="rId_hyperlink_660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-209ct-reddish-purple-s-igi-certifikatem-010713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-688ct-greenish-blue-s-igi-certifikatem-010710.html" TargetMode="External"/><Relationship Id="rId_hyperlink_662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-666ct-light-blue-s-igi-certifikatem-010709.html" TargetMode="External"/><Relationship Id="rId_hyperlink_663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-462ct-blue-s-igi-certifikatem-010705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-288ct-blue-s-igi-certifikatem-010695.html" TargetMode="External"/><Relationship Id="rId_hyperlink_665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-224ct-light-blue-s-igi-certifikatem-010691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-205ct-purplish-red-s-igi-certifikatem-010680.html" TargetMode="External"/><Relationship Id="rId_hyperlink_667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-145ct-orangy-red-s-igi-certifikatem-010669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-037ct-purple-s-igi-certifikatem-010666.html" TargetMode="External"/><Relationship Id="rId_hyperlink_669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-956ct-purple-s-igi-certifikatem-010665.html" TargetMode="External"/><Relationship Id="rId_hyperlink_670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-137ct-yellowish-green-s-igi-certifikatem-010650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-134ct-yellowish-green-s-igi-certifikatem-010644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-204ct-purplish-pink-red-s-igi-certifikatem-010642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-169ct-yellowish-green-s-igi-certifikatem-010636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-694ct-orangy-yellow-s-igi-certifikatem-010634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-496ct-yellowish-orange-s-igi-certifikatem-010632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-263ct-bluish-green-s-igi-certifikatem-010631.html" TargetMode="External"/><Relationship Id="rId_hyperlink_677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-180ct-bluish-green-green-s-igi-certifikatem-010630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-yellowish-green-s-igi-certifikatem-010629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-247ct-green-bluish-green-s-igi-certifikatem-010628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-072ct-green-bluish-green-s-igi-certifikatem-010627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-101ct-greenish-blue-s-igi-certifikatem-010626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-010624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-335ct-blue-s-igi-certifikatem-010623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-blue-s-igi-certifikatem-010620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-498ct-blue-s-igi-certifikatem-010618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-902ct-very-light-greenish-blue-010608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-072ct-deep-blue-s-igi-certifikatem-010597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-051ct-purple-pink-s-igi-certifikatem-010593.html" TargetMode="External"/><Relationship Id="rId_hyperlink_689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-297ct-purplish-pink-s-igi-certifikatem-010583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-137ct-reddish-purple-s-igi-certifikatem-010582.html" TargetMode="External"/><Relationship Id="rId_hyperlink_691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-173ct-reddish-orange-s-igi-certifikatem-010581.html" TargetMode="External"/><Relationship Id="rId_hyperlink_692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-086ct-greenish-blue-s-igi-certifikatem-010580.html" TargetMode="External"/><Relationship Id="rId_hyperlink_693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-051ct-green-s-igi-certifikatem-010576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-052ct-greenish-yellow-s-igi-certifikatem-010569.html" TargetMode="External"/><Relationship Id="rId_hyperlink_695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-062ct-yellowish-green-s-igi-certifikatem-010568.html" TargetMode="External"/><Relationship Id="rId_hyperlink_696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-104ct-green-yellow-s-igi-certifikatem-010567.html" TargetMode="External"/><Relationship Id="rId_hyperlink_697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-042ct-yellowish-green-s-igi-certifikatem-010565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-010557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-179ct-deep-blue-s-igi-certifikatem-010541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-133ct-blue-bluish-purple-tepelne-neupraven-s-igi-certifikatem-010523.html" TargetMode="External"/><Relationship Id="rId_hyperlink_702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/alexandrit-456ct-yellow-green-brownish-yellow-s-gia-certifikatem-010505.html" TargetMode="External"/><Relationship Id="rId_hyperlink_703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010489.html" TargetMode="External"/><Relationship Id="rId_hyperlink_704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010487.html" TargetMode="External"/><Relationship Id="rId_hyperlink_705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-137ct-pinkish-purple-s-igi-certifikatem-010477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-082ct-purple-s-igi-certifikatem-010474.html" TargetMode="External"/><Relationship Id="rId_hyperlink_707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-095ct-purple-s-igi-certifikatem-010473.html" TargetMode="External"/><Relationship Id="rId_hyperlink_708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-082ct-dark-purple-s-igi-certifikatem-010472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-132ct-orange-s-igi-certifikatem-010466.html" TargetMode="External"/><Relationship Id="rId_hyperlink_710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-122ct-orange-s-igi-certifikatem-010454.html" TargetMode="External"/><Relationship Id="rId_hyperlink_711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-182ct-orange-s-igi-certifikatem-010450.html" TargetMode="External"/><Relationship Id="rId_hyperlink_712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-142ct-orange-s-igi-certifikatem-010449.html" TargetMode="External"/><Relationship Id="rId_hyperlink_713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-138ct-orange-s-igi-certifikatem-010447.html" TargetMode="External"/><Relationship Id="rId_hyperlink_714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-146ct-orangy-red-s-igi-certifikatem-010446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/iolit-104ct-violetish-blue-s-igi-certifikatem-010444.html" TargetMode="External"/><Relationship Id="rId_hyperlink_716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-368ct-yellowish-green-s-igi-certifikatem-010443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1652ct-deep-bluish-green-s-igi-certifikatem-010441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1372ct-bluish-green-s-igi-certifikatem-010440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-deep-green-s-igi-certifikatem-010439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-299ct-purple-s-igi-certifikatem-010435.html" TargetMode="External"/><Relationship Id="rId_hyperlink_721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-642ct-pinkish-purple-s-igi-certifikatem-010433.html" TargetMode="External"/><Relationship Id="rId_hyperlink_722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-206ct-orangy-pink-s-igi-certifikatem-010431.html" TargetMode="External"/><Relationship Id="rId_hyperlink_723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-148ct-orange-s-igi-certifikatem-010428.html" TargetMode="External"/><Relationship Id="rId_hyperlink_724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-172ct-orange-s-igi-certifikatem-010426.html" TargetMode="External"/><Relationship Id="rId_hyperlink_725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-133ct-orange-s-igi-certifikatem-010425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-122ct-orange-s-igi-certifikatem-010424.html" TargetMode="External"/><Relationship Id="rId_hyperlink_727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-130ct-orange-s-igi-certifikatem-010423.html" TargetMode="External"/><Relationship Id="rId_hyperlink_728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-191ct-orange-s-igi-certifikatem-010421.html" TargetMode="External"/><Relationship Id="rId_hyperlink_729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-229ct-orange-s-igi-certifikatem-010417.html" TargetMode="External"/><Relationship Id="rId_hyperlink_730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-187ct-orange-s-igi-certifikatem-010416.html" TargetMode="External"/><Relationship Id="rId_hyperlink_731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-136ct-orange-s-igi-certifikatem-010415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-127ct-orange-s-igi-certifikatem-010412.html" TargetMode="External"/><Relationship Id="rId_hyperlink_733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-143ct-orange-s-igi-certifikatem-010410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-132ct-orange-s-igi-certifikatem-010409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-182ct-orange-s-igi-certifikatem-010408.html" TargetMode="External"/><Relationship Id="rId_hyperlink_736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-218ct-orange-s-igi-certifikatem-010407.html" TargetMode="External"/><Relationship Id="rId_hyperlink_737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-137ct-orange-s-igi-certifikatem-010406.html" TargetMode="External"/><Relationship Id="rId_hyperlink_738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-131ct-orange-s-igi-certifikatem-010405.html" TargetMode="External"/><Relationship Id="rId_hyperlink_739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-154ct-orange-s-igi-certifikatem-010403.html" TargetMode="External"/><Relationship Id="rId_hyperlink_740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-350ct-violet-tepelne-neupraven-s-gia-certifikatem-010398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1384ct-orangy-yellow-s-igi-certifikatem-010392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1888ct-yellow-s-igi-certifikatem-010391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1149ct-light-yellow-s-igi-certifikatem-010390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kourovy-kremen-2711ct-brownish-yellow-s-igi-certifikatem-010388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kourovy-kremen-4294ct-brownish-yellow-s-igi-certifikatem-010387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-2014ct-yellow-s-igi-certifikatem-010385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1310ct-deep-orange-s-igi-certifikatem-010383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1081ct-deep-orange-s-igi-certifikatem-010381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1838ct-brownish-orange-s-igi-certifikatem-010380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/spessarit-490ct-dark-brownish-red-s-igi-certifikatem-010355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/indigolit-360ct-greyish-blue-s-igi-certifikatem-010354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-131ct-orange-s-igi-certifikatem-010352.html" TargetMode="External"/><Relationship Id="rId_hyperlink_753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-162ct-yellowish-green-s-igi-certifikatem-010350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/kourovy-kremen-1231ct-orangy-brown-s-igi-certifikatem-010343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-361ct-dark-purplish-red-s-igi-certifikatem-010340.html" TargetMode="External"/><Relationship Id="rId_hyperlink_756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-406ct-dark-purplish-red-s-igi-certifikatem-010339.html" TargetMode="External"/><Relationship Id="rId_hyperlink_757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-542ct-dark-purplish-red-s-igi-certifikatem-010334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-659ct-dark-brownish-red-s-igi-certifikatem-010333.html" TargetMode="External"/><Relationship Id="rId_hyperlink_759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-464ct-dark-brownish-red-s-igi-certifikatem-010332.html" TargetMode="External"/><Relationship Id="rId_hyperlink_760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-343ct-dark-brownish-red-s-igi-certifikatem-010330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-364ct-dark-brownish-red-s-igi-certifikatem-010327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-406ct-dark-brownish-red-s-igi-certifikatem-010325.html" TargetMode="External"/><Relationship Id="rId_hyperlink_763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-348ct-dark-orangy-brown-s-igi-certifikatem-010324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-510ct-blue-s-igi-certifikatem-010306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-480ct-light-blue-s-igi-certifikatem-010305.html" TargetMode="External"/><Relationship Id="rId_hyperlink_766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-495ct-blue-s-igi-certifikatem-010304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-350ct-very-light-blue-s-igi-certifikatem-010303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-386ct-light-blue-s-igi-certifikatem-010302.html" TargetMode="External"/><Relationship Id="rId_hyperlink_769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-322ct-light-blue-s-igi-certifikatem-010301.html" TargetMode="External"/><Relationship Id="rId_hyperlink_770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-502ct-very-light-green-s-igi-certifikatem-010299.html" TargetMode="External"/><Relationship Id="rId_hyperlink_771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-416ct-light-blue-s-igi-certifikatem-010298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-409ct-light-blue-s-igi-certifikatem-010296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-487ct-very-light-blue-s-igi-certifikatem-010294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-619ct-very-light-blue-s-igi-certifikatem-010291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-565ct-very-light-blue-s-igi-certifikatem-010290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1101ct-light-bluish-green-s-igi-certifikatem-010288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-844ct-light-blue-s-igi-certifikatem-010287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-593ct-light-greenish-blue-s-igi-certifikatem-010285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-241ct-light-blue-s-igi-certifikatem-010284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-511ct-light-greenish-blue-s-igi-certifikatem-010283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-875ct-light-greenish-blue-s-igi-certifikatem-010280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-590ct-light-blue-s-igi-certifikatem-010279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-559ct-light-blue-s-igi-certifikatem-010278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-348ct-light-greenish-blue-s-igi-certifikatem-010276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-216ct-light-blue-s-igi-certifikatem-010275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-629ct-deep-green-s-igi-certifikatem-010273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-010271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-396ct-deep-green-s-igi-certifikatem-010270.html" TargetMode="External"/><Relationship Id="rId_hyperlink_789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-274ct-deep-green-s-igi-certifikatem-010269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-310ct-green-s-igi-certifikatem-010267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-126ct-deep-green-s-igi-certifikatem-010266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-171ct-deep-green-s-igi-certifikatem-010265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-658ct-purple-s-igi-certifikatem-010256.html" TargetMode="External"/><Relationship Id="rId_hyperlink_794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-500ct-purple-s-igi-certifikatem-010255.html" TargetMode="External"/><Relationship Id="rId_hyperlink_795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-833ct-yellowish-orange-s-igi-certifikatem-010251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-862ct-orangy-yellow-s-igi-certifikatem-010248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-725ct-yellow-s-igi-certifikatem-010244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-yellow-s-igi-certifikatem-010243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-585ct-yellowish-orange-s-igi-certifikatem-010242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1137ct-yellow-orange-s-igi-certifikatem-010241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-518ct-blue-s-igi-certifikatem-010236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-677ct-blue-s-igi-certifikatem-010233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-304ct-blue-s-igi-certifikatem-010232.html" TargetMode="External"/><Relationship Id="rId_hyperlink_804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-108ct-deep-greenish-blue-s-igi-certifikatem-010208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-098ct-dark-blue-s-igi-certifikatem-010206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-dark-blue-s-igi-certifikatem-010200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-546ct-purple-s-igi-certifikatem-010197.html" TargetMode="External"/><Relationship Id="rId_hyperlink_808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-374ct-very-light-blue-s-igi-certifikatem-010195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-637ct-light-blue-s-igi-certifikatem-010194.html" TargetMode="External"/><Relationship Id="rId_hyperlink_810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-509ct-light-greenish-blue-s-igi-certifikatem-010192.html" TargetMode="External"/><Relationship Id="rId_hyperlink_811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-364ct-light-bluish-green-s-igi-certifikatem-010191.html" TargetMode="External"/><Relationship Id="rId_hyperlink_812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-254ct-light-blue-s-igi-certifikatem-010190.html" TargetMode="External"/><Relationship Id="rId_hyperlink_813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-699ct-light-greenish-blue-s-igi-certifikatem-010188.html" TargetMode="External"/><Relationship Id="rId_hyperlink_814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-504ct-light-greenish-blue-s-igi-certifikatem-010170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-bluish-green-s-igi-certifikatem-010169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-867ct-light-greenish-blue-s-igi-certifikatem-010167.html" TargetMode="External"/><Relationship Id="rId_hyperlink_817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-blue-s-igi-certifikatem-010165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-645ct-blue-s-igi-certifikatem-010157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-474ct-dark-bluish-green-s-igi-certifikatem-010156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-201ct-green-s-igi-certifikatem-010155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-243ct-green-s-igi-certifikatem-010154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-373ct-bluish-green-s-igi-certifikatem-010153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almadin-330ct-brownish-purple-s-igi-certifikatem-010152.html" TargetMode="External"/><Relationship Id="rId_hyperlink_824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-890ct-dark-brownish-red-s-igi-certifikatem-010150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-551ct-yellow-orange-s-igi-certifikatem-010139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-851ct-yellow-s-igi-certifikatem-010138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-691ct-yellow-orange-s-igi-certifikatem-010137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-687ct-orange-s-igi-certifikatem-010136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-587ct-dark-green-s-igi-certifikatem-010133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-449ct-deep-green-s-igi-certifikatem-010132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-167ct-green-s-igi-certifikatem-010131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1014ct-yellow-s-igi-certifikatem-010129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-934ct-yellow-s-igi-certifikatem-010128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-914ct-yellowish-orange-s-igi-certifikatem-010126.html" TargetMode="External"/><Relationship Id="rId_hyperlink_835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-269ct-yellowish-green-s-igi-certifikatem-010123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-147ct-yellowish-green-s-igi-certifikatem-010120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-274ct-very-light-blue-s-igi-certifikatem-010116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almadin-731ct-dark-brownish-red-s-igi-certifikatem-010108.html" TargetMode="External"/><Relationship Id="rId_hyperlink_839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almadin-475ct-dark-brownish-red-s-igi-certifikatem-010107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-deep-blue-s-igi-certifikatem-010100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-503ct-blue-s-igi-certifikatem-010099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ohnivy-opal-128ct-orange-s-igi-certifikatem-010098.html" TargetMode="External"/><Relationship Id="rId_hyperlink_843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-922ct-deep-purple-s-igi-certifikatem-010092.html" TargetMode="External"/><Relationship Id="rId_hyperlink_844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-686ct-deep-purple-s-igi-certifikatem-010090.html" TargetMode="External"/><Relationship Id="rId_hyperlink_845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-1097ct-purple-s-igi-certifikatem-010087.html" TargetMode="External"/><Relationship Id="rId_hyperlink_846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/ametyst-896ct-purple-s-igi-certifikatem-010086.html" TargetMode="External"/><Relationship Id="rId_hyperlink_847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-466ct-very-light-blue-s-igi-certifikatem-010084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-302ct-light-greenish-blue-s-igi-certifikatem-010079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-507ct-light-blue-s-igi-certifikatem-010078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-dark-blue-s-igi-certifikatem-010069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almadin-295ct-dark-reddish-purple-s-igi-certifikatem-010064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-373ct-dark-purplish-red-s-igi-certifikatem-010062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1217ct-light-greenish-blue-s-igi-certifikatem-010061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-713ct-light-bluish-green-s-igi-certifikatem-010056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-376ct-very-light-blue-s-igi-certifikatem-010053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-328ct-very-light-blue-s-igi-certifikatem-010052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-625ct-blue-s-igi-certifikatem-010048.html" TargetMode="External"/><Relationship Id="rId_hyperlink_858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-403ct-dark-green-s-igi-certifikatem-010045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-237ct-dark-green-s-igi-certifikatem-010044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-291ct-dark-green-s-igi-certifikatem-010043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-704ct-deep-green-s-igi-certifikatem-010042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-628ct-dark-brownish-red-s-igi-certifikatem-010040.html" TargetMode="External"/><Relationship Id="rId_hyperlink_863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-530ct-dark-brownish-red-s-igi-certifikatem-010039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-487ct-dark-brownish-red-s-igi-certifikatem-010038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-955ct-dark-brownish-red-s-igi-certifikatem-010037.html" TargetMode="External"/><Relationship Id="rId_hyperlink_866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-651ct-brownish-purplish-red-s-igi-certifikatem-010036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/almandin-465ct-deep-purplish-red-s-igi-certifikatem-010034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-536ct-deep-green-s-igi-certifikatem-010020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-205ct-green-s-igi-certifikatem-010018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-155ct-deep-green-s-igi-certifikatem-010017.html" TargetMode="External"/><Relationship Id="rId_hyperlink_871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubelit-210ct-purplish-pink-s-igi-certifikatem-010016.html" TargetMode="External"/><Relationship Id="rId_hyperlink_872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-521ct-light-blue-s-igi-certifikatem-010015.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M807"/>
+  <dimension ref="A1:M874"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I807" sqref="I807"/>
+      <selection activeCell="I874" sqref="I874"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -6211,28221 +6670,30566 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="B3">
-        <v>4.73</v>
+        <v>6.65</v>
       </c>
       <c r="C3" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D3" t="s">
-        <v>820</v>
+        <v>887</v>
       </c>
       <c r="E3" t="s">
-        <v>821</v>
+        <v>888</v>
       </c>
       <c r="F3" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G3" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H3" s="5">
-        <v>116000.0</v>
+        <v>1480000</v>
       </c>
       <c r="I3" s="5">
-        <v>140360</v>
+        <v>1790800</v>
       </c>
       <c r="J3" t="s">
-        <v>824</v>
+        <v>891</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>818</v>
+        <v>892</v>
       </c>
       <c r="B4">
-        <v>2.31</v>
+        <v>2.99</v>
       </c>
       <c r="C4" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D4" t="s">
-        <v>825</v>
+        <v>894</v>
       </c>
       <c r="E4" t="s">
-        <v>826</v>
+        <v>895</v>
       </c>
       <c r="F4" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G4" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H4" s="5">
-        <v>60067.0</v>
+        <v>16980.0</v>
       </c>
       <c r="I4" s="5">
-        <v>72681</v>
+        <v>20546</v>
       </c>
       <c r="J4" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>818</v>
+        <v>892</v>
       </c>
       <c r="B5">
-        <v>1.65</v>
+        <v>3.56</v>
       </c>
       <c r="C5" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D5" t="s">
-        <v>828</v>
+        <v>897</v>
       </c>
       <c r="E5" t="s">
-        <v>821</v>
+        <v>895</v>
       </c>
       <c r="F5" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G5" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H5" s="5">
-        <v>44149.0</v>
+        <v>20217.0</v>
       </c>
       <c r="I5" s="5">
-        <v>53420</v>
+        <v>24463</v>
       </c>
       <c r="J5" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B6">
-        <v>1.65</v>
+        <v>3.91</v>
       </c>
       <c r="C6" t="s">
-        <v>829</v>
+        <v>899</v>
       </c>
       <c r="D6" t="s">
-        <v>830</v>
+        <v>900</v>
       </c>
       <c r="E6" t="s">
-        <v>826</v>
+        <v>901</v>
       </c>
       <c r="F6" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G6" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H6" s="5">
-        <v>31535.0</v>
+        <v>48346.0</v>
       </c>
       <c r="I6" s="5">
-        <v>38157</v>
+        <v>58499</v>
       </c>
       <c r="J6" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B7">
-        <v>1.57</v>
+        <v>2.33</v>
       </c>
       <c r="C7" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D7" t="s">
-        <v>831</v>
+        <v>902</v>
       </c>
       <c r="E7" t="s">
-        <v>821</v>
+        <v>903</v>
       </c>
       <c r="F7" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G7" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H7" s="5">
-        <v>42476.0</v>
+        <v>28810.0</v>
       </c>
       <c r="I7" s="5">
-        <v>51396</v>
+        <v>34860</v>
       </c>
       <c r="J7" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>818</v>
+        <v>904</v>
       </c>
       <c r="B8">
-        <v>1.32</v>
+        <v>4.65</v>
       </c>
       <c r="C8" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D8" t="s">
-        <v>832</v>
+        <v>905</v>
       </c>
       <c r="E8" t="s">
-        <v>833</v>
+        <v>906</v>
       </c>
       <c r="F8" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G8" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H8" s="5">
-        <v>31170.0</v>
+        <v>115274.0</v>
       </c>
       <c r="I8" s="5">
-        <v>37716</v>
+        <v>139482</v>
       </c>
       <c r="J8" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>818</v>
+        <v>907</v>
       </c>
       <c r="B9">
-        <v>1.19</v>
+        <v>2.81</v>
       </c>
       <c r="C9" t="s">
-        <v>819</v>
+        <v>908</v>
       </c>
       <c r="D9" t="s">
-        <v>834</v>
+        <v>909</v>
       </c>
       <c r="E9" t="s">
-        <v>826</v>
+        <v>895</v>
       </c>
       <c r="F9" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G9" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H9" s="5">
-        <v>19228.0</v>
+        <v>26133.0</v>
       </c>
       <c r="I9" s="5">
-        <v>23266</v>
+        <v>31621</v>
       </c>
       <c r="J9" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>818</v>
+        <v>907</v>
       </c>
       <c r="B10">
-        <v>1.11</v>
+        <v>1.32</v>
       </c>
       <c r="C10" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D10" t="s">
-        <v>835</v>
+        <v>911</v>
       </c>
       <c r="E10" t="s">
-        <v>821</v>
+        <v>912</v>
       </c>
       <c r="F10" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G10" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H10" s="5">
-        <v>36536.0</v>
+        <v>12276.0</v>
       </c>
       <c r="I10" s="5">
-        <v>44209</v>
+        <v>14854</v>
       </c>
       <c r="J10" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B11">
-        <v>1.08</v>
+        <v>1.23</v>
       </c>
       <c r="C11" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D11" t="s">
-        <v>837</v>
+        <v>913</v>
       </c>
       <c r="E11" t="s">
-        <v>838</v>
+        <v>914</v>
       </c>
       <c r="F11" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G11" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H11" s="5">
-        <v>11193.0</v>
+        <v>11070.0</v>
       </c>
       <c r="I11" s="5">
-        <v>13544</v>
+        <v>13395</v>
       </c>
       <c r="J11" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B12">
-        <v>1</v>
+        <v>2.01</v>
       </c>
       <c r="C12" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D12" t="s">
-        <v>840</v>
+        <v>915</v>
       </c>
       <c r="E12" t="s">
-        <v>838</v>
+        <v>916</v>
       </c>
       <c r="F12" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G12" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H12" s="5">
-        <v>33904.0</v>
+        <v>38592.0</v>
       </c>
       <c r="I12" s="5">
-        <v>41024</v>
+        <v>46696</v>
       </c>
       <c r="J12" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>818</v>
+        <v>917</v>
       </c>
       <c r="B13">
-        <v>0.96</v>
+        <v>3.54</v>
       </c>
       <c r="C13" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D13" t="s">
-        <v>841</v>
+        <v>918</v>
       </c>
       <c r="E13" t="s">
-        <v>838</v>
+        <v>919</v>
       </c>
       <c r="F13" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G13" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H13" s="5">
-        <v>15976.0</v>
+        <v>9792.0</v>
       </c>
       <c r="I13" s="5">
-        <v>19331</v>
+        <v>11848</v>
       </c>
       <c r="J13" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B14">
-        <v>0.91</v>
+        <v>3.57</v>
       </c>
       <c r="C14" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D14" t="s">
-        <v>842</v>
+        <v>920</v>
       </c>
       <c r="E14" t="s">
-        <v>843</v>
+        <v>921</v>
       </c>
       <c r="F14" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G14" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H14" s="5">
-        <v>7688.0</v>
+        <v>14566.0</v>
       </c>
       <c r="I14" s="5">
-        <v>9302</v>
+        <v>17625</v>
       </c>
       <c r="J14" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>818</v>
+        <v>922</v>
       </c>
       <c r="B15">
-        <v>0.91</v>
+        <v>1.13</v>
       </c>
       <c r="C15" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D15" t="s">
-        <v>844</v>
+        <v>923</v>
       </c>
       <c r="E15" t="s">
-        <v>838</v>
+        <v>924</v>
       </c>
       <c r="F15" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G15" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H15" s="5">
-        <v>17298.0</v>
+        <v>18805.0</v>
       </c>
       <c r="I15" s="5">
-        <v>20931</v>
+        <v>22754</v>
       </c>
       <c r="J15" t="s">
-        <v>824</v>
+        <v>925</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B16">
-        <v>0.91</v>
+        <v>5.4</v>
       </c>
       <c r="C16" t="s">
-        <v>836</v>
+        <v>926</v>
       </c>
       <c r="D16" t="s">
-        <v>845</v>
+        <v>927</v>
       </c>
       <c r="E16" t="s">
-        <v>833</v>
+        <v>928</v>
       </c>
       <c r="F16" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G16" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H16" s="5">
-        <v>15376.0</v>
+        <v>54000.0</v>
       </c>
       <c r="I16" s="5">
-        <v>18605</v>
+        <v>65340</v>
       </c>
       <c r="J16" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B17">
-        <v>0.88</v>
+        <v>0.65</v>
       </c>
       <c r="C17" t="s">
-        <v>836</v>
+        <v>929</v>
       </c>
       <c r="D17" t="s">
-        <v>846</v>
+        <v>930</v>
       </c>
       <c r="E17" t="s">
-        <v>847</v>
+        <v>931</v>
       </c>
       <c r="F17" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G17" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H17" s="5">
-        <v>11262.0</v>
+        <v>9399.0</v>
       </c>
       <c r="I17" s="5">
-        <v>13627</v>
+        <v>11373</v>
       </c>
       <c r="J17" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>818</v>
+        <v>932</v>
       </c>
       <c r="B18">
-        <v>0.87</v>
+        <v>4.08</v>
       </c>
       <c r="C18" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D18" t="s">
-        <v>848</v>
+        <v>933</v>
       </c>
       <c r="E18" t="s">
-        <v>847</v>
+        <v>934</v>
       </c>
       <c r="F18" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G18" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H18" s="5">
-        <v>11175.0</v>
+        <v>52224.0</v>
       </c>
       <c r="I18" s="5">
-        <v>13522</v>
+        <v>63191</v>
       </c>
       <c r="J18" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>818</v>
+        <v>932</v>
       </c>
       <c r="B19">
-        <v>0.86</v>
+        <v>4.06</v>
       </c>
       <c r="C19" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D19" t="s">
-        <v>849</v>
+        <v>935</v>
       </c>
       <c r="E19" t="s">
-        <v>847</v>
+        <v>936</v>
       </c>
       <c r="F19" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G19" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H19" s="5">
-        <v>7390.0</v>
+        <v>51968.0</v>
       </c>
       <c r="I19" s="5">
-        <v>8942</v>
+        <v>62881</v>
       </c>
       <c r="J19" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>818</v>
+        <v>937</v>
       </c>
       <c r="B20">
-        <v>0.85</v>
+        <v>1.12</v>
       </c>
       <c r="C20" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D20" t="s">
-        <v>850</v>
+        <v>938</v>
       </c>
       <c r="E20" t="s">
-        <v>833</v>
+        <v>916</v>
       </c>
       <c r="F20" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G20" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H20" s="5">
-        <v>14660.0</v>
+        <v>9599.0</v>
       </c>
       <c r="I20" s="5">
-        <v>17739</v>
+        <v>11615</v>
       </c>
       <c r="J20" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B21">
-        <v>0.84</v>
+        <v>6.45</v>
       </c>
       <c r="C21" t="s">
-        <v>836</v>
+        <v>939</v>
       </c>
       <c r="D21" t="s">
-        <v>851</v>
+        <v>940</v>
       </c>
       <c r="E21" t="s">
-        <v>847</v>
+        <v>941</v>
       </c>
       <c r="F21" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G21" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H21" s="5">
-        <v>7270.0</v>
+        <v>96750.0</v>
       </c>
       <c r="I21" s="5">
-        <v>8797</v>
+        <v>117068</v>
       </c>
       <c r="J21" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B22">
-        <v>0.83</v>
+        <v>3.12</v>
       </c>
       <c r="C22" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D22" t="s">
-        <v>852</v>
+        <v>942</v>
       </c>
       <c r="E22" t="s">
-        <v>826</v>
+        <v>943</v>
       </c>
       <c r="F22" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G22" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H22" s="5">
-        <v>28840.0</v>
+        <v>31200.0</v>
       </c>
       <c r="I22" s="5">
-        <v>34896</v>
+        <v>37752</v>
       </c>
       <c r="J22" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B23">
-        <v>0.83</v>
+        <v>3.76</v>
       </c>
       <c r="C23" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D23" t="s">
-        <v>853</v>
+        <v>944</v>
       </c>
       <c r="E23" t="s">
-        <v>847</v>
+        <v>945</v>
       </c>
       <c r="F23" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G23" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H23" s="5">
-        <v>9734.0</v>
+        <v>37600.0</v>
       </c>
       <c r="I23" s="5">
-        <v>11778</v>
+        <v>45496</v>
       </c>
       <c r="J23" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>818</v>
+        <v>898</v>
       </c>
       <c r="B24">
-        <v>0.8</v>
+        <v>1.9</v>
       </c>
       <c r="C24" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D24" t="s">
-        <v>854</v>
+        <v>946</v>
       </c>
       <c r="E24" t="s">
-        <v>838</v>
+        <v>921</v>
       </c>
       <c r="F24" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G24" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H24" s="5">
-        <v>14060.0</v>
+        <v>14250.0</v>
       </c>
       <c r="I24" s="5">
-        <v>17013</v>
+        <v>17243</v>
       </c>
       <c r="J24" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>818</v>
+        <v>947</v>
       </c>
       <c r="B25">
-        <v>0.77</v>
+        <v>1.59</v>
       </c>
       <c r="C25" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D25" t="s">
-        <v>855</v>
+        <v>948</v>
       </c>
       <c r="E25" t="s">
-        <v>833</v>
+        <v>949</v>
       </c>
       <c r="F25" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G25" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H25" s="5">
-        <v>13700.0</v>
+        <v>18126.0</v>
       </c>
       <c r="I25" s="5">
-        <v>16577</v>
+        <v>21932</v>
       </c>
       <c r="J25" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>818</v>
+        <v>950</v>
       </c>
       <c r="B26">
-        <v>0.75</v>
+        <v>1.04</v>
       </c>
       <c r="C26" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D26" t="s">
-        <v>856</v>
+        <v>951</v>
       </c>
       <c r="E26" t="s">
-        <v>838</v>
+        <v>916</v>
       </c>
       <c r="F26" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G26" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H26" s="5">
-        <v>9088.0</v>
+        <v>10881.0</v>
       </c>
       <c r="I26" s="5">
-        <v>10996</v>
+        <v>13166</v>
       </c>
       <c r="J26" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>818</v>
+        <v>952</v>
       </c>
       <c r="B27">
-        <v>0.72</v>
+        <v>1.88</v>
       </c>
       <c r="C27" t="s">
-        <v>836</v>
+        <v>953</v>
       </c>
       <c r="D27" t="s">
-        <v>857</v>
+        <v>954</v>
       </c>
       <c r="E27" t="s">
-        <v>833</v>
+        <v>955</v>
       </c>
       <c r="F27" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G27" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H27" s="5">
-        <v>9453.0</v>
+        <v>23312.0</v>
       </c>
       <c r="I27" s="5">
-        <v>11438</v>
+        <v>28208</v>
       </c>
       <c r="J27" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>818</v>
+        <v>952</v>
       </c>
       <c r="B28">
-        <v>0.67</v>
+        <v>1.01</v>
       </c>
       <c r="C28" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D28" t="s">
-        <v>858</v>
+        <v>956</v>
       </c>
       <c r="E28" t="s">
-        <v>833</v>
+        <v>957</v>
       </c>
       <c r="F28" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G28" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H28" s="5">
-        <v>9006.0</v>
+        <v>11110.0</v>
       </c>
       <c r="I28" s="5">
-        <v>10897</v>
+        <v>13443</v>
       </c>
       <c r="J28" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>818</v>
+        <v>952</v>
       </c>
       <c r="B29">
-        <v>0.67</v>
+        <v>1.05</v>
       </c>
       <c r="C29" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D29" t="s">
-        <v>859</v>
+        <v>958</v>
       </c>
       <c r="E29" t="s">
-        <v>833</v>
+        <v>957</v>
       </c>
       <c r="F29" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G29" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H29" s="5">
-        <v>12008.0</v>
+        <v>11550.0</v>
       </c>
       <c r="I29" s="5">
-        <v>14530</v>
+        <v>13976</v>
       </c>
       <c r="J29" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>818</v>
+        <v>952</v>
       </c>
       <c r="B30">
-        <v>0.62</v>
+        <v>1.04</v>
       </c>
       <c r="C30" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D30" t="s">
-        <v>860</v>
+        <v>959</v>
       </c>
       <c r="E30" t="s">
-        <v>847</v>
+        <v>957</v>
       </c>
       <c r="F30" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G30" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H30" s="5">
-        <v>8556.0</v>
+        <v>10400.0</v>
       </c>
       <c r="I30" s="5">
-        <v>10353</v>
+        <v>12584</v>
       </c>
       <c r="J30" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>818</v>
+        <v>952</v>
       </c>
       <c r="B31">
-        <v>0.62</v>
+        <v>1.36</v>
       </c>
       <c r="C31" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D31" t="s">
-        <v>861</v>
+        <v>960</v>
       </c>
       <c r="E31" t="s">
-        <v>833</v>
+        <v>949</v>
       </c>
       <c r="F31" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G31" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H31" s="5">
-        <v>8556.0</v>
+        <v>8160.0</v>
       </c>
       <c r="I31" s="5">
-        <v>10353</v>
+        <v>9874</v>
       </c>
       <c r="J31" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>818</v>
+        <v>952</v>
       </c>
       <c r="B32">
-        <v>0.6</v>
+        <v>1</v>
       </c>
       <c r="C32" t="s">
-        <v>862</v>
+        <v>910</v>
       </c>
       <c r="D32" t="s">
-        <v>863</v>
+        <v>961</v>
       </c>
       <c r="E32" t="s">
-        <v>838</v>
+        <v>957</v>
       </c>
       <c r="F32" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G32" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H32" s="5">
-        <v>5584.0</v>
+        <v>11000.0</v>
       </c>
       <c r="I32" s="5">
-        <v>6757</v>
+        <v>13310</v>
       </c>
       <c r="J32" t="s">
-        <v>824</v>
+        <v>896</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="B33">
-        <v>0.5</v>
+        <v>1.1</v>
       </c>
       <c r="C33" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D33" t="s">
-        <v>864</v>
+        <v>962</v>
       </c>
       <c r="E33" t="s">
-        <v>847</v>
+        <v>888</v>
       </c>
       <c r="F33" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G33" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H33" s="5">
-        <v>9972.0</v>
+        <v>38940.0</v>
       </c>
       <c r="I33" s="5">
-        <v>12066</v>
+        <v>47117</v>
       </c>
       <c r="J33" t="s">
-        <v>824</v>
+        <v>963</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>818</v>
+        <v>885</v>
       </c>
       <c r="B34">
-        <v>0.37</v>
+        <v>1.84</v>
       </c>
       <c r="C34" t="s">
-        <v>829</v>
+        <v>886</v>
       </c>
       <c r="D34" t="s">
-        <v>865</v>
+        <v>964</v>
       </c>
       <c r="E34" t="s">
-        <v>838</v>
+        <v>888</v>
       </c>
       <c r="F34" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G34" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H34" s="5">
-        <v>6312.0</v>
+        <v>323700.0</v>
       </c>
       <c r="I34" s="5">
-        <v>7638</v>
+        <v>391677</v>
       </c>
       <c r="J34" t="s">
-        <v>824</v>
+        <v>963</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B35">
-        <v>2.13</v>
+        <v>0.77</v>
       </c>
       <c r="C35" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D35" t="s">
-        <v>867</v>
+        <v>965</v>
       </c>
       <c r="E35" t="s">
-        <v>868</v>
+        <v>966</v>
       </c>
       <c r="F35" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G35" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H35" s="5">
-        <v>149000.0</v>
+        <v>21752.0</v>
       </c>
       <c r="I35" s="5">
-        <v>180290</v>
+        <v>26320</v>
       </c>
       <c r="J35" t="s">
-        <v>869</v>
+        <v>963</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B36">
-        <v>1.58</v>
+        <v>0.91</v>
       </c>
       <c r="C36" t="s">
-        <v>827</v>
+        <v>910</v>
       </c>
       <c r="D36" t="s">
-        <v>870</v>
+        <v>967</v>
       </c>
       <c r="E36" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F36" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G36" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H36" s="5">
-        <v>38952.0</v>
+        <v>40343.0</v>
       </c>
       <c r="I36" s="5">
-        <v>47132</v>
+        <v>48815</v>
       </c>
       <c r="J36" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B37">
-        <v>1.53</v>
+        <v>2.91</v>
       </c>
       <c r="C37" t="s">
-        <v>829</v>
+        <v>968</v>
       </c>
       <c r="D37" t="s">
-        <v>873</v>
+        <v>969</v>
       </c>
       <c r="E37" t="s">
-        <v>871</v>
+        <v>966</v>
       </c>
       <c r="F37" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G37" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H37" s="5">
-        <v>44310.0</v>
+        <v>45895.0</v>
       </c>
       <c r="I37" s="5">
-        <v>53615</v>
+        <v>55533</v>
       </c>
       <c r="J37" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B38">
-        <v>1.25</v>
+        <v>0.67</v>
       </c>
       <c r="C38" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D38" t="s">
-        <v>874</v>
+        <v>970</v>
       </c>
       <c r="E38" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F38" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G38" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H38" s="5">
-        <v>63576.0</v>
+        <v>13908.0</v>
       </c>
       <c r="I38" s="5">
-        <v>76927</v>
+        <v>16829</v>
       </c>
       <c r="J38" t="s">
-        <v>869</v>
+        <v>963</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B39">
-        <v>1.21</v>
+        <v>1.5</v>
       </c>
       <c r="C39" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D39" t="s">
-        <v>875</v>
+        <v>971</v>
       </c>
       <c r="E39" t="s">
-        <v>871</v>
+        <v>966</v>
       </c>
       <c r="F39" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G39" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H39" s="5">
-        <v>25840.0</v>
+        <v>15600.0</v>
       </c>
       <c r="I39" s="5">
-        <v>31266</v>
+        <v>18876</v>
       </c>
       <c r="J39" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B40">
-        <v>1.07</v>
+        <v>1.5</v>
       </c>
       <c r="C40" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D40" t="s">
-        <v>876</v>
+        <v>972</v>
       </c>
       <c r="E40" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F40" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G40" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H40" s="5">
-        <v>37712.0</v>
+        <v>37681.0</v>
       </c>
       <c r="I40" s="5">
-        <v>45632</v>
+        <v>45594</v>
       </c>
       <c r="J40" t="s">
-        <v>869</v>
+        <v>963</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B41">
-        <v>1.06</v>
+        <v>0.99</v>
       </c>
       <c r="C41" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D41" t="s">
-        <v>877</v>
+        <v>973</v>
       </c>
       <c r="E41" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F41" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G41" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H41" s="5">
-        <v>46820.0</v>
+        <v>25121.0</v>
       </c>
       <c r="I41" s="5">
-        <v>56652</v>
+        <v>30396</v>
       </c>
       <c r="J41" t="s">
-        <v>869</v>
+        <v>963</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B42">
-        <v>1.06</v>
+        <v>0.94</v>
       </c>
       <c r="C42" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D42" t="s">
-        <v>878</v>
+        <v>974</v>
       </c>
       <c r="E42" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F42" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G42" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H42" s="5">
-        <v>18728.0</v>
+        <v>33957.0</v>
       </c>
       <c r="I42" s="5">
-        <v>22661</v>
+        <v>41088</v>
       </c>
       <c r="J42" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B43">
-        <v>1.03</v>
+        <v>2.3</v>
       </c>
       <c r="C43" t="s">
-        <v>819</v>
+        <v>968</v>
       </c>
       <c r="D43" t="s">
-        <v>879</v>
+        <v>975</v>
       </c>
       <c r="E43" t="s">
-        <v>868</v>
+        <v>888</v>
       </c>
       <c r="F43" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G43" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H43" s="5">
-        <v>22925.0</v>
+        <v>36274.0</v>
       </c>
       <c r="I43" s="5">
-        <v>27739</v>
+        <v>43892</v>
       </c>
       <c r="J43" t="s">
-        <v>869</v>
+        <v>963</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B44">
-        <v>1</v>
+        <v>1.1</v>
       </c>
       <c r="C44" t="s">
-        <v>827</v>
+        <v>886</v>
       </c>
       <c r="D44" t="s">
-        <v>880</v>
+        <v>976</v>
       </c>
       <c r="E44" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F44" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G44" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H44" s="5">
-        <v>22435.0</v>
+        <v>19250.0</v>
       </c>
       <c r="I44" s="5">
-        <v>27146</v>
+        <v>23293</v>
       </c>
       <c r="J44" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B45">
-        <v>0.95</v>
+        <v>0.97</v>
       </c>
       <c r="C45" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D45" t="s">
-        <v>881</v>
+        <v>977</v>
       </c>
       <c r="E45" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="F45" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G45" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H45" s="5">
-        <v>36608.0</v>
+        <v>16975.0</v>
       </c>
       <c r="I45" s="5">
-        <v>44296</v>
+        <v>20540</v>
       </c>
       <c r="J45" t="s">
-        <v>869</v>
+        <v>963</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B46">
-        <v>0.9</v>
+        <v>1.35</v>
       </c>
       <c r="C46" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D46" t="s">
-        <v>883</v>
+        <v>978</v>
       </c>
       <c r="E46" t="s">
-        <v>871</v>
+        <v>966</v>
       </c>
       <c r="F46" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G46" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H46" s="5">
-        <v>32312.0</v>
+        <v>14040.0</v>
       </c>
       <c r="I46" s="5">
-        <v>39098</v>
+        <v>16988</v>
       </c>
       <c r="J46" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B47">
-        <v>0.79</v>
+        <v>1.13</v>
       </c>
       <c r="C47" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D47" t="s">
-        <v>884</v>
+        <v>979</v>
       </c>
       <c r="E47" t="s">
-        <v>871</v>
+        <v>966</v>
       </c>
       <c r="F47" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G47" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H47" s="5">
-        <v>19410.0</v>
+        <v>11752.0</v>
       </c>
       <c r="I47" s="5">
-        <v>23486</v>
+        <v>14220</v>
       </c>
       <c r="J47" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
         <v>885</v>
       </c>
       <c r="B48">
-        <v>2.62</v>
+        <v>2.72</v>
       </c>
       <c r="C48" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D48" t="s">
-        <v>886</v>
+        <v>980</v>
       </c>
       <c r="E48" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="F48" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="G48" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H48" s="5">
-        <v>45794.0</v>
+        <v>52360.0</v>
       </c>
       <c r="I48" s="5">
-        <v>55411</v>
+        <v>63356</v>
       </c>
       <c r="J48" t="s">
-        <v>889</v>
+        <v>963</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>885</v>
+        <v>981</v>
       </c>
       <c r="B49">
-        <v>1.73</v>
+        <v>0.93</v>
       </c>
       <c r="C49" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D49" t="s">
-        <v>890</v>
+        <v>982</v>
       </c>
       <c r="E49" t="s">
-        <v>891</v>
+        <v>983</v>
       </c>
       <c r="F49" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G49" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H49" s="5">
-        <v>54830.0</v>
+        <v>29521.0</v>
       </c>
       <c r="I49" s="5">
-        <v>66344</v>
+        <v>35720</v>
       </c>
       <c r="J49" t="s">
-        <v>892</v>
+        <v>984</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>885</v>
+        <v>981</v>
       </c>
       <c r="B50">
-        <v>1.6</v>
+        <v>0.95</v>
       </c>
       <c r="C50" t="s">
-        <v>819</v>
+        <v>985</v>
       </c>
       <c r="D50" t="s">
-        <v>893</v>
+        <v>986</v>
       </c>
       <c r="E50" t="s">
-        <v>894</v>
+        <v>983</v>
       </c>
       <c r="F50" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="G50" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H50" s="5">
-        <v>45630.0</v>
+        <v>51712.0</v>
       </c>
       <c r="I50" s="5">
-        <v>55212</v>
+        <v>62572</v>
       </c>
       <c r="J50" t="s">
-        <v>892</v>
+        <v>987</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>885</v>
+        <v>981</v>
       </c>
       <c r="B51">
-        <v>1.45</v>
+        <v>0.69</v>
       </c>
       <c r="C51" t="s">
-        <v>819</v>
+        <v>988</v>
       </c>
       <c r="D51" t="s">
-        <v>895</v>
+        <v>989</v>
       </c>
       <c r="E51" t="s">
-        <v>891</v>
+        <v>990</v>
       </c>
       <c r="F51" t="s">
-        <v>822</v>
+        <v>991</v>
       </c>
       <c r="G51" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H51" s="5">
-        <v>66655.0</v>
+        <v>6315.0</v>
       </c>
       <c r="I51" s="5">
-        <v>80653</v>
+        <v>7641</v>
       </c>
       <c r="J51" t="s">
-        <v>892</v>
+        <v>992</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>885</v>
+        <v>981</v>
       </c>
       <c r="B52">
-        <v>1.22</v>
+        <v>0.56</v>
       </c>
       <c r="C52" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D52" t="s">
-        <v>896</v>
+        <v>993</v>
       </c>
       <c r="E52" t="s">
-        <v>887</v>
+        <v>994</v>
       </c>
       <c r="F52" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="G52" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H52" s="5">
-        <v>23632.0</v>
+        <v>15640.0</v>
       </c>
       <c r="I52" s="5">
-        <v>28595</v>
+        <v>18924</v>
       </c>
       <c r="J52" t="s">
-        <v>892</v>
+        <v>984</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>885</v>
+        <v>981</v>
       </c>
       <c r="B53">
-        <v>1.1</v>
+        <v>0.96</v>
       </c>
       <c r="C53" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D53" t="s">
-        <v>898</v>
+        <v>995</v>
       </c>
       <c r="E53" t="s">
-        <v>891</v>
+        <v>990</v>
       </c>
       <c r="F53" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G53" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H53" s="5">
-        <v>31660.0</v>
+        <v>41478.0</v>
       </c>
       <c r="I53" s="5">
-        <v>38309</v>
+        <v>50188</v>
       </c>
       <c r="J53" t="s">
-        <v>892</v>
+        <v>984</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>885</v>
+        <v>981</v>
       </c>
       <c r="B54">
-        <v>0.91</v>
+        <v>1</v>
       </c>
       <c r="C54" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D54" t="s">
-        <v>899</v>
+        <v>996</v>
       </c>
       <c r="E54" t="s">
-        <v>891</v>
+        <v>990</v>
       </c>
       <c r="F54" t="s">
-        <v>897</v>
+        <v>997</v>
       </c>
       <c r="G54" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H54" s="5">
-        <v>54200.0</v>
+        <v>34411.0</v>
       </c>
       <c r="I54" s="5">
-        <v>65582</v>
+        <v>41637</v>
       </c>
       <c r="J54" t="s">
-        <v>889</v>
+        <v>984</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>885</v>
+        <v>981</v>
       </c>
       <c r="B55">
-        <v>0.84</v>
+        <v>1.24</v>
       </c>
       <c r="C55" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="D55" t="s">
-        <v>901</v>
+        <v>998</v>
       </c>
       <c r="E55" t="s">
-        <v>887</v>
+        <v>999</v>
       </c>
       <c r="F55" t="s">
-        <v>902</v>
+        <v>1000</v>
       </c>
       <c r="G55" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H55" s="5">
-        <v>10352.0</v>
+        <v>58649.0</v>
       </c>
       <c r="I55" s="5">
-        <v>12526</v>
+        <v>70965</v>
       </c>
       <c r="J55" t="s">
-        <v>889</v>
+        <v>1001</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>885</v>
+        <v>981</v>
       </c>
       <c r="B56">
-        <v>0.79</v>
+        <v>0.61</v>
       </c>
       <c r="C56" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="D56" t="s">
-        <v>903</v>
+        <v>1002</v>
       </c>
       <c r="E56" t="s">
-        <v>891</v>
+        <v>983</v>
       </c>
       <c r="F56" t="s">
-        <v>902</v>
+        <v>889</v>
       </c>
       <c r="G56" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H56" s="5">
-        <v>10000.0</v>
+        <v>22998.0</v>
       </c>
       <c r="I56" s="5">
-        <v>12100</v>
+        <v>27828</v>
       </c>
       <c r="J56" t="s">
-        <v>889</v>
+        <v>987</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B57">
-        <v>0.74</v>
+        <v>3.53</v>
       </c>
       <c r="C57" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D57" t="s">
-        <v>904</v>
+        <v>1004</v>
       </c>
       <c r="E57" t="s">
-        <v>891</v>
+        <v>1005</v>
       </c>
       <c r="F57" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G57" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H57" s="5">
-        <v>18288.0</v>
+        <v>165785.0</v>
       </c>
       <c r="I57" s="5">
-        <v>22128</v>
+        <v>200600</v>
       </c>
       <c r="J57" t="s">
-        <v>892</v>
+        <v>1006</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B58">
-        <v>0.7</v>
+        <v>1.4</v>
       </c>
       <c r="C58" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="D58" t="s">
-        <v>905</v>
+        <v>1007</v>
       </c>
       <c r="E58" t="s">
-        <v>887</v>
+        <v>1005</v>
       </c>
       <c r="F58" t="s">
-        <v>902</v>
+        <v>889</v>
       </c>
       <c r="G58" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H58" s="5">
-        <v>8876.0</v>
+        <v>54211.0</v>
       </c>
       <c r="I58" s="5">
-        <v>10740</v>
+        <v>65595</v>
       </c>
       <c r="J58" t="s">
-        <v>889</v>
+        <v>1006</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B59">
-        <v>0.66</v>
+        <v>1.82</v>
       </c>
       <c r="C59" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D59" t="s">
-        <v>906</v>
+        <v>1008</v>
       </c>
       <c r="E59" t="s">
-        <v>887</v>
+        <v>1005</v>
       </c>
       <c r="F59" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G59" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H59" s="5">
-        <v>15043.0</v>
+        <v>68141.0</v>
       </c>
       <c r="I59" s="5">
-        <v>18202</v>
+        <v>82451</v>
       </c>
       <c r="J59" t="s">
-        <v>892</v>
+        <v>1006</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B60">
-        <v>0.53</v>
+        <v>1.2</v>
       </c>
       <c r="C60" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D60" t="s">
-        <v>907</v>
+        <v>1009</v>
       </c>
       <c r="E60" t="s">
-        <v>894</v>
+        <v>1010</v>
       </c>
       <c r="F60" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G60" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H60" s="5">
-        <v>34440.0</v>
+        <v>10830.0</v>
       </c>
       <c r="I60" s="5">
-        <v>41672</v>
+        <v>13104</v>
       </c>
       <c r="J60" t="s">
-        <v>889</v>
+        <v>1006</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B61">
-        <v>0.51</v>
+        <v>3.02</v>
       </c>
       <c r="C61" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D61" t="s">
-        <v>908</v>
+        <v>1011</v>
       </c>
       <c r="E61" t="s">
-        <v>894</v>
+        <v>1012</v>
       </c>
       <c r="F61" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G61" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H61" s="5">
-        <v>9435.0</v>
+        <v>71925.0</v>
       </c>
       <c r="I61" s="5">
-        <v>11416</v>
+        <v>87029</v>
       </c>
       <c r="J61" t="s">
-        <v>892</v>
+        <v>1013</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B62">
-        <v>0.46</v>
+        <v>0.89</v>
       </c>
       <c r="C62" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D62" t="s">
-        <v>909</v>
+        <v>1014</v>
       </c>
       <c r="E62" t="s">
-        <v>887</v>
+        <v>1005</v>
       </c>
       <c r="F62" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G62" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H62" s="5">
-        <v>16400.0</v>
+        <v>19365.0</v>
       </c>
       <c r="I62" s="5">
-        <v>19844</v>
+        <v>23432</v>
       </c>
       <c r="J62" t="s">
-        <v>892</v>
+        <v>1013</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B63">
-        <v>0.32</v>
+        <v>1.23</v>
       </c>
       <c r="C63" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D63" t="s">
-        <v>910</v>
+        <v>1015</v>
       </c>
       <c r="E63" t="s">
-        <v>887</v>
+        <v>1005</v>
       </c>
       <c r="F63" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G63" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H63" s="5">
-        <v>7780.0</v>
+        <v>26005.0</v>
       </c>
       <c r="I63" s="5">
-        <v>9414</v>
+        <v>31466</v>
       </c>
       <c r="J63" t="s">
-        <v>892</v>
+        <v>1013</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B64">
-        <v>0.28</v>
+        <v>1.37</v>
       </c>
       <c r="C64" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D64" t="s">
-        <v>911</v>
+        <v>1016</v>
       </c>
       <c r="E64" t="s">
-        <v>912</v>
+        <v>1005</v>
       </c>
       <c r="F64" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G64" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H64" s="5">
-        <v>5944.0</v>
+        <v>37871.0</v>
       </c>
       <c r="I64" s="5">
-        <v>7192</v>
+        <v>45824</v>
       </c>
       <c r="J64" t="s">
-        <v>892</v>
+        <v>1013</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B65">
-        <v>2.05</v>
+        <v>0.82</v>
       </c>
       <c r="C65" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D65" t="s">
-        <v>914</v>
+        <v>1017</v>
       </c>
       <c r="E65" t="s">
-        <v>915</v>
+        <v>1005</v>
       </c>
       <c r="F65" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G65" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H65" s="5">
-        <v>64320.0</v>
+        <v>33998.0</v>
       </c>
       <c r="I65" s="5">
-        <v>77827</v>
+        <v>41138</v>
       </c>
       <c r="J65" t="s">
-        <v>916</v>
+        <v>1013</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B66">
-        <v>1.82</v>
+        <v>1.17</v>
       </c>
       <c r="C66" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D66" t="s">
-        <v>917</v>
+        <v>1018</v>
       </c>
       <c r="E66" t="s">
-        <v>918</v>
+        <v>1005</v>
       </c>
       <c r="F66" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G66" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H66" s="5">
-        <v>53760.0</v>
+        <v>32940.0</v>
       </c>
       <c r="I66" s="5">
-        <v>65050</v>
+        <v>39857</v>
       </c>
       <c r="J66" t="s">
-        <v>916</v>
+        <v>1013</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B67">
-        <v>1.61</v>
+        <v>1</v>
       </c>
       <c r="C67" t="s">
-        <v>919</v>
+        <v>893</v>
       </c>
       <c r="D67" t="s">
-        <v>920</v>
+        <v>1019</v>
       </c>
       <c r="E67" t="s">
-        <v>915</v>
+        <v>957</v>
       </c>
       <c r="F67" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G67" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H67" s="5">
-        <v>37695.0</v>
+        <v>44162.0</v>
       </c>
       <c r="I67" s="5">
-        <v>45611</v>
+        <v>53436</v>
       </c>
       <c r="J67" t="s">
-        <v>916</v>
+        <v>1013</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B68">
-        <v>1.27</v>
+        <v>1.45</v>
       </c>
       <c r="C68" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D68" t="s">
-        <v>921</v>
+        <v>1020</v>
       </c>
       <c r="E68" t="s">
-        <v>918</v>
+        <v>1021</v>
       </c>
       <c r="F68" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G68" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H68" s="5">
-        <v>13239.0</v>
+        <v>38957.0</v>
       </c>
       <c r="I68" s="5">
-        <v>16019</v>
+        <v>47138</v>
       </c>
       <c r="J68" t="s">
-        <v>916</v>
+        <v>1022</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B69">
-        <v>0.91</v>
+        <v>1.12</v>
       </c>
       <c r="C69" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D69" t="s">
-        <v>922</v>
+        <v>1023</v>
       </c>
       <c r="E69" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="F69" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G69" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H69" s="5">
-        <v>16950.0</v>
+        <v>67709.0</v>
       </c>
       <c r="I69" s="5">
-        <v>20510</v>
+        <v>81928</v>
       </c>
       <c r="J69" t="s">
-        <v>916</v>
+        <v>1024</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B70">
-        <v>0.85</v>
+        <v>1.93</v>
       </c>
       <c r="C70" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D70" t="s">
-        <v>923</v>
+        <v>1025</v>
       </c>
       <c r="E70" t="s">
-        <v>915</v>
+        <v>1005</v>
       </c>
       <c r="F70" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G70" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H70" s="5">
-        <v>35650.0</v>
+        <v>46296.0</v>
       </c>
       <c r="I70" s="5">
-        <v>43137</v>
+        <v>56018</v>
       </c>
       <c r="J70" t="s">
-        <v>916</v>
+        <v>1013</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B71">
-        <v>0.7</v>
+        <v>0.75</v>
       </c>
       <c r="C71" t="s">
-        <v>839</v>
+        <v>926</v>
       </c>
       <c r="D71" t="s">
-        <v>924</v>
+        <v>1026</v>
       </c>
       <c r="E71" t="s">
-        <v>915</v>
+        <v>1027</v>
       </c>
       <c r="F71" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G71" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H71" s="5">
-        <v>13710.0</v>
+        <v>21688.0</v>
       </c>
       <c r="I71" s="5">
-        <v>16589</v>
+        <v>26242</v>
       </c>
       <c r="J71" t="s">
-        <v>916</v>
+        <v>1013</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B72">
-        <v>0.65</v>
+        <v>1.99</v>
       </c>
       <c r="C72" t="s">
-        <v>925</v>
+        <v>893</v>
       </c>
       <c r="D72" t="s">
-        <v>926</v>
+        <v>1028</v>
       </c>
       <c r="E72" t="s">
-        <v>915</v>
+        <v>1029</v>
       </c>
       <c r="F72" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G72" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H72" s="5">
-        <v>18326.0</v>
+        <v>42849.0</v>
       </c>
       <c r="I72" s="5">
-        <v>22174</v>
+        <v>51847</v>
       </c>
       <c r="J72" t="s">
-        <v>916</v>
+        <v>1013</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B73">
-        <v>0.64</v>
+        <v>1.09</v>
       </c>
       <c r="C73" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D73" t="s">
-        <v>927</v>
+        <v>1030</v>
       </c>
       <c r="E73" t="s">
-        <v>915</v>
+        <v>928</v>
       </c>
       <c r="F73" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G73" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H73" s="5">
-        <v>18151.0</v>
+        <v>12598.0</v>
       </c>
       <c r="I73" s="5">
-        <v>21963</v>
+        <v>15244</v>
       </c>
       <c r="J73" t="s">
-        <v>916</v>
+        <v>1006</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B74">
-        <v>0.62</v>
+        <v>1.73</v>
       </c>
       <c r="C74" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D74" t="s">
-        <v>928</v>
+        <v>1031</v>
       </c>
       <c r="E74" t="s">
-        <v>915</v>
+        <v>1032</v>
       </c>
       <c r="F74" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G74" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H74" s="5">
-        <v>17801.0</v>
+        <v>12263.0</v>
       </c>
       <c r="I74" s="5">
-        <v>21539</v>
+        <v>14838</v>
       </c>
       <c r="J74" t="s">
-        <v>916</v>
+        <v>1033</v>
       </c>
       <c r="K74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B75">
-        <v>0.59</v>
+        <v>1.87</v>
       </c>
       <c r="C75" t="s">
-        <v>839</v>
+        <v>886</v>
       </c>
       <c r="D75" t="s">
-        <v>929</v>
+        <v>1034</v>
       </c>
       <c r="E75" t="s">
-        <v>915</v>
+        <v>1035</v>
       </c>
       <c r="F75" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G75" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H75" s="5">
-        <v>17276.0</v>
+        <v>48712.0</v>
       </c>
       <c r="I75" s="5">
-        <v>20904</v>
+        <v>58942</v>
       </c>
       <c r="J75" t="s">
-        <v>916</v>
+        <v>1013</v>
       </c>
       <c r="K75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B76">
-        <v>0.58</v>
+        <v>1.82</v>
       </c>
       <c r="C76" t="s">
-        <v>839</v>
+        <v>926</v>
       </c>
       <c r="D76" t="s">
-        <v>930</v>
+        <v>1036</v>
       </c>
       <c r="E76" t="s">
-        <v>915</v>
+        <v>966</v>
       </c>
       <c r="F76" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G76" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H76" s="5">
-        <v>12215.0</v>
+        <v>26618.0</v>
       </c>
       <c r="I76" s="5">
-        <v>14780</v>
+        <v>32208</v>
       </c>
       <c r="J76" t="s">
-        <v>916</v>
+        <v>1006</v>
       </c>
       <c r="K76" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B77">
-        <v>1.06</v>
+        <v>2.93</v>
       </c>
       <c r="C77" t="s">
-        <v>931</v>
+        <v>893</v>
       </c>
       <c r="D77" t="s">
-        <v>932</v>
+        <v>1037</v>
       </c>
       <c r="E77" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="F77" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G77" t="s">
-        <v>934</v>
+        <v>890</v>
       </c>
       <c r="H77" s="5">
-        <v>230000</v>
+        <v>129235.0</v>
       </c>
       <c r="I77" s="5">
-        <v>278300</v>
+        <v>156374</v>
       </c>
       <c r="J77" t="s">
-        <v>935</v>
+        <v>1013</v>
       </c>
       <c r="K77" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B78">
-        <v>1.1</v>
+        <v>1.21</v>
       </c>
       <c r="C78" t="s">
-        <v>936</v>
+        <v>1038</v>
       </c>
       <c r="D78" t="s">
-        <v>937</v>
+        <v>1039</v>
       </c>
       <c r="E78" t="s">
-        <v>933</v>
+        <v>955</v>
       </c>
       <c r="F78" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G78" t="s">
-        <v>934</v>
+        <v>890</v>
       </c>
       <c r="H78" s="5">
-        <v>240000</v>
+        <v>9196.0</v>
       </c>
       <c r="I78" s="5">
-        <v>290400</v>
+        <v>11127</v>
       </c>
       <c r="J78" t="s">
-        <v>938</v>
+        <v>1006</v>
       </c>
       <c r="K78" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B79">
-        <v>2.61</v>
+        <v>1.04</v>
       </c>
       <c r="C79" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D79" t="s">
-        <v>940</v>
+        <v>1040</v>
       </c>
       <c r="E79" t="s">
-        <v>918</v>
+        <v>1041</v>
       </c>
       <c r="F79" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G79" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H79" s="5">
-        <v>9831.0</v>
+        <v>18032.0</v>
       </c>
       <c r="I79" s="5">
-        <v>11896</v>
+        <v>21819</v>
       </c>
       <c r="J79" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K79" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B80">
-        <v>1.14</v>
+        <v>1.22</v>
       </c>
       <c r="C80" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D80" t="s">
-        <v>942</v>
+        <v>1042</v>
       </c>
       <c r="E80" t="s">
-        <v>943</v>
+        <v>1005</v>
       </c>
       <c r="F80" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G80" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H80" s="5">
-        <v>7206.0</v>
+        <v>32493.0</v>
       </c>
       <c r="I80" s="5">
-        <v>8719</v>
+        <v>39317</v>
       </c>
       <c r="J80" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K80" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B81">
-        <v>7.37</v>
+        <v>1.51</v>
       </c>
       <c r="C81" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D81" t="s">
-        <v>945</v>
+        <v>1043</v>
       </c>
       <c r="E81" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="F81" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G81" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H81" s="5">
-        <v>14463.0</v>
+        <v>13763.0</v>
       </c>
       <c r="I81" s="5">
-        <v>17500</v>
+        <v>16653</v>
       </c>
       <c r="J81" t="s">
-        <v>947</v>
+        <v>1006</v>
       </c>
       <c r="K81" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B82">
-        <v>6.86</v>
+        <v>0.92</v>
       </c>
       <c r="C82" t="s">
-        <v>827</v>
+        <v>926</v>
       </c>
       <c r="D82" t="s">
-        <v>948</v>
+        <v>1044</v>
       </c>
       <c r="E82" t="s">
-        <v>871</v>
+        <v>1029</v>
       </c>
       <c r="F82" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G82" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H82" s="5">
-        <v>12668.0</v>
+        <v>25638.0</v>
       </c>
       <c r="I82" s="5">
-        <v>15328</v>
+        <v>31022</v>
       </c>
       <c r="J82" t="s">
-        <v>947</v>
+        <v>1006</v>
       </c>
       <c r="K82" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B83">
-        <v>6.75</v>
+        <v>1.01</v>
       </c>
       <c r="C83" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D83" t="s">
-        <v>949</v>
+        <v>1045</v>
       </c>
       <c r="E83" t="s">
-        <v>871</v>
+        <v>1046</v>
       </c>
       <c r="F83" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G83" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H83" s="5">
-        <v>18846.0</v>
+        <v>17652.0</v>
       </c>
       <c r="I83" s="5">
-        <v>22804</v>
+        <v>21359</v>
       </c>
       <c r="J83" t="s">
-        <v>947</v>
+        <v>1006</v>
       </c>
       <c r="K83" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B84">
-        <v>5.73</v>
+        <v>1.42</v>
       </c>
       <c r="C84" t="s">
-        <v>950</v>
+        <v>893</v>
       </c>
       <c r="D84" t="s">
-        <v>951</v>
+        <v>1047</v>
       </c>
       <c r="E84" t="s">
-        <v>946</v>
+        <v>1005</v>
       </c>
       <c r="F84" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G84" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H84" s="5">
-        <v>11604.0</v>
+        <v>21984.0</v>
       </c>
       <c r="I84" s="5">
-        <v>14041</v>
+        <v>26601</v>
       </c>
       <c r="J84" t="s">
-        <v>947</v>
+        <v>1006</v>
       </c>
       <c r="K84" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B85">
-        <v>5.71</v>
+        <v>2.31</v>
       </c>
       <c r="C85" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D85" t="s">
-        <v>952</v>
+        <v>1048</v>
       </c>
       <c r="E85" t="s">
-        <v>946</v>
+        <v>1049</v>
       </c>
       <c r="F85" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G85" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H85" s="5">
-        <v>11584.0</v>
+        <v>55494.0</v>
       </c>
       <c r="I85" s="5">
-        <v>14017</v>
+        <v>67148</v>
       </c>
       <c r="J85" t="s">
-        <v>947</v>
+        <v>1050</v>
       </c>
       <c r="K85" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B86">
-        <v>5.5</v>
+        <v>1.19</v>
       </c>
       <c r="C86" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D86" t="s">
-        <v>953</v>
+        <v>1051</v>
       </c>
       <c r="E86" t="s">
-        <v>871</v>
+        <v>1005</v>
       </c>
       <c r="F86" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G86" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H86" s="5">
-        <v>17079.0</v>
+        <v>22734.0</v>
       </c>
       <c r="I86" s="5">
-        <v>20666</v>
+        <v>27508</v>
       </c>
       <c r="J86" t="s">
-        <v>947</v>
+        <v>1013</v>
       </c>
       <c r="K86" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B87">
-        <v>5.22</v>
+        <v>0.87</v>
       </c>
       <c r="C87" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D87" t="s">
-        <v>954</v>
+        <v>1052</v>
       </c>
       <c r="E87" t="s">
-        <v>946</v>
+        <v>1005</v>
       </c>
       <c r="F87" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G87" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H87" s="5">
-        <v>11122.0</v>
+        <v>35750.0</v>
       </c>
       <c r="I87" s="5">
-        <v>13458</v>
+        <v>43258</v>
       </c>
       <c r="J87" t="s">
-        <v>947</v>
+        <v>1013</v>
       </c>
       <c r="K87" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B88">
-        <v>4.42</v>
+        <v>0.78</v>
       </c>
       <c r="C88" t="s">
-        <v>955</v>
+        <v>939</v>
       </c>
       <c r="D88" t="s">
-        <v>956</v>
+        <v>1053</v>
       </c>
       <c r="E88" t="s">
-        <v>946</v>
+        <v>1005</v>
       </c>
       <c r="F88" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G88" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H88" s="5">
-        <v>7566.0</v>
+        <v>22803.0</v>
       </c>
       <c r="I88" s="5">
-        <v>9155</v>
+        <v>27592</v>
       </c>
       <c r="J88" t="s">
-        <v>947</v>
+        <v>1006</v>
       </c>
       <c r="K88" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B89">
-        <v>4.12</v>
+        <v>0.55</v>
       </c>
       <c r="C89" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D89" t="s">
-        <v>957</v>
+        <v>1054</v>
       </c>
       <c r="E89" t="s">
-        <v>871</v>
+        <v>1005</v>
       </c>
       <c r="F89" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G89" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H89" s="5">
-        <v>9105.0</v>
+        <v>13027.0</v>
       </c>
       <c r="I89" s="5">
-        <v>11017</v>
+        <v>15763</v>
       </c>
       <c r="J89" t="s">
-        <v>947</v>
+        <v>1006</v>
       </c>
       <c r="K89" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B90">
-        <v>3.72</v>
+        <v>1.11</v>
       </c>
       <c r="C90" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D90" t="s">
-        <v>958</v>
+        <v>1055</v>
       </c>
       <c r="E90" t="s">
-        <v>946</v>
+        <v>1005</v>
       </c>
       <c r="F90" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G90" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H90" s="5">
-        <v>6908.0</v>
+        <v>12059.0</v>
       </c>
       <c r="I90" s="5">
-        <v>8359</v>
+        <v>14591</v>
       </c>
       <c r="J90" t="s">
-        <v>947</v>
+        <v>1006</v>
       </c>
       <c r="K90" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B91">
-        <v>3.68</v>
+        <v>4.73</v>
       </c>
       <c r="C91" t="s">
-        <v>959</v>
+        <v>893</v>
       </c>
       <c r="D91" t="s">
-        <v>960</v>
+        <v>1056</v>
       </c>
       <c r="E91" t="s">
-        <v>961</v>
+        <v>924</v>
       </c>
       <c r="F91" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G91" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H91" s="5">
-        <v>6870.0</v>
+        <v>116000.0</v>
       </c>
       <c r="I91" s="5">
-        <v>8313</v>
+        <v>140360</v>
       </c>
       <c r="J91" t="s">
-        <v>962</v>
+        <v>925</v>
       </c>
       <c r="K91" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B92">
-        <v>3.36</v>
+        <v>1.65</v>
       </c>
       <c r="C92" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D92" t="s">
-        <v>963</v>
+        <v>1057</v>
       </c>
       <c r="E92" t="s">
-        <v>882</v>
+        <v>924</v>
       </c>
       <c r="F92" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G92" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H92" s="5">
-        <v>9492.0</v>
+        <v>44149.0</v>
       </c>
       <c r="I92" s="5">
-        <v>11485</v>
+        <v>53420</v>
       </c>
       <c r="J92" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K92" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B93">
-        <v>3.27</v>
+        <v>1.65</v>
       </c>
       <c r="C93" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D93" t="s">
-        <v>964</v>
+        <v>1058</v>
       </c>
       <c r="E93" t="s">
-        <v>871</v>
+        <v>1059</v>
       </c>
       <c r="F93" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G93" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H93" s="5">
-        <v>7805.0</v>
+        <v>31535.0</v>
       </c>
       <c r="I93" s="5">
-        <v>9444</v>
+        <v>38157</v>
       </c>
       <c r="J93" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K93" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B94">
-        <v>3.24</v>
+        <v>1.57</v>
       </c>
       <c r="C94" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D94" t="s">
-        <v>965</v>
+        <v>1060</v>
       </c>
       <c r="E94" t="s">
-        <v>946</v>
+        <v>924</v>
       </c>
       <c r="F94" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G94" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H94" s="5">
-        <v>6214.0</v>
+        <v>42476.0</v>
       </c>
       <c r="I94" s="5">
-        <v>7519</v>
+        <v>51396</v>
       </c>
       <c r="J94" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K94" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B95">
-        <v>3.09</v>
+        <v>1.32</v>
       </c>
       <c r="C95" t="s">
-        <v>966</v>
+        <v>926</v>
       </c>
       <c r="D95" t="s">
-        <v>967</v>
+        <v>1061</v>
       </c>
       <c r="E95" t="s">
-        <v>871</v>
+        <v>1062</v>
       </c>
       <c r="F95" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G95" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H95" s="5">
-        <v>9111.0</v>
+        <v>31170.0</v>
       </c>
       <c r="I95" s="5">
-        <v>11024</v>
+        <v>37716</v>
       </c>
       <c r="J95" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K95" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B96">
-        <v>2.4</v>
+        <v>1.19</v>
       </c>
       <c r="C96" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D96" t="s">
-        <v>968</v>
+        <v>1063</v>
       </c>
       <c r="E96" t="s">
-        <v>946</v>
+        <v>1059</v>
       </c>
       <c r="F96" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G96" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H96" s="5">
-        <v>6375.0</v>
+        <v>19228.0</v>
       </c>
       <c r="I96" s="5">
-        <v>7714</v>
+        <v>23266</v>
       </c>
       <c r="J96" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K96" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B97">
-        <v>2.17</v>
+        <v>1.11</v>
       </c>
       <c r="C97" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D97" t="s">
-        <v>969</v>
+        <v>1064</v>
       </c>
       <c r="E97" t="s">
-        <v>871</v>
+        <v>924</v>
       </c>
       <c r="F97" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G97" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H97" s="5">
-        <v>6105.0</v>
+        <v>36536.0</v>
       </c>
       <c r="I97" s="5">
-        <v>7387</v>
+        <v>44209</v>
       </c>
       <c r="J97" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K97" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B98">
-        <v>2.06</v>
+        <v>1.08</v>
       </c>
       <c r="C98" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D98" t="s">
-        <v>970</v>
+        <v>1065</v>
       </c>
       <c r="E98" t="s">
-        <v>946</v>
+        <v>1066</v>
       </c>
       <c r="F98" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G98" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H98" s="5">
-        <v>5975.0</v>
+        <v>11193.0</v>
       </c>
       <c r="I98" s="5">
-        <v>7230</v>
+        <v>13544</v>
       </c>
       <c r="J98" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K98" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B99">
-        <v>1.74</v>
+        <v>1</v>
       </c>
       <c r="C99" t="s">
-        <v>971</v>
+        <v>886</v>
       </c>
       <c r="D99" t="s">
-        <v>972</v>
+        <v>1067</v>
       </c>
       <c r="E99" t="s">
-        <v>946</v>
+        <v>1066</v>
       </c>
       <c r="F99" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G99" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H99" s="5">
-        <v>4963.0</v>
+        <v>33904.0</v>
       </c>
       <c r="I99" s="5">
-        <v>6005</v>
+        <v>41024</v>
       </c>
       <c r="J99" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K99" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B100">
-        <v>1.65</v>
+        <v>0.96</v>
       </c>
       <c r="C100" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D100" t="s">
-        <v>973</v>
+        <v>1068</v>
       </c>
       <c r="E100" t="s">
-        <v>946</v>
+        <v>1066</v>
       </c>
       <c r="F100" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G100" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H100" s="5">
-        <v>4858.0</v>
+        <v>15976.0</v>
       </c>
       <c r="I100" s="5">
-        <v>5878</v>
+        <v>19331</v>
       </c>
       <c r="J100" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K100" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B101">
-        <v>1.64</v>
+        <v>0.91</v>
       </c>
       <c r="C101" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D101" t="s">
-        <v>974</v>
+        <v>1069</v>
       </c>
       <c r="E101" t="s">
-        <v>871</v>
+        <v>1070</v>
       </c>
       <c r="F101" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G101" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H101" s="5">
-        <v>5814.0</v>
+        <v>7688.0</v>
       </c>
       <c r="I101" s="5">
-        <v>7035</v>
+        <v>9302</v>
       </c>
       <c r="J101" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K101" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B102">
-        <v>1.64</v>
+        <v>0.91</v>
       </c>
       <c r="C102" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D102" t="s">
-        <v>975</v>
+        <v>1071</v>
       </c>
       <c r="E102" t="s">
-        <v>976</v>
+        <v>1066</v>
       </c>
       <c r="F102" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G102" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H102" s="5">
-        <v>4845.0</v>
+        <v>17298.0</v>
       </c>
       <c r="I102" s="5">
-        <v>5862</v>
+        <v>20931</v>
       </c>
       <c r="J102" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K102" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B103">
-        <v>1.56</v>
+        <v>0.91</v>
       </c>
       <c r="C103" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D103" t="s">
-        <v>977</v>
+        <v>1072</v>
       </c>
       <c r="E103" t="s">
-        <v>946</v>
+        <v>1062</v>
       </c>
       <c r="F103" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G103" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H103" s="5">
-        <v>5700.0</v>
+        <v>15376.0</v>
       </c>
       <c r="I103" s="5">
-        <v>6897</v>
+        <v>18605</v>
       </c>
       <c r="J103" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K103" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B104">
-        <v>1.32</v>
+        <v>0.88</v>
       </c>
       <c r="C104" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D104" t="s">
-        <v>978</v>
+        <v>1073</v>
       </c>
       <c r="E104" t="s">
-        <v>871</v>
+        <v>1074</v>
       </c>
       <c r="F104" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G104" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H104" s="5">
-        <v>4203.0</v>
+        <v>11262.0</v>
       </c>
       <c r="I104" s="5">
-        <v>5086</v>
+        <v>13627</v>
       </c>
       <c r="J104" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K104" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B105">
-        <v>1.31</v>
+        <v>0.87</v>
       </c>
       <c r="C105" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D105" t="s">
-        <v>979</v>
+        <v>1075</v>
       </c>
       <c r="E105" t="s">
-        <v>871</v>
+        <v>1074</v>
       </c>
       <c r="F105" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G105" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H105" s="5">
-        <v>4193.0</v>
+        <v>11175.0</v>
       </c>
       <c r="I105" s="5">
-        <v>5074</v>
+        <v>13522</v>
       </c>
       <c r="J105" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K105" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B106">
-        <v>0.91</v>
+        <v>0.86</v>
       </c>
       <c r="C106" t="s">
-        <v>980</v>
+        <v>910</v>
       </c>
       <c r="D106" t="s">
-        <v>981</v>
+        <v>1076</v>
       </c>
       <c r="E106" t="s">
-        <v>946</v>
+        <v>1074</v>
       </c>
       <c r="F106" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G106" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H106" s="5">
-        <v>3455.0</v>
+        <v>7390.0</v>
       </c>
       <c r="I106" s="5">
-        <v>4181</v>
+        <v>8942</v>
       </c>
       <c r="J106" t="s">
-        <v>947</v>
+        <v>925</v>
       </c>
       <c r="K106" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" t="s">
-        <v>982</v>
+        <v>922</v>
       </c>
       <c r="B107">
-        <v>4.07</v>
+        <v>0.85</v>
       </c>
       <c r="C107" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D107" t="s">
-        <v>983</v>
+        <v>1077</v>
       </c>
       <c r="E107" t="s">
-        <v>984</v>
+        <v>1062</v>
       </c>
       <c r="F107" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G107" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H107" s="5">
-        <v>18308.0</v>
+        <v>14660.0</v>
       </c>
       <c r="I107" s="5">
-        <v>22153</v>
+        <v>17739</v>
       </c>
       <c r="J107" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K107" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" t="s">
-        <v>982</v>
+        <v>922</v>
       </c>
       <c r="B108">
-        <v>3.92</v>
+        <v>0.84</v>
       </c>
       <c r="C108" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D108" t="s">
-        <v>985</v>
+        <v>1078</v>
       </c>
       <c r="E108" t="s">
-        <v>986</v>
+        <v>1074</v>
       </c>
       <c r="F108" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G108" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H108" s="5">
-        <v>16543.0</v>
+        <v>7270.0</v>
       </c>
       <c r="I108" s="5">
-        <v>20017</v>
+        <v>8797</v>
       </c>
       <c r="J108" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K108" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" t="s">
-        <v>982</v>
+        <v>922</v>
       </c>
       <c r="B109">
-        <v>2.64</v>
+        <v>0.83</v>
       </c>
       <c r="C109" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D109" t="s">
-        <v>987</v>
+        <v>1079</v>
       </c>
       <c r="E109" t="s">
-        <v>988</v>
+        <v>1059</v>
       </c>
       <c r="F109" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G109" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H109" s="5">
-        <v>8850.0</v>
+        <v>28840.0</v>
       </c>
       <c r="I109" s="5">
-        <v>10709</v>
+        <v>34896</v>
       </c>
       <c r="J109" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K109" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" t="s">
-        <v>982</v>
+        <v>922</v>
       </c>
       <c r="B110">
-        <v>1.83</v>
+        <v>0.83</v>
       </c>
       <c r="C110" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D110" t="s">
-        <v>989</v>
+        <v>1080</v>
       </c>
       <c r="E110" t="s">
-        <v>984</v>
+        <v>1074</v>
       </c>
       <c r="F110" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G110" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H110" s="5">
-        <v>5436.0</v>
+        <v>9734.0</v>
       </c>
       <c r="I110" s="5">
-        <v>6578</v>
+        <v>11778</v>
       </c>
       <c r="J110" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K110" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" t="s">
-        <v>982</v>
+        <v>922</v>
       </c>
       <c r="B111">
-        <v>1.58</v>
+        <v>0.8</v>
       </c>
       <c r="C111" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D111" t="s">
-        <v>990</v>
+        <v>1081</v>
       </c>
       <c r="E111" t="s">
-        <v>991</v>
+        <v>1066</v>
       </c>
       <c r="F111" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G111" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H111" s="5">
-        <v>5172.0</v>
+        <v>14060.0</v>
       </c>
       <c r="I111" s="5">
-        <v>6258</v>
+        <v>17013</v>
       </c>
       <c r="J111" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K111" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" t="s">
-        <v>992</v>
+        <v>922</v>
       </c>
       <c r="B112">
-        <v>2.33</v>
+        <v>0.77</v>
       </c>
       <c r="C112" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D112" t="s">
-        <v>993</v>
+        <v>1082</v>
       </c>
       <c r="E112" t="s">
-        <v>994</v>
+        <v>1062</v>
       </c>
       <c r="F112" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G112" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H112" s="5">
-        <v>10731.0</v>
+        <v>13700.0</v>
       </c>
       <c r="I112" s="5">
-        <v>12985</v>
+        <v>16577</v>
       </c>
       <c r="J112" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K112" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" t="s">
-        <v>995</v>
+        <v>922</v>
       </c>
       <c r="B113">
-        <v>3.72</v>
+        <v>0.75</v>
       </c>
       <c r="C113" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D113" t="s">
-        <v>996</v>
+        <v>1083</v>
       </c>
       <c r="E113" t="s">
-        <v>997</v>
+        <v>1066</v>
       </c>
       <c r="F113" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G113" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H113" s="5">
-        <v>23427.0</v>
+        <v>9088.0</v>
       </c>
       <c r="I113" s="5">
-        <v>28347</v>
+        <v>10996</v>
       </c>
       <c r="J113" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K113" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" t="s">
-        <v>995</v>
+        <v>922</v>
       </c>
       <c r="B114">
-        <v>1.81</v>
+        <v>0.72</v>
       </c>
       <c r="C114" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D114" t="s">
-        <v>998</v>
+        <v>1084</v>
       </c>
       <c r="E114" t="s">
-        <v>999</v>
+        <v>1062</v>
       </c>
       <c r="F114" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G114" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H114" s="5">
-        <v>7809.0</v>
+        <v>9453.0</v>
       </c>
       <c r="I114" s="5">
-        <v>9449</v>
+        <v>11438</v>
       </c>
       <c r="J114" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K114" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" t="s">
-        <v>995</v>
+        <v>922</v>
       </c>
       <c r="B115">
-        <v>1.79</v>
+        <v>0.67</v>
       </c>
       <c r="C115" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D115" t="s">
-        <v>1000</v>
+        <v>1085</v>
       </c>
       <c r="E115" t="s">
-        <v>997</v>
+        <v>1062</v>
       </c>
       <c r="F115" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G115" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H115" s="5">
-        <v>7770.0</v>
+        <v>9006.0</v>
       </c>
       <c r="I115" s="5">
-        <v>9402</v>
+        <v>10897</v>
       </c>
       <c r="J115" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K115" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" t="s">
-        <v>995</v>
+        <v>922</v>
       </c>
       <c r="B116">
-        <v>1.79</v>
+        <v>0.67</v>
       </c>
       <c r="C116" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D116" t="s">
-        <v>1001</v>
+        <v>1086</v>
       </c>
       <c r="E116" t="s">
-        <v>999</v>
+        <v>1062</v>
       </c>
       <c r="F116" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G116" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H116" s="5">
-        <v>7770.0</v>
+        <v>12008.0</v>
       </c>
       <c r="I116" s="5">
-        <v>9402</v>
+        <v>14530</v>
       </c>
       <c r="J116" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K116" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" t="s">
-        <v>995</v>
+        <v>922</v>
       </c>
       <c r="B117">
-        <v>1.73</v>
+        <v>0.62</v>
       </c>
       <c r="C117" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D117" t="s">
-        <v>1002</v>
+        <v>1087</v>
       </c>
       <c r="E117" t="s">
-        <v>997</v>
+        <v>1074</v>
       </c>
       <c r="F117" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G117" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H117" s="5">
-        <v>7644.0</v>
+        <v>8556.0</v>
       </c>
       <c r="I117" s="5">
-        <v>9249</v>
+        <v>10353</v>
       </c>
       <c r="J117" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K117" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" t="s">
-        <v>995</v>
+        <v>922</v>
       </c>
       <c r="B118">
-        <v>1.59</v>
+        <v>0.62</v>
       </c>
       <c r="C118" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D118" t="s">
-        <v>1003</v>
+        <v>1088</v>
       </c>
       <c r="E118" t="s">
-        <v>999</v>
+        <v>1062</v>
       </c>
       <c r="F118" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G118" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H118" s="5">
-        <v>7357.0</v>
+        <v>8556.0</v>
       </c>
       <c r="I118" s="5">
-        <v>8902</v>
+        <v>10353</v>
       </c>
       <c r="J118" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K118" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" t="s">
-        <v>995</v>
+        <v>922</v>
       </c>
       <c r="B119">
-        <v>1</v>
+        <v>0.6</v>
       </c>
       <c r="C119" t="s">
-        <v>839</v>
+        <v>1089</v>
       </c>
       <c r="D119" t="s">
-        <v>1004</v>
+        <v>1090</v>
       </c>
       <c r="E119" t="s">
-        <v>997</v>
+        <v>1066</v>
       </c>
       <c r="F119" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G119" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H119" s="5">
-        <v>5772.0</v>
+        <v>5584.0</v>
       </c>
       <c r="I119" s="5">
-        <v>6984</v>
+        <v>6757</v>
       </c>
       <c r="J119" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K119" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" t="s">
-        <v>995</v>
+        <v>922</v>
       </c>
       <c r="B120">
-        <v>0.94</v>
+        <v>0.5</v>
       </c>
       <c r="C120" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D120" t="s">
-        <v>1005</v>
+        <v>1091</v>
       </c>
       <c r="E120" t="s">
-        <v>997</v>
+        <v>1074</v>
       </c>
       <c r="F120" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G120" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H120" s="5">
-        <v>5275.0</v>
+        <v>9972.0</v>
       </c>
       <c r="I120" s="5">
-        <v>6383</v>
+        <v>12066</v>
       </c>
       <c r="J120" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K120" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B121">
-        <v>0.79</v>
+        <v>2.13</v>
       </c>
       <c r="C121" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D121" t="s">
-        <v>1006</v>
+        <v>1092</v>
       </c>
       <c r="E121" t="s">
-        <v>1007</v>
+        <v>1035</v>
       </c>
       <c r="F121" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G121" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H121" s="5">
-        <v>4967.0</v>
+        <v>149000.0</v>
       </c>
       <c r="I121" s="5">
-        <v>6010</v>
+        <v>180290</v>
       </c>
       <c r="J121" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K121" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" t="s">
-        <v>982</v>
+        <v>1003</v>
       </c>
       <c r="B122">
-        <v>2.51</v>
+        <v>1.58</v>
       </c>
       <c r="C122" t="s">
-        <v>836</v>
+        <v>926</v>
       </c>
       <c r="D122" t="s">
-        <v>1008</v>
+        <v>1093</v>
       </c>
       <c r="E122" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="F122" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G122" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H122" s="5">
-        <v>8620.0</v>
+        <v>38952.0</v>
       </c>
       <c r="I122" s="5">
-        <v>10430</v>
+        <v>47132</v>
       </c>
       <c r="J122" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K122" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B123">
-        <v>1.59</v>
+        <v>1.53</v>
       </c>
       <c r="C123" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D123" t="s">
-        <v>1010</v>
+        <v>1094</v>
       </c>
       <c r="E123" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="F123" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G123" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H123" s="5">
-        <v>14730.0</v>
+        <v>44310.0</v>
       </c>
       <c r="I123" s="5">
-        <v>17823</v>
+        <v>53615</v>
       </c>
       <c r="J123" t="s">
-        <v>1011</v>
+        <v>1006</v>
       </c>
       <c r="K123" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B124">
-        <v>0.76</v>
+        <v>1.25</v>
       </c>
       <c r="C124" t="s">
-        <v>836</v>
+        <v>926</v>
       </c>
       <c r="D124" t="s">
-        <v>1012</v>
+        <v>1095</v>
       </c>
       <c r="E124" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F124" t="s">
+        <v>889</v>
+      </c>
+      <c r="G124" t="s">
+        <v>890</v>
+      </c>
+      <c r="H124" s="5">
+        <v>63576.0</v>
+      </c>
+      <c r="I124" s="5">
+        <v>76927</v>
+      </c>
+      <c r="J124" t="s">
         <v>1013</v>
-      </c>
-[...13 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="K124" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B125">
-        <v>3.2</v>
+        <v>1.21</v>
       </c>
       <c r="C125" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D125" t="s">
-        <v>1015</v>
+        <v>1096</v>
       </c>
       <c r="E125" t="s">
-        <v>1016</v>
+        <v>1005</v>
       </c>
       <c r="F125" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G125" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H125" s="5">
-        <v>13427.0</v>
+        <v>25840.0</v>
       </c>
       <c r="I125" s="5">
-        <v>16247</v>
+        <v>31266</v>
       </c>
       <c r="J125" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K125" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B126">
-        <v>3.12</v>
+        <v>1.07</v>
       </c>
       <c r="C126" t="s">
-        <v>1017</v>
+        <v>893</v>
       </c>
       <c r="D126" t="s">
-        <v>1018</v>
+        <v>1097</v>
       </c>
       <c r="E126" t="s">
-        <v>918</v>
+        <v>1005</v>
       </c>
       <c r="F126" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G126" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H126" s="5">
-        <v>17970.0</v>
+        <v>37712.0</v>
       </c>
       <c r="I126" s="5">
-        <v>21744</v>
+        <v>45632</v>
       </c>
       <c r="J126" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K126" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B127">
-        <v>2.08</v>
+        <v>1.06</v>
       </c>
       <c r="C127" t="s">
-        <v>1017</v>
+        <v>893</v>
       </c>
       <c r="D127" t="s">
-        <v>1019</v>
+        <v>1098</v>
       </c>
       <c r="E127" t="s">
-        <v>1016</v>
+        <v>1005</v>
       </c>
       <c r="F127" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G127" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H127" s="5">
-        <v>7450.0</v>
+        <v>46820.0</v>
       </c>
       <c r="I127" s="5">
-        <v>9015</v>
+        <v>56652</v>
       </c>
       <c r="J127" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K127" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B128">
-        <v>1.99</v>
+        <v>1.06</v>
       </c>
       <c r="C128" t="s">
-        <v>1017</v>
+        <v>893</v>
       </c>
       <c r="D128" t="s">
-        <v>1020</v>
+        <v>1099</v>
       </c>
       <c r="E128" t="s">
-        <v>1016</v>
+        <v>1005</v>
       </c>
       <c r="F128" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G128" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H128" s="5">
-        <v>8071.0</v>
+        <v>18728.0</v>
       </c>
       <c r="I128" s="5">
-        <v>9766</v>
+        <v>22661</v>
       </c>
       <c r="J128" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K128" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B129">
-        <v>1.88</v>
+        <v>1.03</v>
       </c>
       <c r="C129" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D129" t="s">
-        <v>1021</v>
+        <v>1100</v>
       </c>
       <c r="E129" t="s">
-        <v>915</v>
+        <v>1035</v>
       </c>
       <c r="F129" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G129" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H129" s="5">
-        <v>13516.0</v>
+        <v>22925.0</v>
       </c>
       <c r="I129" s="5">
-        <v>16354</v>
+        <v>27739</v>
       </c>
       <c r="J129" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K129" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B130">
-        <v>1.77</v>
+        <v>1</v>
       </c>
       <c r="C130" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D130" t="s">
-        <v>1022</v>
+        <v>1101</v>
       </c>
       <c r="E130" t="s">
-        <v>1023</v>
+        <v>1005</v>
       </c>
       <c r="F130" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G130" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H130" s="5">
-        <v>9750.0</v>
+        <v>22435.0</v>
       </c>
       <c r="I130" s="5">
-        <v>11798</v>
+        <v>27146</v>
       </c>
       <c r="J130" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K130" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B131">
-        <v>1.7</v>
+        <v>0.95</v>
       </c>
       <c r="C131" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D131" t="s">
-        <v>1024</v>
+        <v>1102</v>
       </c>
       <c r="E131" t="s">
-        <v>1025</v>
+        <v>928</v>
       </c>
       <c r="F131" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G131" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H131" s="5">
-        <v>15835.0</v>
+        <v>36608.0</v>
       </c>
       <c r="I131" s="5">
-        <v>19160</v>
+        <v>44296</v>
       </c>
       <c r="J131" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K131" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B132">
-        <v>1.25</v>
+        <v>0.9</v>
       </c>
       <c r="C132" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D132" t="s">
-        <v>1026</v>
+        <v>1103</v>
       </c>
       <c r="E132" t="s">
-        <v>918</v>
+        <v>1005</v>
       </c>
       <c r="F132" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G132" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H132" s="5">
-        <v>8862.0</v>
+        <v>32312.0</v>
       </c>
       <c r="I132" s="5">
-        <v>10723</v>
+        <v>39098</v>
       </c>
       <c r="J132" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K132" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B133">
-        <v>0.81</v>
+        <v>0.79</v>
       </c>
       <c r="C133" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D133" t="s">
-        <v>1027</v>
+        <v>1104</v>
       </c>
       <c r="E133" t="s">
-        <v>918</v>
+        <v>1005</v>
       </c>
       <c r="F133" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G133" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H133" s="5">
-        <v>6296.0</v>
+        <v>19410.0</v>
       </c>
       <c r="I133" s="5">
-        <v>7618</v>
+        <v>23486</v>
       </c>
       <c r="J133" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K133" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" t="s">
-        <v>1014</v>
+        <v>981</v>
       </c>
       <c r="B134">
-        <v>0.69</v>
+        <v>2.62</v>
       </c>
       <c r="C134" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D134" t="s">
-        <v>1028</v>
+        <v>1105</v>
       </c>
       <c r="E134" t="s">
-        <v>1023</v>
+        <v>990</v>
       </c>
       <c r="F134" t="s">
-        <v>822</v>
+        <v>1106</v>
       </c>
       <c r="G134" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H134" s="5">
-        <v>6640.0</v>
+        <v>45794.0</v>
       </c>
       <c r="I134" s="5">
-        <v>8034</v>
+        <v>55411</v>
       </c>
       <c r="J134" t="s">
-        <v>941</v>
+        <v>1107</v>
       </c>
       <c r="K134" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" t="s">
-        <v>1014</v>
+        <v>981</v>
       </c>
       <c r="B135">
-        <v>0.68</v>
+        <v>1.73</v>
       </c>
       <c r="C135" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D135" t="s">
-        <v>1029</v>
+        <v>1108</v>
       </c>
       <c r="E135" t="s">
-        <v>915</v>
+        <v>1109</v>
       </c>
       <c r="F135" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G135" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H135" s="5">
-        <v>8245.0</v>
+        <v>54830.0</v>
       </c>
       <c r="I135" s="5">
-        <v>9976</v>
+        <v>66344</v>
       </c>
       <c r="J135" t="s">
-        <v>941</v>
+        <v>987</v>
       </c>
       <c r="K135" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" t="s">
-        <v>1014</v>
+        <v>981</v>
       </c>
       <c r="B136">
-        <v>0.66</v>
+        <v>1.6</v>
       </c>
       <c r="C136" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D136" t="s">
-        <v>1030</v>
+        <v>1110</v>
       </c>
       <c r="E136" t="s">
-        <v>1031</v>
+        <v>983</v>
       </c>
       <c r="F136" t="s">
-        <v>822</v>
+        <v>1106</v>
       </c>
       <c r="G136" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H136" s="5">
-        <v>4875.0</v>
+        <v>45630.0</v>
       </c>
       <c r="I136" s="5">
-        <v>5899</v>
+        <v>55212</v>
       </c>
       <c r="J136" t="s">
-        <v>941</v>
+        <v>987</v>
       </c>
       <c r="K136" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" t="s">
-        <v>1014</v>
+        <v>981</v>
       </c>
       <c r="B137">
-        <v>0.66</v>
+        <v>1.45</v>
       </c>
       <c r="C137" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D137" t="s">
-        <v>1032</v>
+        <v>1111</v>
       </c>
       <c r="E137" t="s">
-        <v>1023</v>
+        <v>1109</v>
       </c>
       <c r="F137" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G137" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H137" s="5">
-        <v>6500.0</v>
+        <v>66655.0</v>
       </c>
       <c r="I137" s="5">
-        <v>7865</v>
+        <v>80653</v>
       </c>
       <c r="J137" t="s">
-        <v>941</v>
+        <v>987</v>
       </c>
       <c r="K137" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" t="s">
-        <v>1014</v>
+        <v>981</v>
       </c>
       <c r="B138">
-        <v>0.65</v>
+        <v>1.22</v>
       </c>
       <c r="C138" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D138" t="s">
-        <v>1033</v>
+        <v>1112</v>
       </c>
       <c r="E138" t="s">
-        <v>1025</v>
+        <v>990</v>
       </c>
       <c r="F138" t="s">
-        <v>822</v>
+        <v>1113</v>
       </c>
       <c r="G138" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H138" s="5">
-        <v>6452.0</v>
+        <v>23632.0</v>
       </c>
       <c r="I138" s="5">
-        <v>7807</v>
+        <v>28595</v>
       </c>
       <c r="J138" t="s">
-        <v>941</v>
+        <v>987</v>
       </c>
       <c r="K138" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" t="s">
-        <v>939</v>
+        <v>981</v>
       </c>
       <c r="B139">
-        <v>0.71</v>
+        <v>1.1</v>
       </c>
       <c r="C139" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D139" t="s">
-        <v>1034</v>
+        <v>1114</v>
       </c>
       <c r="E139" t="s">
-        <v>1031</v>
+        <v>1109</v>
       </c>
       <c r="F139" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G139" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H139" s="5">
-        <v>6300.0</v>
+        <v>31660.0</v>
       </c>
       <c r="I139" s="5">
-        <v>7623</v>
+        <v>38309</v>
       </c>
       <c r="J139" t="s">
-        <v>941</v>
+        <v>987</v>
       </c>
       <c r="K139" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B140">
-        <v>3.01</v>
+        <v>0.91</v>
       </c>
       <c r="C140" t="s">
-        <v>1035</v>
+        <v>939</v>
       </c>
       <c r="D140" t="s">
-        <v>1036</v>
+        <v>1115</v>
       </c>
       <c r="E140" t="s">
-        <v>838</v>
+        <v>1109</v>
       </c>
       <c r="F140" t="s">
-        <v>822</v>
+        <v>1113</v>
       </c>
       <c r="G140" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H140" s="5">
-        <v>17150.0</v>
+        <v>54200.0</v>
       </c>
       <c r="I140" s="5">
-        <v>20752</v>
+        <v>65582</v>
       </c>
       <c r="J140" t="s">
-        <v>824</v>
+        <v>1107</v>
       </c>
       <c r="K140" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B141">
-        <v>2.55</v>
+        <v>0.84</v>
       </c>
       <c r="C141" t="s">
-        <v>819</v>
+        <v>968</v>
       </c>
       <c r="D141" t="s">
-        <v>1037</v>
+        <v>1116</v>
       </c>
       <c r="E141" t="s">
-        <v>838</v>
+        <v>990</v>
       </c>
       <c r="F141" t="s">
-        <v>822</v>
+        <v>991</v>
       </c>
       <c r="G141" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H141" s="5">
-        <v>35524.0</v>
+        <v>10352.0</v>
       </c>
       <c r="I141" s="5">
-        <v>42984</v>
+        <v>12526</v>
       </c>
       <c r="J141" t="s">
-        <v>824</v>
+        <v>1107</v>
       </c>
       <c r="K141" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B142">
-        <v>2.45</v>
+        <v>0.79</v>
       </c>
       <c r="C142" t="s">
-        <v>819</v>
+        <v>968</v>
       </c>
       <c r="D142" t="s">
-        <v>1038</v>
+        <v>1117</v>
       </c>
       <c r="E142" t="s">
-        <v>847</v>
+        <v>1109</v>
       </c>
       <c r="F142" t="s">
-        <v>822</v>
+        <v>991</v>
       </c>
       <c r="G142" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H142" s="5">
-        <v>20860.0</v>
+        <v>10000.0</v>
       </c>
       <c r="I142" s="5">
-        <v>25241</v>
+        <v>12100</v>
       </c>
       <c r="J142" t="s">
-        <v>824</v>
+        <v>1107</v>
       </c>
       <c r="K142" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B143">
-        <v>2.41</v>
+        <v>0.74</v>
       </c>
       <c r="C143" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D143" t="s">
-        <v>1039</v>
+        <v>1118</v>
       </c>
       <c r="E143" t="s">
-        <v>1040</v>
+        <v>1109</v>
       </c>
       <c r="F143" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G143" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H143" s="5">
-        <v>16462.0</v>
+        <v>18288.0</v>
       </c>
       <c r="I143" s="5">
-        <v>19919</v>
+        <v>22128</v>
       </c>
       <c r="J143" t="s">
-        <v>824</v>
+        <v>987</v>
       </c>
       <c r="K143" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B144">
-        <v>2.19</v>
+        <v>0.7</v>
       </c>
       <c r="C144" t="s">
-        <v>827</v>
+        <v>968</v>
       </c>
       <c r="D144" t="s">
-        <v>1041</v>
+        <v>1119</v>
       </c>
       <c r="E144" t="s">
-        <v>1042</v>
+        <v>990</v>
       </c>
       <c r="F144" t="s">
-        <v>822</v>
+        <v>991</v>
       </c>
       <c r="G144" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H144" s="5">
-        <v>30436.0</v>
+        <v>8876.0</v>
       </c>
       <c r="I144" s="5">
-        <v>36828</v>
+        <v>10740</v>
       </c>
       <c r="J144" t="s">
-        <v>824</v>
+        <v>1107</v>
       </c>
       <c r="K144" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B145">
-        <v>2.16</v>
+        <v>0.66</v>
       </c>
       <c r="C145" t="s">
-        <v>829</v>
+        <v>926</v>
       </c>
       <c r="D145" t="s">
-        <v>1043</v>
+        <v>1120</v>
       </c>
       <c r="E145" t="s">
-        <v>1044</v>
+        <v>990</v>
       </c>
       <c r="F145" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G145" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H145" s="5">
-        <v>37620.0</v>
+        <v>15043.0</v>
       </c>
       <c r="I145" s="5">
-        <v>45520</v>
+        <v>18202</v>
       </c>
       <c r="J145" t="s">
-        <v>824</v>
+        <v>987</v>
       </c>
       <c r="K145" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B146">
-        <v>2.05</v>
+        <v>0.53</v>
       </c>
       <c r="C146" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D146" t="s">
-        <v>1045</v>
+        <v>1121</v>
       </c>
       <c r="E146" t="s">
-        <v>1046</v>
+        <v>983</v>
       </c>
       <c r="F146" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G146" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H146" s="5">
-        <v>18033.0</v>
+        <v>34440.0</v>
       </c>
       <c r="I146" s="5">
-        <v>21820</v>
+        <v>41672</v>
       </c>
       <c r="J146" t="s">
-        <v>824</v>
+        <v>1107</v>
       </c>
       <c r="K146" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B147">
-        <v>1.77</v>
+        <v>0.51</v>
       </c>
       <c r="C147" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D147" t="s">
-        <v>1047</v>
+        <v>1122</v>
       </c>
       <c r="E147" t="s">
-        <v>838</v>
+        <v>983</v>
       </c>
       <c r="F147" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G147" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H147" s="5">
-        <v>24672.0</v>
+        <v>9435.0</v>
       </c>
       <c r="I147" s="5">
-        <v>29853</v>
+        <v>11416</v>
       </c>
       <c r="J147" t="s">
-        <v>824</v>
+        <v>987</v>
       </c>
       <c r="K147" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B148">
-        <v>1.65</v>
+        <v>0.46</v>
       </c>
       <c r="C148" t="s">
-        <v>959</v>
+        <v>893</v>
       </c>
       <c r="D148" t="s">
-        <v>1048</v>
+        <v>1123</v>
       </c>
       <c r="E148" t="s">
-        <v>847</v>
+        <v>990</v>
       </c>
       <c r="F148" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G148" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H148" s="5">
-        <v>32060.0</v>
+        <v>16400.0</v>
       </c>
       <c r="I148" s="5">
-        <v>38793</v>
+        <v>19844</v>
       </c>
       <c r="J148" t="s">
-        <v>824</v>
+        <v>987</v>
       </c>
       <c r="K148" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" t="s">
-        <v>818</v>
+        <v>981</v>
       </c>
       <c r="B149">
-        <v>0.92</v>
+        <v>0.32</v>
       </c>
       <c r="C149" t="s">
-        <v>839</v>
+        <v>910</v>
       </c>
       <c r="D149" t="s">
-        <v>1049</v>
+        <v>1124</v>
       </c>
       <c r="E149" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
       <c r="F149" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G149" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H149" s="5">
-        <v>7108.0</v>
+        <v>7780.0</v>
       </c>
       <c r="I149" s="5">
-        <v>8601</v>
+        <v>9414</v>
       </c>
       <c r="J149" t="s">
-        <v>824</v>
+        <v>987</v>
       </c>
       <c r="K149" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" t="s">
-        <v>866</v>
+        <v>981</v>
       </c>
       <c r="B150">
-        <v>3.09</v>
+        <v>0.28</v>
       </c>
       <c r="C150" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D150" t="s">
-        <v>1050</v>
+        <v>1125</v>
       </c>
       <c r="E150" t="s">
-        <v>821</v>
+        <v>1126</v>
       </c>
       <c r="F150" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G150" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H150" s="5">
-        <v>330000.0</v>
+        <v>5944.0</v>
       </c>
       <c r="I150" s="5">
-        <v>399300</v>
+        <v>7192</v>
       </c>
       <c r="J150" t="s">
-        <v>869</v>
+        <v>987</v>
       </c>
       <c r="K150" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B151">
-        <v>2.32</v>
+        <v>2.05</v>
       </c>
       <c r="C151" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D151" t="s">
-        <v>1051</v>
+        <v>1127</v>
       </c>
       <c r="E151" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F151" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G151" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H151" s="5">
-        <v>92300.0</v>
+        <v>64320.0</v>
       </c>
       <c r="I151" s="5">
-        <v>111683</v>
+        <v>77827</v>
       </c>
       <c r="J151" t="s">
-        <v>1052</v>
+        <v>963</v>
       </c>
       <c r="K151" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B152">
-        <v>2.11</v>
+        <v>1.82</v>
       </c>
       <c r="C152" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D152" t="s">
-        <v>1053</v>
+        <v>1128</v>
       </c>
       <c r="E152" t="s">
-        <v>871</v>
+        <v>966</v>
       </c>
       <c r="F152" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G152" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H152" s="5">
-        <v>89500.0</v>
+        <v>53760.0</v>
       </c>
       <c r="I152" s="5">
-        <v>108295</v>
+        <v>65050</v>
       </c>
       <c r="J152" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K152" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B153">
-        <v>2.01</v>
+        <v>1.61</v>
       </c>
       <c r="C153" t="s">
-        <v>819</v>
+        <v>1129</v>
       </c>
       <c r="D153" t="s">
-        <v>1054</v>
+        <v>1130</v>
       </c>
       <c r="E153" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F153" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G153" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H153" s="5">
-        <v>85152.0</v>
+        <v>37695.0</v>
       </c>
       <c r="I153" s="5">
-        <v>103034</v>
+        <v>45611</v>
       </c>
       <c r="J153" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K153" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B154">
-        <v>1.82</v>
+        <v>1.27</v>
       </c>
       <c r="C154" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D154" t="s">
-        <v>1055</v>
+        <v>1131</v>
       </c>
       <c r="E154" t="s">
-        <v>871</v>
+        <v>966</v>
       </c>
       <c r="F154" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G154" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H154" s="5">
-        <v>99000.0</v>
+        <v>13239.0</v>
       </c>
       <c r="I154" s="5">
-        <v>119790</v>
+        <v>16019</v>
       </c>
       <c r="J154" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K154" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B155">
-        <v>1.74</v>
+        <v>0.85</v>
       </c>
       <c r="C155" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D155" t="s">
-        <v>1056</v>
+        <v>1132</v>
       </c>
       <c r="E155" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F155" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G155" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H155" s="5">
-        <v>47367.0</v>
+        <v>35650.0</v>
       </c>
       <c r="I155" s="5">
-        <v>57314</v>
+        <v>43137</v>
       </c>
       <c r="J155" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K155" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B156">
-        <v>1.68</v>
+        <v>0.7</v>
       </c>
       <c r="C156" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D156" t="s">
-        <v>1057</v>
+        <v>1133</v>
       </c>
       <c r="E156" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F156" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G156" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H156" s="5">
-        <v>35854.0</v>
+        <v>13710.0</v>
       </c>
       <c r="I156" s="5">
-        <v>43383</v>
+        <v>16589</v>
       </c>
       <c r="J156" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K156" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B157">
-        <v>1.65</v>
+        <v>0.65</v>
       </c>
       <c r="C157" t="s">
-        <v>819</v>
+        <v>929</v>
       </c>
       <c r="D157" t="s">
-        <v>1058</v>
+        <v>1134</v>
       </c>
       <c r="E157" t="s">
-        <v>868</v>
+        <v>888</v>
       </c>
       <c r="F157" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G157" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H157" s="5">
-        <v>25255.0</v>
+        <v>18326.0</v>
       </c>
       <c r="I157" s="5">
-        <v>30559</v>
+        <v>22174</v>
       </c>
       <c r="J157" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K157" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B158">
-        <v>1.62</v>
+        <v>0.62</v>
       </c>
       <c r="C158" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D158" t="s">
-        <v>1059</v>
+        <v>1135</v>
       </c>
       <c r="E158" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F158" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G158" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H158" s="5">
-        <v>34867.0</v>
+        <v>17801.0</v>
       </c>
       <c r="I158" s="5">
-        <v>42189</v>
+        <v>21539</v>
       </c>
       <c r="J158" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K158" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B159">
-        <v>1.48</v>
+        <v>0.59</v>
       </c>
       <c r="C159" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D159" t="s">
-        <v>1060</v>
+        <v>1136</v>
       </c>
       <c r="E159" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F159" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G159" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H159" s="5">
-        <v>77000.0</v>
+        <v>17276.0</v>
       </c>
       <c r="I159" s="5">
-        <v>93170</v>
+        <v>20904</v>
       </c>
       <c r="J159" t="s">
-        <v>869</v>
+        <v>963</v>
       </c>
       <c r="K159" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B160">
-        <v>1.34</v>
+        <v>0.58</v>
       </c>
       <c r="C160" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D160" t="s">
-        <v>1061</v>
+        <v>1137</v>
       </c>
       <c r="E160" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="F160" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G160" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H160" s="5">
-        <v>37935.0</v>
+        <v>12215.0</v>
       </c>
       <c r="I160" s="5">
-        <v>45901</v>
+        <v>14780</v>
       </c>
       <c r="J160" t="s">
-        <v>872</v>
+        <v>963</v>
       </c>
       <c r="K160" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B161">
-        <v>1.3</v>
+        <v>1.06</v>
       </c>
       <c r="C161" t="s">
-        <v>819</v>
+        <v>1138</v>
       </c>
       <c r="D161" t="s">
-        <v>1062</v>
+        <v>1139</v>
       </c>
       <c r="E161" t="s">
-        <v>871</v>
+        <v>1140</v>
       </c>
       <c r="F161" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G161" t="s">
-        <v>823</v>
+        <v>1141</v>
       </c>
       <c r="H161" s="5">
-        <v>28847.0</v>
+        <v>230000</v>
       </c>
       <c r="I161" s="5">
-        <v>34905</v>
+        <v>278300</v>
       </c>
       <c r="J161" t="s">
-        <v>872</v>
+        <v>1142</v>
       </c>
       <c r="K161" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" t="s">
-        <v>866</v>
+        <v>885</v>
       </c>
       <c r="B162">
-        <v>1.22</v>
+        <v>1.1</v>
       </c>
       <c r="C162" t="s">
-        <v>819</v>
+        <v>985</v>
       </c>
       <c r="D162" t="s">
-        <v>1063</v>
+        <v>1143</v>
       </c>
       <c r="E162" t="s">
-        <v>871</v>
+        <v>1140</v>
       </c>
       <c r="F162" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G162" t="s">
-        <v>823</v>
+        <v>1141</v>
       </c>
       <c r="H162" s="5">
-        <v>53988.0</v>
+        <v>240000</v>
       </c>
       <c r="I162" s="5">
-        <v>65325</v>
+        <v>290400</v>
       </c>
       <c r="J162" t="s">
-        <v>869</v>
+        <v>1144</v>
       </c>
       <c r="K162" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B163">
-        <v>1.21</v>
+        <v>2.61</v>
       </c>
       <c r="C163" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D163" t="s">
-        <v>1064</v>
+        <v>1145</v>
       </c>
       <c r="E163" t="s">
-        <v>871</v>
+        <v>966</v>
       </c>
       <c r="F163" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G163" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H163" s="5">
-        <v>27363.0</v>
+        <v>9831.0</v>
       </c>
       <c r="I163" s="5">
-        <v>33109</v>
+        <v>11896</v>
       </c>
       <c r="J163" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K163" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B164">
-        <v>1.18</v>
+        <v>1.14</v>
       </c>
       <c r="C164" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D164" t="s">
-        <v>1065</v>
+        <v>1146</v>
       </c>
       <c r="E164" t="s">
-        <v>871</v>
+        <v>1147</v>
       </c>
       <c r="F164" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G164" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H164" s="5">
-        <v>26873.0</v>
+        <v>7206.0</v>
       </c>
       <c r="I164" s="5">
-        <v>32516</v>
+        <v>8719</v>
       </c>
       <c r="J164" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K164" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B165">
-        <v>1.11</v>
+        <v>7.37</v>
       </c>
       <c r="C165" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D165" t="s">
-        <v>1066</v>
+        <v>1148</v>
       </c>
       <c r="E165" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F165" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G165" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H165" s="5">
-        <v>110000.0</v>
+        <v>14463.0</v>
       </c>
       <c r="I165" s="5">
-        <v>133100</v>
+        <v>17500</v>
       </c>
       <c r="J165" t="s">
-        <v>869</v>
+        <v>1149</v>
       </c>
       <c r="K165" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B166">
-        <v>1.07</v>
+        <v>6.86</v>
       </c>
       <c r="C166" t="s">
-        <v>827</v>
+        <v>926</v>
       </c>
       <c r="D166" t="s">
-        <v>1067</v>
+        <v>1150</v>
       </c>
       <c r="E166" t="s">
-        <v>871</v>
+        <v>1005</v>
       </c>
       <c r="F166" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G166" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H166" s="5">
-        <v>17900.0</v>
+        <v>12668.0</v>
       </c>
       <c r="I166" s="5">
-        <v>21659</v>
+        <v>15328</v>
       </c>
       <c r="J166" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K166" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B167">
-        <v>1.05</v>
+        <v>6.75</v>
       </c>
       <c r="C167" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D167" t="s">
-        <v>1068</v>
+        <v>1151</v>
       </c>
       <c r="E167" t="s">
-        <v>871</v>
+        <v>1005</v>
       </c>
       <c r="F167" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G167" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H167" s="5">
-        <v>24731.0</v>
+        <v>18846.0</v>
       </c>
       <c r="I167" s="5">
-        <v>29925</v>
+        <v>22804</v>
       </c>
       <c r="J167" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K167" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B168">
-        <v>1.05</v>
+        <v>5.73</v>
       </c>
       <c r="C168" t="s">
-        <v>819</v>
+        <v>1152</v>
       </c>
       <c r="D168" t="s">
-        <v>1069</v>
+        <v>1153</v>
       </c>
       <c r="E168" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F168" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G168" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H168" s="5">
-        <v>17665.0</v>
+        <v>11604.0</v>
       </c>
       <c r="I168" s="5">
-        <v>21375</v>
+        <v>14041</v>
       </c>
       <c r="J168" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K168" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B169">
-        <v>0.99</v>
+        <v>5.71</v>
       </c>
       <c r="C169" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D169" t="s">
-        <v>1070</v>
+        <v>1154</v>
       </c>
       <c r="E169" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F169" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G169" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H169" s="5">
-        <v>14840.0</v>
+        <v>11584.0</v>
       </c>
       <c r="I169" s="5">
-        <v>17956</v>
+        <v>14017</v>
       </c>
       <c r="J169" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K169" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B170">
-        <v>0.95</v>
+        <v>5.5</v>
       </c>
       <c r="C170" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D170" t="s">
-        <v>1071</v>
+        <v>1155</v>
       </c>
       <c r="E170" t="s">
-        <v>871</v>
+        <v>1005</v>
       </c>
       <c r="F170" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G170" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H170" s="5">
-        <v>14504.0</v>
+        <v>17079.0</v>
       </c>
       <c r="I170" s="5">
-        <v>17550</v>
+        <v>20666</v>
       </c>
       <c r="J170" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K170" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B171">
-        <v>0.94</v>
+        <v>5.22</v>
       </c>
       <c r="C171" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D171" t="s">
-        <v>1072</v>
+        <v>1156</v>
       </c>
       <c r="E171" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F171" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G171" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H171" s="5">
-        <v>18549.0</v>
+        <v>11122.0</v>
       </c>
       <c r="I171" s="5">
-        <v>22444</v>
+        <v>13458</v>
       </c>
       <c r="J171" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K171" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B172">
-        <v>0.91</v>
+        <v>4.42</v>
       </c>
       <c r="C172" t="s">
-        <v>819</v>
+        <v>1157</v>
       </c>
       <c r="D172" t="s">
-        <v>1073</v>
+        <v>1158</v>
       </c>
       <c r="E172" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F172" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G172" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H172" s="5">
-        <v>14175.0</v>
+        <v>7566.0</v>
       </c>
       <c r="I172" s="5">
-        <v>17152</v>
+        <v>9155</v>
       </c>
       <c r="J172" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K172" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B173">
-        <v>0.9</v>
+        <v>4.12</v>
       </c>
       <c r="C173" t="s">
-        <v>829</v>
+        <v>886</v>
       </c>
       <c r="D173" t="s">
-        <v>1074</v>
+        <v>1159</v>
       </c>
       <c r="E173" t="s">
-        <v>871</v>
+        <v>1005</v>
       </c>
       <c r="F173" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G173" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H173" s="5">
-        <v>10070.0</v>
+        <v>9105.0</v>
       </c>
       <c r="I173" s="5">
-        <v>12185</v>
+        <v>11017</v>
       </c>
       <c r="J173" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K173" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B174">
-        <v>0.86</v>
+        <v>3.68</v>
       </c>
       <c r="C174" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D174" t="s">
-        <v>1075</v>
+        <v>1160</v>
       </c>
       <c r="E174" t="s">
-        <v>871</v>
+        <v>1161</v>
       </c>
       <c r="F174" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G174" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H174" s="5">
-        <v>13762.0</v>
+        <v>6870.0</v>
       </c>
       <c r="I174" s="5">
-        <v>16652</v>
+        <v>8313</v>
       </c>
       <c r="J174" t="s">
-        <v>872</v>
+        <v>1162</v>
       </c>
       <c r="K174" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B175">
-        <v>0.82</v>
+        <v>3.36</v>
       </c>
       <c r="C175" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D175" t="s">
-        <v>1076</v>
+        <v>1163</v>
       </c>
       <c r="E175" t="s">
-        <v>871</v>
+        <v>928</v>
       </c>
       <c r="F175" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G175" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H175" s="5">
-        <v>5757.0</v>
+        <v>9492.0</v>
       </c>
       <c r="I175" s="5">
-        <v>6966</v>
+        <v>11485</v>
       </c>
       <c r="J175" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K175" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B176">
-        <v>0.82</v>
+        <v>3.27</v>
       </c>
       <c r="C176" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D176" t="s">
-        <v>1077</v>
+        <v>1164</v>
       </c>
       <c r="E176" t="s">
-        <v>871</v>
+        <v>1005</v>
       </c>
       <c r="F176" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G176" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H176" s="5">
-        <v>30852.0</v>
+        <v>7805.0</v>
       </c>
       <c r="I176" s="5">
-        <v>37331</v>
+        <v>9444</v>
       </c>
       <c r="J176" t="s">
-        <v>869</v>
+        <v>1149</v>
       </c>
       <c r="K176" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B177">
-        <v>0.8</v>
+        <v>3.24</v>
       </c>
       <c r="C177" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D177" t="s">
-        <v>1078</v>
+        <v>1165</v>
       </c>
       <c r="E177" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F177" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G177" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H177" s="5">
-        <v>17064.0</v>
+        <v>6214.0</v>
       </c>
       <c r="I177" s="5">
-        <v>20647</v>
+        <v>7519</v>
       </c>
       <c r="J177" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K177" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B178">
-        <v>0.75</v>
+        <v>3.09</v>
       </c>
       <c r="C178" t="s">
-        <v>819</v>
+        <v>1166</v>
       </c>
       <c r="D178" t="s">
-        <v>1079</v>
+        <v>1167</v>
       </c>
       <c r="E178" t="s">
-        <v>882</v>
+        <v>1005</v>
       </c>
       <c r="F178" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G178" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H178" s="5">
-        <v>5511.0</v>
+        <v>9111.0</v>
       </c>
       <c r="I178" s="5">
-        <v>6668</v>
+        <v>11024</v>
       </c>
       <c r="J178" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K178" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B179">
-        <v>0.73</v>
+        <v>2.4</v>
       </c>
       <c r="C179" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D179" t="s">
-        <v>1080</v>
+        <v>1168</v>
       </c>
       <c r="E179" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F179" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G179" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H179" s="5">
-        <v>11949.0</v>
+        <v>6375.0</v>
       </c>
       <c r="I179" s="5">
-        <v>14458</v>
+        <v>7714</v>
       </c>
       <c r="J179" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K179" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B180">
-        <v>0.69</v>
+        <v>2.17</v>
       </c>
       <c r="C180" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D180" t="s">
-        <v>1081</v>
+        <v>1169</v>
       </c>
       <c r="E180" t="s">
-        <v>871</v>
+        <v>1005</v>
       </c>
       <c r="F180" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G180" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H180" s="5">
-        <v>8300.0</v>
+        <v>6105.0</v>
       </c>
       <c r="I180" s="5">
-        <v>10043</v>
+        <v>7387</v>
       </c>
       <c r="J180" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K180" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B181">
-        <v>0.57</v>
+        <v>2.06</v>
       </c>
       <c r="C181" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D181" t="s">
-        <v>1082</v>
+        <v>1170</v>
       </c>
       <c r="E181" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F181" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G181" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H181" s="5">
-        <v>10633.0</v>
+        <v>5975.0</v>
       </c>
       <c r="I181" s="5">
-        <v>12866</v>
+        <v>7230</v>
       </c>
       <c r="J181" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K181" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B182">
-        <v>0.5</v>
+        <v>1.74</v>
       </c>
       <c r="C182" t="s">
-        <v>829</v>
+        <v>1171</v>
       </c>
       <c r="D182" t="s">
-        <v>1083</v>
+        <v>1172</v>
       </c>
       <c r="E182" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F182" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G182" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H182" s="5">
-        <v>10059.0</v>
+        <v>4963.0</v>
       </c>
       <c r="I182" s="5">
-        <v>12171</v>
+        <v>6005</v>
       </c>
       <c r="J182" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K182" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B183">
-        <v>0.47</v>
+        <v>1.65</v>
       </c>
       <c r="C183" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D183" t="s">
-        <v>1084</v>
+        <v>1173</v>
       </c>
       <c r="E183" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F183" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G183" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H183" s="5">
-        <v>8907.0</v>
+        <v>4858.0</v>
       </c>
       <c r="I183" s="5">
-        <v>10777</v>
+        <v>5878</v>
       </c>
       <c r="J183" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K183" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" t="s">
-        <v>885</v>
+        <v>904</v>
       </c>
       <c r="B184">
-        <v>1.48</v>
+        <v>1.64</v>
       </c>
       <c r="C184" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D184" t="s">
-        <v>1085</v>
+        <v>1174</v>
       </c>
       <c r="E184" t="s">
-        <v>1086</v>
+        <v>1005</v>
       </c>
       <c r="F184" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G184" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H184" s="5">
-        <v>190000.0</v>
+        <v>5814.0</v>
       </c>
       <c r="I184" s="5">
-        <v>229900</v>
+        <v>7035</v>
       </c>
       <c r="J184" t="s">
-        <v>1087</v>
+        <v>1149</v>
       </c>
       <c r="K184" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" t="s">
-        <v>885</v>
+        <v>904</v>
       </c>
       <c r="B185">
-        <v>1.08</v>
+        <v>1.64</v>
       </c>
       <c r="C185" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D185" t="s">
-        <v>1088</v>
+        <v>1175</v>
       </c>
       <c r="E185" t="s">
-        <v>887</v>
+        <v>936</v>
       </c>
       <c r="F185" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G185" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H185" s="5">
-        <v>60830.0</v>
+        <v>4845.0</v>
       </c>
       <c r="I185" s="5">
-        <v>73604</v>
+        <v>5862</v>
       </c>
       <c r="J185" t="s">
-        <v>892</v>
+        <v>1149</v>
       </c>
       <c r="K185" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" t="s">
-        <v>885</v>
+        <v>904</v>
       </c>
       <c r="B186">
-        <v>1.08</v>
+        <v>1.56</v>
       </c>
       <c r="C186" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D186" t="s">
-        <v>1089</v>
+        <v>1176</v>
       </c>
       <c r="E186" t="s">
-        <v>912</v>
+        <v>934</v>
       </c>
       <c r="F186" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G186" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H186" s="5">
-        <v>43450.0</v>
+        <v>5700.0</v>
       </c>
       <c r="I186" s="5">
-        <v>52575</v>
+        <v>6897</v>
       </c>
       <c r="J186" t="s">
-        <v>892</v>
+        <v>1149</v>
       </c>
       <c r="K186" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" t="s">
-        <v>1090</v>
+        <v>904</v>
       </c>
       <c r="B187">
-        <v>3.97</v>
+        <v>1.32</v>
       </c>
       <c r="C187" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D187" t="s">
-        <v>1091</v>
+        <v>1177</v>
       </c>
       <c r="E187" t="s">
-        <v>1092</v>
+        <v>1005</v>
       </c>
       <c r="F187" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G187" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H187" s="5">
-        <v>32303.0</v>
+        <v>4203.0</v>
       </c>
       <c r="I187" s="5">
-        <v>39087</v>
+        <v>5086</v>
       </c>
       <c r="J187" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K187" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" t="s">
-        <v>1090</v>
+        <v>904</v>
       </c>
       <c r="B188">
-        <v>3.72</v>
+        <v>0.91</v>
       </c>
       <c r="C188" t="s">
-        <v>819</v>
+        <v>1178</v>
       </c>
       <c r="D188" t="s">
-        <v>1093</v>
+        <v>1179</v>
       </c>
       <c r="E188" t="s">
-        <v>1094</v>
+        <v>934</v>
       </c>
       <c r="F188" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G188" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H188" s="5">
-        <v>59697.0</v>
+        <v>3455.0</v>
       </c>
       <c r="I188" s="5">
-        <v>72233</v>
+        <v>4181</v>
       </c>
       <c r="J188" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K188" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" t="s">
-        <v>1090</v>
+        <v>952</v>
       </c>
       <c r="B189">
-        <v>2.28</v>
+        <v>4.07</v>
       </c>
       <c r="C189" t="s">
-        <v>950</v>
+        <v>910</v>
       </c>
       <c r="D189" t="s">
-        <v>1095</v>
+        <v>1180</v>
       </c>
       <c r="E189" t="s">
-        <v>1094</v>
+        <v>1181</v>
       </c>
       <c r="F189" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G189" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H189" s="5">
-        <v>39315.0</v>
+        <v>18308.0</v>
       </c>
       <c r="I189" s="5">
-        <v>47571</v>
+        <v>22153</v>
       </c>
       <c r="J189" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K189" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" t="s">
-        <v>1090</v>
+        <v>952</v>
       </c>
       <c r="B190">
-        <v>1.53</v>
+        <v>3.92</v>
       </c>
       <c r="C190" t="s">
-        <v>955</v>
+        <v>910</v>
       </c>
       <c r="D190" t="s">
-        <v>1096</v>
+        <v>1182</v>
       </c>
       <c r="E190" t="s">
-        <v>1097</v>
+        <v>1183</v>
       </c>
       <c r="F190" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G190" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H190" s="5">
-        <v>19215.0</v>
+        <v>16543.0</v>
       </c>
       <c r="I190" s="5">
-        <v>23250</v>
+        <v>20017</v>
       </c>
       <c r="J190" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K190" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" t="s">
-        <v>1090</v>
+        <v>952</v>
       </c>
       <c r="B191">
-        <v>0.7</v>
+        <v>2.64</v>
       </c>
       <c r="C191" t="s">
-        <v>980</v>
+        <v>910</v>
       </c>
       <c r="D191" t="s">
-        <v>1098</v>
+        <v>1184</v>
       </c>
       <c r="E191" t="s">
-        <v>1099</v>
+        <v>1185</v>
       </c>
       <c r="F191" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G191" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H191" s="5">
-        <v>10835.0</v>
+        <v>8850.0</v>
       </c>
       <c r="I191" s="5">
-        <v>13110</v>
+        <v>10709</v>
       </c>
       <c r="J191" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K191" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" t="s">
-        <v>1090</v>
+        <v>952</v>
       </c>
       <c r="B192">
-        <v>0.63</v>
+        <v>1.83</v>
       </c>
       <c r="C192" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D192" t="s">
-        <v>1100</v>
+        <v>1186</v>
       </c>
       <c r="E192" t="s">
-        <v>1097</v>
+        <v>1181</v>
       </c>
       <c r="F192" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G192" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H192" s="5">
-        <v>9158.0</v>
+        <v>5436.0</v>
       </c>
       <c r="I192" s="5">
-        <v>11081</v>
+        <v>6578</v>
       </c>
       <c r="J192" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K192" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" t="s">
-        <v>1090</v>
+        <v>952</v>
       </c>
       <c r="B193">
-        <v>0.58</v>
+        <v>1.58</v>
       </c>
       <c r="C193" t="s">
-        <v>836</v>
+        <v>939</v>
       </c>
       <c r="D193" t="s">
-        <v>1101</v>
+        <v>1187</v>
       </c>
       <c r="E193" t="s">
-        <v>1097</v>
+        <v>1188</v>
       </c>
       <c r="F193" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G193" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H193" s="5">
-        <v>6794.0</v>
+        <v>5172.0</v>
       </c>
       <c r="I193" s="5">
-        <v>8221</v>
+        <v>6258</v>
       </c>
       <c r="J193" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K193" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" t="s">
-        <v>1090</v>
+        <v>947</v>
       </c>
       <c r="B194">
-        <v>0.54</v>
+        <v>2.33</v>
       </c>
       <c r="C194" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D194" t="s">
-        <v>1102</v>
+        <v>1189</v>
       </c>
       <c r="E194" t="s">
-        <v>1094</v>
+        <v>949</v>
       </c>
       <c r="F194" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G194" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H194" s="5">
-        <v>6528.0</v>
+        <v>10731.0</v>
       </c>
       <c r="I194" s="5">
-        <v>7899</v>
+        <v>12985</v>
       </c>
       <c r="J194" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K194" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" t="s">
-        <v>1090</v>
+        <v>892</v>
       </c>
       <c r="B195">
-        <v>0.53</v>
+        <v>3.72</v>
       </c>
       <c r="C195" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D195" t="s">
-        <v>1103</v>
+        <v>1190</v>
       </c>
       <c r="E195" t="s">
-        <v>1104</v>
+        <v>1191</v>
       </c>
       <c r="F195" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G195" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H195" s="5">
-        <v>6461.0</v>
+        <v>23427.0</v>
       </c>
       <c r="I195" s="5">
-        <v>7818</v>
+        <v>28347</v>
       </c>
       <c r="J195" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K195" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" t="s">
-        <v>1090</v>
+        <v>892</v>
       </c>
       <c r="B196">
-        <v>0.52</v>
+        <v>1.81</v>
       </c>
       <c r="C196" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D196" t="s">
-        <v>1105</v>
+        <v>1192</v>
       </c>
       <c r="E196" t="s">
-        <v>1097</v>
+        <v>1193</v>
       </c>
       <c r="F196" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G196" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H196" s="5">
-        <v>6395.0</v>
+        <v>7809.0</v>
       </c>
       <c r="I196" s="5">
-        <v>7738</v>
+        <v>9449</v>
       </c>
       <c r="J196" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K196" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" t="s">
-        <v>1090</v>
+        <v>892</v>
       </c>
       <c r="B197">
-        <v>0.52</v>
+        <v>1.79</v>
       </c>
       <c r="C197" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D197" t="s">
-        <v>1106</v>
+        <v>1194</v>
       </c>
       <c r="E197" t="s">
-        <v>1094</v>
+        <v>1191</v>
       </c>
       <c r="F197" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G197" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H197" s="5">
-        <v>6395.0</v>
+        <v>7770.0</v>
       </c>
       <c r="I197" s="5">
-        <v>7738</v>
+        <v>9402</v>
       </c>
       <c r="J197" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K197" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" t="s">
-        <v>1090</v>
+        <v>892</v>
       </c>
       <c r="B198">
-        <v>0.52</v>
+        <v>1.79</v>
       </c>
       <c r="C198" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D198" t="s">
-        <v>1107</v>
+        <v>1195</v>
       </c>
       <c r="E198" t="s">
-        <v>1097</v>
+        <v>1193</v>
       </c>
       <c r="F198" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G198" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H198" s="5">
-        <v>6395.0</v>
+        <v>7770.0</v>
       </c>
       <c r="I198" s="5">
-        <v>7738</v>
+        <v>9402</v>
       </c>
       <c r="J198" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K198" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" t="s">
-        <v>1090</v>
+        <v>892</v>
       </c>
       <c r="B199">
-        <v>0.5</v>
+        <v>1.73</v>
       </c>
       <c r="C199" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D199" t="s">
-        <v>1108</v>
+        <v>1196</v>
       </c>
       <c r="E199" t="s">
-        <v>1097</v>
+        <v>1191</v>
       </c>
       <c r="F199" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G199" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H199" s="5">
-        <v>6265.0</v>
+        <v>7644.0</v>
       </c>
       <c r="I199" s="5">
-        <v>7581</v>
+        <v>9249</v>
       </c>
       <c r="J199" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K199" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" t="s">
-        <v>1090</v>
+        <v>892</v>
       </c>
       <c r="B200">
-        <v>0.45</v>
+        <v>1.59</v>
       </c>
       <c r="C200" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D200" t="s">
-        <v>1109</v>
+        <v>1197</v>
       </c>
       <c r="E200" t="s">
-        <v>1110</v>
+        <v>1193</v>
       </c>
       <c r="F200" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G200" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H200" s="5">
-        <v>5936.0</v>
+        <v>7357.0</v>
       </c>
       <c r="I200" s="5">
-        <v>7183</v>
+        <v>8902</v>
       </c>
       <c r="J200" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K200" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" t="s">
-        <v>1090</v>
+        <v>892</v>
       </c>
       <c r="B201">
-        <v>0.45</v>
+        <v>1</v>
       </c>
       <c r="C201" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D201" t="s">
-        <v>1111</v>
+        <v>1198</v>
       </c>
       <c r="E201" t="s">
-        <v>1097</v>
+        <v>1191</v>
       </c>
       <c r="F201" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G201" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H201" s="5">
-        <v>5936.0</v>
+        <v>5772.0</v>
       </c>
       <c r="I201" s="5">
-        <v>7183</v>
+        <v>6984</v>
       </c>
       <c r="J201" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K201" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" t="s">
-        <v>1090</v>
+        <v>892</v>
       </c>
       <c r="B202">
-        <v>0.44</v>
+        <v>0.94</v>
       </c>
       <c r="C202" t="s">
-        <v>836</v>
+        <v>939</v>
       </c>
       <c r="D202" t="s">
-        <v>1112</v>
+        <v>1199</v>
       </c>
       <c r="E202" t="s">
-        <v>1097</v>
+        <v>1191</v>
       </c>
       <c r="F202" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G202" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H202" s="5">
-        <v>5870.0</v>
+        <v>5275.0</v>
       </c>
       <c r="I202" s="5">
-        <v>7103</v>
+        <v>6383</v>
       </c>
       <c r="J202" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K202" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" t="s">
-        <v>1113</v>
+        <v>892</v>
       </c>
       <c r="B203">
-        <v>2.78</v>
+        <v>0.79</v>
       </c>
       <c r="C203" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D203" t="s">
-        <v>1114</v>
+        <v>1200</v>
       </c>
       <c r="E203" t="s">
-        <v>1115</v>
+        <v>1201</v>
       </c>
       <c r="F203" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G203" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H203" s="5">
-        <v>10914.0</v>
+        <v>4967.0</v>
       </c>
       <c r="I203" s="5">
-        <v>13206</v>
+        <v>6010</v>
       </c>
       <c r="J203" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K203" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" t="s">
-        <v>1113</v>
+        <v>952</v>
       </c>
       <c r="B204">
-        <v>2.76</v>
+        <v>2.51</v>
       </c>
       <c r="C204" t="s">
-        <v>1116</v>
+        <v>910</v>
       </c>
       <c r="D204" t="s">
-        <v>1117</v>
+        <v>1202</v>
       </c>
       <c r="E204" t="s">
-        <v>1094</v>
+        <v>955</v>
       </c>
       <c r="F204" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G204" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H204" s="5">
-        <v>45372.0</v>
+        <v>8620.0</v>
       </c>
       <c r="I204" s="5">
-        <v>54900</v>
+        <v>10430</v>
       </c>
       <c r="J204" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K204" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" t="s">
-        <v>1113</v>
+        <v>1003</v>
       </c>
       <c r="B205">
-        <v>2.34</v>
+        <v>1.59</v>
       </c>
       <c r="C205" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D205" t="s">
-        <v>1118</v>
+        <v>1203</v>
       </c>
       <c r="E205" t="s">
-        <v>1119</v>
+        <v>1201</v>
       </c>
       <c r="F205" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G205" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H205" s="5">
-        <v>9219.0</v>
+        <v>14730.0</v>
       </c>
       <c r="I205" s="5">
-        <v>11155</v>
+        <v>17823</v>
       </c>
       <c r="J205" t="s">
-        <v>941</v>
+        <v>1204</v>
       </c>
       <c r="K205" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" t="s">
-        <v>1113</v>
+        <v>1003</v>
       </c>
       <c r="B206">
-        <v>2.26</v>
+        <v>0.76</v>
       </c>
       <c r="C206" t="s">
-        <v>1017</v>
+        <v>910</v>
       </c>
       <c r="D206" t="s">
-        <v>1120</v>
+        <v>1205</v>
       </c>
       <c r="E206" t="s">
-        <v>894</v>
+        <v>1206</v>
       </c>
       <c r="F206" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G206" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H206" s="5">
-        <v>9051.0</v>
+        <v>7396.0</v>
       </c>
       <c r="I206" s="5">
-        <v>10952</v>
+        <v>8949</v>
       </c>
       <c r="J206" t="s">
-        <v>941</v>
+        <v>1204</v>
       </c>
       <c r="K206" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B207">
-        <v>1.99</v>
+        <v>3.2</v>
       </c>
       <c r="C207" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D207" t="s">
-        <v>1121</v>
+        <v>1207</v>
       </c>
       <c r="E207" t="s">
-        <v>1094</v>
+        <v>1208</v>
       </c>
       <c r="F207" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G207" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H207" s="5">
-        <v>11934.0</v>
+        <v>13427.0</v>
       </c>
       <c r="I207" s="5">
-        <v>14440</v>
+        <v>16247</v>
       </c>
       <c r="J207" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K207" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B208">
-        <v>1.8</v>
+        <v>3.12</v>
       </c>
       <c r="C208" t="s">
-        <v>836</v>
+        <v>1209</v>
       </c>
       <c r="D208" t="s">
-        <v>1122</v>
+        <v>1210</v>
       </c>
       <c r="E208" t="s">
-        <v>1123</v>
+        <v>966</v>
       </c>
       <c r="F208" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G208" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H208" s="5">
-        <v>22254.0</v>
+        <v>17970.0</v>
       </c>
       <c r="I208" s="5">
-        <v>26927</v>
+        <v>21744</v>
       </c>
       <c r="J208" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K208" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B209">
-        <v>1.52</v>
+        <v>2.08</v>
       </c>
       <c r="C209" t="s">
-        <v>819</v>
+        <v>1209</v>
       </c>
       <c r="D209" t="s">
-        <v>1124</v>
+        <v>1211</v>
       </c>
       <c r="E209" t="s">
-        <v>1125</v>
+        <v>1208</v>
       </c>
       <c r="F209" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G209" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H209" s="5">
-        <v>19878.0</v>
+        <v>7450.0</v>
       </c>
       <c r="I209" s="5">
-        <v>24052</v>
+        <v>9015</v>
       </c>
       <c r="J209" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K209" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B210">
-        <v>1.44</v>
+        <v>1.99</v>
       </c>
       <c r="C210" t="s">
-        <v>955</v>
+        <v>1209</v>
       </c>
       <c r="D210" t="s">
-        <v>1126</v>
+        <v>1212</v>
       </c>
       <c r="E210" t="s">
-        <v>887</v>
+        <v>1208</v>
       </c>
       <c r="F210" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G210" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H210" s="5">
-        <v>9282.0</v>
+        <v>8071.0</v>
       </c>
       <c r="I210" s="5">
-        <v>11231</v>
+        <v>9766</v>
       </c>
       <c r="J210" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K210" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B211">
-        <v>1.4</v>
+        <v>1.88</v>
       </c>
       <c r="C211" t="s">
-        <v>955</v>
+        <v>893</v>
       </c>
       <c r="D211" t="s">
-        <v>1127</v>
+        <v>1213</v>
       </c>
       <c r="E211" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="F211" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G211" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H211" s="5">
-        <v>9114.0</v>
+        <v>13516.0</v>
       </c>
       <c r="I211" s="5">
-        <v>11028</v>
+        <v>16354</v>
       </c>
       <c r="J211" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K211" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B212">
-        <v>1.4</v>
+        <v>1.77</v>
       </c>
       <c r="C212" t="s">
-        <v>955</v>
+        <v>893</v>
       </c>
       <c r="D212" t="s">
-        <v>1128</v>
+        <v>1214</v>
       </c>
       <c r="E212" t="s">
-        <v>1125</v>
+        <v>912</v>
       </c>
       <c r="F212" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G212" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H212" s="5">
-        <v>9114.0</v>
+        <v>9750.0</v>
       </c>
       <c r="I212" s="5">
-        <v>11028</v>
+        <v>11798</v>
       </c>
       <c r="J212" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K212" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B213">
-        <v>1.16</v>
+        <v>1.7</v>
       </c>
       <c r="C213" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D213" t="s">
-        <v>1129</v>
+        <v>1215</v>
       </c>
       <c r="E213" t="s">
-        <v>1094</v>
+        <v>895</v>
       </c>
       <c r="F213" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G213" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H213" s="5">
-        <v>12146.0</v>
+        <v>15835.0</v>
       </c>
       <c r="I213" s="5">
-        <v>14697</v>
+        <v>19160</v>
       </c>
       <c r="J213" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K213" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B214">
-        <v>1.07</v>
+        <v>1.25</v>
       </c>
       <c r="C214" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D214" t="s">
-        <v>1130</v>
+        <v>1216</v>
       </c>
       <c r="E214" t="s">
-        <v>1094</v>
+        <v>966</v>
       </c>
       <c r="F214" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G214" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H214" s="5">
-        <v>11574.0</v>
+        <v>8862.0</v>
       </c>
       <c r="I214" s="5">
-        <v>14005</v>
+        <v>10723</v>
       </c>
       <c r="J214" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K214" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B215">
-        <v>1.03</v>
+        <v>0.81</v>
       </c>
       <c r="C215" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D215" t="s">
-        <v>1131</v>
+        <v>1217</v>
       </c>
       <c r="E215" t="s">
-        <v>1094</v>
+        <v>966</v>
       </c>
       <c r="F215" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G215" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H215" s="5">
-        <v>11318.0</v>
+        <v>6296.0</v>
       </c>
       <c r="I215" s="5">
-        <v>13695</v>
+        <v>7618</v>
       </c>
       <c r="J215" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K215" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B216">
-        <v>0.99</v>
+        <v>0.69</v>
       </c>
       <c r="C216" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D216" t="s">
-        <v>1132</v>
+        <v>1218</v>
       </c>
       <c r="E216" t="s">
-        <v>1094</v>
+        <v>912</v>
       </c>
       <c r="F216" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G216" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H216" s="5">
-        <v>10589.0</v>
+        <v>6640.0</v>
       </c>
       <c r="I216" s="5">
-        <v>12813</v>
+        <v>8034</v>
       </c>
       <c r="J216" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K216" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B217">
-        <v>0.97</v>
+        <v>0.68</v>
       </c>
       <c r="C217" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D217" t="s">
-        <v>1133</v>
+        <v>1219</v>
       </c>
       <c r="E217" t="s">
-        <v>894</v>
+        <v>888</v>
       </c>
       <c r="F217" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G217" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H217" s="5">
-        <v>10458.0</v>
+        <v>8245.0</v>
       </c>
       <c r="I217" s="5">
-        <v>12654</v>
+        <v>9976</v>
       </c>
       <c r="J217" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K217" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B218">
-        <v>0.95</v>
+        <v>0.66</v>
       </c>
       <c r="C218" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D218" t="s">
-        <v>1134</v>
+        <v>1220</v>
       </c>
       <c r="E218" t="s">
-        <v>1094</v>
+        <v>1221</v>
       </c>
       <c r="F218" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G218" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H218" s="5">
-        <v>10332.0</v>
+        <v>4875.0</v>
       </c>
       <c r="I218" s="5">
-        <v>12502</v>
+        <v>5899</v>
       </c>
       <c r="J218" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K218" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B219">
-        <v>0.84</v>
+        <v>0.66</v>
       </c>
       <c r="C219" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D219" t="s">
-        <v>1135</v>
+        <v>1222</v>
       </c>
       <c r="E219" t="s">
-        <v>1097</v>
+        <v>912</v>
       </c>
       <c r="F219" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G219" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H219" s="5">
-        <v>6423.0</v>
+        <v>6500.0</v>
       </c>
       <c r="I219" s="5">
-        <v>7772</v>
+        <v>7865</v>
       </c>
       <c r="J219" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K219" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B220">
-        <v>0.8</v>
+        <v>0.65</v>
       </c>
       <c r="C220" t="s">
-        <v>1136</v>
+        <v>910</v>
       </c>
       <c r="D220" t="s">
-        <v>1137</v>
+        <v>1223</v>
       </c>
       <c r="E220" t="s">
-        <v>1094</v>
+        <v>895</v>
       </c>
       <c r="F220" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G220" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H220" s="5">
-        <v>9378.0</v>
+        <v>6452.0</v>
       </c>
       <c r="I220" s="5">
-        <v>11347</v>
+        <v>7807</v>
       </c>
       <c r="J220" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K220" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" t="s">
-        <v>1113</v>
+        <v>898</v>
       </c>
       <c r="B221">
-        <v>0.77</v>
+        <v>0.71</v>
       </c>
       <c r="C221" t="s">
-        <v>1136</v>
+        <v>893</v>
       </c>
       <c r="D221" t="s">
-        <v>1138</v>
+        <v>1224</v>
       </c>
       <c r="E221" t="s">
-        <v>1094</v>
+        <v>1221</v>
       </c>
       <c r="F221" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G221" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H221" s="5">
-        <v>9189.0</v>
+        <v>6300.0</v>
       </c>
       <c r="I221" s="5">
-        <v>11119</v>
+        <v>7623</v>
       </c>
       <c r="J221" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K221" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B222">
-        <v>0.75</v>
+        <v>3.01</v>
       </c>
       <c r="C222" t="s">
-        <v>836</v>
+        <v>1225</v>
       </c>
       <c r="D222" t="s">
-        <v>1139</v>
+        <v>1226</v>
       </c>
       <c r="E222" t="s">
-        <v>1094</v>
+        <v>1066</v>
       </c>
       <c r="F222" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G222" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H222" s="5">
-        <v>9063.0</v>
+        <v>17150.0</v>
       </c>
       <c r="I222" s="5">
-        <v>10966</v>
+        <v>20752</v>
       </c>
       <c r="J222" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K222" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B223">
-        <v>0.73</v>
+        <v>2.55</v>
       </c>
       <c r="C223" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D223" t="s">
-        <v>1140</v>
+        <v>1227</v>
       </c>
       <c r="E223" t="s">
-        <v>1097</v>
+        <v>1066</v>
       </c>
       <c r="F223" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G223" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H223" s="5">
-        <v>8456.0</v>
+        <v>35524.0</v>
       </c>
       <c r="I223" s="5">
-        <v>10232</v>
+        <v>42984</v>
       </c>
       <c r="J223" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K223" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B224">
-        <v>0.72</v>
+        <v>2.45</v>
       </c>
       <c r="C224" t="s">
-        <v>1136</v>
+        <v>893</v>
       </c>
       <c r="D224" t="s">
-        <v>1141</v>
+        <v>1228</v>
       </c>
       <c r="E224" t="s">
-        <v>1094</v>
+        <v>1074</v>
       </c>
       <c r="F224" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G224" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H224" s="5">
-        <v>8393.0</v>
+        <v>20860.0</v>
       </c>
       <c r="I224" s="5">
-        <v>10156</v>
+        <v>25241</v>
       </c>
       <c r="J224" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K224" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B225">
-        <v>0.69</v>
+        <v>2.41</v>
       </c>
       <c r="C225" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D225" t="s">
-        <v>1142</v>
+        <v>1229</v>
       </c>
       <c r="E225" t="s">
-        <v>1125</v>
+        <v>1230</v>
       </c>
       <c r="F225" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G225" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H225" s="5">
-        <v>8204.0</v>
+        <v>16462.0</v>
       </c>
       <c r="I225" s="5">
-        <v>9927</v>
+        <v>19919</v>
       </c>
       <c r="J225" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K225" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="226" spans="1:13">
       <c r="A226" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B226">
-        <v>0.69</v>
+        <v>2.19</v>
       </c>
       <c r="C226" t="s">
-        <v>1136</v>
+        <v>926</v>
       </c>
       <c r="D226" t="s">
-        <v>1143</v>
+        <v>1231</v>
       </c>
       <c r="E226" t="s">
-        <v>1097</v>
+        <v>1232</v>
       </c>
       <c r="F226" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G226" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H226" s="5">
-        <v>8204.0</v>
+        <v>30436.0</v>
       </c>
       <c r="I226" s="5">
-        <v>9927</v>
+        <v>36828</v>
       </c>
       <c r="J226" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K226" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="227" spans="1:13">
       <c r="A227" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B227">
-        <v>0.67</v>
+        <v>2.16</v>
       </c>
       <c r="C227" t="s">
-        <v>836</v>
+        <v>939</v>
       </c>
       <c r="D227" t="s">
-        <v>1144</v>
+        <v>1233</v>
       </c>
       <c r="E227" t="s">
-        <v>1009</v>
+        <v>1234</v>
       </c>
       <c r="F227" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G227" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H227" s="5">
-        <v>8078.0</v>
+        <v>37620.0</v>
       </c>
       <c r="I227" s="5">
-        <v>9774</v>
+        <v>45520</v>
       </c>
       <c r="J227" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K227" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="228" spans="1:13">
       <c r="A228" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B228">
-        <v>0.64</v>
+        <v>2.05</v>
       </c>
       <c r="C228" t="s">
-        <v>1136</v>
+        <v>893</v>
       </c>
       <c r="D228" t="s">
-        <v>1145</v>
+        <v>1235</v>
       </c>
       <c r="E228" t="s">
-        <v>1094</v>
+        <v>1236</v>
       </c>
       <c r="F228" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G228" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H228" s="5">
-        <v>7884.0</v>
+        <v>18033.0</v>
       </c>
       <c r="I228" s="5">
-        <v>9540</v>
+        <v>21820</v>
       </c>
       <c r="J228" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K228" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="229" spans="1:13">
       <c r="A229" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B229">
-        <v>0.63</v>
+        <v>1.77</v>
       </c>
       <c r="C229" t="s">
-        <v>836</v>
+        <v>1038</v>
       </c>
       <c r="D229" t="s">
-        <v>1146</v>
+        <v>1237</v>
       </c>
       <c r="E229" t="s">
-        <v>1147</v>
+        <v>1066</v>
       </c>
       <c r="F229" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G229" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H229" s="5">
-        <v>7821.0</v>
+        <v>24672.0</v>
       </c>
       <c r="I229" s="5">
-        <v>9463</v>
+        <v>29853</v>
       </c>
       <c r="J229" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K229" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="230" spans="1:13">
       <c r="A230" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B230">
-        <v>0.62</v>
+        <v>1.65</v>
       </c>
       <c r="C230" t="s">
-        <v>836</v>
+        <v>1038</v>
       </c>
       <c r="D230" t="s">
-        <v>1148</v>
+        <v>1238</v>
       </c>
       <c r="E230" t="s">
-        <v>1149</v>
+        <v>1074</v>
       </c>
       <c r="F230" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G230" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H230" s="5">
-        <v>7758.0</v>
+        <v>32060.0</v>
       </c>
       <c r="I230" s="5">
-        <v>9387</v>
+        <v>38793</v>
       </c>
       <c r="J230" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K230" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="231" spans="1:13">
       <c r="A231" t="s">
-        <v>1113</v>
+        <v>922</v>
       </c>
       <c r="B231">
-        <v>0.57</v>
+        <v>0.92</v>
       </c>
       <c r="C231" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D231" t="s">
-        <v>1150</v>
+        <v>1239</v>
       </c>
       <c r="E231" t="s">
-        <v>1009</v>
+        <v>936</v>
       </c>
       <c r="F231" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G231" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H231" s="5">
-        <v>7439.0</v>
+        <v>7108.0</v>
       </c>
       <c r="I231" s="5">
-        <v>9001</v>
+        <v>8601</v>
       </c>
       <c r="J231" t="s">
-        <v>941</v>
+        <v>925</v>
       </c>
       <c r="K231" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="232" spans="1:13">
       <c r="A232" t="s">
-        <v>1113</v>
+        <v>1003</v>
       </c>
       <c r="B232">
-        <v>0.56</v>
+        <v>3.09</v>
       </c>
       <c r="C232" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D232" t="s">
-        <v>1151</v>
+        <v>1240</v>
       </c>
       <c r="E232" t="s">
-        <v>1152</v>
+        <v>924</v>
       </c>
       <c r="F232" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G232" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H232" s="5">
-        <v>7376.0</v>
+        <v>330000.0</v>
       </c>
       <c r="I232" s="5">
-        <v>8925</v>
+        <v>399300</v>
       </c>
       <c r="J232" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K232" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="233" spans="1:13">
       <c r="A233" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B233">
-        <v>0.79</v>
+        <v>2.32</v>
       </c>
       <c r="C233" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D233" t="s">
-        <v>1153</v>
+        <v>1241</v>
       </c>
       <c r="E233" t="s">
-        <v>1152</v>
+        <v>1005</v>
       </c>
       <c r="F233" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G233" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H233" s="5">
-        <v>6420.0</v>
+        <v>92300.0</v>
       </c>
       <c r="I233" s="5">
-        <v>7768</v>
+        <v>111683</v>
       </c>
       <c r="J233" t="s">
-        <v>872</v>
+        <v>1242</v>
       </c>
       <c r="K233" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="234" spans="1:13">
       <c r="A234" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B234">
-        <v>0.66</v>
+        <v>2.11</v>
       </c>
       <c r="C234" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D234" t="s">
-        <v>1154</v>
+        <v>1243</v>
       </c>
       <c r="E234" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="F234" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G234" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H234" s="5">
-        <v>9744.0</v>
+        <v>89500.0</v>
       </c>
       <c r="I234" s="5">
-        <v>11790</v>
+        <v>108295</v>
       </c>
       <c r="J234" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K234" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="235" spans="1:13">
       <c r="A235" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B235">
-        <v>4.48</v>
+        <v>2.01</v>
       </c>
       <c r="C235" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D235" t="s">
-        <v>1155</v>
+        <v>1244</v>
       </c>
       <c r="E235" t="s">
-        <v>961</v>
+        <v>1005</v>
       </c>
       <c r="F235" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G235" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H235" s="5">
-        <v>13628.0</v>
+        <v>85152.0</v>
       </c>
       <c r="I235" s="5">
-        <v>16490</v>
+        <v>103034</v>
       </c>
       <c r="J235" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K235" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="236" spans="1:13">
       <c r="A236" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B236">
+        <v>1.82</v>
+      </c>
+      <c r="C236" t="s">
         <v>939</v>
       </c>
-      <c r="B236">
-[...4 lines deleted...]
-      </c>
       <c r="D236" t="s">
-        <v>1156</v>
+        <v>1245</v>
       </c>
       <c r="E236" t="s">
-        <v>961</v>
+        <v>1005</v>
       </c>
       <c r="F236" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G236" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H236" s="5">
-        <v>13448.0</v>
+        <v>99000.0</v>
       </c>
       <c r="I236" s="5">
-        <v>16272</v>
+        <v>119790</v>
       </c>
       <c r="J236" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K236" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="237" spans="1:13">
       <c r="A237" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B237">
-        <v>1.14</v>
+        <v>1.74</v>
       </c>
       <c r="C237" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D237" t="s">
-        <v>1157</v>
+        <v>1246</v>
       </c>
       <c r="E237" t="s">
-        <v>1094</v>
+        <v>1005</v>
       </c>
       <c r="F237" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G237" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H237" s="5">
-        <v>26208.0</v>
+        <v>47367.0</v>
       </c>
       <c r="I237" s="5">
-        <v>31712</v>
+        <v>57314</v>
       </c>
       <c r="J237" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K237" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="238" spans="1:13">
       <c r="A238" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B238">
-        <v>1.06</v>
+        <v>1.68</v>
       </c>
       <c r="C238" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D238" t="s">
-        <v>1158</v>
+        <v>1247</v>
       </c>
       <c r="E238" t="s">
-        <v>1104</v>
+        <v>1005</v>
       </c>
       <c r="F238" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G238" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H238" s="5">
-        <v>7732.0</v>
+        <v>35854.0</v>
       </c>
       <c r="I238" s="5">
-        <v>9356</v>
+        <v>43383</v>
       </c>
       <c r="J238" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K238" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="239" spans="1:13">
       <c r="A239" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B239">
-        <v>0.92</v>
+        <v>1.65</v>
       </c>
       <c r="C239" t="s">
-        <v>955</v>
+        <v>893</v>
       </c>
       <c r="D239" t="s">
-        <v>1159</v>
+        <v>1248</v>
       </c>
       <c r="E239" t="s">
-        <v>1123</v>
+        <v>1035</v>
       </c>
       <c r="F239" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G239" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H239" s="5">
-        <v>8560.0</v>
+        <v>25255.0</v>
       </c>
       <c r="I239" s="5">
-        <v>10358</v>
+        <v>30559</v>
       </c>
       <c r="J239" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K239" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="240" spans="1:13">
       <c r="A240" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B240">
-        <v>0.91</v>
+        <v>1.62</v>
       </c>
       <c r="C240" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D240" t="s">
-        <v>1160</v>
+        <v>1249</v>
       </c>
       <c r="E240" t="s">
-        <v>1161</v>
+        <v>1005</v>
       </c>
       <c r="F240" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G240" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H240" s="5">
-        <v>11928.0</v>
+        <v>34867.0</v>
       </c>
       <c r="I240" s="5">
-        <v>14433</v>
+        <v>42189</v>
       </c>
       <c r="J240" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K240" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:13">
       <c r="A241" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B241">
-        <v>0.9</v>
+        <v>1.48</v>
       </c>
       <c r="C241" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D241" t="s">
-        <v>1162</v>
+        <v>1250</v>
       </c>
       <c r="E241" t="s">
-        <v>1094</v>
+        <v>1005</v>
       </c>
       <c r="F241" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G241" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H241" s="5">
-        <v>11872.0</v>
+        <v>77000.0</v>
       </c>
       <c r="I241" s="5">
-        <v>14365</v>
+        <v>93170</v>
       </c>
       <c r="J241" t="s">
-        <v>872</v>
+        <v>1013</v>
       </c>
       <c r="K241" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="242" spans="1:13">
       <c r="A242" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B242">
-        <v>0.68</v>
+        <v>1.34</v>
       </c>
       <c r="C242" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D242" t="s">
-        <v>1163</v>
+        <v>1251</v>
       </c>
       <c r="E242" t="s">
-        <v>1097</v>
+        <v>1005</v>
       </c>
       <c r="F242" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G242" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H242" s="5">
-        <v>5632.0</v>
+        <v>37935.0</v>
       </c>
       <c r="I242" s="5">
-        <v>6815</v>
+        <v>45901</v>
       </c>
       <c r="J242" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K242" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="243" spans="1:13">
       <c r="A243" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B243">
-        <v>0.65</v>
+        <v>1.3</v>
       </c>
       <c r="C243" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D243" t="s">
-        <v>1164</v>
+        <v>1252</v>
       </c>
       <c r="E243" t="s">
-        <v>1094</v>
+        <v>1005</v>
       </c>
       <c r="F243" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G243" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H243" s="5">
-        <v>8304.0</v>
+        <v>28847.0</v>
       </c>
       <c r="I243" s="5">
-        <v>10048</v>
+        <v>34905</v>
       </c>
       <c r="J243" t="s">
-        <v>1165</v>
+        <v>1006</v>
       </c>
       <c r="K243" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="244" spans="1:13">
       <c r="A244" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B244">
-        <v>0.64</v>
+        <v>1.22</v>
       </c>
       <c r="C244" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D244" t="s">
-        <v>1166</v>
+        <v>1253</v>
       </c>
       <c r="E244" t="s">
-        <v>1094</v>
+        <v>1005</v>
       </c>
       <c r="F244" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G244" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H244" s="5">
-        <v>9625.0</v>
+        <v>53988.0</v>
       </c>
       <c r="I244" s="5">
-        <v>11646</v>
+        <v>65325</v>
       </c>
       <c r="J244" t="s">
-        <v>872</v>
+        <v>1013</v>
       </c>
       <c r="K244" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="245" spans="1:13">
       <c r="A245" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B245">
-        <v>0.59</v>
+        <v>1.21</v>
       </c>
       <c r="C245" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D245" t="s">
-        <v>1167</v>
+        <v>1254</v>
       </c>
       <c r="E245" t="s">
-        <v>1094</v>
+        <v>1005</v>
       </c>
       <c r="F245" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G245" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H245" s="5">
-        <v>9338.0</v>
+        <v>27363.0</v>
       </c>
       <c r="I245" s="5">
-        <v>11299</v>
+        <v>33109</v>
       </c>
       <c r="J245" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K245" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="246" spans="1:13">
       <c r="A246" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B246">
-        <v>0.56</v>
+        <v>1.18</v>
       </c>
       <c r="C246" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D246" t="s">
-        <v>1168</v>
+        <v>1255</v>
       </c>
       <c r="E246" t="s">
-        <v>1097</v>
+        <v>1005</v>
       </c>
       <c r="F246" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G246" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H246" s="5">
-        <v>5236.0</v>
+        <v>26873.0</v>
       </c>
       <c r="I246" s="5">
-        <v>6336</v>
+        <v>32516</v>
       </c>
       <c r="J246" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K246" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="247" spans="1:13">
       <c r="A247" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B247">
-        <v>0.57</v>
+        <v>1.11</v>
       </c>
       <c r="C247" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D247" t="s">
-        <v>1169</v>
+        <v>1256</v>
       </c>
       <c r="E247" t="s">
-        <v>1170</v>
+        <v>1005</v>
       </c>
       <c r="F247" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G247" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H247" s="5">
-        <v>6835.0</v>
+        <v>110000.0</v>
       </c>
       <c r="I247" s="5">
-        <v>8270</v>
+        <v>133100</v>
       </c>
       <c r="J247" t="s">
-        <v>872</v>
+        <v>1013</v>
       </c>
       <c r="K247" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="248" spans="1:13">
       <c r="A248" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B248">
-        <v>0.5</v>
+        <v>1.07</v>
       </c>
       <c r="C248" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D248" t="s">
-        <v>1171</v>
+        <v>1257</v>
       </c>
       <c r="E248" t="s">
-        <v>1172</v>
+        <v>1005</v>
       </c>
       <c r="F248" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G248" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H248" s="5">
-        <v>6464.0</v>
+        <v>17900.0</v>
       </c>
       <c r="I248" s="5">
-        <v>7821</v>
+        <v>21659</v>
       </c>
       <c r="J248" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K248" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="249" spans="1:13">
       <c r="A249" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B249">
-        <v>0.47</v>
+        <v>1.05</v>
       </c>
       <c r="C249" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D249" t="s">
-        <v>1173</v>
+        <v>1258</v>
       </c>
       <c r="E249" t="s">
-        <v>1170</v>
+        <v>1005</v>
       </c>
       <c r="F249" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G249" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H249" s="5">
-        <v>6306.0</v>
+        <v>24731.0</v>
       </c>
       <c r="I249" s="5">
-        <v>7630</v>
+        <v>29925</v>
       </c>
       <c r="J249" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K249" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="250" spans="1:13">
       <c r="A250" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B250">
-        <v>0.45</v>
+        <v>1.05</v>
       </c>
       <c r="C250" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D250" t="s">
-        <v>1174</v>
+        <v>1259</v>
       </c>
       <c r="E250" t="s">
-        <v>1170</v>
+        <v>1005</v>
       </c>
       <c r="F250" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G250" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H250" s="5">
-        <v>6200.0</v>
+        <v>17665.0</v>
       </c>
       <c r="I250" s="5">
-        <v>7502</v>
+        <v>21375</v>
       </c>
       <c r="J250" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K250" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="251" spans="1:13">
       <c r="A251" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B251">
-        <v>0.39</v>
+        <v>0.99</v>
       </c>
       <c r="C251" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D251" t="s">
-        <v>1175</v>
+        <v>1260</v>
       </c>
       <c r="E251" t="s">
-        <v>1170</v>
+        <v>1005</v>
       </c>
       <c r="F251" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G251" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H251" s="5">
-        <v>5882.0</v>
+        <v>14840.0</v>
       </c>
       <c r="I251" s="5">
-        <v>7117</v>
+        <v>17956</v>
       </c>
       <c r="J251" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K251" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="252" spans="1:13">
       <c r="A252" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B252">
-        <v>0.37</v>
+        <v>0.94</v>
       </c>
       <c r="C252" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D252" t="s">
-        <v>1176</v>
+        <v>1261</v>
       </c>
       <c r="E252" t="s">
-        <v>1172</v>
+        <v>1005</v>
       </c>
       <c r="F252" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G252" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H252" s="5">
-        <v>5776.0</v>
+        <v>18549.0</v>
       </c>
       <c r="I252" s="5">
-        <v>6989</v>
+        <v>22444</v>
       </c>
       <c r="J252" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K252" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="253" spans="1:13">
       <c r="A253" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B253">
-        <v>0.29</v>
+        <v>0.91</v>
       </c>
       <c r="C253" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D253" t="s">
-        <v>1177</v>
+        <v>1262</v>
       </c>
       <c r="E253" t="s">
-        <v>1170</v>
+        <v>1005</v>
       </c>
       <c r="F253" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G253" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H253" s="5">
-        <v>5352.0</v>
+        <v>14175.0</v>
       </c>
       <c r="I253" s="5">
-        <v>6476</v>
+        <v>17152</v>
       </c>
       <c r="J253" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K253" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="254" spans="1:13">
       <c r="A254" t="s">
-        <v>1113</v>
+        <v>1003</v>
       </c>
       <c r="B254">
-        <v>0.77</v>
+        <v>0.9</v>
       </c>
       <c r="C254" t="s">
-        <v>836</v>
+        <v>939</v>
       </c>
       <c r="D254" t="s">
-        <v>1178</v>
+        <v>1263</v>
       </c>
       <c r="E254" t="s">
-        <v>1179</v>
+        <v>1005</v>
       </c>
       <c r="F254" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G254" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H254" s="5">
-        <v>9189.0</v>
+        <v>10070.0</v>
       </c>
       <c r="I254" s="5">
-        <v>11119</v>
+        <v>12185</v>
       </c>
       <c r="J254" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K254" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="255" spans="1:13">
       <c r="A255" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B255">
-        <v>2.54</v>
+        <v>0.86</v>
       </c>
       <c r="C255" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D255" t="s">
-        <v>1180</v>
+        <v>1264</v>
       </c>
       <c r="E255" t="s">
-        <v>1181</v>
+        <v>1005</v>
       </c>
       <c r="F255" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G255" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H255" s="5">
-        <v>17645.0</v>
+        <v>13762.0</v>
       </c>
       <c r="I255" s="5">
-        <v>21350</v>
+        <v>16652</v>
       </c>
       <c r="J255" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K255" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="256" spans="1:13">
       <c r="A256" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B256">
-        <v>1.32</v>
+        <v>0.82</v>
       </c>
       <c r="C256" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D256" t="s">
-        <v>1182</v>
+        <v>1265</v>
       </c>
       <c r="E256" t="s">
-        <v>1181</v>
+        <v>1005</v>
       </c>
       <c r="F256" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G256" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H256" s="5">
-        <v>8775.0</v>
+        <v>5757.0</v>
       </c>
       <c r="I256" s="5">
-        <v>10618</v>
+        <v>6966</v>
       </c>
       <c r="J256" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K256" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="257" spans="1:13">
       <c r="A257" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B257">
-        <v>1.16</v>
+        <v>0.82</v>
       </c>
       <c r="C257" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D257" t="s">
-        <v>1183</v>
+        <v>1266</v>
       </c>
       <c r="E257" t="s">
-        <v>1184</v>
+        <v>1005</v>
       </c>
       <c r="F257" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G257" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H257" s="5">
-        <v>8097.0</v>
+        <v>30852.0</v>
       </c>
       <c r="I257" s="5">
-        <v>9797</v>
+        <v>37331</v>
       </c>
       <c r="J257" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K257" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="258" spans="1:13">
       <c r="A258" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B258">
-        <v>7.66</v>
+        <v>0.8</v>
       </c>
       <c r="C258" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D258" t="s">
-        <v>1185</v>
+        <v>1267</v>
       </c>
       <c r="E258" t="s">
-        <v>1181</v>
+        <v>1005</v>
       </c>
       <c r="F258" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G258" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H258" s="5">
-        <v>33842.0</v>
+        <v>17064.0</v>
       </c>
       <c r="I258" s="5">
-        <v>40949</v>
+        <v>20647</v>
       </c>
       <c r="J258" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K258" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="259" spans="1:13">
       <c r="A259" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B259">
-        <v>6.15</v>
+        <v>0.75</v>
       </c>
       <c r="C259" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D259" t="s">
-        <v>1186</v>
+        <v>1268</v>
       </c>
       <c r="E259" t="s">
-        <v>1187</v>
+        <v>928</v>
       </c>
       <c r="F259" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G259" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H259" s="5">
-        <v>26628.0</v>
+        <v>5511.0</v>
       </c>
       <c r="I259" s="5">
-        <v>32220</v>
+        <v>6668</v>
       </c>
       <c r="J259" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K259" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="260" spans="1:13">
       <c r="A260" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B260">
-        <v>5.29</v>
+        <v>0.73</v>
       </c>
       <c r="C260" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D260" t="s">
-        <v>1188</v>
+        <v>1269</v>
       </c>
       <c r="E260" t="s">
-        <v>1181</v>
+        <v>1005</v>
       </c>
       <c r="F260" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G260" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H260" s="5">
-        <v>22904.0</v>
+        <v>11949.0</v>
       </c>
       <c r="I260" s="5">
-        <v>27714</v>
+        <v>14458</v>
       </c>
       <c r="J260" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K260" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="261" spans="1:13">
       <c r="A261" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B261">
-        <v>1.01</v>
+        <v>0.69</v>
       </c>
       <c r="C261" t="s">
-        <v>1189</v>
+        <v>926</v>
       </c>
       <c r="D261" t="s">
-        <v>1190</v>
+        <v>1270</v>
       </c>
       <c r="E261" t="s">
-        <v>976</v>
+        <v>1005</v>
       </c>
       <c r="F261" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G261" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H261" s="5">
-        <v>6747.0</v>
+        <v>8300.0</v>
       </c>
       <c r="I261" s="5">
-        <v>8164</v>
+        <v>10043</v>
       </c>
       <c r="J261" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K261" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="262" spans="1:13">
       <c r="A262" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B262">
-        <v>1.8</v>
+        <v>0.57</v>
       </c>
       <c r="C262" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D262" t="s">
-        <v>1191</v>
+        <v>1271</v>
       </c>
       <c r="E262" t="s">
-        <v>1192</v>
+        <v>1005</v>
       </c>
       <c r="F262" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G262" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H262" s="5">
-        <v>8213.0</v>
+        <v>10633.0</v>
       </c>
       <c r="I262" s="5">
-        <v>9938</v>
+        <v>12866</v>
       </c>
       <c r="J262" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K262" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="263" spans="1:13">
       <c r="A263" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B263">
-        <v>10.76</v>
+        <v>0.5</v>
       </c>
       <c r="C263" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="D263" t="s">
-        <v>1193</v>
+        <v>1272</v>
       </c>
       <c r="E263" t="s">
-        <v>915</v>
+        <v>1005</v>
       </c>
       <c r="F263" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="G263" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H263" s="5">
-        <v>690000.0</v>
+        <v>10059.0</v>
       </c>
       <c r="I263" s="5">
-        <v>834900</v>
+        <v>12171</v>
       </c>
       <c r="J263" t="s">
-        <v>1194</v>
+        <v>1006</v>
       </c>
       <c r="K263" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="264" spans="1:13">
       <c r="A264" t="s">
-        <v>913</v>
+        <v>1003</v>
       </c>
       <c r="B264">
-        <v>5.74</v>
+        <v>0.47</v>
       </c>
       <c r="C264" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D264" t="s">
-        <v>1195</v>
+        <v>1273</v>
       </c>
       <c r="E264" t="s">
-        <v>915</v>
+        <v>1005</v>
       </c>
       <c r="F264" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G264" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H264" s="5">
-        <v>264000.0</v>
+        <v>8907.0</v>
       </c>
       <c r="I264" s="5">
-        <v>319440</v>
+        <v>10777</v>
       </c>
       <c r="J264" t="s">
-        <v>916</v>
+        <v>1006</v>
       </c>
       <c r="K264" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="265" spans="1:13">
       <c r="A265" t="s">
-        <v>913</v>
+        <v>981</v>
       </c>
       <c r="B265">
-        <v>5.25</v>
+        <v>1.08</v>
       </c>
       <c r="C265" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D265" t="s">
-        <v>1196</v>
+        <v>1274</v>
       </c>
       <c r="E265" t="s">
-        <v>918</v>
+        <v>990</v>
       </c>
       <c r="F265" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G265" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H265" s="5">
-        <v>184000.0</v>
+        <v>60830.0</v>
       </c>
       <c r="I265" s="5">
-        <v>222640</v>
+        <v>73604</v>
       </c>
       <c r="J265" t="s">
-        <v>916</v>
+        <v>987</v>
       </c>
       <c r="K265" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="266" spans="1:13">
       <c r="A266" t="s">
-        <v>913</v>
+        <v>981</v>
       </c>
       <c r="B266">
-        <v>3.61</v>
+        <v>1.08</v>
       </c>
       <c r="C266" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D266" t="s">
-        <v>1197</v>
+        <v>1275</v>
       </c>
       <c r="E266" t="s">
-        <v>1031</v>
+        <v>1126</v>
       </c>
       <c r="F266" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G266" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H266" s="5">
-        <v>190000.0</v>
+        <v>43450.0</v>
       </c>
       <c r="I266" s="5">
-        <v>229900</v>
+        <v>52575</v>
       </c>
       <c r="J266" t="s">
-        <v>916</v>
+        <v>987</v>
       </c>
       <c r="K266" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="267" spans="1:13">
       <c r="A267" t="s">
-        <v>913</v>
+        <v>937</v>
       </c>
       <c r="B267">
-        <v>3.16</v>
+        <v>3.72</v>
       </c>
       <c r="C267" t="s">
-        <v>1198</v>
+        <v>893</v>
       </c>
       <c r="D267" t="s">
-        <v>1199</v>
+        <v>1276</v>
       </c>
       <c r="E267" t="s">
-        <v>1031</v>
+        <v>916</v>
       </c>
       <c r="F267" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G267" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H267" s="5">
-        <v>176000.0</v>
+        <v>56590.0</v>
       </c>
       <c r="I267" s="5">
-        <v>212960</v>
+        <v>68474</v>
       </c>
       <c r="J267" t="s">
-        <v>916</v>
+        <v>896</v>
       </c>
       <c r="K267" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="268" spans="1:13">
       <c r="A268" t="s">
-        <v>913</v>
+        <v>937</v>
       </c>
       <c r="B268">
-        <v>2.96</v>
+        <v>2.28</v>
       </c>
       <c r="C268" t="s">
-        <v>839</v>
+        <v>1152</v>
       </c>
       <c r="D268" t="s">
-        <v>1200</v>
+        <v>1277</v>
       </c>
       <c r="E268" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="F268" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G268" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H268" s="5">
-        <v>110000.0</v>
+        <v>39315.0</v>
       </c>
       <c r="I268" s="5">
-        <v>133100</v>
+        <v>47571</v>
       </c>
       <c r="J268" t="s">
-        <v>916</v>
+        <v>896</v>
       </c>
       <c r="K268" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="269" spans="1:13">
       <c r="A269" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B269">
-        <v>10.68</v>
+        <v>1.53</v>
       </c>
       <c r="C269" t="s">
-        <v>836</v>
+        <v>1157</v>
       </c>
       <c r="D269" t="s">
-        <v>1202</v>
+        <v>1278</v>
       </c>
       <c r="E269" t="s">
-        <v>1203</v>
+        <v>1279</v>
       </c>
       <c r="F269" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G269" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H269" s="5">
-        <v>17066.0</v>
+        <v>19215.0</v>
       </c>
       <c r="I269" s="5">
-        <v>20650</v>
+        <v>23250</v>
       </c>
       <c r="J269" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K269" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="270" spans="1:13">
       <c r="A270" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B270">
-        <v>7.68</v>
+        <v>0.7</v>
       </c>
       <c r="C270" t="s">
-        <v>836</v>
+        <v>1178</v>
       </c>
       <c r="D270" t="s">
-        <v>1204</v>
+        <v>1280</v>
       </c>
       <c r="E270" t="s">
-        <v>1205</v>
+        <v>1281</v>
       </c>
       <c r="F270" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G270" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H270" s="5">
-        <v>13440.0</v>
+        <v>10835.0</v>
       </c>
       <c r="I270" s="5">
-        <v>16262</v>
+        <v>13110</v>
       </c>
       <c r="J270" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K270" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="271" spans="1:13">
       <c r="A271" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B271">
-        <v>7.61</v>
+        <v>0.63</v>
       </c>
       <c r="C271" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D271" t="s">
-        <v>1206</v>
+        <v>1282</v>
       </c>
       <c r="E271" t="s">
-        <v>1170</v>
+        <v>1279</v>
       </c>
       <c r="F271" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G271" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H271" s="5">
-        <v>13374.0</v>
+        <v>9158.0</v>
       </c>
       <c r="I271" s="5">
-        <v>16183</v>
+        <v>11081</v>
       </c>
       <c r="J271" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K271" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="272" spans="1:13">
       <c r="A272" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B272">
-        <v>7.15</v>
+        <v>0.58</v>
       </c>
       <c r="C272" t="s">
-        <v>827</v>
+        <v>910</v>
       </c>
       <c r="D272" t="s">
-        <v>1207</v>
+        <v>1283</v>
       </c>
       <c r="E272" t="s">
-        <v>1208</v>
+        <v>1279</v>
       </c>
       <c r="F272" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G272" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H272" s="5">
-        <v>12940.0</v>
+        <v>6794.0</v>
       </c>
       <c r="I272" s="5">
-        <v>15657</v>
+        <v>8221</v>
       </c>
       <c r="J272" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K272" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="273" spans="1:13">
       <c r="A273" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B273">
-        <v>6.01</v>
+        <v>0.54</v>
       </c>
       <c r="C273" t="s">
-        <v>1209</v>
+        <v>910</v>
       </c>
       <c r="D273" t="s">
-        <v>1210</v>
+        <v>1284</v>
       </c>
       <c r="E273" t="s">
-        <v>1205</v>
+        <v>916</v>
       </c>
       <c r="F273" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G273" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H273" s="5">
-        <v>14833.0</v>
+        <v>6528.0</v>
       </c>
       <c r="I273" s="5">
-        <v>17948</v>
+        <v>7899</v>
       </c>
       <c r="J273" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K273" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="274" spans="1:13">
       <c r="A274" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B274">
-        <v>5.92</v>
+        <v>0.52</v>
       </c>
       <c r="C274" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D274" t="s">
-        <v>1211</v>
+        <v>1285</v>
       </c>
       <c r="E274" t="s">
-        <v>1170</v>
+        <v>1279</v>
       </c>
       <c r="F274" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G274" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H274" s="5">
-        <v>14728.0</v>
+        <v>6395.0</v>
       </c>
       <c r="I274" s="5">
-        <v>17821</v>
+        <v>7738</v>
       </c>
       <c r="J274" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K274" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="275" spans="1:13">
       <c r="A275" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B275">
-        <v>5.21</v>
+        <v>0.52</v>
       </c>
       <c r="C275" t="s">
-        <v>971</v>
+        <v>910</v>
       </c>
       <c r="D275" t="s">
-        <v>1212</v>
+        <v>1286</v>
       </c>
       <c r="E275" t="s">
-        <v>1170</v>
+        <v>916</v>
       </c>
       <c r="F275" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G275" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H275" s="5">
-        <v>16671.0</v>
+        <v>6395.0</v>
       </c>
       <c r="I275" s="5">
-        <v>20172</v>
+        <v>7738</v>
       </c>
       <c r="J275" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K275" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="276" spans="1:13">
       <c r="A276" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B276">
-        <v>4.83</v>
+        <v>0.5</v>
       </c>
       <c r="C276" t="s">
-        <v>839</v>
+        <v>910</v>
       </c>
       <c r="D276" t="s">
-        <v>1213</v>
+        <v>1287</v>
       </c>
       <c r="E276" t="s">
-        <v>1170</v>
+        <v>1279</v>
       </c>
       <c r="F276" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G276" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H276" s="5">
-        <v>11928.0</v>
+        <v>6265.0</v>
       </c>
       <c r="I276" s="5">
-        <v>14433</v>
+        <v>7581</v>
       </c>
       <c r="J276" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K276" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="277" spans="1:13">
       <c r="A277" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B277">
-        <v>4.41</v>
+        <v>0.45</v>
       </c>
       <c r="C277" t="s">
-        <v>1214</v>
+        <v>910</v>
       </c>
       <c r="D277" t="s">
-        <v>1215</v>
+        <v>1288</v>
       </c>
       <c r="E277" t="s">
-        <v>1170</v>
+        <v>1289</v>
       </c>
       <c r="F277" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G277" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H277" s="5">
-        <v>7558.0</v>
+        <v>5936.0</v>
       </c>
       <c r="I277" s="5">
-        <v>9145</v>
+        <v>7183</v>
       </c>
       <c r="J277" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K277" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="278" spans="1:13">
       <c r="A278" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B278">
-        <v>3.91</v>
+        <v>0.45</v>
       </c>
       <c r="C278" t="s">
-        <v>1214</v>
+        <v>910</v>
       </c>
       <c r="D278" t="s">
-        <v>1216</v>
+        <v>1290</v>
       </c>
       <c r="E278" t="s">
-        <v>1170</v>
+        <v>1279</v>
       </c>
       <c r="F278" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G278" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H278" s="5">
-        <v>7086.0</v>
+        <v>5936.0</v>
       </c>
       <c r="I278" s="5">
-        <v>8574</v>
+        <v>7183</v>
       </c>
       <c r="J278" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K278" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="279" spans="1:13">
       <c r="A279" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B279">
-        <v>3.74</v>
+        <v>2.78</v>
       </c>
       <c r="C279" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D279" t="s">
-        <v>1217</v>
+        <v>1291</v>
       </c>
       <c r="E279" t="s">
-        <v>1170</v>
+        <v>1292</v>
       </c>
       <c r="F279" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G279" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H279" s="5">
-        <v>6926.0</v>
+        <v>10914.0</v>
       </c>
       <c r="I279" s="5">
-        <v>8380</v>
+        <v>13206</v>
       </c>
       <c r="J279" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K279" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="280" spans="1:13">
       <c r="A280" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B280">
-        <v>3.35</v>
+        <v>2.76</v>
       </c>
       <c r="C280" t="s">
-        <v>1218</v>
+        <v>1293</v>
       </c>
       <c r="D280" t="s">
-        <v>1219</v>
+        <v>1294</v>
       </c>
       <c r="E280" t="s">
-        <v>1013</v>
+        <v>916</v>
       </c>
       <c r="F280" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G280" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H280" s="5">
-        <v>6318.0</v>
+        <v>45372.0</v>
       </c>
       <c r="I280" s="5">
-        <v>7645</v>
+        <v>54900</v>
       </c>
       <c r="J280" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K280" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="281" spans="1:13">
       <c r="A281" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B281">
-        <v>3.07</v>
+        <v>2.34</v>
       </c>
       <c r="C281" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D281" t="s">
-        <v>1220</v>
+        <v>1295</v>
       </c>
       <c r="E281" t="s">
-        <v>1208</v>
+        <v>1296</v>
       </c>
       <c r="F281" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G281" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H281" s="5">
-        <v>9081.0</v>
+        <v>9219.0</v>
       </c>
       <c r="I281" s="5">
-        <v>10988</v>
+        <v>11155</v>
       </c>
       <c r="J281" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K281" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="282" spans="1:13">
       <c r="A282" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B282">
-        <v>3.05</v>
+        <v>2.26</v>
       </c>
       <c r="C282" t="s">
-        <v>829</v>
+        <v>1209</v>
       </c>
       <c r="D282" t="s">
-        <v>1221</v>
+        <v>1297</v>
       </c>
       <c r="E282" t="s">
-        <v>1222</v>
+        <v>983</v>
       </c>
       <c r="F282" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G282" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H282" s="5">
-        <v>9054.0</v>
+        <v>9051.0</v>
       </c>
       <c r="I282" s="5">
-        <v>10955</v>
+        <v>10952</v>
       </c>
       <c r="J282" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K282" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="283" spans="1:13">
       <c r="A283" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B283">
-        <v>2.22</v>
+        <v>1.99</v>
       </c>
       <c r="C283" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D283" t="s">
-        <v>1223</v>
+        <v>1298</v>
       </c>
       <c r="E283" t="s">
-        <v>1203</v>
+        <v>916</v>
       </c>
       <c r="F283" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G283" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H283" s="5">
-        <v>7398.0</v>
+        <v>11934.0</v>
       </c>
       <c r="I283" s="5">
-        <v>8952</v>
+        <v>14440</v>
       </c>
       <c r="J283" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K283" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="284" spans="1:13">
       <c r="A284" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B284">
-        <v>2.04</v>
+        <v>1.8</v>
       </c>
       <c r="C284" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D284" t="s">
-        <v>1224</v>
+        <v>1299</v>
       </c>
       <c r="E284" t="s">
-        <v>1225</v>
+        <v>1300</v>
       </c>
       <c r="F284" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G284" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H284" s="5">
-        <v>7143.0</v>
+        <v>22254.0</v>
       </c>
       <c r="I284" s="5">
-        <v>8643</v>
+        <v>26927</v>
       </c>
       <c r="J284" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K284" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="285" spans="1:13">
       <c r="A285" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B285">
-        <v>1.67</v>
+        <v>1.52</v>
       </c>
       <c r="C285" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D285" t="s">
-        <v>1226</v>
+        <v>1301</v>
       </c>
       <c r="E285" t="s">
-        <v>1225</v>
+        <v>1029</v>
       </c>
       <c r="F285" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G285" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H285" s="5">
-        <v>3904.0</v>
+        <v>19878.0</v>
       </c>
       <c r="I285" s="5">
-        <v>4724</v>
+        <v>24052</v>
       </c>
       <c r="J285" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K285" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="286" spans="1:13">
       <c r="A286" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B286">
-        <v>1.51</v>
+        <v>1.44</v>
       </c>
       <c r="C286" t="s">
-        <v>959</v>
+        <v>1157</v>
       </c>
       <c r="D286" t="s">
-        <v>1227</v>
+        <v>1302</v>
       </c>
       <c r="E286" t="s">
-        <v>1007</v>
+        <v>990</v>
       </c>
       <c r="F286" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G286" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H286" s="5">
-        <v>7508.0</v>
+        <v>9282.0</v>
       </c>
       <c r="I286" s="5">
-        <v>9085</v>
+        <v>11231</v>
       </c>
       <c r="J286" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K286" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="287" spans="1:13">
       <c r="A287" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B287">
-        <v>1.51</v>
+        <v>1.4</v>
       </c>
       <c r="C287" t="s">
-        <v>959</v>
+        <v>1157</v>
       </c>
       <c r="D287" t="s">
-        <v>1228</v>
+        <v>1303</v>
       </c>
       <c r="E287" t="s">
-        <v>1007</v>
+        <v>990</v>
       </c>
       <c r="F287" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G287" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H287" s="5">
-        <v>7508.0</v>
+        <v>9114.0</v>
       </c>
       <c r="I287" s="5">
-        <v>9085</v>
+        <v>11028</v>
       </c>
       <c r="J287" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K287" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="288" spans="1:13">
       <c r="A288" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B288">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="C288" t="s">
-        <v>959</v>
+        <v>1157</v>
       </c>
       <c r="D288" t="s">
-        <v>1229</v>
+        <v>1304</v>
       </c>
       <c r="E288" t="s">
-        <v>1007</v>
+        <v>1029</v>
       </c>
       <c r="F288" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G288" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H288" s="5">
-        <v>7488.0</v>
+        <v>9114.0</v>
       </c>
       <c r="I288" s="5">
-        <v>9060</v>
+        <v>11028</v>
       </c>
       <c r="J288" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K288" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="289" spans="1:13">
       <c r="A289" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B289">
-        <v>1.49</v>
+        <v>1.16</v>
       </c>
       <c r="C289" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D289" t="s">
-        <v>1230</v>
+        <v>1305</v>
       </c>
       <c r="E289" t="s">
-        <v>1007</v>
+        <v>916</v>
       </c>
       <c r="F289" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G289" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H289" s="5">
-        <v>7048.0</v>
+        <v>12146.0</v>
       </c>
       <c r="I289" s="5">
-        <v>8528</v>
+        <v>14697</v>
       </c>
       <c r="J289" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K289" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="290" spans="1:13">
       <c r="A290" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B290">
-        <v>1.49</v>
+        <v>1.07</v>
       </c>
       <c r="C290" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D290" t="s">
-        <v>1231</v>
+        <v>1306</v>
       </c>
       <c r="E290" t="s">
-        <v>1007</v>
+        <v>916</v>
       </c>
       <c r="F290" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G290" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H290" s="5">
-        <v>7048.0</v>
+        <v>11574.0</v>
       </c>
       <c r="I290" s="5">
-        <v>8528</v>
+        <v>14005</v>
       </c>
       <c r="J290" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K290" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:13">
       <c r="A291" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B291">
-        <v>1.48</v>
+        <v>1.03</v>
       </c>
       <c r="C291" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D291" t="s">
-        <v>1232</v>
+        <v>1307</v>
       </c>
       <c r="E291" t="s">
-        <v>1007</v>
+        <v>916</v>
       </c>
       <c r="F291" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G291" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H291" s="5">
-        <v>7028.0</v>
+        <v>11318.0</v>
       </c>
       <c r="I291" s="5">
-        <v>8504</v>
+        <v>13695</v>
       </c>
       <c r="J291" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K291" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="292" spans="1:13">
       <c r="A292" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B292">
-        <v>1.45</v>
+        <v>0.99</v>
       </c>
       <c r="C292" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D292" t="s">
-        <v>1233</v>
+        <v>1308</v>
       </c>
       <c r="E292" t="s">
-        <v>1007</v>
+        <v>916</v>
       </c>
       <c r="F292" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G292" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H292" s="5">
-        <v>6972.0</v>
+        <v>10589.0</v>
       </c>
       <c r="I292" s="5">
-        <v>8436</v>
+        <v>12813</v>
       </c>
       <c r="J292" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K292" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="293" spans="1:13">
       <c r="A293" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B293">
-        <v>1.45</v>
+        <v>0.97</v>
       </c>
       <c r="C293" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D293" t="s">
-        <v>1234</v>
+        <v>1309</v>
       </c>
       <c r="E293" t="s">
-        <v>1007</v>
+        <v>983</v>
       </c>
       <c r="F293" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G293" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H293" s="5">
-        <v>6972.0</v>
+        <v>10458.0</v>
       </c>
       <c r="I293" s="5">
-        <v>8436</v>
+        <v>12654</v>
       </c>
       <c r="J293" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K293" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="294" spans="1:13">
       <c r="A294" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B294">
-        <v>1.44</v>
+        <v>0.95</v>
       </c>
       <c r="C294" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D294" t="s">
-        <v>1235</v>
+        <v>1310</v>
       </c>
       <c r="E294" t="s">
-        <v>1203</v>
+        <v>916</v>
       </c>
       <c r="F294" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G294" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H294" s="5">
-        <v>6952.0</v>
+        <v>10332.0</v>
       </c>
       <c r="I294" s="5">
-        <v>8412</v>
+        <v>12502</v>
       </c>
       <c r="J294" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K294" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="295" spans="1:13">
       <c r="A295" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B295">
-        <v>1.4</v>
+        <v>0.84</v>
       </c>
       <c r="C295" t="s">
-        <v>959</v>
+        <v>893</v>
       </c>
       <c r="D295" t="s">
-        <v>1236</v>
+        <v>1311</v>
       </c>
       <c r="E295" t="s">
-        <v>1007</v>
+        <v>1279</v>
       </c>
       <c r="F295" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G295" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H295" s="5">
-        <v>6876.0</v>
+        <v>6423.0</v>
       </c>
       <c r="I295" s="5">
-        <v>8320</v>
+        <v>7772</v>
       </c>
       <c r="J295" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K295" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="296" spans="1:13">
       <c r="A296" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B296">
-        <v>4.17</v>
+        <v>0.8</v>
       </c>
       <c r="C296" t="s">
-        <v>839</v>
+        <v>1312</v>
       </c>
       <c r="D296" t="s">
-        <v>1238</v>
+        <v>1313</v>
       </c>
       <c r="E296" t="s">
-        <v>946</v>
+        <v>916</v>
       </c>
       <c r="F296" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G296" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H296" s="5">
-        <v>48535.0</v>
+        <v>9378.0</v>
       </c>
       <c r="I296" s="5">
-        <v>58727</v>
+        <v>11347</v>
       </c>
       <c r="J296" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K296" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="297" spans="1:13">
       <c r="A297" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B297">
-        <v>3.88</v>
+        <v>0.77</v>
       </c>
       <c r="C297" t="s">
-        <v>839</v>
+        <v>1312</v>
       </c>
       <c r="D297" t="s">
-        <v>1239</v>
+        <v>1314</v>
       </c>
       <c r="E297" t="s">
-        <v>976</v>
+        <v>916</v>
       </c>
       <c r="F297" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G297" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H297" s="5">
-        <v>32517.0</v>
+        <v>9189.0</v>
       </c>
       <c r="I297" s="5">
-        <v>39346</v>
+        <v>11119</v>
       </c>
       <c r="J297" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K297" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="298" spans="1:13">
       <c r="A298" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B298">
-        <v>2.98</v>
+        <v>0.75</v>
       </c>
       <c r="C298" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D298" t="s">
-        <v>1240</v>
+        <v>1315</v>
       </c>
       <c r="E298" t="s">
-        <v>1241</v>
+        <v>916</v>
       </c>
       <c r="F298" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G298" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H298" s="5">
-        <v>21730.0</v>
+        <v>9063.0</v>
       </c>
       <c r="I298" s="5">
-        <v>26293</v>
+        <v>10966</v>
       </c>
       <c r="J298" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K298" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="299" spans="1:13">
       <c r="A299" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B299">
-        <v>1.88</v>
+        <v>0.73</v>
       </c>
       <c r="C299" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D299" t="s">
-        <v>1242</v>
+        <v>1316</v>
       </c>
       <c r="E299" t="s">
-        <v>976</v>
+        <v>1279</v>
       </c>
       <c r="F299" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G299" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H299" s="5">
-        <v>12748.0</v>
+        <v>8456.0</v>
       </c>
       <c r="I299" s="5">
-        <v>15425</v>
+        <v>10232</v>
       </c>
       <c r="J299" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K299" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="300" spans="1:13">
       <c r="A300" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B300">
-        <v>1.64</v>
+        <v>0.72</v>
       </c>
       <c r="C300" t="s">
-        <v>819</v>
+        <v>1312</v>
       </c>
       <c r="D300" t="s">
-        <v>1243</v>
+        <v>1317</v>
       </c>
       <c r="E300" t="s">
-        <v>976</v>
+        <v>916</v>
       </c>
       <c r="F300" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G300" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H300" s="5">
-        <v>9133.0</v>
+        <v>8393.0</v>
       </c>
       <c r="I300" s="5">
-        <v>11051</v>
+        <v>10156</v>
       </c>
       <c r="J300" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K300" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="301" spans="1:13">
       <c r="A301" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B301">
-        <v>1.48</v>
+        <v>0.69</v>
       </c>
       <c r="C301" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D301" t="s">
-        <v>1244</v>
+        <v>1318</v>
       </c>
       <c r="E301" t="s">
-        <v>976</v>
+        <v>1029</v>
       </c>
       <c r="F301" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G301" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H301" s="5">
-        <v>8362.0</v>
+        <v>8204.0</v>
       </c>
       <c r="I301" s="5">
-        <v>10118</v>
+        <v>9927</v>
       </c>
       <c r="J301" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K301" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="302" spans="1:13">
       <c r="A302" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B302">
-        <v>1.43</v>
+        <v>0.69</v>
       </c>
       <c r="C302" t="s">
-        <v>959</v>
+        <v>1312</v>
       </c>
       <c r="D302" t="s">
-        <v>1245</v>
+        <v>1319</v>
       </c>
       <c r="E302" t="s">
-        <v>946</v>
+        <v>1279</v>
       </c>
       <c r="F302" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G302" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H302" s="5">
-        <v>10628.0</v>
+        <v>8204.0</v>
       </c>
       <c r="I302" s="5">
-        <v>12860</v>
+        <v>9927</v>
       </c>
       <c r="J302" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K302" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="303" spans="1:13">
       <c r="A303" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B303">
-        <v>1.32</v>
+        <v>0.67</v>
       </c>
       <c r="C303" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D303" t="s">
-        <v>1246</v>
+        <v>1320</v>
       </c>
       <c r="E303" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="F303" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G303" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H303" s="5">
-        <v>10212.0</v>
+        <v>8078.0</v>
       </c>
       <c r="I303" s="5">
-        <v>12357</v>
+        <v>9774</v>
       </c>
       <c r="J303" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K303" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="304" spans="1:13">
       <c r="A304" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B304">
-        <v>1.25</v>
+        <v>0.63</v>
       </c>
       <c r="C304" t="s">
-        <v>1017</v>
+        <v>910</v>
       </c>
       <c r="D304" t="s">
-        <v>1247</v>
+        <v>1321</v>
       </c>
       <c r="E304" t="s">
-        <v>946</v>
+        <v>1322</v>
       </c>
       <c r="F304" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G304" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H304" s="5">
-        <v>6711.0</v>
+        <v>7821.0</v>
       </c>
       <c r="I304" s="5">
-        <v>8120</v>
+        <v>9463</v>
       </c>
       <c r="J304" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K304" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="305" spans="1:13">
       <c r="A305" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B305">
-        <v>0.61</v>
+        <v>0.62</v>
       </c>
       <c r="C305" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D305" t="s">
-        <v>1248</v>
+        <v>1323</v>
       </c>
       <c r="E305" t="s">
-        <v>946</v>
+        <v>1324</v>
       </c>
       <c r="F305" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G305" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H305" s="5">
-        <v>5688.0</v>
+        <v>7758.0</v>
       </c>
       <c r="I305" s="5">
-        <v>6882</v>
+        <v>9387</v>
       </c>
       <c r="J305" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K305" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="306" spans="1:13">
       <c r="A306" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B306">
-        <v>0.49</v>
+        <v>0.57</v>
       </c>
       <c r="C306" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D306" t="s">
-        <v>1249</v>
+        <v>1325</v>
       </c>
       <c r="E306" t="s">
-        <v>1250</v>
+        <v>955</v>
       </c>
       <c r="F306" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G306" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H306" s="5">
-        <v>5236.0</v>
+        <v>7439.0</v>
       </c>
       <c r="I306" s="5">
-        <v>6336</v>
+        <v>9001</v>
       </c>
       <c r="J306" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K306" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="307" spans="1:13">
       <c r="A307" t="s">
-        <v>1251</v>
+        <v>950</v>
       </c>
       <c r="B307">
-        <v>7.88</v>
+        <v>0.56</v>
       </c>
       <c r="C307" t="s">
-        <v>919</v>
+        <v>910</v>
       </c>
       <c r="D307" t="s">
-        <v>1252</v>
+        <v>1326</v>
       </c>
       <c r="E307" t="s">
-        <v>1253</v>
+        <v>1327</v>
       </c>
       <c r="F307" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G307" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H307" s="5">
-        <v>13628.0</v>
+        <v>7376.0</v>
       </c>
       <c r="I307" s="5">
-        <v>16490</v>
+        <v>8925</v>
       </c>
       <c r="J307" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K307" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="308" spans="1:13">
       <c r="A308" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B308">
-        <v>7.72</v>
+        <v>0.79</v>
       </c>
       <c r="C308" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D308" t="s">
-        <v>1254</v>
+        <v>1328</v>
       </c>
       <c r="E308" t="s">
-        <v>1253</v>
+        <v>1327</v>
       </c>
       <c r="F308" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G308" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H308" s="5">
-        <v>20217.0</v>
+        <v>6420.0</v>
       </c>
       <c r="I308" s="5">
-        <v>24463</v>
+        <v>7768</v>
       </c>
       <c r="J308" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K308" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="309" spans="1:13">
       <c r="A309" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B309">
-        <v>7.03</v>
+        <v>0.66</v>
       </c>
       <c r="C309" t="s">
-        <v>919</v>
+        <v>893</v>
       </c>
       <c r="D309" t="s">
-        <v>1255</v>
+        <v>1329</v>
       </c>
       <c r="E309" t="s">
-        <v>1253</v>
+        <v>955</v>
       </c>
       <c r="F309" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G309" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H309" s="5">
-        <v>12828.0</v>
+        <v>9744.0</v>
       </c>
       <c r="I309" s="5">
-        <v>15522</v>
+        <v>11790</v>
       </c>
       <c r="J309" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K309" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="310" spans="1:13">
       <c r="A310" t="s">
-        <v>1251</v>
+        <v>898</v>
       </c>
       <c r="B310">
-        <v>5.56</v>
+        <v>4.48</v>
       </c>
       <c r="C310" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D310" t="s">
-        <v>1256</v>
+        <v>1330</v>
       </c>
       <c r="E310" t="s">
-        <v>1253</v>
+        <v>1161</v>
       </c>
       <c r="F310" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G310" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H310" s="5">
-        <v>17163.0</v>
+        <v>13628.0</v>
       </c>
       <c r="I310" s="5">
-        <v>20767</v>
+        <v>16490</v>
       </c>
       <c r="J310" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K310" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:13">
       <c r="A311" t="s">
-        <v>1251</v>
+        <v>898</v>
       </c>
       <c r="B311">
-        <v>4.04</v>
+        <v>4.39</v>
       </c>
       <c r="C311" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="D311" t="s">
-        <v>1257</v>
+        <v>1331</v>
       </c>
       <c r="E311" t="s">
-        <v>1253</v>
+        <v>1161</v>
       </c>
       <c r="F311" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G311" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H311" s="5">
-        <v>10812.0</v>
+        <v>13448.0</v>
       </c>
       <c r="I311" s="5">
-        <v>13083</v>
+        <v>16272</v>
       </c>
       <c r="J311" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K311" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="312" spans="1:13">
       <c r="A312" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B312">
-        <v>3.75</v>
+        <v>1.14</v>
       </c>
       <c r="C312" t="s">
-        <v>836</v>
+        <v>926</v>
       </c>
       <c r="D312" t="s">
-        <v>1258</v>
+        <v>1332</v>
       </c>
       <c r="E312" t="s">
-        <v>1253</v>
+        <v>916</v>
       </c>
       <c r="F312" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G312" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H312" s="5">
-        <v>10404.0</v>
+        <v>26208.0</v>
       </c>
       <c r="I312" s="5">
-        <v>12589</v>
+        <v>31712</v>
       </c>
       <c r="J312" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K312" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="313" spans="1:13">
       <c r="A313" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B313">
-        <v>3.61</v>
+        <v>0.92</v>
       </c>
       <c r="C313" t="s">
-        <v>836</v>
+        <v>1157</v>
       </c>
       <c r="D313" t="s">
-        <v>1259</v>
+        <v>1333</v>
       </c>
       <c r="E313" t="s">
-        <v>1260</v>
+        <v>1300</v>
       </c>
       <c r="F313" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G313" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H313" s="5">
-        <v>6804.0</v>
+        <v>8560.0</v>
       </c>
       <c r="I313" s="5">
-        <v>8233</v>
+        <v>10358</v>
       </c>
       <c r="J313" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K313" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="314" spans="1:13">
       <c r="A314" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B314">
-        <v>2.82</v>
+        <v>0.91</v>
       </c>
       <c r="C314" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D314" t="s">
-        <v>1261</v>
+        <v>1334</v>
       </c>
       <c r="E314" t="s">
-        <v>1253</v>
+        <v>1046</v>
       </c>
       <c r="F314" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G314" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H314" s="5">
-        <v>9009.0</v>
+        <v>11928.0</v>
       </c>
       <c r="I314" s="5">
-        <v>10901</v>
+        <v>14433</v>
       </c>
       <c r="J314" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K314" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="315" spans="1:13">
       <c r="A315" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B315">
-        <v>2.73</v>
+        <v>0.9</v>
       </c>
       <c r="C315" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D315" t="s">
-        <v>1262</v>
+        <v>1335</v>
       </c>
       <c r="E315" t="s">
-        <v>1253</v>
+        <v>916</v>
       </c>
       <c r="F315" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G315" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H315" s="5">
-        <v>8880.0</v>
+        <v>11872.0</v>
       </c>
       <c r="I315" s="5">
-        <v>10745</v>
+        <v>14365</v>
       </c>
       <c r="J315" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K315" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="316" spans="1:13">
       <c r="A316" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B316">
-        <v>2.17</v>
+        <v>0.68</v>
       </c>
       <c r="C316" t="s">
-        <v>1136</v>
+        <v>893</v>
       </c>
       <c r="D316" t="s">
-        <v>1263</v>
+        <v>1336</v>
       </c>
       <c r="E316" t="s">
-        <v>1253</v>
+        <v>1279</v>
       </c>
       <c r="F316" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G316" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H316" s="5">
-        <v>7326.0</v>
+        <v>5632.0</v>
       </c>
       <c r="I316" s="5">
-        <v>8864</v>
+        <v>6815</v>
       </c>
       <c r="J316" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K316" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="317" spans="1:13">
       <c r="A317" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B317">
-        <v>2.14</v>
+        <v>0.65</v>
       </c>
       <c r="C317" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D317" t="s">
-        <v>1264</v>
+        <v>1337</v>
       </c>
       <c r="E317" t="s">
-        <v>1147</v>
+        <v>916</v>
       </c>
       <c r="F317" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G317" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H317" s="5">
-        <v>7284.0</v>
+        <v>8304.0</v>
       </c>
       <c r="I317" s="5">
-        <v>8814</v>
+        <v>10048</v>
       </c>
       <c r="J317" t="s">
-        <v>941</v>
+        <v>1338</v>
       </c>
       <c r="K317" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="318" spans="1:13">
       <c r="A318" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B318">
-        <v>2.05</v>
+        <v>0.64</v>
       </c>
       <c r="C318" t="s">
-        <v>1136</v>
+        <v>893</v>
       </c>
       <c r="D318" t="s">
-        <v>1265</v>
+        <v>1339</v>
       </c>
       <c r="E318" t="s">
-        <v>1009</v>
+        <v>916</v>
       </c>
       <c r="F318" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G318" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H318" s="5">
-        <v>7158.0</v>
+        <v>9625.0</v>
       </c>
       <c r="I318" s="5">
-        <v>8661</v>
+        <v>11646</v>
       </c>
       <c r="J318" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K318" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="319" spans="1:13">
       <c r="A319" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B319">
-        <v>2.05</v>
+        <v>0.59</v>
       </c>
       <c r="C319" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D319" t="s">
-        <v>1266</v>
+        <v>1340</v>
       </c>
       <c r="E319" t="s">
-        <v>1253</v>
+        <v>916</v>
       </c>
       <c r="F319" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G319" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H319" s="5">
-        <v>7158.0</v>
+        <v>9338.0</v>
       </c>
       <c r="I319" s="5">
-        <v>8661</v>
+        <v>11299</v>
       </c>
       <c r="J319" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K319" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="320" spans="1:13">
       <c r="A320" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B320">
-        <v>1.82</v>
+        <v>0.56</v>
       </c>
       <c r="C320" t="s">
-        <v>836</v>
+        <v>939</v>
       </c>
       <c r="D320" t="s">
-        <v>1267</v>
+        <v>1341</v>
       </c>
       <c r="E320" t="s">
-        <v>1253</v>
+        <v>1279</v>
       </c>
       <c r="F320" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G320" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H320" s="5">
-        <v>6069.0</v>
+        <v>5236.0</v>
       </c>
       <c r="I320" s="5">
-        <v>7343</v>
+        <v>6336</v>
       </c>
       <c r="J320" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K320" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="321" spans="1:13">
       <c r="A321" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B321">
-        <v>1.78</v>
+        <v>0.57</v>
       </c>
       <c r="C321" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D321" t="s">
-        <v>1268</v>
+        <v>1342</v>
       </c>
       <c r="E321" t="s">
-        <v>1253</v>
+        <v>1343</v>
       </c>
       <c r="F321" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G321" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H321" s="5">
-        <v>4008.0</v>
+        <v>6835.0</v>
       </c>
       <c r="I321" s="5">
-        <v>4850</v>
+        <v>8270</v>
       </c>
       <c r="J321" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K321" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="322" spans="1:13">
       <c r="A322" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B322">
-        <v>1.14</v>
+        <v>0.5</v>
       </c>
       <c r="C322" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D322" t="s">
-        <v>1269</v>
+        <v>1344</v>
       </c>
       <c r="E322" t="s">
-        <v>1253</v>
+        <v>1345</v>
       </c>
       <c r="F322" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G322" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H322" s="5">
-        <v>4791.0</v>
+        <v>6464.0</v>
       </c>
       <c r="I322" s="5">
-        <v>5797</v>
+        <v>7821</v>
       </c>
       <c r="J322" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K322" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="323" spans="1:13">
       <c r="A323" t="s">
-        <v>1090</v>
+        <v>1003</v>
       </c>
       <c r="B323">
-        <v>1.34</v>
+        <v>0.47</v>
       </c>
       <c r="C323" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D323" t="s">
-        <v>1270</v>
+        <v>1346</v>
       </c>
       <c r="E323" t="s">
-        <v>1097</v>
+        <v>1343</v>
       </c>
       <c r="F323" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G323" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H323" s="5">
-        <v>11485.0</v>
+        <v>6306.0</v>
       </c>
       <c r="I323" s="5">
-        <v>13897</v>
+        <v>7630</v>
       </c>
       <c r="J323" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K323" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="324" spans="1:13">
       <c r="A324" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B324">
-        <v>3.38</v>
+        <v>0.45</v>
       </c>
       <c r="C324" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D324" t="s">
-        <v>1271</v>
+        <v>1347</v>
       </c>
       <c r="E324" t="s">
-        <v>946</v>
+        <v>1343</v>
       </c>
       <c r="F324" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G324" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H324" s="5">
-        <v>99000</v>
+        <v>6200.0</v>
       </c>
       <c r="I324" s="5">
-        <v>119790</v>
+        <v>7502</v>
       </c>
       <c r="J324" t="s">
-        <v>1272</v>
+        <v>1006</v>
       </c>
       <c r="K324" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="325" spans="1:13">
       <c r="A325" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B325">
-        <v>2.03</v>
+        <v>0.39</v>
       </c>
       <c r="C325" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D325" t="s">
-        <v>1273</v>
+        <v>1348</v>
       </c>
       <c r="E325" t="s">
-        <v>988</v>
+        <v>1343</v>
       </c>
       <c r="F325" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G325" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H325" s="5">
-        <v>395000</v>
+        <v>5882.0</v>
       </c>
       <c r="I325" s="5">
-        <v>477950</v>
+        <v>7117</v>
       </c>
       <c r="J325" t="s">
-        <v>1274</v>
+        <v>1006</v>
       </c>
       <c r="K325" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="326" spans="1:13">
       <c r="A326" t="s">
-        <v>885</v>
+        <v>1003</v>
       </c>
       <c r="B326">
-        <v>1.01</v>
+        <v>0.37</v>
       </c>
       <c r="C326" t="s">
-        <v>1275</v>
+        <v>910</v>
       </c>
       <c r="D326" t="s">
-        <v>1276</v>
+        <v>1349</v>
       </c>
       <c r="E326" t="s">
-        <v>1277</v>
+        <v>1345</v>
       </c>
       <c r="F326" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G326" t="s">
-        <v>1278</v>
+        <v>890</v>
       </c>
       <c r="H326" s="5">
-        <v>135500</v>
+        <v>5776.0</v>
       </c>
       <c r="I326" s="5">
-        <v>163955</v>
+        <v>6989</v>
       </c>
       <c r="J326" t="s">
-        <v>1279</v>
+        <v>1006</v>
       </c>
       <c r="K326" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="327" spans="1:13">
       <c r="A327" t="s">
-        <v>913</v>
+        <v>950</v>
       </c>
       <c r="B327">
-        <v>2.3</v>
+        <v>0.77</v>
       </c>
       <c r="C327" t="s">
-        <v>931</v>
+        <v>910</v>
       </c>
       <c r="D327" t="s">
-        <v>1280</v>
+        <v>1350</v>
       </c>
       <c r="E327" t="s">
-        <v>933</v>
+        <v>1027</v>
       </c>
       <c r="F327" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G327" t="s">
-        <v>934</v>
+        <v>890</v>
       </c>
       <c r="H327" s="5">
-        <v>500000</v>
+        <v>9189.0</v>
       </c>
       <c r="I327" s="5">
-        <v>605000</v>
+        <v>11119</v>
       </c>
       <c r="J327" t="s">
-        <v>938</v>
+        <v>896</v>
       </c>
       <c r="K327" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="328" spans="1:13">
       <c r="A328" t="s">
-        <v>913</v>
+        <v>898</v>
       </c>
       <c r="B328">
-        <v>1.04</v>
+        <v>2.54</v>
       </c>
       <c r="C328" t="s">
-        <v>1281</v>
+        <v>910</v>
       </c>
       <c r="D328" t="s">
-        <v>1282</v>
+        <v>1351</v>
       </c>
       <c r="E328" t="s">
-        <v>1023</v>
+        <v>1352</v>
       </c>
       <c r="F328" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G328" t="s">
-        <v>1283</v>
+        <v>890</v>
       </c>
       <c r="H328" s="5">
-        <v>375000</v>
+        <v>17645.0</v>
       </c>
       <c r="I328" s="5">
-        <v>453750</v>
+        <v>21350</v>
       </c>
       <c r="J328" t="s">
-        <v>1284</v>
+        <v>896</v>
       </c>
       <c r="K328" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="329" spans="1:13">
       <c r="A329" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B329">
-        <v>2.13</v>
+        <v>1.32</v>
       </c>
       <c r="C329" t="s">
-        <v>1285</v>
+        <v>893</v>
       </c>
       <c r="D329" t="s">
-        <v>1286</v>
+        <v>1353</v>
       </c>
       <c r="E329" t="s">
-        <v>946</v>
+        <v>1352</v>
       </c>
       <c r="F329" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G329" t="s">
-        <v>934</v>
+        <v>890</v>
       </c>
       <c r="H329" s="5">
-        <v>230000</v>
+        <v>8775.0</v>
       </c>
       <c r="I329" s="5">
-        <v>278300</v>
+        <v>10618</v>
       </c>
       <c r="J329" t="s">
-        <v>1287</v>
+        <v>896</v>
       </c>
       <c r="K329" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="330" spans="1:13">
       <c r="A330" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B330">
-        <v>0.93</v>
+        <v>1.16</v>
       </c>
       <c r="C330" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D330" t="s">
-        <v>1288</v>
+        <v>1354</v>
       </c>
       <c r="E330" t="s">
-        <v>1170</v>
+        <v>1355</v>
       </c>
       <c r="F330" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G330" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H330" s="5">
-        <v>8202.0</v>
+        <v>8097.0</v>
       </c>
       <c r="I330" s="5">
-        <v>9924</v>
+        <v>9797</v>
       </c>
       <c r="J330" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K330" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="331" spans="1:13">
       <c r="A331" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B331">
-        <v>0.79</v>
+        <v>7.66</v>
       </c>
       <c r="C331" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D331" t="s">
-        <v>1289</v>
+        <v>1356</v>
       </c>
       <c r="E331" t="s">
-        <v>1097</v>
+        <v>1352</v>
       </c>
       <c r="F331" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G331" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H331" s="5">
-        <v>26181.0</v>
+        <v>33842.0</v>
       </c>
       <c r="I331" s="5">
-        <v>31679</v>
+        <v>40949</v>
       </c>
       <c r="J331" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K331" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="332" spans="1:13">
       <c r="A332" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B332">
-        <v>2.29</v>
+        <v>6.15</v>
       </c>
       <c r="C332" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D332" t="s">
-        <v>1290</v>
+        <v>1357</v>
       </c>
       <c r="E332" t="s">
-        <v>1291</v>
+        <v>1358</v>
       </c>
       <c r="F332" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G332" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H332" s="5">
-        <v>46697.0</v>
+        <v>26628.0</v>
       </c>
       <c r="I332" s="5">
-        <v>56503</v>
+        <v>32220</v>
       </c>
       <c r="J332" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K332" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="333" spans="1:13">
       <c r="A333" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B333">
-        <v>0.6</v>
+        <v>5.29</v>
       </c>
       <c r="C333" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D333" t="s">
-        <v>1292</v>
+        <v>1359</v>
       </c>
       <c r="E333" t="s">
-        <v>871</v>
+        <v>1352</v>
       </c>
       <c r="F333" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G333" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H333" s="5">
-        <v>7999.0</v>
+        <v>22904.0</v>
       </c>
       <c r="I333" s="5">
-        <v>9679</v>
+        <v>27714</v>
       </c>
       <c r="J333" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K333" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="334" spans="1:13">
       <c r="A334" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B334">
-        <v>0.94</v>
+        <v>1.01</v>
       </c>
       <c r="C334" t="s">
-        <v>819</v>
+        <v>1360</v>
       </c>
       <c r="D334" t="s">
-        <v>1293</v>
+        <v>1361</v>
       </c>
       <c r="E334" t="s">
-        <v>976</v>
+        <v>936</v>
       </c>
       <c r="F334" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G334" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H334" s="5">
-        <v>39524.0</v>
+        <v>6747.0</v>
       </c>
       <c r="I334" s="5">
-        <v>47824</v>
+        <v>8164</v>
       </c>
       <c r="J334" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K334" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="335" spans="1:13">
       <c r="A335" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B335">
-        <v>1.28</v>
+        <v>1.8</v>
       </c>
       <c r="C335" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D335" t="s">
-        <v>1294</v>
+        <v>1362</v>
       </c>
       <c r="E335" t="s">
-        <v>871</v>
+        <v>1363</v>
       </c>
       <c r="F335" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G335" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H335" s="5">
-        <v>4917.0</v>
+        <v>8213.0</v>
       </c>
       <c r="I335" s="5">
-        <v>5950</v>
+        <v>9938</v>
       </c>
       <c r="J335" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K335" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="336" spans="1:13">
       <c r="A336" t="s">
-        <v>982</v>
+        <v>885</v>
       </c>
       <c r="B336">
-        <v>2.23</v>
+        <v>10.76</v>
       </c>
       <c r="C336" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D336" t="s">
-        <v>1295</v>
+        <v>1364</v>
       </c>
       <c r="E336" t="s">
-        <v>1152</v>
+        <v>888</v>
       </c>
       <c r="F336" t="s">
-        <v>822</v>
+        <v>1113</v>
       </c>
       <c r="G336" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H336" s="5">
-        <v>3750.0</v>
+        <v>690000.0</v>
       </c>
       <c r="I336" s="5">
-        <v>4538</v>
+        <v>834900</v>
       </c>
       <c r="J336" t="s">
-        <v>941</v>
+        <v>1365</v>
       </c>
       <c r="K336" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="337" spans="1:13">
       <c r="A337" t="s">
-        <v>1113</v>
+        <v>885</v>
       </c>
       <c r="B337">
-        <v>1.16</v>
+        <v>5.74</v>
       </c>
       <c r="C337" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D337" t="s">
-        <v>1296</v>
+        <v>1366</v>
       </c>
       <c r="E337" t="s">
-        <v>1097</v>
+        <v>888</v>
       </c>
       <c r="F337" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G337" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H337" s="5">
-        <v>6493.0</v>
+        <v>264000.0</v>
       </c>
       <c r="I337" s="5">
-        <v>7857</v>
+        <v>319440</v>
       </c>
       <c r="J337" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="K337" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="338" spans="1:13">
       <c r="A338" t="s">
-        <v>1014</v>
+        <v>885</v>
       </c>
       <c r="B338">
-        <v>1.14</v>
+        <v>5.25</v>
       </c>
       <c r="C338" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D338" t="s">
-        <v>1297</v>
+        <v>1367</v>
       </c>
       <c r="E338" t="s">
-        <v>1298</v>
+        <v>966</v>
       </c>
       <c r="F338" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G338" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H338" s="5">
-        <v>9180.0</v>
+        <v>184000.0</v>
       </c>
       <c r="I338" s="5">
-        <v>11108</v>
+        <v>222640</v>
       </c>
       <c r="J338" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="K338" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="339" spans="1:13">
       <c r="A339" t="s">
-        <v>995</v>
+        <v>885</v>
       </c>
       <c r="B339">
-        <v>4.29</v>
+        <v>3.61</v>
       </c>
       <c r="C339" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D339" t="s">
-        <v>1299</v>
+        <v>1368</v>
       </c>
       <c r="E339" t="s">
-        <v>961</v>
+        <v>1221</v>
       </c>
       <c r="F339" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G339" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H339" s="5">
-        <v>18490.0</v>
+        <v>190000.0</v>
       </c>
       <c r="I339" s="5">
-        <v>22373</v>
+        <v>229900</v>
       </c>
       <c r="J339" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="K339" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="340" spans="1:13">
       <c r="A340" t="s">
-        <v>995</v>
+        <v>885</v>
       </c>
       <c r="B340">
-        <v>2.71</v>
+        <v>3.16</v>
       </c>
       <c r="C340" t="s">
-        <v>836</v>
+        <v>1369</v>
       </c>
       <c r="D340" t="s">
-        <v>1300</v>
+        <v>1370</v>
       </c>
       <c r="E340" t="s">
-        <v>961</v>
+        <v>1221</v>
       </c>
       <c r="F340" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G340" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H340" s="5">
-        <v>8211.0</v>
+        <v>176000.0</v>
       </c>
       <c r="I340" s="5">
-        <v>9935</v>
+        <v>212960</v>
       </c>
       <c r="J340" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="K340" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="341" spans="1:13">
       <c r="A341" t="s">
-        <v>939</v>
+        <v>885</v>
       </c>
       <c r="B341">
-        <v>2.97</v>
+        <v>2.96</v>
       </c>
       <c r="C341" t="s">
-        <v>839</v>
+        <v>886</v>
       </c>
       <c r="D341" t="s">
-        <v>1301</v>
+        <v>1371</v>
       </c>
       <c r="E341" t="s">
-        <v>976</v>
+        <v>888</v>
       </c>
       <c r="F341" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G341" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H341" s="5">
-        <v>13854.0</v>
+        <v>110000.0</v>
       </c>
       <c r="I341" s="5">
-        <v>16763</v>
+        <v>133100</v>
       </c>
       <c r="J341" t="s">
-        <v>941</v>
+        <v>963</v>
       </c>
       <c r="K341" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="342" spans="1:13">
       <c r="A342" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="B342">
-        <v>2.68</v>
+        <v>10.68</v>
       </c>
       <c r="C342" t="s">
-        <v>839</v>
+        <v>910</v>
       </c>
       <c r="D342" t="s">
-        <v>1302</v>
+        <v>1372</v>
       </c>
       <c r="E342" t="s">
-        <v>976</v>
+        <v>1012</v>
       </c>
       <c r="F342" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G342" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H342" s="5">
-        <v>12887.0</v>
+        <v>17066.0</v>
       </c>
       <c r="I342" s="5">
-        <v>15593</v>
+        <v>20650</v>
       </c>
       <c r="J342" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K342" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="343" spans="1:13">
       <c r="A343" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="B343">
-        <v>1.96</v>
+        <v>7.68</v>
       </c>
       <c r="C343" t="s">
-        <v>839</v>
+        <v>910</v>
       </c>
       <c r="D343" t="s">
-        <v>1303</v>
+        <v>1373</v>
       </c>
       <c r="E343" t="s">
-        <v>976</v>
+        <v>1374</v>
       </c>
       <c r="F343" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G343" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H343" s="5">
-        <v>9357.0</v>
+        <v>13440.0</v>
       </c>
       <c r="I343" s="5">
-        <v>11322</v>
+        <v>16262</v>
       </c>
       <c r="J343" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K343" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="344" spans="1:13">
       <c r="A344" t="s">
-        <v>1090</v>
+        <v>917</v>
       </c>
       <c r="B344">
-        <v>0.93</v>
+        <v>7.61</v>
       </c>
       <c r="C344" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D344" t="s">
-        <v>1304</v>
+        <v>1375</v>
       </c>
       <c r="E344" t="s">
-        <v>1097</v>
+        <v>1343</v>
       </c>
       <c r="F344" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G344" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H344" s="5">
-        <v>6562.0</v>
+        <v>13374.0</v>
       </c>
       <c r="I344" s="5">
-        <v>7940</v>
+        <v>16183</v>
       </c>
       <c r="J344" t="s">
-        <v>1305</v>
+        <v>896</v>
       </c>
       <c r="K344" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="345" spans="1:13">
       <c r="A345" t="s">
-        <v>1090</v>
+        <v>917</v>
       </c>
       <c r="B345">
-        <v>0.82</v>
+        <v>7.15</v>
       </c>
       <c r="C345" t="s">
-        <v>836</v>
+        <v>926</v>
       </c>
       <c r="D345" t="s">
-        <v>1306</v>
+        <v>1376</v>
       </c>
       <c r="E345" t="s">
-        <v>1307</v>
+        <v>906</v>
       </c>
       <c r="F345" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G345" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H345" s="5">
-        <v>6154.0</v>
+        <v>12940.0</v>
       </c>
       <c r="I345" s="5">
-        <v>7446</v>
+        <v>15657</v>
       </c>
       <c r="J345" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K345" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="346" spans="1:13">
       <c r="A346" t="s">
-        <v>944</v>
+        <v>917</v>
       </c>
       <c r="B346">
-        <v>5.88</v>
+        <v>6.01</v>
       </c>
       <c r="C346" t="s">
-        <v>819</v>
+        <v>1166</v>
       </c>
       <c r="D346" t="s">
-        <v>1308</v>
+        <v>1377</v>
       </c>
       <c r="E346" t="s">
-        <v>946</v>
+        <v>1374</v>
       </c>
       <c r="F346" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G346" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H346" s="5">
-        <v>8867.0</v>
+        <v>14833.0</v>
       </c>
       <c r="I346" s="5">
-        <v>10729</v>
+        <v>17948</v>
       </c>
       <c r="J346" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K346" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="347" spans="1:13">
       <c r="A347" t="s">
-        <v>944</v>
+        <v>917</v>
       </c>
       <c r="B347">
-        <v>1.94</v>
+        <v>5.92</v>
       </c>
       <c r="C347" t="s">
-        <v>839</v>
+        <v>1038</v>
       </c>
       <c r="D347" t="s">
-        <v>1309</v>
+        <v>1378</v>
       </c>
       <c r="E347" t="s">
-        <v>1310</v>
+        <v>1343</v>
       </c>
       <c r="F347" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G347" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H347" s="5">
-        <v>9091.0</v>
+        <v>14728.0</v>
       </c>
       <c r="I347" s="5">
-        <v>11000</v>
+        <v>17821</v>
       </c>
       <c r="J347" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K347" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="348" spans="1:13">
       <c r="A348" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B348">
-        <v>2.27</v>
+        <v>5.21</v>
       </c>
       <c r="C348" t="s">
-        <v>819</v>
+        <v>1171</v>
       </c>
       <c r="D348" t="s">
-        <v>1311</v>
+        <v>1379</v>
       </c>
       <c r="E348" t="s">
-        <v>1205</v>
+        <v>1343</v>
       </c>
       <c r="F348" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G348" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H348" s="5">
-        <v>5771.0</v>
+        <v>16671.0</v>
       </c>
       <c r="I348" s="5">
-        <v>6983</v>
+        <v>20172</v>
       </c>
       <c r="J348" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K348" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="349" spans="1:13">
       <c r="A349" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B349">
-        <v>2.49</v>
+        <v>4.83</v>
       </c>
       <c r="C349" t="s">
-        <v>1312</v>
+        <v>886</v>
       </c>
       <c r="D349" t="s">
-        <v>1313</v>
+        <v>1380</v>
       </c>
       <c r="E349" t="s">
-        <v>1205</v>
+        <v>1343</v>
       </c>
       <c r="F349" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G349" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H349" s="5">
-        <v>5960.0</v>
+        <v>11928.0</v>
       </c>
       <c r="I349" s="5">
-        <v>7212</v>
+        <v>14433</v>
       </c>
       <c r="J349" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K349" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="350" spans="1:13">
       <c r="A350" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B350">
-        <v>8.44</v>
+        <v>4.41</v>
       </c>
       <c r="C350" t="s">
-        <v>836</v>
+        <v>1381</v>
       </c>
       <c r="D350" t="s">
-        <v>1314</v>
+        <v>1382</v>
       </c>
       <c r="E350" t="s">
-        <v>1205</v>
+        <v>1343</v>
       </c>
       <c r="F350" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G350" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H350" s="5">
-        <v>11866.0</v>
+        <v>7558.0</v>
       </c>
       <c r="I350" s="5">
-        <v>14358</v>
+        <v>9145</v>
       </c>
       <c r="J350" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K350" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="351" spans="1:13">
       <c r="A351" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B351">
-        <v>2.86</v>
+        <v>3.91</v>
       </c>
       <c r="C351" t="s">
-        <v>1315</v>
+        <v>1381</v>
       </c>
       <c r="D351" t="s">
-        <v>1316</v>
+        <v>1383</v>
       </c>
       <c r="E351" t="s">
-        <v>1317</v>
+        <v>1343</v>
       </c>
       <c r="F351" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G351" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H351" s="5">
-        <v>4488.0</v>
+        <v>7086.0</v>
       </c>
       <c r="I351" s="5">
-        <v>5430</v>
+        <v>8574</v>
       </c>
       <c r="J351" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K351" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="352" spans="1:13">
       <c r="A352" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B352">
-        <v>2.2</v>
+        <v>3.74</v>
       </c>
       <c r="C352" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D352" t="s">
-        <v>1318</v>
+        <v>1384</v>
       </c>
       <c r="E352" t="s">
-        <v>1205</v>
+        <v>1343</v>
       </c>
       <c r="F352" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G352" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H352" s="5">
-        <v>4077.0</v>
+        <v>6926.0</v>
       </c>
       <c r="I352" s="5">
-        <v>4933</v>
+        <v>8380</v>
       </c>
       <c r="J352" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K352" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="353" spans="1:13">
       <c r="A353" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B353">
-        <v>8.03</v>
+        <v>3.35</v>
       </c>
       <c r="C353" t="s">
-        <v>836</v>
+        <v>1385</v>
       </c>
       <c r="D353" t="s">
-        <v>1319</v>
+        <v>1386</v>
       </c>
       <c r="E353" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="F353" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G353" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H353" s="5">
-        <v>9633.0</v>
+        <v>6318.0</v>
       </c>
       <c r="I353" s="5">
-        <v>11656</v>
+        <v>7645</v>
       </c>
       <c r="J353" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K353" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="354" spans="1:13">
       <c r="A354" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B354">
-        <v>1.91</v>
+        <v>3.07</v>
       </c>
       <c r="C354" t="s">
-        <v>959</v>
+        <v>939</v>
       </c>
       <c r="D354" t="s">
-        <v>1320</v>
+        <v>1387</v>
       </c>
       <c r="E354" t="s">
-        <v>1205</v>
+        <v>906</v>
       </c>
       <c r="F354" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G354" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H354" s="5">
-        <v>4372.0</v>
+        <v>9081.0</v>
       </c>
       <c r="I354" s="5">
-        <v>5290</v>
+        <v>10988</v>
       </c>
       <c r="J354" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K354" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="355" spans="1:13">
       <c r="A355" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B355">
-        <v>3.95</v>
+        <v>3.05</v>
       </c>
       <c r="C355" t="s">
-        <v>1017</v>
+        <v>939</v>
       </c>
       <c r="D355" t="s">
-        <v>1321</v>
+        <v>1388</v>
       </c>
       <c r="E355" t="s">
-        <v>1222</v>
+        <v>1389</v>
       </c>
       <c r="F355" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G355" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H355" s="5">
-        <v>3614.0</v>
+        <v>9054.0</v>
       </c>
       <c r="I355" s="5">
-        <v>4373</v>
+        <v>10955</v>
       </c>
       <c r="J355" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K355" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="356" spans="1:13">
       <c r="A356" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B356">
-        <v>2.91</v>
+        <v>2.22</v>
       </c>
       <c r="C356" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D356" t="s">
-        <v>1322</v>
+        <v>1390</v>
       </c>
       <c r="E356" t="s">
-        <v>1205</v>
+        <v>1012</v>
       </c>
       <c r="F356" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G356" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H356" s="5">
-        <v>6325.0</v>
+        <v>7398.0</v>
       </c>
       <c r="I356" s="5">
-        <v>7653</v>
+        <v>8952</v>
       </c>
       <c r="J356" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K356" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="357" spans="1:13">
       <c r="A357" t="s">
-        <v>1251</v>
+        <v>917</v>
       </c>
       <c r="B357">
-        <v>3</v>
+        <v>2.04</v>
       </c>
       <c r="C357" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D357" t="s">
-        <v>1323</v>
+        <v>1391</v>
       </c>
       <c r="E357" t="s">
-        <v>1253</v>
+        <v>1392</v>
       </c>
       <c r="F357" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G357" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H357" s="5">
-        <v>7752.0</v>
+        <v>7143.0</v>
       </c>
       <c r="I357" s="5">
-        <v>9380</v>
+        <v>8643</v>
       </c>
       <c r="J357" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K357" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="358" spans="1:13">
       <c r="A358" t="s">
-        <v>1251</v>
+        <v>917</v>
       </c>
       <c r="B358">
-        <v>6.7</v>
+        <v>1.67</v>
       </c>
       <c r="C358" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D358" t="s">
-        <v>1324</v>
+        <v>1393</v>
       </c>
       <c r="E358" t="s">
-        <v>1253</v>
+        <v>1392</v>
       </c>
       <c r="F358" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G358" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H358" s="5">
-        <v>8701.0</v>
+        <v>3904.0</v>
       </c>
       <c r="I358" s="5">
-        <v>10528</v>
+        <v>4724</v>
       </c>
       <c r="J358" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K358" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="359" spans="1:13">
       <c r="A359" t="s">
-        <v>1251</v>
+        <v>917</v>
       </c>
       <c r="B359">
-        <v>2.75</v>
+        <v>1.51</v>
       </c>
       <c r="C359" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D359" t="s">
-        <v>1325</v>
+        <v>1394</v>
       </c>
       <c r="E359" t="s">
-        <v>1253</v>
+        <v>1201</v>
       </c>
       <c r="F359" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G359" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H359" s="5">
-        <v>4536.0</v>
+        <v>7508.0</v>
       </c>
       <c r="I359" s="5">
-        <v>5489</v>
+        <v>9085</v>
       </c>
       <c r="J359" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K359" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="360" spans="1:13">
       <c r="A360" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B360">
-        <v>0.96</v>
+        <v>1.51</v>
       </c>
       <c r="C360" t="s">
-        <v>836</v>
+        <v>1038</v>
       </c>
       <c r="D360" t="s">
-        <v>1326</v>
+        <v>1395</v>
       </c>
       <c r="E360" t="s">
-        <v>1023</v>
+        <v>1201</v>
       </c>
       <c r="F360" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G360" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H360" s="5">
-        <v>5326.0</v>
+        <v>7508.0</v>
       </c>
       <c r="I360" s="5">
-        <v>6444</v>
+        <v>9085</v>
       </c>
       <c r="J360" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K360" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="361" spans="1:13">
       <c r="A361" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B361">
-        <v>0.82</v>
+        <v>1.5</v>
       </c>
       <c r="C361" t="s">
-        <v>836</v>
+        <v>1038</v>
       </c>
       <c r="D361" t="s">
-        <v>1327</v>
+        <v>1396</v>
       </c>
       <c r="E361" t="s">
-        <v>1023</v>
+        <v>1201</v>
       </c>
       <c r="F361" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G361" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H361" s="5">
-        <v>7366.0</v>
+        <v>7488.0</v>
       </c>
       <c r="I361" s="5">
-        <v>8913</v>
+        <v>9060</v>
       </c>
       <c r="J361" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K361" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="362" spans="1:13">
       <c r="A362" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B362">
-        <v>0.42</v>
+        <v>1.49</v>
       </c>
       <c r="C362" t="s">
-        <v>839</v>
+        <v>1038</v>
       </c>
       <c r="D362" t="s">
-        <v>1328</v>
+        <v>1397</v>
       </c>
       <c r="E362" t="s">
-        <v>1023</v>
+        <v>1201</v>
       </c>
       <c r="F362" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G362" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H362" s="5">
-        <v>5584.0</v>
+        <v>7048.0</v>
       </c>
       <c r="I362" s="5">
-        <v>6757</v>
+        <v>8528</v>
       </c>
       <c r="J362" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K362" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="363" spans="1:13">
       <c r="A363" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B363">
-        <v>1.05</v>
+        <v>1.49</v>
       </c>
       <c r="C363" t="s">
-        <v>836</v>
+        <v>1038</v>
       </c>
       <c r="D363" t="s">
-        <v>1329</v>
+        <v>1398</v>
       </c>
       <c r="E363" t="s">
-        <v>961</v>
+        <v>1201</v>
       </c>
       <c r="F363" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G363" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H363" s="5">
-        <v>10255.0</v>
+        <v>7048.0</v>
       </c>
       <c r="I363" s="5">
-        <v>12409</v>
+        <v>8528</v>
       </c>
       <c r="J363" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K363" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="364" spans="1:13">
       <c r="A364" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B364">
-        <v>0.88</v>
+        <v>1.48</v>
       </c>
       <c r="C364" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D364" t="s">
-        <v>1330</v>
+        <v>1399</v>
       </c>
       <c r="E364" t="s">
-        <v>1331</v>
+        <v>1201</v>
       </c>
       <c r="F364" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G364" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H364" s="5">
-        <v>5089.0</v>
+        <v>7028.0</v>
       </c>
       <c r="I364" s="5">
-        <v>6158</v>
+        <v>8504</v>
       </c>
       <c r="J364" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K364" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="365" spans="1:13">
       <c r="A365" t="s">
-        <v>944</v>
+        <v>917</v>
       </c>
       <c r="B365">
-        <v>1.99</v>
+        <v>1.45</v>
       </c>
       <c r="C365" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D365" t="s">
-        <v>1332</v>
+        <v>1400</v>
       </c>
       <c r="E365" t="s">
-        <v>946</v>
+        <v>1201</v>
       </c>
       <c r="F365" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G365" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H365" s="5">
-        <v>4876.0</v>
+        <v>6972.0</v>
       </c>
       <c r="I365" s="5">
-        <v>5900</v>
+        <v>8436</v>
       </c>
       <c r="J365" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K365" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="366" spans="1:13">
       <c r="A366" t="s">
-        <v>944</v>
+        <v>917</v>
       </c>
       <c r="B366">
-        <v>2.36</v>
+        <v>1.45</v>
       </c>
       <c r="C366" t="s">
-        <v>827</v>
+        <v>1038</v>
       </c>
       <c r="D366" t="s">
-        <v>1333</v>
+        <v>1401</v>
       </c>
       <c r="E366" t="s">
-        <v>946</v>
+        <v>1201</v>
       </c>
       <c r="F366" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G366" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H366" s="5">
-        <v>3877.0</v>
+        <v>6972.0</v>
       </c>
       <c r="I366" s="5">
-        <v>4691</v>
+        <v>8436</v>
       </c>
       <c r="J366" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K366" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="367" spans="1:13">
       <c r="A367" t="s">
-        <v>944</v>
+        <v>917</v>
       </c>
       <c r="B367">
-        <v>2.93</v>
+        <v>1.44</v>
       </c>
       <c r="C367" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D367" t="s">
-        <v>1334</v>
+        <v>1402</v>
       </c>
       <c r="E367" t="s">
-        <v>946</v>
+        <v>1012</v>
       </c>
       <c r="F367" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G367" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H367" s="5">
-        <v>4215.0</v>
+        <v>6952.0</v>
       </c>
       <c r="I367" s="5">
-        <v>5100</v>
+        <v>8412</v>
       </c>
       <c r="J367" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K367" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="368" spans="1:13">
       <c r="A368" t="s">
-        <v>944</v>
+        <v>917</v>
       </c>
       <c r="B368">
-        <v>3.18</v>
+        <v>1.4</v>
       </c>
       <c r="C368" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D368" t="s">
-        <v>1335</v>
+        <v>1403</v>
       </c>
       <c r="E368" t="s">
-        <v>946</v>
+        <v>1201</v>
       </c>
       <c r="F368" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G368" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H368" s="5">
-        <v>5819.0</v>
+        <v>6876.0</v>
       </c>
       <c r="I368" s="5">
-        <v>7041</v>
+        <v>8320</v>
       </c>
       <c r="J368" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K368" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="369" spans="1:13">
       <c r="A369" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B369">
-        <v>3.91</v>
+        <v>4.17</v>
       </c>
       <c r="C369" t="s">
-        <v>839</v>
+        <v>886</v>
       </c>
       <c r="D369" t="s">
-        <v>1336</v>
+        <v>1404</v>
       </c>
       <c r="E369" t="s">
-        <v>1250</v>
+        <v>934</v>
       </c>
       <c r="F369" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G369" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H369" s="5">
-        <v>4798.0</v>
+        <v>48535.0</v>
       </c>
       <c r="I369" s="5">
-        <v>5806</v>
+        <v>58727</v>
       </c>
       <c r="J369" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K369" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="370" spans="1:13">
       <c r="A370" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B370">
-        <v>3.56</v>
+        <v>3.88</v>
       </c>
       <c r="C370" t="s">
-        <v>971</v>
+        <v>886</v>
       </c>
       <c r="D370" t="s">
-        <v>1337</v>
+        <v>1405</v>
       </c>
       <c r="E370" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="F370" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G370" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H370" s="5">
-        <v>8414.0</v>
+        <v>32517.0</v>
       </c>
       <c r="I370" s="5">
-        <v>10181</v>
+        <v>39346</v>
       </c>
       <c r="J370" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K370" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="371" spans="1:13">
       <c r="A371" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B371">
-        <v>3.42</v>
+        <v>2.98</v>
       </c>
       <c r="C371" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D371" t="s">
-        <v>1338</v>
+        <v>1406</v>
       </c>
       <c r="E371" t="s">
-        <v>946</v>
+        <v>1407</v>
       </c>
       <c r="F371" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G371" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H371" s="5">
-        <v>6009.0</v>
+        <v>21730.0</v>
       </c>
       <c r="I371" s="5">
-        <v>7271</v>
+        <v>26293</v>
       </c>
       <c r="J371" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K371" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="372" spans="1:13">
       <c r="A372" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B372">
-        <v>3.19</v>
+        <v>1.88</v>
       </c>
       <c r="C372" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D372" t="s">
-        <v>1339</v>
+        <v>1408</v>
       </c>
       <c r="E372" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="F372" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G372" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H372" s="5">
-        <v>5826.0</v>
+        <v>12748.0</v>
       </c>
       <c r="I372" s="5">
-        <v>7049</v>
+        <v>15425</v>
       </c>
       <c r="J372" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K372" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="373" spans="1:13">
       <c r="A373" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B373">
-        <v>1.28</v>
+        <v>1.64</v>
       </c>
       <c r="C373" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D373" t="s">
-        <v>1340</v>
+        <v>1409</v>
       </c>
       <c r="E373" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="F373" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G373" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H373" s="5">
-        <v>5931.0</v>
+        <v>9133.0</v>
       </c>
       <c r="I373" s="5">
-        <v>7177</v>
+        <v>11051</v>
       </c>
       <c r="J373" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K373" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="374" spans="1:13">
       <c r="A374" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B374">
-        <v>3.34</v>
+        <v>1.48</v>
       </c>
       <c r="C374" t="s">
-        <v>827</v>
+        <v>910</v>
       </c>
       <c r="D374" t="s">
-        <v>1341</v>
+        <v>1410</v>
       </c>
       <c r="E374" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="F374" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G374" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H374" s="5">
-        <v>8175.0</v>
+        <v>8362.0</v>
       </c>
       <c r="I374" s="5">
-        <v>9892</v>
+        <v>10118</v>
       </c>
       <c r="J374" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K374" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="375" spans="1:13">
       <c r="A375" t="s">
-        <v>866</v>
+        <v>932</v>
       </c>
       <c r="B375">
-        <v>0.56</v>
+        <v>1.43</v>
       </c>
       <c r="C375" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D375" t="s">
-        <v>1342</v>
+        <v>1411</v>
       </c>
       <c r="E375" t="s">
-        <v>1343</v>
+        <v>934</v>
       </c>
       <c r="F375" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G375" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H375" s="5">
-        <v>24748.0</v>
+        <v>10628.0</v>
       </c>
       <c r="I375" s="5">
-        <v>29945</v>
+        <v>12860</v>
       </c>
       <c r="J375" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K375" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="376" spans="1:13">
       <c r="A376" t="s">
-        <v>1090</v>
+        <v>932</v>
       </c>
       <c r="B376">
-        <v>0.59</v>
+        <v>1.32</v>
       </c>
       <c r="C376" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D376" t="s">
-        <v>1344</v>
+        <v>1412</v>
       </c>
       <c r="E376" t="s">
-        <v>1097</v>
+        <v>934</v>
       </c>
       <c r="F376" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G376" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H376" s="5">
-        <v>4931.0</v>
+        <v>10212.0</v>
       </c>
       <c r="I376" s="5">
-        <v>5967</v>
+        <v>12357</v>
       </c>
       <c r="J376" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K376" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="377" spans="1:13">
       <c r="A377" t="s">
-        <v>1090</v>
+        <v>932</v>
       </c>
       <c r="B377">
-        <v>0.45</v>
+        <v>1.25</v>
       </c>
       <c r="C377" t="s">
-        <v>819</v>
+        <v>1209</v>
       </c>
       <c r="D377" t="s">
-        <v>1345</v>
+        <v>1413</v>
       </c>
       <c r="E377" t="s">
-        <v>1346</v>
+        <v>934</v>
       </c>
       <c r="F377" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G377" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H377" s="5">
-        <v>6988.0</v>
+        <v>6711.0</v>
       </c>
       <c r="I377" s="5">
-        <v>8455</v>
+        <v>8120</v>
       </c>
       <c r="J377" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K377" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="378" spans="1:13">
       <c r="A378" t="s">
-        <v>1113</v>
+        <v>932</v>
       </c>
       <c r="B378">
-        <v>1.09</v>
+        <v>0.61</v>
       </c>
       <c r="C378" t="s">
-        <v>827</v>
+        <v>939</v>
       </c>
       <c r="D378" t="s">
-        <v>1347</v>
+        <v>1414</v>
       </c>
       <c r="E378" t="s">
-        <v>1097</v>
+        <v>934</v>
       </c>
       <c r="F378" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G378" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H378" s="5">
-        <v>14355.0</v>
+        <v>5688.0</v>
       </c>
       <c r="I378" s="5">
-        <v>17370</v>
+        <v>6882</v>
       </c>
       <c r="J378" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K378" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="379" spans="1:13">
       <c r="A379" t="s">
-        <v>995</v>
+        <v>932</v>
       </c>
       <c r="B379">
-        <v>2.15</v>
+        <v>0.49</v>
       </c>
       <c r="C379" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D379" t="s">
-        <v>1348</v>
+        <v>1415</v>
       </c>
       <c r="E379" t="s">
-        <v>1349</v>
+        <v>1416</v>
       </c>
       <c r="F379" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G379" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H379" s="5">
-        <v>10076.0</v>
+        <v>5236.0</v>
       </c>
       <c r="I379" s="5">
-        <v>12192</v>
+        <v>6336</v>
       </c>
       <c r="J379" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K379" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="380" spans="1:13">
       <c r="A380" t="s">
-        <v>995</v>
+        <v>1417</v>
       </c>
       <c r="B380">
-        <v>1.03</v>
+        <v>7.88</v>
       </c>
       <c r="C380" t="s">
-        <v>819</v>
+        <v>1129</v>
       </c>
       <c r="D380" t="s">
-        <v>1350</v>
+        <v>1418</v>
       </c>
       <c r="E380" t="s">
-        <v>1349</v>
+        <v>1419</v>
       </c>
       <c r="F380" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G380" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H380" s="5">
-        <v>5339.0</v>
+        <v>13628.0</v>
       </c>
       <c r="I380" s="5">
-        <v>6460</v>
+        <v>16490</v>
       </c>
       <c r="J380" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K380" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="381" spans="1:13">
       <c r="A381" t="s">
-        <v>995</v>
+        <v>1417</v>
       </c>
       <c r="B381">
-        <v>0.88</v>
+        <v>7.72</v>
       </c>
       <c r="C381" t="s">
-        <v>1351</v>
+        <v>926</v>
       </c>
       <c r="D381" t="s">
-        <v>1352</v>
+        <v>1420</v>
       </c>
       <c r="E381" t="s">
-        <v>1353</v>
+        <v>1419</v>
       </c>
       <c r="F381" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G381" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H381" s="5">
-        <v>4412.0</v>
+        <v>20217.0</v>
       </c>
       <c r="I381" s="5">
-        <v>5339</v>
+        <v>24463</v>
       </c>
       <c r="J381" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K381" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="382" spans="1:13">
       <c r="A382" t="s">
-        <v>939</v>
+        <v>1417</v>
       </c>
       <c r="B382">
-        <v>0.59</v>
+        <v>7.03</v>
       </c>
       <c r="C382" t="s">
-        <v>971</v>
+        <v>1129</v>
       </c>
       <c r="D382" t="s">
-        <v>1354</v>
+        <v>1421</v>
       </c>
       <c r="E382" t="s">
-        <v>946</v>
+        <v>1419</v>
       </c>
       <c r="F382" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G382" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H382" s="5">
-        <v>9159.0</v>
+        <v>12828.0</v>
       </c>
       <c r="I382" s="5">
-        <v>11082</v>
+        <v>15522</v>
       </c>
       <c r="J382" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K382" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="383" spans="1:13">
       <c r="A383" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B383">
-        <v>3.09</v>
+        <v>5.56</v>
       </c>
       <c r="C383" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D383" t="s">
-        <v>1355</v>
+        <v>1422</v>
       </c>
       <c r="E383" t="s">
-        <v>1205</v>
+        <v>1419</v>
       </c>
       <c r="F383" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G383" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H383" s="5">
-        <v>12306.0</v>
+        <v>17163.0</v>
       </c>
       <c r="I383" s="5">
-        <v>14890</v>
+        <v>20767</v>
       </c>
       <c r="J383" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K383" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="384" spans="1:13">
       <c r="A384" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B384">
-        <v>3.31</v>
+        <v>4.04</v>
       </c>
       <c r="C384" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D384" t="s">
-        <v>1356</v>
+        <v>1423</v>
       </c>
       <c r="E384" t="s">
-        <v>1205</v>
+        <v>1419</v>
       </c>
       <c r="F384" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G384" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H384" s="5">
-        <v>5946.0</v>
+        <v>10812.0</v>
       </c>
       <c r="I384" s="5">
-        <v>7195</v>
+        <v>13083</v>
       </c>
       <c r="J384" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K384" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="385" spans="1:13">
       <c r="A385" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B385">
-        <v>4.21</v>
+        <v>3.75</v>
       </c>
       <c r="C385" t="s">
-        <v>971</v>
+        <v>910</v>
       </c>
       <c r="D385" t="s">
-        <v>1357</v>
+        <v>1424</v>
       </c>
       <c r="E385" t="s">
-        <v>1222</v>
+        <v>1419</v>
       </c>
       <c r="F385" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G385" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H385" s="5">
-        <v>4841.0</v>
+        <v>10404.0</v>
       </c>
       <c r="I385" s="5">
-        <v>5858</v>
+        <v>12589</v>
       </c>
       <c r="J385" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K385" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="386" spans="1:13">
       <c r="A386" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B386">
-        <v>4.9</v>
+        <v>3.61</v>
       </c>
       <c r="C386" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D386" t="s">
-        <v>1358</v>
+        <v>1425</v>
       </c>
       <c r="E386" t="s">
-        <v>1007</v>
+        <v>914</v>
       </c>
       <c r="F386" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G386" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H386" s="5">
-        <v>5297.0</v>
+        <v>6804.0</v>
       </c>
       <c r="I386" s="5">
-        <v>6409</v>
+        <v>8233</v>
       </c>
       <c r="J386" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K386" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="387" spans="1:13">
       <c r="A387" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B387">
-        <v>4.22</v>
+        <v>2.82</v>
       </c>
       <c r="C387" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D387" t="s">
-        <v>1359</v>
+        <v>1426</v>
       </c>
       <c r="E387" t="s">
-        <v>1222</v>
+        <v>1419</v>
       </c>
       <c r="F387" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G387" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H387" s="5">
-        <v>9695.0</v>
+        <v>9009.0</v>
       </c>
       <c r="I387" s="5">
-        <v>11731</v>
+        <v>10901</v>
       </c>
       <c r="J387" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K387" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="388" spans="1:13">
       <c r="A388" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B388">
-        <v>6.31</v>
+        <v>2.73</v>
       </c>
       <c r="C388" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D388" t="s">
-        <v>1360</v>
+        <v>1427</v>
       </c>
       <c r="E388" t="s">
-        <v>1205</v>
+        <v>1419</v>
       </c>
       <c r="F388" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G388" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H388" s="5">
-        <v>21156.0</v>
+        <v>8880.0</v>
       </c>
       <c r="I388" s="5">
-        <v>25599</v>
+        <v>10745</v>
       </c>
       <c r="J388" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K388" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="389" spans="1:13">
       <c r="A389" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B389">
-        <v>3.17</v>
+        <v>2.17</v>
       </c>
       <c r="C389" t="s">
-        <v>836</v>
+        <v>1312</v>
       </c>
       <c r="D389" t="s">
-        <v>1361</v>
+        <v>1428</v>
       </c>
       <c r="E389" t="s">
-        <v>1317</v>
+        <v>1419</v>
       </c>
       <c r="F389" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G389" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H389" s="5">
-        <v>5817.0</v>
+        <v>7326.0</v>
       </c>
       <c r="I389" s="5">
-        <v>7039</v>
+        <v>8864</v>
       </c>
       <c r="J389" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K389" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="390" spans="1:13">
       <c r="A390" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B390">
-        <v>3.97</v>
+        <v>2.14</v>
       </c>
       <c r="C390" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D390" t="s">
-        <v>1362</v>
+        <v>1429</v>
       </c>
       <c r="E390" t="s">
-        <v>1205</v>
+        <v>1322</v>
       </c>
       <c r="F390" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G390" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H390" s="5">
-        <v>14048.0</v>
+        <v>7284.0</v>
       </c>
       <c r="I390" s="5">
-        <v>16998</v>
+        <v>8814</v>
       </c>
       <c r="J390" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K390" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="391" spans="1:13">
       <c r="A391" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B391">
-        <v>4.04</v>
+        <v>2.05</v>
       </c>
       <c r="C391" t="s">
-        <v>971</v>
+        <v>1312</v>
       </c>
       <c r="D391" t="s">
-        <v>1363</v>
+        <v>1430</v>
       </c>
       <c r="E391" t="s">
-        <v>1364</v>
+        <v>955</v>
       </c>
       <c r="F391" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G391" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H391" s="5">
-        <v>4729.0</v>
+        <v>7158.0</v>
       </c>
       <c r="I391" s="5">
-        <v>5722</v>
+        <v>8661</v>
       </c>
       <c r="J391" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K391" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="392" spans="1:13">
       <c r="A392" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B392">
-        <v>3.84</v>
+        <v>2.05</v>
       </c>
       <c r="C392" t="s">
-        <v>1312</v>
+        <v>910</v>
       </c>
       <c r="D392" t="s">
-        <v>1365</v>
+        <v>1431</v>
       </c>
       <c r="E392" t="s">
-        <v>1205</v>
+        <v>1419</v>
       </c>
       <c r="F392" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G392" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H392" s="5">
-        <v>6436.0</v>
+        <v>7158.0</v>
       </c>
       <c r="I392" s="5">
-        <v>7788</v>
+        <v>8661</v>
       </c>
       <c r="J392" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K392" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="393" spans="1:13">
       <c r="A393" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B393">
-        <v>2.44</v>
+        <v>1.82</v>
       </c>
       <c r="C393" t="s">
-        <v>1366</v>
+        <v>910</v>
       </c>
       <c r="D393" t="s">
-        <v>1367</v>
+        <v>1432</v>
       </c>
       <c r="E393" t="s">
-        <v>1205</v>
+        <v>1419</v>
       </c>
       <c r="F393" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G393" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H393" s="5">
-        <v>7346.0</v>
+        <v>6069.0</v>
       </c>
       <c r="I393" s="5">
-        <v>8889</v>
+        <v>7343</v>
       </c>
       <c r="J393" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K393" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="394" spans="1:13">
       <c r="A394" t="s">
-        <v>1251</v>
+        <v>1417</v>
       </c>
       <c r="B394">
-        <v>2.98</v>
+        <v>1.78</v>
       </c>
       <c r="C394" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D394" t="s">
-        <v>1368</v>
+        <v>1433</v>
       </c>
       <c r="E394" t="s">
-        <v>1253</v>
+        <v>1419</v>
       </c>
       <c r="F394" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G394" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H394" s="5">
-        <v>5267.0</v>
+        <v>4008.0</v>
       </c>
       <c r="I394" s="5">
-        <v>6373</v>
+        <v>4850</v>
       </c>
       <c r="J394" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K394" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="395" spans="1:13">
       <c r="A395" t="s">
-        <v>1251</v>
+        <v>1417</v>
       </c>
       <c r="B395">
-        <v>3.62</v>
+        <v>1.14</v>
       </c>
       <c r="C395" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D395" t="s">
-        <v>1369</v>
+        <v>1434</v>
       </c>
       <c r="E395" t="s">
-        <v>1260</v>
+        <v>1419</v>
       </c>
       <c r="F395" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G395" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H395" s="5">
-        <v>7112.0</v>
+        <v>4791.0</v>
       </c>
       <c r="I395" s="5">
-        <v>8606</v>
+        <v>5797</v>
       </c>
       <c r="J395" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K395" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="396" spans="1:13">
       <c r="A396" t="s">
-        <v>1251</v>
+        <v>937</v>
       </c>
       <c r="B396">
-        <v>3.87</v>
+        <v>1.34</v>
       </c>
       <c r="C396" t="s">
-        <v>836</v>
+        <v>939</v>
       </c>
       <c r="D396" t="s">
-        <v>1370</v>
+        <v>1435</v>
       </c>
       <c r="E396" t="s">
-        <v>1260</v>
+        <v>1279</v>
       </c>
       <c r="F396" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G396" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H396" s="5">
-        <v>7318.0</v>
+        <v>11485.0</v>
       </c>
       <c r="I396" s="5">
-        <v>8855</v>
+        <v>13897</v>
       </c>
       <c r="J396" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K396" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="397" spans="1:13">
       <c r="A397" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B397">
-        <v>2.33</v>
+        <v>3.38</v>
       </c>
       <c r="C397" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D397" t="s">
-        <v>1371</v>
+        <v>1436</v>
       </c>
       <c r="E397" t="s">
-        <v>1253</v>
+        <v>934</v>
       </c>
       <c r="F397" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G397" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H397" s="5">
-        <v>6047.0</v>
+        <v>99000</v>
       </c>
       <c r="I397" s="5">
-        <v>7317</v>
+        <v>119790</v>
       </c>
       <c r="J397" t="s">
-        <v>941</v>
+        <v>1437</v>
       </c>
       <c r="K397" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="398" spans="1:13">
       <c r="A398" t="s">
-        <v>1251</v>
+        <v>981</v>
       </c>
       <c r="B398">
-        <v>3.13</v>
+        <v>2.03</v>
       </c>
       <c r="C398" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D398" t="s">
-        <v>1372</v>
+        <v>1438</v>
       </c>
       <c r="E398" t="s">
-        <v>1253</v>
+        <v>1185</v>
       </c>
       <c r="F398" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G398" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H398" s="5">
-        <v>6707.0</v>
+        <v>395000</v>
       </c>
       <c r="I398" s="5">
-        <v>8115</v>
+        <v>477950</v>
       </c>
       <c r="J398" t="s">
-        <v>941</v>
+        <v>1439</v>
       </c>
       <c r="K398" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="399" spans="1:13">
       <c r="A399" t="s">
-        <v>1251</v>
+        <v>981</v>
       </c>
       <c r="B399">
-        <v>3.31</v>
+        <v>1.01</v>
       </c>
       <c r="C399" t="s">
-        <v>836</v>
+        <v>1440</v>
       </c>
       <c r="D399" t="s">
-        <v>1373</v>
+        <v>1441</v>
       </c>
       <c r="E399" t="s">
-        <v>1260</v>
+        <v>1442</v>
       </c>
       <c r="F399" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G399" t="s">
-        <v>823</v>
+        <v>1443</v>
       </c>
       <c r="H399" s="5">
-        <v>5485.0</v>
+        <v>135500</v>
       </c>
       <c r="I399" s="5">
-        <v>6637</v>
+        <v>163955</v>
       </c>
       <c r="J399" t="s">
-        <v>941</v>
+        <v>1444</v>
       </c>
       <c r="K399" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="400" spans="1:13">
       <c r="A400" t="s">
-        <v>1251</v>
+        <v>885</v>
       </c>
       <c r="B400">
-        <v>4.4</v>
+        <v>2.3</v>
       </c>
       <c r="C400" t="s">
-        <v>836</v>
+        <v>1138</v>
       </c>
       <c r="D400" t="s">
-        <v>1374</v>
+        <v>1445</v>
       </c>
       <c r="E400" t="s">
-        <v>1253</v>
+        <v>1140</v>
       </c>
       <c r="F400" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G400" t="s">
-        <v>823</v>
+        <v>1141</v>
       </c>
       <c r="H400" s="5">
-        <v>7755.0</v>
+        <v>500000</v>
       </c>
       <c r="I400" s="5">
-        <v>9384</v>
+        <v>605000</v>
       </c>
       <c r="J400" t="s">
-        <v>941</v>
+        <v>1144</v>
       </c>
       <c r="K400" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="401" spans="1:13">
       <c r="A401" t="s">
-        <v>1251</v>
+        <v>885</v>
       </c>
       <c r="B401">
-        <v>3.94</v>
+        <v>1.04</v>
       </c>
       <c r="C401" t="s">
-        <v>836</v>
+        <v>1446</v>
       </c>
       <c r="D401" t="s">
-        <v>1375</v>
+        <v>1447</v>
       </c>
       <c r="E401" t="s">
-        <v>1260</v>
+        <v>912</v>
       </c>
       <c r="F401" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G401" t="s">
-        <v>823</v>
+        <v>1448</v>
       </c>
       <c r="H401" s="5">
-        <v>7376.0</v>
+        <v>375000</v>
       </c>
       <c r="I401" s="5">
-        <v>8925</v>
+        <v>453750</v>
       </c>
       <c r="J401" t="s">
-        <v>941</v>
+        <v>1449</v>
       </c>
       <c r="K401" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="402" spans="1:13">
       <c r="A402" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B402">
-        <v>0.47</v>
+        <v>2.13</v>
       </c>
       <c r="C402" t="s">
-        <v>829</v>
+        <v>1450</v>
       </c>
       <c r="D402" t="s">
-        <v>1376</v>
+        <v>1451</v>
       </c>
       <c r="E402" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F402" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G402" t="s">
-        <v>823</v>
+        <v>1141</v>
       </c>
       <c r="H402" s="5">
-        <v>7179.0</v>
+        <v>230000</v>
       </c>
       <c r="I402" s="5">
-        <v>8687</v>
+        <v>278300</v>
       </c>
       <c r="J402" t="s">
-        <v>872</v>
+        <v>1452</v>
       </c>
       <c r="K402" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="403" spans="1:13">
       <c r="A403" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B403">
-        <v>0.66</v>
+        <v>0.93</v>
       </c>
       <c r="C403" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D403" t="s">
-        <v>1377</v>
+        <v>1453</v>
       </c>
       <c r="E403" t="s">
-        <v>976</v>
+        <v>1343</v>
       </c>
       <c r="F403" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G403" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H403" s="5">
-        <v>3427.0</v>
+        <v>8202.0</v>
       </c>
       <c r="I403" s="5">
-        <v>4147</v>
+        <v>9924</v>
       </c>
       <c r="J403" t="s">
-        <v>872</v>
+        <v>1006</v>
       </c>
       <c r="K403" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="404" spans="1:13">
       <c r="A404" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B404">
-        <v>0.65</v>
+        <v>0.79</v>
       </c>
       <c r="C404" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D404" t="s">
-        <v>1378</v>
+        <v>1454</v>
       </c>
       <c r="E404" t="s">
-        <v>1379</v>
+        <v>1279</v>
       </c>
       <c r="F404" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G404" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H404" s="5">
-        <v>17307.0</v>
+        <v>26181.0</v>
       </c>
       <c r="I404" s="5">
-        <v>20941</v>
+        <v>31679</v>
       </c>
       <c r="J404" t="s">
-        <v>869</v>
+        <v>1013</v>
       </c>
       <c r="K404" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="405" spans="1:13">
       <c r="A405" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B405">
-        <v>0.95</v>
+        <v>2.29</v>
       </c>
       <c r="C405" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D405" t="s">
-        <v>1380</v>
+        <v>1455</v>
       </c>
       <c r="E405" t="s">
-        <v>1381</v>
+        <v>1456</v>
       </c>
       <c r="F405" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G405" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H405" s="5">
-        <v>45950.0</v>
+        <v>46697.0</v>
       </c>
       <c r="I405" s="5">
-        <v>55600</v>
+        <v>56503</v>
       </c>
       <c r="J405" t="s">
-        <v>869</v>
+        <v>1013</v>
       </c>
       <c r="K405" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="406" spans="1:13">
       <c r="A406" t="s">
-        <v>866</v>
+        <v>1003</v>
       </c>
       <c r="B406">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="C406" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D406" t="s">
-        <v>1382</v>
+        <v>1457</v>
       </c>
       <c r="E406" t="s">
-        <v>1379</v>
+        <v>1005</v>
       </c>
       <c r="F406" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G406" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H406" s="5">
-        <v>16340.0</v>
+        <v>7999.0</v>
       </c>
       <c r="I406" s="5">
-        <v>19771</v>
+        <v>9679</v>
       </c>
       <c r="J406" t="s">
-        <v>869</v>
+        <v>1006</v>
       </c>
       <c r="K406" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="407" spans="1:13">
       <c r="A407" t="s">
-        <v>1090</v>
+        <v>1003</v>
       </c>
       <c r="B407">
-        <v>0.68</v>
+        <v>0.94</v>
       </c>
       <c r="C407" t="s">
-        <v>1383</v>
+        <v>893</v>
       </c>
       <c r="D407" t="s">
-        <v>1384</v>
+        <v>1458</v>
       </c>
       <c r="E407" t="s">
-        <v>1094</v>
+        <v>936</v>
       </c>
       <c r="F407" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G407" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H407" s="5">
-        <v>5557.0</v>
+        <v>39524.0</v>
       </c>
       <c r="I407" s="5">
-        <v>6724</v>
+        <v>47824</v>
       </c>
       <c r="J407" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K407" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="408" spans="1:13">
       <c r="A408" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B408">
-        <v>1.84</v>
+        <v>1.28</v>
       </c>
       <c r="C408" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D408" t="s">
-        <v>1385</v>
+        <v>1459</v>
       </c>
       <c r="E408" t="s">
-        <v>961</v>
+        <v>1005</v>
       </c>
       <c r="F408" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G408" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H408" s="5">
-        <v>8047.0</v>
+        <v>4917.0</v>
       </c>
       <c r="I408" s="5">
-        <v>9737</v>
+        <v>5950</v>
       </c>
       <c r="J408" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K408" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="409" spans="1:13">
       <c r="A409" t="s">
-        <v>939</v>
+        <v>952</v>
       </c>
       <c r="B409">
-        <v>2.32</v>
+        <v>2.23</v>
       </c>
       <c r="C409" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D409" t="s">
-        <v>1386</v>
+        <v>1460</v>
       </c>
       <c r="E409" t="s">
-        <v>1387</v>
+        <v>1327</v>
       </c>
       <c r="F409" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G409" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H409" s="5">
-        <v>7647.0</v>
+        <v>3750.0</v>
       </c>
       <c r="I409" s="5">
-        <v>9253</v>
+        <v>4538</v>
       </c>
       <c r="J409" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K409" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="410" spans="1:13">
       <c r="A410" t="s">
-        <v>939</v>
+        <v>950</v>
       </c>
       <c r="B410">
-        <v>1</v>
+        <v>1.16</v>
       </c>
       <c r="C410" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D410" t="s">
-        <v>1388</v>
+        <v>1461</v>
       </c>
       <c r="E410" t="s">
-        <v>976</v>
+        <v>1279</v>
       </c>
       <c r="F410" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G410" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H410" s="5">
-        <v>10098.0</v>
+        <v>6493.0</v>
       </c>
       <c r="I410" s="5">
-        <v>12219</v>
+        <v>7857</v>
       </c>
       <c r="J410" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K410" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="411" spans="1:13">
       <c r="A411" t="s">
-        <v>939</v>
+        <v>907</v>
       </c>
       <c r="B411">
-        <v>1.2</v>
+        <v>1.14</v>
       </c>
       <c r="C411" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D411" t="s">
-        <v>1389</v>
+        <v>1462</v>
       </c>
       <c r="E411" t="s">
-        <v>1390</v>
+        <v>1463</v>
       </c>
       <c r="F411" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G411" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H411" s="5">
-        <v>3733.0</v>
+        <v>9180.0</v>
       </c>
       <c r="I411" s="5">
-        <v>4517</v>
+        <v>11108</v>
       </c>
       <c r="J411" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K411" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="412" spans="1:13">
       <c r="A412" t="s">
-        <v>939</v>
+        <v>892</v>
       </c>
       <c r="B412">
-        <v>0.77</v>
+        <v>4.29</v>
       </c>
       <c r="C412" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D412" t="s">
-        <v>1391</v>
+        <v>1464</v>
       </c>
       <c r="E412" t="s">
-        <v>1390</v>
+        <v>1161</v>
       </c>
       <c r="F412" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G412" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H412" s="5">
-        <v>2944.0</v>
+        <v>18490.0</v>
       </c>
       <c r="I412" s="5">
-        <v>3562</v>
+        <v>22373</v>
       </c>
       <c r="J412" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K412" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="413" spans="1:13">
       <c r="A413" t="s">
-        <v>944</v>
+        <v>892</v>
       </c>
       <c r="B413">
-        <v>3.14</v>
+        <v>2.71</v>
       </c>
       <c r="C413" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D413" t="s">
-        <v>1392</v>
+        <v>1465</v>
       </c>
       <c r="E413" t="s">
-        <v>946</v>
+        <v>1161</v>
       </c>
       <c r="F413" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G413" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H413" s="5">
-        <v>4025.0</v>
+        <v>8211.0</v>
       </c>
       <c r="I413" s="5">
-        <v>4870</v>
+        <v>9935</v>
       </c>
       <c r="J413" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K413" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="414" spans="1:13">
       <c r="A414" t="s">
-        <v>944</v>
+        <v>898</v>
       </c>
       <c r="B414">
-        <v>1.68</v>
+        <v>2.97</v>
       </c>
       <c r="C414" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D414" t="s">
-        <v>1393</v>
+        <v>1466</v>
       </c>
       <c r="E414" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="F414" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G414" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H414" s="5">
-        <v>5904.0</v>
+        <v>13854.0</v>
       </c>
       <c r="I414" s="5">
-        <v>7144</v>
+        <v>16763</v>
       </c>
       <c r="J414" t="s">
-        <v>947</v>
+        <v>896</v>
       </c>
       <c r="K414" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="415" spans="1:13">
       <c r="A415" t="s">
-        <v>1251</v>
+        <v>898</v>
       </c>
       <c r="B415">
-        <v>2.81</v>
+        <v>2.68</v>
       </c>
       <c r="C415" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D415" t="s">
-        <v>1394</v>
+        <v>1467</v>
       </c>
       <c r="E415" t="s">
-        <v>1260</v>
+        <v>936</v>
       </c>
       <c r="F415" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G415" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H415" s="5">
-        <v>3585.0</v>
+        <v>12887.0</v>
       </c>
       <c r="I415" s="5">
-        <v>4338</v>
+        <v>15593</v>
       </c>
       <c r="J415" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K415" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="416" spans="1:13">
       <c r="A416" t="s">
-        <v>1251</v>
+        <v>898</v>
       </c>
       <c r="B416">
-        <v>0.71</v>
+        <v>1.96</v>
       </c>
       <c r="C416" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D416" t="s">
-        <v>1395</v>
+        <v>1468</v>
       </c>
       <c r="E416" t="s">
-        <v>1396</v>
+        <v>936</v>
       </c>
       <c r="F416" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G416" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H416" s="5">
-        <v>5679.0</v>
+        <v>9357.0</v>
       </c>
       <c r="I416" s="5">
-        <v>6872</v>
+        <v>11322</v>
       </c>
       <c r="J416" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K416" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="417" spans="1:13">
       <c r="A417" t="s">
-        <v>1014</v>
+        <v>937</v>
       </c>
       <c r="B417">
-        <v>1.34</v>
+        <v>0.93</v>
       </c>
       <c r="C417" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D417" t="s">
-        <v>1397</v>
+        <v>1469</v>
       </c>
       <c r="E417" t="s">
-        <v>1398</v>
+        <v>1279</v>
       </c>
       <c r="F417" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G417" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H417" s="5">
-        <v>10973.0</v>
+        <v>6562.0</v>
       </c>
       <c r="I417" s="5">
-        <v>13277</v>
+        <v>7940</v>
       </c>
       <c r="J417" t="s">
-        <v>941</v>
+        <v>1470</v>
       </c>
       <c r="K417" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="418" spans="1:13">
       <c r="A418" t="s">
-        <v>1014</v>
+        <v>937</v>
       </c>
       <c r="B418">
-        <v>0.81</v>
+        <v>0.82</v>
       </c>
       <c r="C418" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D418" t="s">
-        <v>1399</v>
+        <v>1471</v>
       </c>
       <c r="E418" t="s">
-        <v>961</v>
+        <v>1472</v>
       </c>
       <c r="F418" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G418" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H418" s="5">
-        <v>8297.0</v>
+        <v>6154.0</v>
       </c>
       <c r="I418" s="5">
-        <v>10039</v>
+        <v>7446</v>
       </c>
       <c r="J418" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K418" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="419" spans="1:13">
       <c r="A419" t="s">
-        <v>1014</v>
+        <v>904</v>
       </c>
       <c r="B419">
-        <v>0.91</v>
+        <v>5.88</v>
       </c>
       <c r="C419" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D419" t="s">
-        <v>1400</v>
+        <v>1473</v>
       </c>
       <c r="E419" t="s">
-        <v>1398</v>
+        <v>934</v>
       </c>
       <c r="F419" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G419" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H419" s="5">
-        <v>8802.0</v>
+        <v>8867.0</v>
       </c>
       <c r="I419" s="5">
-        <v>10650</v>
+        <v>10729</v>
       </c>
       <c r="J419" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K419" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="420" spans="1:13">
       <c r="A420" t="s">
-        <v>1014</v>
+        <v>904</v>
       </c>
       <c r="B420">
-        <v>0.89</v>
+        <v>1.94</v>
       </c>
       <c r="C420" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D420" t="s">
-        <v>1401</v>
+        <v>1474</v>
       </c>
       <c r="E420" t="s">
-        <v>961</v>
+        <v>1475</v>
       </c>
       <c r="F420" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G420" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H420" s="5">
-        <v>8701.0</v>
+        <v>9091.0</v>
       </c>
       <c r="I420" s="5">
-        <v>10528</v>
+        <v>11000</v>
       </c>
       <c r="J420" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K420" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="421" spans="1:13">
       <c r="A421" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B421">
-        <v>1.43</v>
+        <v>2.27</v>
       </c>
       <c r="C421" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D421" t="s">
-        <v>1402</v>
+        <v>1476</v>
       </c>
       <c r="E421" t="s">
-        <v>1403</v>
+        <v>1374</v>
       </c>
       <c r="F421" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G421" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H421" s="5">
-        <v>9350.0</v>
+        <v>5771.0</v>
       </c>
       <c r="I421" s="5">
-        <v>11314</v>
+        <v>6983</v>
       </c>
       <c r="J421" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K421" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="422" spans="1:13">
       <c r="A422" t="s">
-        <v>1237</v>
+        <v>917</v>
       </c>
       <c r="B422">
-        <v>1.54</v>
+        <v>8.44</v>
       </c>
       <c r="C422" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D422" t="s">
-        <v>1404</v>
+        <v>1477</v>
       </c>
       <c r="E422" t="s">
-        <v>976</v>
+        <v>1374</v>
       </c>
       <c r="F422" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G422" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H422" s="5">
-        <v>5976.0</v>
+        <v>11866.0</v>
       </c>
       <c r="I422" s="5">
-        <v>7231</v>
+        <v>14358</v>
       </c>
       <c r="J422" t="s">
-        <v>1405</v>
+        <v>896</v>
       </c>
       <c r="K422" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="423" spans="1:13">
       <c r="A423" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B423">
-        <v>4.66</v>
+        <v>2.86</v>
       </c>
       <c r="C423" t="s">
-        <v>836</v>
+        <v>899</v>
       </c>
       <c r="D423" t="s">
-        <v>1406</v>
+        <v>1478</v>
       </c>
       <c r="E423" t="s">
-        <v>1222</v>
+        <v>1479</v>
       </c>
       <c r="F423" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G423" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H423" s="5">
-        <v>4764.0</v>
+        <v>4488.0</v>
       </c>
       <c r="I423" s="5">
-        <v>5764</v>
+        <v>5430</v>
       </c>
       <c r="J423" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K423" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="424" spans="1:13">
       <c r="A424" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B424">
-        <v>4.76</v>
+        <v>2.2</v>
       </c>
       <c r="C424" t="s">
-        <v>839</v>
+        <v>910</v>
       </c>
       <c r="D424" t="s">
-        <v>1407</v>
+        <v>1480</v>
       </c>
       <c r="E424" t="s">
-        <v>1317</v>
+        <v>1374</v>
       </c>
       <c r="F424" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G424" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H424" s="5">
-        <v>4825.0</v>
+        <v>4077.0</v>
       </c>
       <c r="I424" s="5">
-        <v>5838</v>
+        <v>4933</v>
       </c>
       <c r="J424" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K424" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="425" spans="1:13">
       <c r="A425" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B425">
-        <v>2.66</v>
+        <v>8.03</v>
       </c>
       <c r="C425" t="s">
-        <v>827</v>
+        <v>910</v>
       </c>
       <c r="D425" t="s">
-        <v>1408</v>
+        <v>1481</v>
       </c>
       <c r="E425" t="s">
-        <v>1205</v>
+        <v>1374</v>
       </c>
       <c r="F425" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G425" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H425" s="5">
-        <v>4957.0</v>
+        <v>9633.0</v>
       </c>
       <c r="I425" s="5">
-        <v>5998</v>
+        <v>11656</v>
       </c>
       <c r="J425" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K425" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="426" spans="1:13">
       <c r="A426" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B426">
-        <v>0.84</v>
+        <v>1.91</v>
       </c>
       <c r="C426" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D426" t="s">
-        <v>1409</v>
+        <v>1482</v>
       </c>
       <c r="E426" t="s">
-        <v>1410</v>
+        <v>1374</v>
       </c>
       <c r="F426" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G426" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H426" s="5">
-        <v>5376.0</v>
+        <v>4372.0</v>
       </c>
       <c r="I426" s="5">
-        <v>6505</v>
+        <v>5290</v>
       </c>
       <c r="J426" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K426" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="427" spans="1:13">
       <c r="A427" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B427">
-        <v>1.34</v>
+        <v>3.95</v>
       </c>
       <c r="C427" t="s">
-        <v>836</v>
+        <v>1209</v>
       </c>
       <c r="D427" t="s">
-        <v>1411</v>
+        <v>1483</v>
       </c>
       <c r="E427" t="s">
-        <v>1097</v>
+        <v>1389</v>
       </c>
       <c r="F427" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G427" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H427" s="5">
-        <v>6983.0</v>
+        <v>3614.0</v>
       </c>
       <c r="I427" s="5">
-        <v>8449</v>
+        <v>4373</v>
       </c>
       <c r="J427" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K427" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="428" spans="1:13">
       <c r="A428" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B428">
-        <v>2.38</v>
+        <v>2.91</v>
       </c>
       <c r="C428" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D428" t="s">
-        <v>1412</v>
+        <v>1484</v>
       </c>
       <c r="E428" t="s">
-        <v>1410</v>
+        <v>1374</v>
       </c>
       <c r="F428" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G428" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H428" s="5">
-        <v>14749.0</v>
+        <v>6325.0</v>
       </c>
       <c r="I428" s="5">
-        <v>17846</v>
+        <v>7653</v>
       </c>
       <c r="J428" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K428" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="429" spans="1:13">
       <c r="A429" t="s">
-        <v>1113</v>
+        <v>1417</v>
       </c>
       <c r="B429">
-        <v>0.68</v>
+        <v>3</v>
       </c>
       <c r="C429" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D429" t="s">
-        <v>1413</v>
+        <v>1485</v>
       </c>
       <c r="E429" t="s">
-        <v>1099</v>
+        <v>1419</v>
       </c>
       <c r="F429" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G429" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H429" s="5">
-        <v>4862.0</v>
+        <v>7752.0</v>
       </c>
       <c r="I429" s="5">
-        <v>5883</v>
+        <v>9380</v>
       </c>
       <c r="J429" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K429" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="430" spans="1:13">
       <c r="A430" t="s">
-        <v>944</v>
+        <v>1417</v>
       </c>
       <c r="B430">
-        <v>4.96</v>
+        <v>6.7</v>
       </c>
       <c r="C430" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D430" t="s">
-        <v>1414</v>
+        <v>1486</v>
       </c>
       <c r="E430" t="s">
-        <v>946</v>
+        <v>1419</v>
       </c>
       <c r="F430" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G430" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H430" s="5">
-        <v>6703.0</v>
+        <v>8701.0</v>
       </c>
       <c r="I430" s="5">
-        <v>8111</v>
+        <v>10528</v>
       </c>
       <c r="J430" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K430" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="431" spans="1:13">
       <c r="A431" t="s">
-        <v>944</v>
+        <v>1417</v>
       </c>
       <c r="B431">
-        <v>2.88</v>
+        <v>2.75</v>
       </c>
       <c r="C431" t="s">
-        <v>1218</v>
+        <v>893</v>
       </c>
       <c r="D431" t="s">
-        <v>1415</v>
+        <v>1487</v>
       </c>
       <c r="E431" t="s">
-        <v>946</v>
+        <v>1419</v>
       </c>
       <c r="F431" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G431" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H431" s="5">
-        <v>5175.0</v>
+        <v>4536.0</v>
       </c>
       <c r="I431" s="5">
-        <v>6262</v>
+        <v>5489</v>
       </c>
       <c r="J431" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K431" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="432" spans="1:13">
       <c r="A432" t="s">
-        <v>944</v>
+        <v>907</v>
       </c>
       <c r="B432">
-        <v>3.79</v>
+        <v>0.96</v>
       </c>
       <c r="C432" t="s">
-        <v>1366</v>
+        <v>910</v>
       </c>
       <c r="D432" t="s">
-        <v>1416</v>
+        <v>1488</v>
       </c>
       <c r="E432" t="s">
-        <v>946</v>
+        <v>912</v>
       </c>
       <c r="F432" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G432" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H432" s="5">
-        <v>5843.0</v>
+        <v>5326.0</v>
       </c>
       <c r="I432" s="5">
-        <v>7070</v>
+        <v>6444</v>
       </c>
       <c r="J432" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K432" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="433" spans="1:13">
       <c r="A433" t="s">
-        <v>944</v>
+        <v>907</v>
       </c>
       <c r="B433">
-        <v>2.99</v>
+        <v>0.82</v>
       </c>
       <c r="C433" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D433" t="s">
-        <v>1417</v>
+        <v>1489</v>
       </c>
       <c r="E433" t="s">
-        <v>946</v>
+        <v>912</v>
       </c>
       <c r="F433" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G433" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H433" s="5">
-        <v>3942.0</v>
+        <v>7366.0</v>
       </c>
       <c r="I433" s="5">
-        <v>4770</v>
+        <v>8913</v>
       </c>
       <c r="J433" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K433" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="434" spans="1:13">
       <c r="A434" t="s">
-        <v>944</v>
+        <v>907</v>
       </c>
       <c r="B434">
-        <v>11.11</v>
+        <v>0.42</v>
       </c>
       <c r="C434" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D434" t="s">
-        <v>1418</v>
+        <v>1490</v>
       </c>
       <c r="E434" t="s">
-        <v>946</v>
+        <v>912</v>
       </c>
       <c r="F434" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G434" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H434" s="5">
-        <v>9332.0</v>
+        <v>5584.0</v>
       </c>
       <c r="I434" s="5">
-        <v>11292</v>
+        <v>6757</v>
       </c>
       <c r="J434" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K434" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="435" spans="1:13">
       <c r="A435" t="s">
-        <v>944</v>
+        <v>907</v>
       </c>
       <c r="B435">
-        <v>5.66</v>
+        <v>1.05</v>
       </c>
       <c r="C435" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D435" t="s">
-        <v>1419</v>
+        <v>1491</v>
       </c>
       <c r="E435" t="s">
-        <v>946</v>
+        <v>1161</v>
       </c>
       <c r="F435" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G435" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H435" s="5">
-        <v>8441.0</v>
+        <v>10255.0</v>
       </c>
       <c r="I435" s="5">
-        <v>10214</v>
+        <v>12409</v>
       </c>
       <c r="J435" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K435" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="436" spans="1:13">
       <c r="A436" t="s">
-        <v>944</v>
+        <v>907</v>
       </c>
       <c r="B436">
-        <v>5.78</v>
+        <v>0.88</v>
       </c>
       <c r="C436" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D436" t="s">
-        <v>1420</v>
+        <v>1492</v>
       </c>
       <c r="E436" t="s">
-        <v>946</v>
+        <v>1493</v>
       </c>
       <c r="F436" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G436" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H436" s="5">
-        <v>8529.0</v>
+        <v>5089.0</v>
       </c>
       <c r="I436" s="5">
-        <v>10320</v>
+        <v>6158</v>
       </c>
       <c r="J436" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K436" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="437" spans="1:13">
       <c r="A437" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B437">
-        <v>5.61</v>
+        <v>1.99</v>
       </c>
       <c r="C437" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D437" t="s">
-        <v>1421</v>
+        <v>1494</v>
       </c>
       <c r="E437" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F437" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G437" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H437" s="5">
-        <v>8404.0</v>
+        <v>4876.0</v>
       </c>
       <c r="I437" s="5">
-        <v>10169</v>
+        <v>5900</v>
       </c>
       <c r="J437" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K437" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="438" spans="1:13">
       <c r="A438" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B438">
-        <v>5.45</v>
+        <v>2.36</v>
       </c>
       <c r="C438" t="s">
-        <v>839</v>
+        <v>926</v>
       </c>
       <c r="D438" t="s">
-        <v>1422</v>
+        <v>1495</v>
       </c>
       <c r="E438" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F438" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G438" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H438" s="5">
-        <v>8286.0</v>
+        <v>3877.0</v>
       </c>
       <c r="I438" s="5">
-        <v>10026</v>
+        <v>4691</v>
       </c>
       <c r="J438" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K438" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="439" spans="1:13">
       <c r="A439" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B439">
-        <v>5.08</v>
+        <v>2.93</v>
       </c>
       <c r="C439" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D439" t="s">
-        <v>1423</v>
+        <v>1496</v>
       </c>
       <c r="E439" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F439" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G439" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H439" s="5">
-        <v>11020.0</v>
+        <v>4215.0</v>
       </c>
       <c r="I439" s="5">
-        <v>13334</v>
+        <v>5100</v>
       </c>
       <c r="J439" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K439" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="440" spans="1:13">
       <c r="A440" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B440">
-        <v>5.81</v>
+        <v>3.18</v>
       </c>
       <c r="C440" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D440" t="s">
-        <v>1424</v>
+        <v>1497</v>
       </c>
       <c r="E440" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F440" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G440" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H440" s="5">
-        <v>8551.0</v>
+        <v>5819.0</v>
       </c>
       <c r="I440" s="5">
-        <v>10347</v>
+        <v>7041</v>
       </c>
       <c r="J440" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K440" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="441" spans="1:13">
       <c r="A441" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B441">
-        <v>5.06</v>
+        <v>3.91</v>
       </c>
       <c r="C441" t="s">
-        <v>827</v>
+        <v>886</v>
       </c>
       <c r="D441" t="s">
-        <v>1425</v>
+        <v>1498</v>
       </c>
       <c r="E441" t="s">
-        <v>946</v>
+        <v>1416</v>
       </c>
       <c r="F441" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G441" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H441" s="5">
-        <v>6000.0</v>
+        <v>4798.0</v>
       </c>
       <c r="I441" s="5">
-        <v>7260</v>
+        <v>5806</v>
       </c>
       <c r="J441" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K441" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="442" spans="1:13">
       <c r="A442" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B442">
-        <v>2.76</v>
+        <v>3.56</v>
       </c>
       <c r="C442" t="s">
-        <v>827</v>
+        <v>1171</v>
       </c>
       <c r="D442" t="s">
-        <v>1426</v>
+        <v>1499</v>
       </c>
       <c r="E442" t="s">
-        <v>1427</v>
+        <v>934</v>
       </c>
       <c r="F442" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G442" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H442" s="5">
-        <v>57350.0</v>
+        <v>8414.0</v>
       </c>
       <c r="I442" s="5">
-        <v>69394</v>
+        <v>10181</v>
       </c>
       <c r="J442" t="s">
-        <v>869</v>
+        <v>1149</v>
       </c>
       <c r="K442" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="443" spans="1:13">
       <c r="A443" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B443">
-        <v>4.34</v>
+        <v>3.42</v>
       </c>
       <c r="C443" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D443" t="s">
-        <v>1428</v>
+        <v>1500</v>
       </c>
       <c r="E443" t="s">
-        <v>1343</v>
+        <v>934</v>
       </c>
       <c r="F443" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G443" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H443" s="5">
-        <v>62990.0</v>
+        <v>6009.0</v>
       </c>
       <c r="I443" s="5">
-        <v>76218</v>
+        <v>7271</v>
       </c>
       <c r="J443" t="s">
-        <v>869</v>
+        <v>1149</v>
       </c>
       <c r="K443" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="444" spans="1:13">
       <c r="A444" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B444">
-        <v>1.37</v>
+        <v>3.19</v>
       </c>
       <c r="C444" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D444" t="s">
-        <v>1429</v>
+        <v>1501</v>
       </c>
       <c r="E444" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F444" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G444" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H444" s="5">
-        <v>8091.0</v>
+        <v>5826.0</v>
       </c>
       <c r="I444" s="5">
-        <v>9790</v>
+        <v>7049</v>
       </c>
       <c r="J444" t="s">
-        <v>872</v>
+        <v>1149</v>
       </c>
       <c r="K444" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="445" spans="1:13">
       <c r="A445" t="s">
-        <v>995</v>
+        <v>904</v>
       </c>
       <c r="B445">
-        <v>1.27</v>
+        <v>1.28</v>
       </c>
       <c r="C445" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D445" t="s">
-        <v>1430</v>
+        <v>1502</v>
       </c>
       <c r="E445" t="s">
-        <v>1349</v>
+        <v>934</v>
       </c>
       <c r="F445" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G445" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H445" s="5">
-        <v>6740.0</v>
+        <v>5931.0</v>
       </c>
       <c r="I445" s="5">
-        <v>8155</v>
+        <v>7177</v>
       </c>
       <c r="J445" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K445" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="446" spans="1:13">
       <c r="A446" t="s">
-        <v>995</v>
+        <v>904</v>
       </c>
       <c r="B446">
-        <v>1.09</v>
+        <v>3.34</v>
       </c>
       <c r="C446" t="s">
-        <v>1017</v>
+        <v>926</v>
       </c>
       <c r="D446" t="s">
-        <v>1431</v>
+        <v>1503</v>
       </c>
       <c r="E446" t="s">
-        <v>1349</v>
+        <v>934</v>
       </c>
       <c r="F446" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G446" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H446" s="5">
-        <v>6327.0</v>
+        <v>8175.0</v>
       </c>
       <c r="I446" s="5">
-        <v>7656</v>
+        <v>9892</v>
       </c>
       <c r="J446" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K446" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="447" spans="1:13">
       <c r="A447" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B447">
-        <v>0.98</v>
+        <v>0.56</v>
       </c>
       <c r="C447" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D447" t="s">
-        <v>1432</v>
+        <v>1504</v>
       </c>
       <c r="E447" t="s">
-        <v>1349</v>
+        <v>1505</v>
       </c>
       <c r="F447" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G447" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H447" s="5">
-        <v>4252.0</v>
+        <v>24748.0</v>
       </c>
       <c r="I447" s="5">
-        <v>5145</v>
+        <v>29945</v>
       </c>
       <c r="J447" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K447" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="448" spans="1:13">
       <c r="A448" t="s">
-        <v>995</v>
+        <v>937</v>
       </c>
       <c r="B448">
-        <v>1.36</v>
+        <v>0.59</v>
       </c>
       <c r="C448" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D448" t="s">
-        <v>1433</v>
+        <v>1506</v>
       </c>
       <c r="E448" t="s">
-        <v>1349</v>
+        <v>1279</v>
       </c>
       <c r="F448" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G448" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H448" s="5">
-        <v>6946.0</v>
+        <v>4931.0</v>
       </c>
       <c r="I448" s="5">
-        <v>8405</v>
+        <v>5967</v>
       </c>
       <c r="J448" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K448" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="449" spans="1:13">
       <c r="A449" t="s">
-        <v>1201</v>
+        <v>937</v>
       </c>
       <c r="B449">
-        <v>4.2</v>
+        <v>0.45</v>
       </c>
       <c r="C449" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D449" t="s">
-        <v>1434</v>
+        <v>1507</v>
       </c>
       <c r="E449" t="s">
-        <v>1317</v>
+        <v>945</v>
       </c>
       <c r="F449" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G449" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H449" s="5">
-        <v>6276.0</v>
+        <v>6988.0</v>
       </c>
       <c r="I449" s="5">
-        <v>7594</v>
+        <v>8455</v>
       </c>
       <c r="J449" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K449" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="450" spans="1:13">
       <c r="A450" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B450">
-        <v>12.27</v>
+        <v>1.09</v>
       </c>
       <c r="C450" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D450" t="s">
-        <v>1435</v>
+        <v>1508</v>
       </c>
       <c r="E450" t="s">
-        <v>1436</v>
+        <v>1279</v>
       </c>
       <c r="F450" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G450" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H450" s="5">
-        <v>14261.0</v>
+        <v>14355.0</v>
       </c>
       <c r="I450" s="5">
-        <v>17256</v>
+        <v>17370</v>
       </c>
       <c r="J450" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K450" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="451" spans="1:13">
       <c r="A451" t="s">
-        <v>1201</v>
+        <v>892</v>
       </c>
       <c r="B451">
-        <v>7.6</v>
+        <v>2.15</v>
       </c>
       <c r="C451" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D451" t="s">
-        <v>1437</v>
+        <v>1509</v>
       </c>
       <c r="E451" t="s">
-        <v>1205</v>
+        <v>1510</v>
       </c>
       <c r="F451" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G451" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H451" s="5">
-        <v>10260.0</v>
+        <v>10076.0</v>
       </c>
       <c r="I451" s="5">
-        <v>12415</v>
+        <v>12192</v>
       </c>
       <c r="J451" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K451" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="452" spans="1:13">
       <c r="A452" t="s">
-        <v>1201</v>
+        <v>892</v>
       </c>
       <c r="B452">
-        <v>11.77</v>
+        <v>1.03</v>
       </c>
       <c r="C452" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D452" t="s">
-        <v>1438</v>
+        <v>1511</v>
       </c>
       <c r="E452" t="s">
-        <v>1222</v>
+        <v>1510</v>
       </c>
       <c r="F452" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G452" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H452" s="5">
-        <v>19761.0</v>
+        <v>5339.0</v>
       </c>
       <c r="I452" s="5">
-        <v>23911</v>
+        <v>6460</v>
       </c>
       <c r="J452" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K452" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="453" spans="1:13">
       <c r="A453" t="s">
-        <v>1201</v>
+        <v>892</v>
       </c>
       <c r="B453">
-        <v>7.09</v>
+        <v>0.88</v>
       </c>
       <c r="C453" t="s">
-        <v>836</v>
+        <v>1512</v>
       </c>
       <c r="D453" t="s">
-        <v>1439</v>
+        <v>1513</v>
       </c>
       <c r="E453" t="s">
-        <v>1205</v>
+        <v>1514</v>
       </c>
       <c r="F453" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G453" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H453" s="5">
-        <v>14033.0</v>
+        <v>4412.0</v>
       </c>
       <c r="I453" s="5">
-        <v>16980</v>
+        <v>5339</v>
       </c>
       <c r="J453" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K453" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="454" spans="1:13">
       <c r="A454" t="s">
-        <v>1201</v>
+        <v>898</v>
       </c>
       <c r="B454">
-        <v>6.37</v>
+        <v>0.59</v>
       </c>
       <c r="C454" t="s">
-        <v>819</v>
+        <v>1171</v>
       </c>
       <c r="D454" t="s">
-        <v>1441</v>
+        <v>1515</v>
       </c>
       <c r="E454" t="s">
-        <v>1317</v>
+        <v>934</v>
       </c>
       <c r="F454" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G454" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H454" s="5">
-        <v>6576.0</v>
+        <v>9159.0</v>
       </c>
       <c r="I454" s="5">
-        <v>7957</v>
+        <v>11082</v>
       </c>
       <c r="J454" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K454" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="455" spans="1:13">
       <c r="A455" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B455">
-        <v>7.05</v>
+        <v>3.09</v>
       </c>
       <c r="C455" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D455" t="s">
-        <v>1442</v>
+        <v>1516</v>
       </c>
       <c r="E455" t="s">
-        <v>1436</v>
+        <v>1374</v>
       </c>
       <c r="F455" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G455" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H455" s="5">
-        <v>9789.0</v>
+        <v>12306.0</v>
       </c>
       <c r="I455" s="5">
-        <v>11845</v>
+        <v>14890</v>
       </c>
       <c r="J455" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K455" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="456" spans="1:13">
       <c r="A456" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B456">
-        <v>9.29</v>
+        <v>3.31</v>
       </c>
       <c r="C456" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D456" t="s">
-        <v>1443</v>
+        <v>1517</v>
       </c>
       <c r="E456" t="s">
-        <v>1205</v>
+        <v>1374</v>
       </c>
       <c r="F456" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G456" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H456" s="5">
-        <v>11708.0</v>
+        <v>5946.0</v>
       </c>
       <c r="I456" s="5">
-        <v>14167</v>
+        <v>7195</v>
       </c>
       <c r="J456" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K456" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="457" spans="1:13">
       <c r="A457" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B457">
-        <v>7.43</v>
+        <v>4.21</v>
       </c>
       <c r="C457" t="s">
-        <v>819</v>
+        <v>1171</v>
       </c>
       <c r="D457" t="s">
-        <v>1444</v>
+        <v>1518</v>
       </c>
       <c r="E457" t="s">
-        <v>1205</v>
+        <v>1389</v>
       </c>
       <c r="F457" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G457" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H457" s="5">
-        <v>7225.0</v>
+        <v>4841.0</v>
       </c>
       <c r="I457" s="5">
-        <v>8742</v>
+        <v>5858</v>
       </c>
       <c r="J457" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K457" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="458" spans="1:13">
       <c r="A458" t="s">
+        <v>917</v>
+      </c>
+      <c r="B458">
+        <v>4.9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>910</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E458" t="s">
         <v>1201</v>
       </c>
-      <c r="B458">
-[...10 lines deleted...]
-      </c>
       <c r="F458" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G458" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H458" s="5">
-        <v>11237.0</v>
+        <v>5297.0</v>
       </c>
       <c r="I458" s="5">
-        <v>13597</v>
+        <v>6409</v>
       </c>
       <c r="J458" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K458" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="459" spans="1:13">
       <c r="A459" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B459">
-        <v>7.2</v>
+        <v>4.22</v>
       </c>
       <c r="C459" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D459" t="s">
-        <v>1446</v>
+        <v>1520</v>
       </c>
       <c r="E459" t="s">
-        <v>1205</v>
+        <v>1389</v>
       </c>
       <c r="F459" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G459" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H459" s="5">
-        <v>14168.0</v>
+        <v>9695.0</v>
       </c>
       <c r="I459" s="5">
-        <v>17143</v>
+        <v>11731</v>
       </c>
       <c r="J459" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K459" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="460" spans="1:13">
       <c r="A460" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B460">
-        <v>5.64</v>
+        <v>6.31</v>
       </c>
       <c r="C460" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D460" t="s">
-        <v>1447</v>
+        <v>1521</v>
       </c>
       <c r="E460" t="s">
-        <v>1205</v>
+        <v>1374</v>
       </c>
       <c r="F460" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G460" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H460" s="5">
-        <v>8581.0</v>
+        <v>21156.0</v>
       </c>
       <c r="I460" s="5">
-        <v>10383</v>
+        <v>25599</v>
       </c>
       <c r="J460" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K460" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="461" spans="1:13">
       <c r="A461" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B461">
-        <v>8.55</v>
+        <v>3.17</v>
       </c>
       <c r="C461" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D461" t="s">
-        <v>1448</v>
+        <v>1522</v>
       </c>
       <c r="E461" t="s">
-        <v>1203</v>
+        <v>1479</v>
       </c>
       <c r="F461" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G461" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H461" s="5">
-        <v>11074.0</v>
+        <v>5817.0</v>
       </c>
       <c r="I461" s="5">
-        <v>13400</v>
+        <v>7039</v>
       </c>
       <c r="J461" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K461" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="462" spans="1:13">
       <c r="A462" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B462">
-        <v>5.68</v>
+        <v>3.97</v>
       </c>
       <c r="C462" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D462" t="s">
-        <v>1449</v>
+        <v>1523</v>
       </c>
       <c r="E462" t="s">
-        <v>1222</v>
+        <v>1374</v>
       </c>
       <c r="F462" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G462" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H462" s="5">
-        <v>6154.0</v>
+        <v>14048.0</v>
       </c>
       <c r="I462" s="5">
-        <v>7446</v>
+        <v>16998</v>
       </c>
       <c r="J462" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K462" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="463" spans="1:13">
       <c r="A463" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B463">
-        <v>6.85</v>
+        <v>4.04</v>
       </c>
       <c r="C463" t="s">
-        <v>1218</v>
+        <v>1171</v>
       </c>
       <c r="D463" t="s">
-        <v>1450</v>
+        <v>1524</v>
       </c>
       <c r="E463" t="s">
-        <v>1203</v>
+        <v>1525</v>
       </c>
       <c r="F463" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G463" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H463" s="5">
-        <v>13739.0</v>
+        <v>4729.0</v>
       </c>
       <c r="I463" s="5">
-        <v>16624</v>
+        <v>5722</v>
       </c>
       <c r="J463" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K463" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="464" spans="1:13">
       <c r="A464" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B464">
-        <v>13.48</v>
+        <v>3.84</v>
       </c>
       <c r="C464" t="s">
-        <v>819</v>
+        <v>1526</v>
       </c>
       <c r="D464" t="s">
-        <v>1451</v>
+        <v>1527</v>
       </c>
       <c r="E464" t="s">
-        <v>1205</v>
+        <v>1374</v>
       </c>
       <c r="F464" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G464" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H464" s="5">
-        <v>21855.0</v>
+        <v>6436.0</v>
       </c>
       <c r="I464" s="5">
-        <v>26445</v>
+        <v>7788</v>
       </c>
       <c r="J464" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K464" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="465" spans="1:13">
       <c r="A465" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B465">
-        <v>8.9</v>
+        <v>2.44</v>
       </c>
       <c r="C465" t="s">
-        <v>819</v>
+        <v>1528</v>
       </c>
       <c r="D465" t="s">
-        <v>1452</v>
+        <v>1529</v>
       </c>
       <c r="E465" t="s">
-        <v>1205</v>
+        <v>1374</v>
       </c>
       <c r="F465" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G465" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H465" s="5">
-        <v>11374.0</v>
+        <v>7346.0</v>
       </c>
       <c r="I465" s="5">
-        <v>13763</v>
+        <v>8889</v>
       </c>
       <c r="J465" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K465" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="466" spans="1:13">
       <c r="A466" t="s">
-        <v>1251</v>
+        <v>1417</v>
       </c>
       <c r="B466">
-        <v>16.15</v>
+        <v>2.98</v>
       </c>
       <c r="C466" t="s">
-        <v>839</v>
+        <v>910</v>
       </c>
       <c r="D466" t="s">
-        <v>1453</v>
+        <v>1530</v>
       </c>
       <c r="E466" t="s">
-        <v>1260</v>
+        <v>1419</v>
       </c>
       <c r="F466" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G466" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H466" s="5">
-        <v>10626.0</v>
+        <v>5267.0</v>
       </c>
       <c r="I466" s="5">
-        <v>12857</v>
+        <v>6373</v>
       </c>
       <c r="J466" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K466" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="467" spans="1:13">
       <c r="A467" t="s">
-        <v>1251</v>
+        <v>1417</v>
       </c>
       <c r="B467">
-        <v>9.41</v>
+        <v>3.62</v>
       </c>
       <c r="C467" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D467" t="s">
-        <v>1454</v>
+        <v>1531</v>
       </c>
       <c r="E467" t="s">
-        <v>1260</v>
+        <v>914</v>
       </c>
       <c r="F467" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G467" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H467" s="5">
-        <v>12554.0</v>
+        <v>7112.0</v>
       </c>
       <c r="I467" s="5">
-        <v>15190</v>
+        <v>8606</v>
       </c>
       <c r="J467" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K467" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="468" spans="1:13">
       <c r="A468" t="s">
-        <v>1251</v>
+        <v>1417</v>
       </c>
       <c r="B468">
-        <v>6.66</v>
+        <v>3.87</v>
       </c>
       <c r="C468" t="s">
-        <v>1218</v>
+        <v>910</v>
       </c>
       <c r="D468" t="s">
-        <v>1455</v>
+        <v>1532</v>
       </c>
       <c r="E468" t="s">
-        <v>1260</v>
+        <v>914</v>
       </c>
       <c r="F468" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G468" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H468" s="5">
-        <v>10450.0</v>
+        <v>7318.0</v>
       </c>
       <c r="I468" s="5">
-        <v>12645</v>
+        <v>8855</v>
       </c>
       <c r="J468" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K468" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="469" spans="1:13">
       <c r="A469" t="s">
-        <v>1251</v>
+        <v>1417</v>
       </c>
       <c r="B469">
-        <v>6.28</v>
+        <v>2.33</v>
       </c>
       <c r="C469" t="s">
-        <v>827</v>
+        <v>910</v>
       </c>
       <c r="D469" t="s">
-        <v>1456</v>
+        <v>1533</v>
       </c>
       <c r="E469" t="s">
-        <v>1260</v>
+        <v>1419</v>
       </c>
       <c r="F469" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G469" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H469" s="5">
-        <v>6096.0</v>
+        <v>6047.0</v>
       </c>
       <c r="I469" s="5">
-        <v>7376</v>
+        <v>7317</v>
       </c>
       <c r="J469" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K469" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="470" spans="1:13">
       <c r="A470" t="s">
-        <v>1251</v>
+        <v>1417</v>
       </c>
       <c r="B470">
-        <v>4.7</v>
+        <v>3.13</v>
       </c>
       <c r="C470" t="s">
-        <v>827</v>
+        <v>910</v>
       </c>
       <c r="D470" t="s">
-        <v>1457</v>
+        <v>1534</v>
       </c>
       <c r="E470" t="s">
-        <v>1152</v>
+        <v>1419</v>
       </c>
       <c r="F470" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G470" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H470" s="5">
-        <v>7421.0</v>
+        <v>6707.0</v>
       </c>
       <c r="I470" s="5">
-        <v>8979</v>
+        <v>8115</v>
       </c>
       <c r="J470" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K470" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="471" spans="1:13">
       <c r="A471" t="s">
-        <v>1237</v>
+        <v>1417</v>
       </c>
       <c r="B471">
-        <v>11.88</v>
+        <v>3.31</v>
       </c>
       <c r="C471" t="s">
-        <v>827</v>
+        <v>910</v>
       </c>
       <c r="D471" t="s">
-        <v>1458</v>
+        <v>1535</v>
       </c>
       <c r="E471" t="s">
-        <v>1459</v>
+        <v>914</v>
       </c>
       <c r="F471" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G471" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H471" s="5">
-        <v>25025.0</v>
+        <v>5485.0</v>
       </c>
       <c r="I471" s="5">
-        <v>30280</v>
+        <v>6637</v>
       </c>
       <c r="J471" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K471" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="472" spans="1:13">
       <c r="A472" t="s">
-        <v>1237</v>
+        <v>1417</v>
       </c>
       <c r="B472">
-        <v>8.36</v>
+        <v>4.4</v>
       </c>
       <c r="C472" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D472" t="s">
-        <v>1460</v>
+        <v>1536</v>
       </c>
       <c r="E472" t="s">
-        <v>1250</v>
+        <v>1419</v>
       </c>
       <c r="F472" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G472" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H472" s="5">
-        <v>18562.0</v>
+        <v>7755.0</v>
       </c>
       <c r="I472" s="5">
-        <v>22460</v>
+        <v>9384</v>
       </c>
       <c r="J472" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K472" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="473" spans="1:13">
       <c r="A473" t="s">
-        <v>1237</v>
+        <v>1417</v>
       </c>
       <c r="B473">
-        <v>5.16</v>
+        <v>3.94</v>
       </c>
       <c r="C473" t="s">
-        <v>1366</v>
+        <v>910</v>
       </c>
       <c r="D473" t="s">
-        <v>1461</v>
+        <v>1537</v>
       </c>
       <c r="E473" t="s">
-        <v>1462</v>
+        <v>914</v>
       </c>
       <c r="F473" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G473" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H473" s="5">
-        <v>10572.0</v>
+        <v>7376.0</v>
       </c>
       <c r="I473" s="5">
-        <v>12792</v>
+        <v>8925</v>
       </c>
       <c r="J473" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K473" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="474" spans="1:13">
       <c r="A474" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B474">
-        <v>5.47</v>
+        <v>0.47</v>
       </c>
       <c r="C474" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="D474" t="s">
-        <v>1463</v>
+        <v>1538</v>
       </c>
       <c r="E474" t="s">
-        <v>1464</v>
+        <v>1005</v>
       </c>
       <c r="F474" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G474" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H474" s="5">
-        <v>11047.0</v>
+        <v>7179.0</v>
       </c>
       <c r="I474" s="5">
-        <v>13367</v>
+        <v>8687</v>
       </c>
       <c r="J474" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K474" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="475" spans="1:13">
       <c r="A475" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B475">
-        <v>6.98</v>
+        <v>0.66</v>
       </c>
       <c r="C475" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D475" t="s">
-        <v>1465</v>
+        <v>1539</v>
       </c>
       <c r="E475" t="s">
-        <v>1464</v>
+        <v>936</v>
       </c>
       <c r="F475" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G475" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H475" s="5">
-        <v>16028.0</v>
+        <v>3427.0</v>
       </c>
       <c r="I475" s="5">
-        <v>19394</v>
+        <v>4147</v>
       </c>
       <c r="J475" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K475" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="476" spans="1:13">
       <c r="A476" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B476">
-        <v>7.34</v>
+        <v>0.65</v>
       </c>
       <c r="C476" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D476" t="s">
-        <v>1466</v>
+        <v>1540</v>
       </c>
       <c r="E476" t="s">
-        <v>1250</v>
+        <v>1541</v>
       </c>
       <c r="F476" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G476" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H476" s="5">
-        <v>13908.0</v>
+        <v>17307.0</v>
       </c>
       <c r="I476" s="5">
-        <v>16829</v>
+        <v>20941</v>
       </c>
       <c r="J476" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K476" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="477" spans="1:13">
       <c r="A477" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B477">
-        <v>6.51</v>
+        <v>0.95</v>
       </c>
       <c r="C477" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D477" t="s">
-        <v>1467</v>
+        <v>1542</v>
       </c>
       <c r="E477" t="s">
-        <v>1250</v>
+        <v>1543</v>
       </c>
       <c r="F477" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G477" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H477" s="5">
-        <v>12638.0</v>
+        <v>45950.0</v>
       </c>
       <c r="I477" s="5">
-        <v>15292</v>
+        <v>55600</v>
       </c>
       <c r="J477" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K477" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="478" spans="1:13">
       <c r="A478" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B478">
-        <v>7.78</v>
+        <v>0.65</v>
       </c>
       <c r="C478" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D478" t="s">
-        <v>1468</v>
+        <v>1544</v>
       </c>
       <c r="E478" t="s">
-        <v>1250</v>
+        <v>1541</v>
       </c>
       <c r="F478" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G478" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H478" s="5">
-        <v>17497.0</v>
+        <v>16340.0</v>
       </c>
       <c r="I478" s="5">
-        <v>21171</v>
+        <v>19771</v>
       </c>
       <c r="J478" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K478" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="479" spans="1:13">
       <c r="A479" t="s">
-        <v>1237</v>
+        <v>937</v>
       </c>
       <c r="B479">
-        <v>11.18</v>
+        <v>0.68</v>
       </c>
       <c r="C479" t="s">
-        <v>819</v>
+        <v>1545</v>
       </c>
       <c r="D479" t="s">
-        <v>1469</v>
+        <v>1546</v>
       </c>
       <c r="E479" t="s">
-        <v>1470</v>
+        <v>916</v>
       </c>
       <c r="F479" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G479" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H479" s="5">
-        <v>19783.0</v>
+        <v>5557.0</v>
       </c>
       <c r="I479" s="5">
-        <v>23937</v>
+        <v>6724</v>
       </c>
       <c r="J479" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K479" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="480" spans="1:13">
       <c r="A480" t="s">
-        <v>1237</v>
+        <v>892</v>
       </c>
       <c r="B480">
-        <v>11.55</v>
+        <v>1.84</v>
       </c>
       <c r="C480" t="s">
-        <v>1471</v>
+        <v>910</v>
       </c>
       <c r="D480" t="s">
-        <v>1472</v>
+        <v>1547</v>
       </c>
       <c r="E480" t="s">
-        <v>1241</v>
+        <v>1161</v>
       </c>
       <c r="F480" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G480" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H480" s="5">
-        <v>32558.0</v>
+        <v>8047.0</v>
       </c>
       <c r="I480" s="5">
-        <v>39395</v>
+        <v>9737</v>
       </c>
       <c r="J480" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K480" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="481" spans="1:13">
       <c r="A481" t="s">
-        <v>1237</v>
+        <v>898</v>
       </c>
       <c r="B481">
-        <v>5.54</v>
+        <v>2.32</v>
       </c>
       <c r="C481" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D481" t="s">
-        <v>1473</v>
+        <v>1548</v>
       </c>
       <c r="E481" t="s">
-        <v>1474</v>
+        <v>931</v>
       </c>
       <c r="F481" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G481" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H481" s="5">
-        <v>11154.0</v>
+        <v>7647.0</v>
       </c>
       <c r="I481" s="5">
-        <v>13496</v>
+        <v>9253</v>
       </c>
       <c r="J481" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K481" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="482" spans="1:13">
       <c r="A482" t="s">
-        <v>1237</v>
+        <v>898</v>
       </c>
       <c r="B482">
-        <v>5.91</v>
+        <v>1</v>
       </c>
       <c r="C482" t="s">
-        <v>836</v>
+        <v>910</v>
       </c>
       <c r="D482" t="s">
-        <v>1475</v>
+        <v>1549</v>
       </c>
       <c r="E482" t="s">
-        <v>1250</v>
+        <v>936</v>
       </c>
       <c r="F482" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G482" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H482" s="5">
-        <v>9376.0</v>
+        <v>10098.0</v>
       </c>
       <c r="I482" s="5">
-        <v>11345</v>
+        <v>12219</v>
       </c>
       <c r="J482" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K482" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="483" spans="1:13">
       <c r="A483" t="s">
-        <v>1237</v>
+        <v>898</v>
       </c>
       <c r="B483">
-        <v>6.85</v>
+        <v>1.2</v>
       </c>
       <c r="C483" t="s">
-        <v>971</v>
+        <v>893</v>
       </c>
       <c r="D483" t="s">
-        <v>1476</v>
+        <v>1550</v>
       </c>
       <c r="E483" t="s">
-        <v>1241</v>
+        <v>1551</v>
       </c>
       <c r="F483" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G483" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H483" s="5">
-        <v>15790.0</v>
+        <v>3733.0</v>
       </c>
       <c r="I483" s="5">
-        <v>19106</v>
+        <v>4517</v>
       </c>
       <c r="J483" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K483" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="484" spans="1:13">
       <c r="A484" t="s">
-        <v>1014</v>
+        <v>898</v>
       </c>
       <c r="B484">
-        <v>1.58</v>
+        <v>0.77</v>
       </c>
       <c r="C484" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D484" t="s">
-        <v>1477</v>
+        <v>1552</v>
       </c>
       <c r="E484" t="s">
-        <v>1031</v>
+        <v>1551</v>
       </c>
       <c r="F484" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G484" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H484" s="5">
-        <v>6672.0</v>
+        <v>2944.0</v>
       </c>
       <c r="I484" s="5">
-        <v>8073</v>
+        <v>3562</v>
       </c>
       <c r="J484" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K484" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="485" spans="1:13">
       <c r="A485" t="s">
-        <v>1014</v>
+        <v>904</v>
       </c>
       <c r="B485">
-        <v>2.27</v>
+        <v>3.14</v>
       </c>
       <c r="C485" t="s">
-        <v>827</v>
+        <v>939</v>
       </c>
       <c r="D485" t="s">
-        <v>1478</v>
+        <v>1553</v>
       </c>
       <c r="E485" t="s">
-        <v>961</v>
+        <v>934</v>
       </c>
       <c r="F485" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G485" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H485" s="5">
-        <v>14300.0</v>
+        <v>4025.0</v>
       </c>
       <c r="I485" s="5">
-        <v>17303</v>
+        <v>4870</v>
       </c>
       <c r="J485" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K485" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="486" spans="1:13">
       <c r="A486" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B486">
-        <v>3.18</v>
+        <v>1.68</v>
       </c>
       <c r="C486" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D486" t="s">
-        <v>1479</v>
+        <v>1554</v>
       </c>
       <c r="E486" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F486" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G486" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H486" s="5">
-        <v>4062.0</v>
+        <v>5904.0</v>
       </c>
       <c r="I486" s="5">
-        <v>4915</v>
+        <v>7144</v>
       </c>
       <c r="J486" t="s">
-        <v>941</v>
+        <v>1149</v>
       </c>
       <c r="K486" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="487" spans="1:13">
       <c r="A487" t="s">
-        <v>944</v>
+        <v>1417</v>
       </c>
       <c r="B487">
-        <v>3.5</v>
+        <v>2.81</v>
       </c>
       <c r="C487" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D487" t="s">
-        <v>1480</v>
+        <v>1555</v>
       </c>
       <c r="E487" t="s">
-        <v>946</v>
+        <v>914</v>
       </c>
       <c r="F487" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G487" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H487" s="5">
-        <v>4239.0</v>
+        <v>3585.0</v>
       </c>
       <c r="I487" s="5">
-        <v>5129</v>
+        <v>4338</v>
       </c>
       <c r="J487" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K487" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="488" spans="1:13">
       <c r="A488" t="s">
-        <v>944</v>
+        <v>1417</v>
       </c>
       <c r="B488">
-        <v>3.32</v>
+        <v>0.71</v>
       </c>
       <c r="C488" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D488" t="s">
-        <v>1481</v>
+        <v>1556</v>
       </c>
       <c r="E488" t="s">
-        <v>946</v>
+        <v>1557</v>
       </c>
       <c r="F488" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G488" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H488" s="5">
-        <v>5520.0</v>
+        <v>5679.0</v>
       </c>
       <c r="I488" s="5">
-        <v>6679</v>
+        <v>6872</v>
       </c>
       <c r="J488" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K488" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="489" spans="1:13">
       <c r="A489" t="s">
-        <v>944</v>
+        <v>907</v>
       </c>
       <c r="B489">
-        <v>3.65</v>
+        <v>1.34</v>
       </c>
       <c r="C489" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D489" t="s">
-        <v>1482</v>
+        <v>1558</v>
       </c>
       <c r="E489" t="s">
-        <v>946</v>
+        <v>1559</v>
       </c>
       <c r="F489" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G489" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H489" s="5">
-        <v>4322.0</v>
+        <v>10973.0</v>
       </c>
       <c r="I489" s="5">
-        <v>5230</v>
+        <v>13277</v>
       </c>
       <c r="J489" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K489" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="490" spans="1:13">
       <c r="A490" t="s">
-        <v>944</v>
+        <v>907</v>
       </c>
       <c r="B490">
-        <v>4.62</v>
+        <v>0.81</v>
       </c>
       <c r="C490" t="s">
-        <v>919</v>
+        <v>893</v>
       </c>
       <c r="D490" t="s">
-        <v>1483</v>
+        <v>1560</v>
       </c>
       <c r="E490" t="s">
-        <v>946</v>
+        <v>1161</v>
       </c>
       <c r="F490" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G490" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H490" s="5">
-        <v>6478.0</v>
+        <v>8297.0</v>
       </c>
       <c r="I490" s="5">
-        <v>7838</v>
+        <v>10039</v>
       </c>
       <c r="J490" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K490" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="491" spans="1:13">
       <c r="A491" t="s">
-        <v>866</v>
+        <v>907</v>
       </c>
       <c r="B491">
-        <v>0.45</v>
+        <v>0.91</v>
       </c>
       <c r="C491" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D491" t="s">
-        <v>1484</v>
+        <v>1561</v>
       </c>
       <c r="E491" t="s">
-        <v>1436</v>
+        <v>1559</v>
       </c>
       <c r="F491" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G491" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H491" s="5">
-        <v>6623.0</v>
+        <v>8802.0</v>
       </c>
       <c r="I491" s="5">
-        <v>8014</v>
+        <v>10650</v>
       </c>
       <c r="J491" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K491" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="492" spans="1:13">
       <c r="A492" t="s">
-        <v>866</v>
+        <v>907</v>
       </c>
       <c r="B492">
-        <v>0.68</v>
+        <v>0.89</v>
       </c>
       <c r="C492" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D492" t="s">
-        <v>1485</v>
+        <v>1562</v>
       </c>
       <c r="E492" t="s">
-        <v>1486</v>
+        <v>1161</v>
       </c>
       <c r="F492" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G492" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H492" s="5">
-        <v>10460.0</v>
+        <v>8701.0</v>
       </c>
       <c r="I492" s="5">
-        <v>12657</v>
+        <v>10528</v>
       </c>
       <c r="J492" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K492" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="493" spans="1:13">
       <c r="A493" t="s">
-        <v>866</v>
+        <v>907</v>
       </c>
       <c r="B493">
-        <v>0.38</v>
+        <v>1.43</v>
       </c>
       <c r="C493" t="s">
-        <v>829</v>
+        <v>910</v>
       </c>
       <c r="D493" t="s">
-        <v>1487</v>
+        <v>1563</v>
       </c>
       <c r="E493" t="s">
-        <v>1097</v>
+        <v>1564</v>
       </c>
       <c r="F493" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="G493" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H493" s="5">
-        <v>5591.0</v>
+        <v>9350.0</v>
       </c>
       <c r="I493" s="5">
-        <v>6765</v>
+        <v>11314</v>
       </c>
       <c r="J493" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K493" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="494" spans="1:13">
       <c r="A494" t="s">
-        <v>1090</v>
+        <v>932</v>
       </c>
       <c r="B494">
-        <v>3.14</v>
+        <v>1.54</v>
       </c>
       <c r="C494" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="D494" t="s">
-        <v>1488</v>
+        <v>1565</v>
       </c>
       <c r="E494" t="s">
-        <v>1097</v>
+        <v>936</v>
       </c>
       <c r="F494" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G494" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H494" s="5">
-        <v>10985.0</v>
+        <v>5976.0</v>
       </c>
       <c r="I494" s="5">
-        <v>13292</v>
+        <v>7231</v>
       </c>
       <c r="J494" t="s">
-        <v>941</v>
+        <v>1566</v>
       </c>
       <c r="K494" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="495" spans="1:13">
       <c r="A495" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B495">
-        <v>1.69</v>
+        <v>4.66</v>
       </c>
       <c r="C495" t="s">
-        <v>1489</v>
+        <v>910</v>
       </c>
       <c r="D495" t="s">
-        <v>1490</v>
+        <v>1567</v>
       </c>
       <c r="E495" t="s">
-        <v>1097</v>
+        <v>1389</v>
       </c>
       <c r="F495" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G495" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H495" s="5">
-        <v>9980.0</v>
+        <v>4764.0</v>
       </c>
       <c r="I495" s="5">
-        <v>12076</v>
+        <v>5764</v>
       </c>
       <c r="J495" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K495" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="496" spans="1:13">
       <c r="A496" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B496">
-        <v>4.55</v>
+        <v>4.76</v>
       </c>
       <c r="C496" t="s">
-        <v>1489</v>
+        <v>886</v>
       </c>
       <c r="D496" t="s">
-        <v>1491</v>
+        <v>1568</v>
       </c>
       <c r="E496" t="s">
-        <v>1492</v>
+        <v>1479</v>
       </c>
       <c r="F496" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G496" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H496" s="5">
-        <v>19850.0</v>
+        <v>4825.0</v>
       </c>
       <c r="I496" s="5">
-        <v>24019</v>
+        <v>5838</v>
       </c>
       <c r="J496" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K496" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="497" spans="1:13">
       <c r="A497" t="s">
-        <v>1493</v>
+        <v>917</v>
       </c>
       <c r="B497">
-        <v>1.07</v>
+        <v>2.66</v>
       </c>
       <c r="C497" t="s">
-        <v>900</v>
+        <v>926</v>
       </c>
       <c r="D497" t="s">
-        <v>1494</v>
+        <v>1569</v>
       </c>
       <c r="E497" t="s">
-        <v>1495</v>
+        <v>1374</v>
       </c>
       <c r="F497" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G497" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H497" s="5">
-        <v>8552.0</v>
+        <v>4957.0</v>
       </c>
       <c r="I497" s="5">
-        <v>10348</v>
+        <v>5998</v>
       </c>
       <c r="J497" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K497" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="498" spans="1:13">
       <c r="A498" t="s">
-        <v>939</v>
+        <v>950</v>
       </c>
       <c r="B498">
-        <v>1.68</v>
+        <v>0.84</v>
       </c>
       <c r="C498" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D498" t="s">
-        <v>1496</v>
+        <v>1570</v>
       </c>
       <c r="E498" t="s">
-        <v>1181</v>
+        <v>1571</v>
       </c>
       <c r="F498" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G498" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H498" s="5">
-        <v>6949.0</v>
+        <v>5376.0</v>
       </c>
       <c r="I498" s="5">
-        <v>8408</v>
+        <v>6505</v>
       </c>
       <c r="J498" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K498" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="499" spans="1:13">
       <c r="A499" t="s">
-        <v>1251</v>
+        <v>950</v>
       </c>
       <c r="B499">
-        <v>3.11</v>
+        <v>1.34</v>
       </c>
       <c r="C499" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D499" t="s">
-        <v>1497</v>
+        <v>1572</v>
       </c>
       <c r="E499" t="s">
-        <v>1260</v>
+        <v>1279</v>
       </c>
       <c r="F499" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G499" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H499" s="5">
-        <v>3737.0</v>
+        <v>6983.0</v>
       </c>
       <c r="I499" s="5">
-        <v>4522</v>
+        <v>8449</v>
       </c>
       <c r="J499" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K499" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="500" spans="1:13">
       <c r="A500" t="s">
-        <v>982</v>
+        <v>950</v>
       </c>
       <c r="B500">
-        <v>2.66</v>
+        <v>2.38</v>
       </c>
       <c r="C500" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D500" t="s">
-        <v>1498</v>
+        <v>1573</v>
       </c>
       <c r="E500" t="s">
-        <v>887</v>
+        <v>1571</v>
       </c>
       <c r="F500" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G500" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H500" s="5">
-        <v>3146.0</v>
+        <v>14749.0</v>
       </c>
       <c r="I500" s="5">
-        <v>3807</v>
+        <v>17846</v>
       </c>
       <c r="J500" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K500" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="501" spans="1:13">
       <c r="A501" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B501">
-        <v>4.4</v>
+        <v>0.68</v>
       </c>
       <c r="C501" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D501" t="s">
-        <v>1499</v>
+        <v>1574</v>
       </c>
       <c r="E501" t="s">
-        <v>1241</v>
+        <v>1281</v>
       </c>
       <c r="F501" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G501" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H501" s="5">
-        <v>6943.0</v>
+        <v>4862.0</v>
       </c>
       <c r="I501" s="5">
-        <v>8401</v>
+        <v>5883</v>
       </c>
       <c r="J501" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K501" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="502" spans="1:13">
       <c r="A502" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B502">
-        <v>4.04</v>
+        <v>4.96</v>
       </c>
       <c r="C502" t="s">
-        <v>980</v>
+        <v>939</v>
       </c>
       <c r="D502" t="s">
-        <v>1500</v>
+        <v>1575</v>
       </c>
       <c r="E502" t="s">
-        <v>1501</v>
+        <v>934</v>
       </c>
       <c r="F502" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G502" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H502" s="5">
-        <v>5641.0</v>
+        <v>6703.0</v>
       </c>
       <c r="I502" s="5">
-        <v>6826</v>
+        <v>8111</v>
       </c>
       <c r="J502" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K502" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="503" spans="1:13">
       <c r="A503" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B503">
-        <v>3.94</v>
+        <v>2.88</v>
       </c>
       <c r="C503" t="s">
-        <v>836</v>
+        <v>1385</v>
       </c>
       <c r="D503" t="s">
-        <v>1502</v>
+        <v>1576</v>
       </c>
       <c r="E503" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F503" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G503" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H503" s="5">
-        <v>4553.0</v>
+        <v>5175.0</v>
       </c>
       <c r="I503" s="5">
-        <v>5509</v>
+        <v>6262</v>
       </c>
       <c r="J503" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K503" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="504" spans="1:13">
       <c r="A504" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B504">
-        <v>0.94</v>
+        <v>3.79</v>
       </c>
       <c r="C504" t="s">
-        <v>819</v>
+        <v>1528</v>
       </c>
       <c r="D504" t="s">
-        <v>1503</v>
+        <v>1577</v>
       </c>
       <c r="E504" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F504" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G504" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H504" s="5">
-        <v>27600.0</v>
+        <v>5843.0</v>
       </c>
       <c r="I504" s="5">
-        <v>33396</v>
+        <v>7070</v>
       </c>
       <c r="J504" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K504" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="505" spans="1:13">
       <c r="A505" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B505">
-        <v>0.76</v>
+        <v>2.99</v>
       </c>
       <c r="C505" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D505" t="s">
-        <v>1504</v>
+        <v>1578</v>
       </c>
       <c r="E505" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F505" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G505" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H505" s="5">
-        <v>15100.0</v>
+        <v>3942.0</v>
       </c>
       <c r="I505" s="5">
-        <v>18271</v>
+        <v>4770</v>
       </c>
       <c r="J505" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K505" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="506" spans="1:13">
       <c r="A506" t="s">
-        <v>1113</v>
+        <v>904</v>
       </c>
       <c r="B506">
-        <v>1.45</v>
+        <v>11.11</v>
       </c>
       <c r="C506" t="s">
-        <v>1366</v>
+        <v>910</v>
       </c>
       <c r="D506" t="s">
-        <v>1505</v>
+        <v>1579</v>
       </c>
       <c r="E506" t="s">
-        <v>1492</v>
+        <v>934</v>
       </c>
       <c r="F506" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G506" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H506" s="5">
-        <v>5343.0</v>
+        <v>9332.0</v>
       </c>
       <c r="I506" s="5">
-        <v>6465</v>
+        <v>11292</v>
       </c>
       <c r="J506" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K506" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="507" spans="1:13">
       <c r="A507" t="s">
-        <v>1113</v>
+        <v>904</v>
       </c>
       <c r="B507">
-        <v>1.57</v>
+        <v>5.66</v>
       </c>
       <c r="C507" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D507" t="s">
-        <v>1506</v>
+        <v>1580</v>
       </c>
       <c r="E507" t="s">
-        <v>1152</v>
+        <v>934</v>
       </c>
       <c r="F507" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G507" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H507" s="5">
-        <v>11248.0</v>
+        <v>8441.0</v>
       </c>
       <c r="I507" s="5">
-        <v>13610</v>
+        <v>10214</v>
       </c>
       <c r="J507" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K507" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="508" spans="1:13">
       <c r="A508" t="s">
-        <v>992</v>
+        <v>904</v>
       </c>
       <c r="B508">
-        <v>2.44</v>
+        <v>5.78</v>
       </c>
       <c r="C508" t="s">
-        <v>959</v>
+        <v>926</v>
       </c>
       <c r="D508" t="s">
-        <v>1507</v>
+        <v>1581</v>
       </c>
       <c r="E508" t="s">
-        <v>1508</v>
+        <v>934</v>
       </c>
       <c r="F508" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G508" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H508" s="5">
-        <v>5803.0</v>
+        <v>8529.0</v>
       </c>
       <c r="I508" s="5">
-        <v>7022</v>
+        <v>10320</v>
       </c>
       <c r="J508" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K508" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="509" spans="1:13">
       <c r="A509" t="s">
-        <v>1113</v>
+        <v>904</v>
       </c>
       <c r="B509">
-        <v>5.09</v>
+        <v>5.61</v>
       </c>
       <c r="C509" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D509" t="s">
-        <v>1509</v>
+        <v>1582</v>
       </c>
       <c r="E509" t="s">
-        <v>887</v>
+        <v>934</v>
       </c>
       <c r="F509" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G509" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H509" s="5">
-        <v>8794.0</v>
+        <v>8404.0</v>
       </c>
       <c r="I509" s="5">
-        <v>10641</v>
+        <v>10169</v>
       </c>
       <c r="J509" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K509" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="510" spans="1:13">
       <c r="A510" t="s">
-        <v>1113</v>
+        <v>904</v>
       </c>
       <c r="B510">
-        <v>3.99</v>
+        <v>5.45</v>
       </c>
       <c r="C510" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D510" t="s">
-        <v>1510</v>
+        <v>1583</v>
       </c>
       <c r="E510" t="s">
-        <v>1511</v>
+        <v>934</v>
       </c>
       <c r="F510" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G510" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H510" s="5">
-        <v>11287.0</v>
+        <v>8286.0</v>
       </c>
       <c r="I510" s="5">
-        <v>13657</v>
+        <v>10026</v>
       </c>
       <c r="J510" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K510" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="511" spans="1:13">
       <c r="A511" t="s">
-        <v>1113</v>
+        <v>904</v>
       </c>
       <c r="B511">
-        <v>3.38</v>
+        <v>5.08</v>
       </c>
       <c r="C511" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D511" t="s">
-        <v>1512</v>
+        <v>1584</v>
       </c>
       <c r="E511" t="s">
-        <v>1511</v>
+        <v>934</v>
       </c>
       <c r="F511" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G511" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H511" s="5">
-        <v>5916.0</v>
+        <v>11020.0</v>
       </c>
       <c r="I511" s="5">
-        <v>7158</v>
+        <v>13334</v>
       </c>
       <c r="J511" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K511" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="512" spans="1:13">
       <c r="A512" t="s">
-        <v>1113</v>
+        <v>904</v>
       </c>
       <c r="B512">
-        <v>4.7</v>
+        <v>5.81</v>
       </c>
       <c r="C512" t="s">
-        <v>827</v>
+        <v>926</v>
       </c>
       <c r="D512" t="s">
-        <v>1513</v>
+        <v>1585</v>
       </c>
       <c r="E512" t="s">
-        <v>1514</v>
+        <v>934</v>
       </c>
       <c r="F512" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G512" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H512" s="5">
-        <v>12948.0</v>
+        <v>8551.0</v>
       </c>
       <c r="I512" s="5">
-        <v>15667</v>
+        <v>10347</v>
       </c>
       <c r="J512" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K512" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="513" spans="1:13">
       <c r="A513" t="s">
-        <v>939</v>
+        <v>904</v>
       </c>
       <c r="B513">
-        <v>4.93</v>
+        <v>5.06</v>
       </c>
       <c r="C513" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D513" t="s">
-        <v>1515</v>
+        <v>1586</v>
       </c>
       <c r="E513" t="s">
-        <v>1516</v>
+        <v>934</v>
       </c>
       <c r="F513" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G513" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H513" s="5">
-        <v>3861.0</v>
+        <v>6000.0</v>
       </c>
       <c r="I513" s="5">
-        <v>4672</v>
+        <v>7260</v>
       </c>
       <c r="J513" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K513" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="514" spans="1:13">
       <c r="A514" t="s">
-        <v>944</v>
+        <v>1003</v>
       </c>
       <c r="B514">
-        <v>4.73</v>
+        <v>2.76</v>
       </c>
       <c r="C514" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D514" t="s">
-        <v>1517</v>
+        <v>1587</v>
       </c>
       <c r="E514" t="s">
-        <v>946</v>
+        <v>1588</v>
       </c>
       <c r="F514" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G514" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H514" s="5">
-        <v>4996.0</v>
+        <v>57350.0</v>
       </c>
       <c r="I514" s="5">
-        <v>6045</v>
+        <v>69394</v>
       </c>
       <c r="J514" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K514" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="515" spans="1:13">
       <c r="A515" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B515">
-        <v>1.28</v>
+        <v>4.34</v>
       </c>
       <c r="C515" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D515" t="s">
-        <v>1518</v>
+        <v>1589</v>
       </c>
       <c r="E515" t="s">
-        <v>961</v>
+        <v>1505</v>
       </c>
       <c r="F515" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G515" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H515" s="5">
-        <v>4471.0</v>
+        <v>62990.0</v>
       </c>
       <c r="I515" s="5">
-        <v>5410</v>
+        <v>76218</v>
       </c>
       <c r="J515" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K515" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="516" spans="1:13">
       <c r="A516" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B516">
-        <v>1.21</v>
+        <v>1.37</v>
       </c>
       <c r="C516" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D516" t="s">
-        <v>1519</v>
+        <v>1590</v>
       </c>
       <c r="E516" t="s">
-        <v>961</v>
+        <v>1005</v>
       </c>
       <c r="F516" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G516" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H516" s="5">
-        <v>4360.0</v>
+        <v>8091.0</v>
       </c>
       <c r="I516" s="5">
-        <v>5276</v>
+        <v>9790</v>
       </c>
       <c r="J516" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K516" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="517" spans="1:13">
       <c r="A517" t="s">
-        <v>866</v>
+        <v>892</v>
       </c>
       <c r="B517">
-        <v>0.82</v>
+        <v>1.27</v>
       </c>
       <c r="C517" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D517" t="s">
-        <v>1520</v>
+        <v>1591</v>
       </c>
       <c r="E517" t="s">
-        <v>871</v>
+        <v>1510</v>
       </c>
       <c r="F517" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G517" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H517" s="5">
-        <v>22700.0</v>
+        <v>6740.0</v>
       </c>
       <c r="I517" s="5">
-        <v>27467</v>
+        <v>8155</v>
       </c>
       <c r="J517" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K517" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="518" spans="1:13">
       <c r="A518" t="s">
-        <v>1201</v>
+        <v>892</v>
       </c>
       <c r="B518">
-        <v>3.03</v>
+        <v>1.09</v>
       </c>
       <c r="C518" t="s">
-        <v>819</v>
+        <v>1209</v>
       </c>
       <c r="D518" t="s">
-        <v>1521</v>
+        <v>1592</v>
       </c>
       <c r="E518" t="s">
-        <v>1205</v>
+        <v>1510</v>
       </c>
       <c r="F518" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G518" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H518" s="5">
-        <v>5377.0</v>
+        <v>6327.0</v>
       </c>
       <c r="I518" s="5">
-        <v>6506</v>
+        <v>7656</v>
       </c>
       <c r="J518" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K518" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="519" spans="1:13">
       <c r="A519" t="s">
-        <v>1201</v>
+        <v>892</v>
       </c>
       <c r="B519">
-        <v>2.12</v>
+        <v>0.98</v>
       </c>
       <c r="C519" t="s">
-        <v>959</v>
+        <v>886</v>
       </c>
       <c r="D519" t="s">
-        <v>1522</v>
+        <v>1593</v>
       </c>
       <c r="E519" t="s">
-        <v>1203</v>
+        <v>1510</v>
       </c>
       <c r="F519" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G519" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H519" s="5">
-        <v>6546.0</v>
+        <v>4252.0</v>
       </c>
       <c r="I519" s="5">
-        <v>7921</v>
+        <v>5145</v>
       </c>
       <c r="J519" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K519" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="520" spans="1:13">
       <c r="A520" t="s">
-        <v>1237</v>
+        <v>892</v>
       </c>
       <c r="B520">
-        <v>3.8</v>
+        <v>1.36</v>
       </c>
       <c r="C520" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D520" t="s">
-        <v>1523</v>
+        <v>1594</v>
       </c>
       <c r="E520" t="s">
-        <v>1250</v>
+        <v>1510</v>
       </c>
       <c r="F520" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G520" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H520" s="5">
-        <v>7878.0</v>
+        <v>6946.0</v>
       </c>
       <c r="I520" s="5">
-        <v>9532</v>
+        <v>8405</v>
       </c>
       <c r="J520" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K520" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="521" spans="1:13">
       <c r="A521" t="s">
-        <v>1251</v>
+        <v>917</v>
       </c>
       <c r="B521">
-        <v>4.6</v>
+        <v>4.2</v>
       </c>
       <c r="C521" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D521" t="s">
-        <v>1524</v>
+        <v>1595</v>
       </c>
       <c r="E521" t="s">
-        <v>1253</v>
+        <v>1479</v>
       </c>
       <c r="F521" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G521" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H521" s="5">
-        <v>4492.0</v>
+        <v>6276.0</v>
       </c>
       <c r="I521" s="5">
-        <v>5435</v>
+        <v>7594</v>
       </c>
       <c r="J521" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K521" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="522" spans="1:13">
       <c r="A522" t="s">
-        <v>1251</v>
+        <v>917</v>
       </c>
       <c r="B522">
-        <v>3.33</v>
+        <v>12.27</v>
       </c>
       <c r="C522" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D522" t="s">
-        <v>1525</v>
+        <v>1596</v>
       </c>
       <c r="E522" t="s">
-        <v>1253</v>
+        <v>1597</v>
       </c>
       <c r="F522" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G522" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H522" s="5">
-        <v>3898.0</v>
+        <v>14261.0</v>
       </c>
       <c r="I522" s="5">
-        <v>4717</v>
+        <v>17256</v>
       </c>
       <c r="J522" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K522" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="523" spans="1:13">
       <c r="A523" t="s">
-        <v>982</v>
+        <v>917</v>
       </c>
       <c r="B523">
-        <v>2.18</v>
+        <v>7.6</v>
       </c>
       <c r="C523" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D523" t="s">
-        <v>1526</v>
+        <v>1598</v>
       </c>
       <c r="E523" t="s">
-        <v>887</v>
+        <v>1374</v>
       </c>
       <c r="F523" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G523" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H523" s="5">
-        <v>3524.0</v>
+        <v>10260.0</v>
       </c>
       <c r="I523" s="5">
-        <v>4264</v>
+        <v>12415</v>
       </c>
       <c r="J523" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K523" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="524" spans="1:13">
       <c r="A524" t="s">
-        <v>982</v>
+        <v>917</v>
       </c>
       <c r="B524">
-        <v>3.4</v>
+        <v>11.77</v>
       </c>
       <c r="C524" t="s">
-        <v>836</v>
+        <v>886</v>
       </c>
       <c r="D524" t="s">
-        <v>1527</v>
+        <v>1599</v>
       </c>
       <c r="E524" t="s">
-        <v>887</v>
+        <v>1389</v>
       </c>
       <c r="F524" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G524" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H524" s="5">
-        <v>4249.0</v>
+        <v>19761.0</v>
       </c>
       <c r="I524" s="5">
-        <v>5141</v>
+        <v>23911</v>
       </c>
       <c r="J524" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K524" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="525" spans="1:13">
       <c r="A525" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="B525">
-        <v>7.69</v>
+        <v>7.09</v>
       </c>
       <c r="C525" t="s">
-        <v>839</v>
+        <v>910</v>
       </c>
       <c r="D525" t="s">
-        <v>1528</v>
+        <v>1600</v>
       </c>
       <c r="E525" t="s">
-        <v>918</v>
+        <v>1374</v>
       </c>
       <c r="F525" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G525" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H525" s="5">
-        <v>36475.0</v>
+        <v>14033.0</v>
       </c>
       <c r="I525" s="5">
-        <v>44135</v>
+        <v>16980</v>
       </c>
       <c r="J525" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K525" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="526" spans="1:13">
       <c r="A526" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="B526">
-        <v>4.01</v>
+        <v>6.37</v>
       </c>
       <c r="C526" t="s">
-        <v>1529</v>
+        <v>893</v>
       </c>
       <c r="D526" t="s">
-        <v>1530</v>
+        <v>1602</v>
       </c>
       <c r="E526" t="s">
-        <v>1031</v>
+        <v>1479</v>
       </c>
       <c r="F526" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G526" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H526" s="5">
-        <v>11560.0</v>
+        <v>6576.0</v>
       </c>
       <c r="I526" s="5">
-        <v>13988</v>
+        <v>7957</v>
       </c>
       <c r="J526" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K526" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="527" spans="1:13">
       <c r="A527" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="B527">
-        <v>2.4</v>
+        <v>7.05</v>
       </c>
       <c r="C527" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D527" t="s">
-        <v>1531</v>
+        <v>1603</v>
       </c>
       <c r="E527" t="s">
-        <v>1532</v>
+        <v>1597</v>
       </c>
       <c r="F527" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G527" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H527" s="5">
-        <v>13619.0</v>
+        <v>9789.0</v>
       </c>
       <c r="I527" s="5">
-        <v>16479</v>
+        <v>11845</v>
       </c>
       <c r="J527" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K527" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="528" spans="1:13">
       <c r="A528" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="B528">
-        <v>1.6</v>
+        <v>9.29</v>
       </c>
       <c r="C528" t="s">
-        <v>1533</v>
+        <v>893</v>
       </c>
       <c r="D528" t="s">
-        <v>1534</v>
+        <v>1604</v>
       </c>
       <c r="E528" t="s">
-        <v>918</v>
+        <v>1374</v>
       </c>
       <c r="F528" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G528" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H528" s="5">
-        <v>10249.0</v>
+        <v>11708.0</v>
       </c>
       <c r="I528" s="5">
-        <v>12401</v>
+        <v>14167</v>
       </c>
       <c r="J528" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K528" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="529" spans="1:13">
       <c r="A529" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="B529">
-        <v>1.55</v>
+        <v>7.43</v>
       </c>
       <c r="C529" t="s">
-        <v>1529</v>
+        <v>893</v>
       </c>
       <c r="D529" t="s">
-        <v>1535</v>
+        <v>1605</v>
       </c>
       <c r="E529" t="s">
-        <v>1403</v>
+        <v>1374</v>
       </c>
       <c r="F529" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G529" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H529" s="5">
-        <v>6692.0</v>
+        <v>7225.0</v>
       </c>
       <c r="I529" s="5">
-        <v>8097</v>
+        <v>8742</v>
       </c>
       <c r="J529" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K529" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="530" spans="1:13">
       <c r="A530" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B530">
-        <v>4.12</v>
+        <v>8.74</v>
       </c>
       <c r="C530" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D530" t="s">
-        <v>1536</v>
+        <v>1606</v>
       </c>
       <c r="E530" t="s">
-        <v>1023</v>
+        <v>1374</v>
       </c>
       <c r="F530" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G530" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H530" s="5">
-        <v>16690.0</v>
+        <v>11237.0</v>
       </c>
       <c r="I530" s="5">
-        <v>20195</v>
+        <v>13597</v>
       </c>
       <c r="J530" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K530" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="531" spans="1:13">
       <c r="A531" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B531">
-        <v>2.55</v>
+        <v>7.2</v>
       </c>
       <c r="C531" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D531" t="s">
-        <v>1537</v>
+        <v>1607</v>
       </c>
       <c r="E531" t="s">
-        <v>1031</v>
+        <v>1374</v>
       </c>
       <c r="F531" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G531" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H531" s="5">
-        <v>11400.0</v>
+        <v>14168.0</v>
       </c>
       <c r="I531" s="5">
-        <v>13794</v>
+        <v>17143</v>
       </c>
       <c r="J531" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K531" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="532" spans="1:13">
       <c r="A532" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B532">
-        <v>2.07</v>
+        <v>5.64</v>
       </c>
       <c r="C532" t="s">
-        <v>1529</v>
+        <v>893</v>
       </c>
       <c r="D532" t="s">
-        <v>1538</v>
+        <v>1608</v>
       </c>
       <c r="E532" t="s">
-        <v>1023</v>
+        <v>1374</v>
       </c>
       <c r="F532" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G532" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H532" s="5">
-        <v>5435.0</v>
+        <v>8581.0</v>
       </c>
       <c r="I532" s="5">
-        <v>6576</v>
+        <v>10383</v>
       </c>
       <c r="J532" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K532" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="533" spans="1:13">
       <c r="A533" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B533">
-        <v>1.75</v>
+        <v>8.55</v>
       </c>
       <c r="C533" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D533" t="s">
-        <v>1539</v>
+        <v>1609</v>
       </c>
       <c r="E533" t="s">
-        <v>1023</v>
+        <v>1012</v>
       </c>
       <c r="F533" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G533" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H533" s="5">
-        <v>7254.0</v>
+        <v>11074.0</v>
       </c>
       <c r="I533" s="5">
-        <v>8777</v>
+        <v>13400</v>
       </c>
       <c r="J533" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K533" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="534" spans="1:13">
       <c r="A534" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B534">
-        <v>1.63</v>
+        <v>5.68</v>
       </c>
       <c r="C534" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D534" t="s">
-        <v>1540</v>
+        <v>1610</v>
       </c>
       <c r="E534" t="s">
-        <v>1023</v>
+        <v>1389</v>
       </c>
       <c r="F534" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G534" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H534" s="5">
-        <v>4611.0</v>
+        <v>6154.0</v>
       </c>
       <c r="I534" s="5">
-        <v>5579</v>
+        <v>7446</v>
       </c>
       <c r="J534" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K534" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="535" spans="1:13">
       <c r="A535" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B535">
-        <v>1.58</v>
+        <v>6.85</v>
       </c>
       <c r="C535" t="s">
-        <v>819</v>
+        <v>1385</v>
       </c>
       <c r="D535" t="s">
-        <v>1541</v>
+        <v>1611</v>
       </c>
       <c r="E535" t="s">
-        <v>918</v>
+        <v>1012</v>
       </c>
       <c r="F535" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G535" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H535" s="5">
-        <v>10165.0</v>
+        <v>13739.0</v>
       </c>
       <c r="I535" s="5">
-        <v>12300</v>
+        <v>16624</v>
       </c>
       <c r="J535" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K535" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="536" spans="1:13">
       <c r="A536" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B536">
-        <v>1.3</v>
+        <v>13.48</v>
       </c>
       <c r="C536" t="s">
-        <v>1529</v>
+        <v>893</v>
       </c>
       <c r="D536" t="s">
-        <v>1542</v>
+        <v>1612</v>
       </c>
       <c r="E536" t="s">
-        <v>1023</v>
+        <v>1374</v>
       </c>
       <c r="F536" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G536" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H536" s="5">
-        <v>8986.0</v>
+        <v>21855.0</v>
       </c>
       <c r="I536" s="5">
-        <v>10873</v>
+        <v>26445</v>
       </c>
       <c r="J536" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K536" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="537" spans="1:13">
       <c r="A537" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B537">
-        <v>1.29</v>
+        <v>8.9</v>
       </c>
       <c r="C537" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D537" t="s">
-        <v>1543</v>
+        <v>1613</v>
       </c>
       <c r="E537" t="s">
-        <v>1023</v>
+        <v>1374</v>
       </c>
       <c r="F537" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G537" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H537" s="5">
-        <v>8943.0</v>
+        <v>11374.0</v>
       </c>
       <c r="I537" s="5">
-        <v>10821</v>
+        <v>13763</v>
       </c>
       <c r="J537" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K537" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="538" spans="1:13">
       <c r="A538" t="s">
-        <v>1014</v>
+        <v>1417</v>
       </c>
       <c r="B538">
-        <v>1.2</v>
+        <v>16.15</v>
       </c>
       <c r="C538" t="s">
-        <v>839</v>
+        <v>886</v>
       </c>
       <c r="D538" t="s">
-        <v>1544</v>
+        <v>1614</v>
       </c>
       <c r="E538" t="s">
-        <v>1031</v>
+        <v>914</v>
       </c>
       <c r="F538" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G538" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H538" s="5">
-        <v>5710.0</v>
+        <v>10626.0</v>
       </c>
       <c r="I538" s="5">
-        <v>6909</v>
+        <v>12857</v>
       </c>
       <c r="J538" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K538" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="539" spans="1:13">
       <c r="A539" t="s">
-        <v>1014</v>
+        <v>1417</v>
       </c>
       <c r="B539">
-        <v>1.17</v>
+        <v>6.66</v>
       </c>
       <c r="C539" t="s">
-        <v>839</v>
+        <v>1385</v>
       </c>
       <c r="D539" t="s">
-        <v>1545</v>
+        <v>1615</v>
       </c>
       <c r="E539" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="F539" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G539" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H539" s="5">
-        <v>8438.0</v>
+        <v>10450.0</v>
       </c>
       <c r="I539" s="5">
-        <v>10210</v>
+        <v>12645</v>
       </c>
       <c r="J539" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K539" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="540" spans="1:13">
       <c r="A540" t="s">
-        <v>1014</v>
+        <v>1417</v>
       </c>
       <c r="B540">
-        <v>0.95</v>
+        <v>6.28</v>
       </c>
       <c r="C540" t="s">
-        <v>1529</v>
+        <v>926</v>
       </c>
       <c r="D540" t="s">
-        <v>1546</v>
+        <v>1616</v>
       </c>
       <c r="E540" t="s">
-        <v>961</v>
+        <v>914</v>
       </c>
       <c r="F540" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G540" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H540" s="5">
-        <v>5008.0</v>
+        <v>6096.0</v>
       </c>
       <c r="I540" s="5">
-        <v>6060</v>
+        <v>7376</v>
       </c>
       <c r="J540" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K540" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="541" spans="1:13">
       <c r="A541" t="s">
-        <v>1014</v>
+        <v>1417</v>
       </c>
       <c r="B541">
-        <v>0.89</v>
+        <v>4.7</v>
       </c>
       <c r="C541" t="s">
-        <v>1529</v>
+        <v>926</v>
       </c>
       <c r="D541" t="s">
-        <v>1547</v>
+        <v>1617</v>
       </c>
       <c r="E541" t="s">
-        <v>961</v>
+        <v>1327</v>
       </c>
       <c r="F541" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G541" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H541" s="5">
-        <v>4839.0</v>
+        <v>7421.0</v>
       </c>
       <c r="I541" s="5">
-        <v>5855</v>
+        <v>8979</v>
       </c>
       <c r="J541" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K541" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="542" spans="1:13">
       <c r="A542" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B542">
-        <v>4.73</v>
+        <v>11.88</v>
       </c>
       <c r="C542" t="s">
-        <v>829</v>
+        <v>926</v>
       </c>
       <c r="D542" t="s">
-        <v>1548</v>
+        <v>1618</v>
       </c>
       <c r="E542" t="s">
-        <v>946</v>
+        <v>1619</v>
       </c>
       <c r="F542" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G542" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H542" s="5">
-        <v>6072.0</v>
+        <v>25025.0</v>
       </c>
       <c r="I542" s="5">
-        <v>7347</v>
+        <v>30280</v>
       </c>
       <c r="J542" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K542" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="543" spans="1:13">
       <c r="A543" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B543">
-        <v>3.93</v>
+        <v>8.36</v>
       </c>
       <c r="C543" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D543" t="s">
-        <v>1549</v>
+        <v>1620</v>
       </c>
       <c r="E543" t="s">
-        <v>946</v>
+        <v>1416</v>
       </c>
       <c r="F543" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G543" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H543" s="5">
-        <v>4179.0</v>
+        <v>18562.0</v>
       </c>
       <c r="I543" s="5">
-        <v>5057</v>
+        <v>22460</v>
       </c>
       <c r="J543" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K543" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="544" spans="1:13">
       <c r="A544" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B544">
-        <v>3.84</v>
+        <v>5.16</v>
       </c>
       <c r="C544" t="s">
-        <v>819</v>
+        <v>1528</v>
       </c>
       <c r="D544" t="s">
-        <v>1550</v>
+        <v>1621</v>
       </c>
       <c r="E544" t="s">
-        <v>946</v>
+        <v>1622</v>
       </c>
       <c r="F544" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G544" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H544" s="5">
-        <v>4137.0</v>
+        <v>10572.0</v>
       </c>
       <c r="I544" s="5">
-        <v>5006</v>
+        <v>12792</v>
       </c>
       <c r="J544" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K544" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="545" spans="1:13">
       <c r="A545" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B545">
-        <v>3.62</v>
+        <v>5.47</v>
       </c>
       <c r="C545" t="s">
-        <v>971</v>
+        <v>886</v>
       </c>
       <c r="D545" t="s">
-        <v>1551</v>
+        <v>1623</v>
       </c>
       <c r="E545" t="s">
-        <v>946</v>
+        <v>1624</v>
       </c>
       <c r="F545" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G545" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H545" s="5">
-        <v>5379.0</v>
+        <v>11047.0</v>
       </c>
       <c r="I545" s="5">
-        <v>6509</v>
+        <v>13367</v>
       </c>
       <c r="J545" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K545" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="546" spans="1:13">
       <c r="A546" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B546">
-        <v>3.46</v>
+        <v>6.98</v>
       </c>
       <c r="C546" t="s">
-        <v>1529</v>
+        <v>926</v>
       </c>
       <c r="D546" t="s">
-        <v>1552</v>
+        <v>1625</v>
       </c>
       <c r="E546" t="s">
-        <v>946</v>
+        <v>1624</v>
       </c>
       <c r="F546" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G546" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H546" s="5">
-        <v>3959.0</v>
+        <v>16028.0</v>
       </c>
       <c r="I546" s="5">
-        <v>4790</v>
+        <v>19394</v>
       </c>
       <c r="J546" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K546" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="547" spans="1:13">
       <c r="A547" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B547">
-        <v>3.34</v>
+        <v>7.34</v>
       </c>
       <c r="C547" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D547" t="s">
-        <v>1553</v>
+        <v>1626</v>
       </c>
       <c r="E547" t="s">
-        <v>946</v>
+        <v>1416</v>
       </c>
       <c r="F547" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G547" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H547" s="5">
-        <v>3903.0</v>
+        <v>13908.0</v>
       </c>
       <c r="I547" s="5">
-        <v>4723</v>
+        <v>16829</v>
       </c>
       <c r="J547" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K547" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="548" spans="1:13">
       <c r="A548" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B548">
-        <v>3.33</v>
+        <v>6.51</v>
       </c>
       <c r="C548" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D548" t="s">
-        <v>1554</v>
+        <v>1627</v>
       </c>
       <c r="E548" t="s">
-        <v>946</v>
+        <v>1416</v>
       </c>
       <c r="F548" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G548" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H548" s="5">
-        <v>3898.0</v>
+        <v>12638.0</v>
       </c>
       <c r="I548" s="5">
-        <v>4717</v>
+        <v>15292</v>
       </c>
       <c r="J548" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K548" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="549" spans="1:13">
       <c r="A549" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B549">
-        <v>3.26</v>
+        <v>7.78</v>
       </c>
       <c r="C549" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D549" t="s">
-        <v>1555</v>
+        <v>1628</v>
       </c>
       <c r="E549" t="s">
-        <v>946</v>
+        <v>1416</v>
       </c>
       <c r="F549" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G549" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H549" s="5">
-        <v>3866.0</v>
+        <v>17497.0</v>
       </c>
       <c r="I549" s="5">
-        <v>4678</v>
+        <v>21171</v>
       </c>
       <c r="J549" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K549" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="550" spans="1:13">
       <c r="A550" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B550">
-        <v>3.23</v>
+        <v>11.18</v>
       </c>
       <c r="C550" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D550" t="s">
-        <v>1556</v>
+        <v>1629</v>
       </c>
       <c r="E550" t="s">
-        <v>946</v>
+        <v>1630</v>
       </c>
       <c r="F550" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G550" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H550" s="5">
-        <v>3852.0</v>
+        <v>19783.0</v>
       </c>
       <c r="I550" s="5">
-        <v>4661</v>
+        <v>23937</v>
       </c>
       <c r="J550" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K550" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="551" spans="1:13">
       <c r="A551" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B551">
-        <v>3.07</v>
+        <v>11.55</v>
       </c>
       <c r="C551" t="s">
-        <v>819</v>
+        <v>1631</v>
       </c>
       <c r="D551" t="s">
-        <v>1557</v>
+        <v>1632</v>
       </c>
       <c r="E551" t="s">
-        <v>946</v>
+        <v>1407</v>
       </c>
       <c r="F551" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G551" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H551" s="5">
-        <v>3777.0</v>
+        <v>32558.0</v>
       </c>
       <c r="I551" s="5">
-        <v>4570</v>
+        <v>39395</v>
       </c>
       <c r="J551" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K551" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="552" spans="1:13">
       <c r="A552" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B552">
-        <v>2.65</v>
+        <v>5.54</v>
       </c>
       <c r="C552" t="s">
-        <v>829</v>
+        <v>926</v>
       </c>
       <c r="D552" t="s">
-        <v>1558</v>
+        <v>1633</v>
       </c>
       <c r="E552" t="s">
-        <v>946</v>
+        <v>1634</v>
       </c>
       <c r="F552" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G552" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H552" s="5">
-        <v>4774.0</v>
+        <v>11154.0</v>
       </c>
       <c r="I552" s="5">
-        <v>5777</v>
+        <v>13496</v>
       </c>
       <c r="J552" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K552" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="553" spans="1:13">
       <c r="A553" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B553">
-        <v>1.57</v>
+        <v>5.91</v>
       </c>
       <c r="C553" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D553" t="s">
-        <v>1559</v>
+        <v>1635</v>
       </c>
       <c r="E553" t="s">
-        <v>871</v>
+        <v>1416</v>
       </c>
       <c r="F553" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G553" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H553" s="5">
-        <v>5637.0</v>
+        <v>9376.0</v>
       </c>
       <c r="I553" s="5">
-        <v>6821</v>
+        <v>11345</v>
       </c>
       <c r="J553" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K553" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="554" spans="1:13">
       <c r="A554" t="s">
-        <v>866</v>
+        <v>932</v>
       </c>
       <c r="B554">
-        <v>1.24</v>
+        <v>6.85</v>
       </c>
       <c r="C554" t="s">
-        <v>819</v>
+        <v>1171</v>
       </c>
       <c r="D554" t="s">
-        <v>1560</v>
+        <v>1636</v>
       </c>
       <c r="E554" t="s">
-        <v>868</v>
+        <v>1407</v>
       </c>
       <c r="F554" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G554" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H554" s="5">
-        <v>32079.0</v>
+        <v>15790.0</v>
       </c>
       <c r="I554" s="5">
-        <v>38816</v>
+        <v>19106</v>
       </c>
       <c r="J554" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K554" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="555" spans="1:13">
       <c r="A555" t="s">
-        <v>866</v>
+        <v>907</v>
       </c>
       <c r="B555">
-        <v>1.03</v>
+        <v>1.58</v>
       </c>
       <c r="C555" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D555" t="s">
-        <v>1561</v>
+        <v>1637</v>
       </c>
       <c r="E555" t="s">
-        <v>871</v>
+        <v>1221</v>
       </c>
       <c r="F555" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G555" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H555" s="5">
-        <v>21048.0</v>
+        <v>6672.0</v>
       </c>
       <c r="I555" s="5">
-        <v>25468</v>
+        <v>8073</v>
       </c>
       <c r="J555" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K555" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="556" spans="1:13">
       <c r="A556" t="s">
-        <v>866</v>
+        <v>907</v>
       </c>
       <c r="B556">
-        <v>0.87</v>
+        <v>2.27</v>
       </c>
       <c r="C556" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D556" t="s">
-        <v>1562</v>
+        <v>1638</v>
       </c>
       <c r="E556" t="s">
-        <v>868</v>
+        <v>1161</v>
       </c>
       <c r="F556" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G556" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H556" s="5">
-        <v>23028.0</v>
+        <v>14300.0</v>
       </c>
       <c r="I556" s="5">
-        <v>27864</v>
+        <v>17303</v>
       </c>
       <c r="J556" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K556" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="557" spans="1:13">
       <c r="A557" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B557">
-        <v>0.84</v>
+        <v>3.18</v>
       </c>
       <c r="C557" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D557" t="s">
-        <v>1563</v>
+        <v>1639</v>
       </c>
       <c r="E557" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F557" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G557" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H557" s="5">
-        <v>30096.0</v>
+        <v>4062.0</v>
       </c>
       <c r="I557" s="5">
-        <v>36416</v>
+        <v>4915</v>
       </c>
       <c r="J557" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K557" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="558" spans="1:13">
       <c r="A558" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B558">
-        <v>0.78</v>
+        <v>3.5</v>
       </c>
       <c r="C558" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D558" t="s">
-        <v>1564</v>
+        <v>1640</v>
       </c>
       <c r="E558" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F558" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G558" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H558" s="5">
-        <v>12397.0</v>
+        <v>4239.0</v>
       </c>
       <c r="I558" s="5">
-        <v>15000</v>
+        <v>5129</v>
       </c>
       <c r="J558" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K558" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="559" spans="1:13">
       <c r="A559" t="s">
-        <v>1090</v>
+        <v>904</v>
       </c>
       <c r="B559">
-        <v>3.88</v>
+        <v>3.32</v>
       </c>
       <c r="C559" t="s">
-        <v>1565</v>
+        <v>893</v>
       </c>
       <c r="D559" t="s">
-        <v>1566</v>
+        <v>1641</v>
       </c>
       <c r="E559" t="s">
-        <v>1511</v>
+        <v>934</v>
       </c>
       <c r="F559" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G559" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H559" s="5">
-        <v>14117.0</v>
+        <v>5520.0</v>
       </c>
       <c r="I559" s="5">
-        <v>17082</v>
+        <v>6679</v>
       </c>
       <c r="J559" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K559" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="560" spans="1:13">
       <c r="A560" t="s">
-        <v>1090</v>
+        <v>904</v>
       </c>
       <c r="B560">
-        <v>3.13</v>
+        <v>3.65</v>
       </c>
       <c r="C560" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="D560" t="s">
-        <v>1567</v>
+        <v>1642</v>
       </c>
       <c r="E560" t="s">
-        <v>1097</v>
+        <v>934</v>
       </c>
       <c r="F560" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G560" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H560" s="5">
-        <v>8903.0</v>
+        <v>4322.0</v>
       </c>
       <c r="I560" s="5">
-        <v>10773</v>
+        <v>5230</v>
       </c>
       <c r="J560" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K560" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="561" spans="1:13">
       <c r="A561" t="s">
-        <v>1090</v>
+        <v>904</v>
       </c>
       <c r="B561">
-        <v>1.85</v>
+        <v>4.62</v>
       </c>
       <c r="C561" t="s">
-        <v>819</v>
+        <v>1129</v>
       </c>
       <c r="D561" t="s">
-        <v>1568</v>
+        <v>1643</v>
       </c>
       <c r="E561" t="s">
-        <v>1569</v>
+        <v>934</v>
       </c>
       <c r="F561" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G561" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H561" s="5">
-        <v>10046.0</v>
+        <v>6478.0</v>
       </c>
       <c r="I561" s="5">
-        <v>12156</v>
+        <v>7838</v>
       </c>
       <c r="J561" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K561" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="562" spans="1:13">
       <c r="A562" t="s">
-        <v>1113</v>
+        <v>1003</v>
       </c>
       <c r="B562">
-        <v>1.22</v>
+        <v>0.45</v>
       </c>
       <c r="C562" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D562" t="s">
-        <v>1570</v>
+        <v>1644</v>
       </c>
       <c r="E562" t="s">
-        <v>1571</v>
+        <v>1597</v>
       </c>
       <c r="F562" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G562" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H562" s="5">
-        <v>6727.0</v>
+        <v>6623.0</v>
       </c>
       <c r="I562" s="5">
-        <v>8140</v>
+        <v>8014</v>
       </c>
       <c r="J562" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K562" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="563" spans="1:13">
       <c r="A563" t="s">
-        <v>1113</v>
+        <v>1003</v>
       </c>
       <c r="B563">
-        <v>1.14</v>
+        <v>0.68</v>
       </c>
       <c r="C563" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D563" t="s">
-        <v>1572</v>
+        <v>1645</v>
       </c>
       <c r="E563" t="s">
-        <v>1571</v>
+        <v>1646</v>
       </c>
       <c r="F563" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G563" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H563" s="5">
-        <v>6465.0</v>
+        <v>10460.0</v>
       </c>
       <c r="I563" s="5">
-        <v>7823</v>
+        <v>12657</v>
       </c>
       <c r="J563" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K563" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="564" spans="1:13">
       <c r="A564" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B564">
+        <v>0.38</v>
+      </c>
+      <c r="C564" t="s">
+        <v>939</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F564" t="s">
         <v>1113</v>
       </c>
-      <c r="B564">
-[...13 lines deleted...]
-      </c>
       <c r="G564" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H564" s="5">
-        <v>6170.0</v>
+        <v>5591.0</v>
       </c>
       <c r="I564" s="5">
-        <v>7466</v>
+        <v>6765</v>
       </c>
       <c r="J564" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K564" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="565" spans="1:13">
       <c r="A565" t="s">
-        <v>1113</v>
+        <v>937</v>
       </c>
       <c r="B565">
-        <v>1.05</v>
+        <v>3.14</v>
       </c>
       <c r="C565" t="s">
-        <v>829</v>
+        <v>968</v>
       </c>
       <c r="D565" t="s">
-        <v>1574</v>
+        <v>1648</v>
       </c>
       <c r="E565" t="s">
-        <v>1097</v>
+        <v>1279</v>
       </c>
       <c r="F565" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G565" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H565" s="5">
-        <v>6170.0</v>
+        <v>10985.0</v>
       </c>
       <c r="I565" s="5">
-        <v>7466</v>
+        <v>13292</v>
       </c>
       <c r="J565" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K565" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="566" spans="1:13">
       <c r="A566" t="s">
-        <v>995</v>
+        <v>950</v>
       </c>
       <c r="B566">
-        <v>3.63</v>
+        <v>1.69</v>
       </c>
       <c r="C566" t="s">
-        <v>829</v>
+        <v>1649</v>
       </c>
       <c r="D566" t="s">
-        <v>1575</v>
+        <v>1650</v>
       </c>
       <c r="E566" t="s">
-        <v>961</v>
+        <v>1279</v>
       </c>
       <c r="F566" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G566" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H566" s="5">
-        <v>18591.0</v>
+        <v>9980.0</v>
       </c>
       <c r="I566" s="5">
-        <v>22495</v>
+        <v>12076</v>
       </c>
       <c r="J566" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K566" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="567" spans="1:13">
       <c r="A567" t="s">
-        <v>939</v>
+        <v>950</v>
       </c>
       <c r="B567">
-        <v>4.7</v>
+        <v>4.55</v>
       </c>
       <c r="C567" t="s">
-        <v>827</v>
+        <v>1649</v>
       </c>
       <c r="D567" t="s">
-        <v>1576</v>
+        <v>1651</v>
       </c>
       <c r="E567" t="s">
-        <v>1181</v>
+        <v>1652</v>
       </c>
       <c r="F567" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G567" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H567" s="5">
-        <v>12530.0</v>
+        <v>19850.0</v>
       </c>
       <c r="I567" s="5">
-        <v>15161</v>
+        <v>24019</v>
       </c>
       <c r="J567" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K567" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="568" spans="1:13">
       <c r="A568" t="s">
-        <v>939</v>
+        <v>1653</v>
       </c>
       <c r="B568">
-        <v>1.98</v>
+        <v>1.07</v>
       </c>
       <c r="C568" t="s">
-        <v>819</v>
+        <v>968</v>
       </c>
       <c r="D568" t="s">
-        <v>1577</v>
+        <v>1654</v>
       </c>
       <c r="E568" t="s">
-        <v>976</v>
+        <v>1655</v>
       </c>
       <c r="F568" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G568" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H568" s="5">
-        <v>7900.0</v>
+        <v>8552.0</v>
       </c>
       <c r="I568" s="5">
-        <v>9559</v>
+        <v>10348</v>
       </c>
       <c r="J568" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K568" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="569" spans="1:13">
       <c r="A569" t="s">
-        <v>1201</v>
+        <v>898</v>
       </c>
       <c r="B569">
-        <v>6.53</v>
+        <v>1.68</v>
       </c>
       <c r="C569" t="s">
-        <v>971</v>
+        <v>886</v>
       </c>
       <c r="D569" t="s">
-        <v>1578</v>
+        <v>1656</v>
       </c>
       <c r="E569" t="s">
-        <v>1205</v>
+        <v>1352</v>
       </c>
       <c r="F569" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G569" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H569" s="5">
-        <v>5277.0</v>
+        <v>6949.0</v>
       </c>
       <c r="I569" s="5">
-        <v>6385</v>
+        <v>8408</v>
       </c>
       <c r="J569" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K569" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="570" spans="1:13">
       <c r="A570" t="s">
-        <v>1201</v>
+        <v>1417</v>
       </c>
       <c r="B570">
-        <v>4.91</v>
+        <v>3.11</v>
       </c>
       <c r="C570" t="s">
-        <v>1533</v>
+        <v>893</v>
       </c>
       <c r="D570" t="s">
-        <v>1579</v>
+        <v>1657</v>
       </c>
       <c r="E570" t="s">
-        <v>1205</v>
+        <v>914</v>
       </c>
       <c r="F570" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G570" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H570" s="5">
-        <v>5411.0</v>
+        <v>3737.0</v>
       </c>
       <c r="I570" s="5">
-        <v>6547</v>
+        <v>4522</v>
       </c>
       <c r="J570" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K570" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="571" spans="1:13">
       <c r="A571" t="s">
-        <v>1201</v>
+        <v>952</v>
       </c>
       <c r="B571">
-        <v>4.74</v>
+        <v>2.66</v>
       </c>
       <c r="C571" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D571" t="s">
-        <v>1580</v>
+        <v>1658</v>
       </c>
       <c r="E571" t="s">
-        <v>1222</v>
+        <v>990</v>
       </c>
       <c r="F571" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G571" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H571" s="5">
-        <v>3799.0</v>
+        <v>3146.0</v>
       </c>
       <c r="I571" s="5">
-        <v>4597</v>
+        <v>3807</v>
       </c>
       <c r="J571" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K571" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="572" spans="1:13">
       <c r="A572" t="s">
-        <v>1201</v>
+        <v>932</v>
       </c>
       <c r="B572">
-        <v>4.55</v>
+        <v>4.4</v>
       </c>
       <c r="C572" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D572" t="s">
-        <v>1581</v>
+        <v>1659</v>
       </c>
       <c r="E572" t="s">
-        <v>1582</v>
+        <v>1407</v>
       </c>
       <c r="F572" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G572" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H572" s="5">
-        <v>5214.0</v>
+        <v>6943.0</v>
       </c>
       <c r="I572" s="5">
-        <v>6309</v>
+        <v>8401</v>
       </c>
       <c r="J572" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K572" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="573" spans="1:13">
       <c r="A573" t="s">
-        <v>1201</v>
+        <v>904</v>
       </c>
       <c r="B573">
-        <v>4.54</v>
+        <v>4.04</v>
       </c>
       <c r="C573" t="s">
-        <v>827</v>
+        <v>1178</v>
       </c>
       <c r="D573" t="s">
-        <v>1583</v>
+        <v>1660</v>
       </c>
       <c r="E573" t="s">
-        <v>1222</v>
+        <v>1661</v>
       </c>
       <c r="F573" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G573" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H573" s="5">
-        <v>5209.0</v>
+        <v>5641.0</v>
       </c>
       <c r="I573" s="5">
-        <v>6303</v>
+        <v>6826</v>
       </c>
       <c r="J573" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K573" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="574" spans="1:13">
       <c r="A574" t="s">
-        <v>1201</v>
+        <v>904</v>
       </c>
       <c r="B574">
-        <v>4.19</v>
+        <v>3.94</v>
       </c>
       <c r="C574" t="s">
-        <v>819</v>
+        <v>910</v>
       </c>
       <c r="D574" t="s">
-        <v>1584</v>
+        <v>1662</v>
       </c>
       <c r="E574" t="s">
-        <v>1585</v>
+        <v>934</v>
       </c>
       <c r="F574" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G574" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H574" s="5">
-        <v>3584.0</v>
+        <v>4553.0</v>
       </c>
       <c r="I574" s="5">
-        <v>4337</v>
+        <v>5509</v>
       </c>
       <c r="J574" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K574" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="575" spans="1:13">
       <c r="A575" t="s">
-        <v>1201</v>
+        <v>1003</v>
       </c>
       <c r="B575">
-        <v>4.19</v>
+        <v>0.94</v>
       </c>
       <c r="C575" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D575" t="s">
-        <v>1586</v>
+        <v>1663</v>
       </c>
       <c r="E575" t="s">
-        <v>1205</v>
+        <v>1005</v>
       </c>
       <c r="F575" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G575" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H575" s="5">
-        <v>3584.0</v>
+        <v>27600.0</v>
       </c>
       <c r="I575" s="5">
-        <v>4337</v>
+        <v>33396</v>
       </c>
       <c r="J575" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K575" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="576" spans="1:13">
       <c r="A576" t="s">
-        <v>1201</v>
+        <v>1003</v>
       </c>
       <c r="B576">
-        <v>4.13</v>
+        <v>0.76</v>
       </c>
       <c r="C576" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D576" t="s">
-        <v>1587</v>
+        <v>1664</v>
       </c>
       <c r="E576" t="s">
-        <v>1317</v>
+        <v>934</v>
       </c>
       <c r="F576" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G576" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H576" s="5">
-        <v>3561.0</v>
+        <v>15100.0</v>
       </c>
       <c r="I576" s="5">
-        <v>4309</v>
+        <v>18271</v>
       </c>
       <c r="J576" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K576" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="577" spans="1:13">
       <c r="A577" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B577">
-        <v>4.12</v>
+        <v>1.45</v>
       </c>
       <c r="C577" t="s">
-        <v>819</v>
+        <v>1528</v>
       </c>
       <c r="D577" t="s">
-        <v>1588</v>
+        <v>1665</v>
       </c>
       <c r="E577" t="s">
-        <v>1222</v>
+        <v>1652</v>
       </c>
       <c r="F577" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G577" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H577" s="5">
-        <v>3557.0</v>
+        <v>5343.0</v>
       </c>
       <c r="I577" s="5">
-        <v>4304</v>
+        <v>6465</v>
       </c>
       <c r="J577" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K577" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="578" spans="1:13">
       <c r="A578" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B578">
-        <v>3.93</v>
+        <v>1.57</v>
       </c>
       <c r="C578" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D578" t="s">
-        <v>1589</v>
+        <v>1666</v>
       </c>
       <c r="E578" t="s">
-        <v>1317</v>
+        <v>1327</v>
       </c>
       <c r="F578" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G578" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H578" s="5">
-        <v>3483.0</v>
+        <v>11248.0</v>
       </c>
       <c r="I578" s="5">
-        <v>4214</v>
+        <v>13610</v>
       </c>
       <c r="J578" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K578" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="579" spans="1:13">
       <c r="A579" t="s">
-        <v>1201</v>
+        <v>947</v>
       </c>
       <c r="B579">
-        <v>3.8</v>
+        <v>2.44</v>
       </c>
       <c r="C579" t="s">
-        <v>839</v>
+        <v>1038</v>
       </c>
       <c r="D579" t="s">
-        <v>1590</v>
+        <v>1667</v>
       </c>
       <c r="E579" t="s">
-        <v>1172</v>
+        <v>1668</v>
       </c>
       <c r="F579" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G579" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H579" s="5">
-        <v>4805.0</v>
+        <v>5803.0</v>
       </c>
       <c r="I579" s="5">
-        <v>5814</v>
+        <v>7022</v>
       </c>
       <c r="J579" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K579" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="580" spans="1:13">
       <c r="A580" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B580">
-        <v>3.69</v>
+        <v>5.09</v>
       </c>
       <c r="C580" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D580" t="s">
-        <v>1591</v>
+        <v>1669</v>
       </c>
       <c r="E580" t="s">
-        <v>1205</v>
+        <v>990</v>
       </c>
       <c r="F580" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G580" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H580" s="5">
-        <v>4745.0</v>
+        <v>8794.0</v>
       </c>
       <c r="I580" s="5">
-        <v>5741</v>
+        <v>10641</v>
       </c>
       <c r="J580" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K580" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="581" spans="1:13">
       <c r="A581" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B581">
-        <v>3.52</v>
+        <v>3.99</v>
       </c>
       <c r="C581" t="s">
-        <v>839</v>
+        <v>910</v>
       </c>
       <c r="D581" t="s">
-        <v>1592</v>
+        <v>1670</v>
       </c>
       <c r="E581" t="s">
-        <v>1593</v>
+        <v>1671</v>
       </c>
       <c r="F581" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G581" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H581" s="5">
-        <v>6646.0</v>
+        <v>11287.0</v>
       </c>
       <c r="I581" s="5">
-        <v>8042</v>
+        <v>13657</v>
       </c>
       <c r="J581" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K581" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="582" spans="1:13">
       <c r="A582" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B582">
-        <v>3.46</v>
+        <v>3.38</v>
       </c>
       <c r="C582" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D582" t="s">
-        <v>1594</v>
+        <v>1672</v>
       </c>
       <c r="E582" t="s">
-        <v>1205</v>
+        <v>1671</v>
       </c>
       <c r="F582" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G582" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H582" s="5">
-        <v>4619.0</v>
+        <v>5916.0</v>
       </c>
       <c r="I582" s="5">
-        <v>5589</v>
+        <v>7158</v>
       </c>
       <c r="J582" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K582" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="583" spans="1:13">
       <c r="A583" t="s">
-        <v>1201</v>
+        <v>950</v>
       </c>
       <c r="B583">
-        <v>3.41</v>
+        <v>4.7</v>
       </c>
       <c r="C583" t="s">
-        <v>839</v>
+        <v>926</v>
       </c>
       <c r="D583" t="s">
-        <v>1595</v>
+        <v>1673</v>
       </c>
       <c r="E583" t="s">
-        <v>1205</v>
+        <v>1674</v>
       </c>
       <c r="F583" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G583" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H583" s="5">
-        <v>4592.0</v>
+        <v>12948.0</v>
       </c>
       <c r="I583" s="5">
-        <v>5556</v>
+        <v>15667</v>
       </c>
       <c r="J583" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K583" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="584" spans="1:13">
       <c r="A584" t="s">
-        <v>1201</v>
+        <v>898</v>
       </c>
       <c r="B584">
-        <v>3.26</v>
+        <v>4.93</v>
       </c>
       <c r="C584" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D584" t="s">
-        <v>1596</v>
+        <v>1675</v>
       </c>
       <c r="E584" t="s">
-        <v>1495</v>
+        <v>1676</v>
       </c>
       <c r="F584" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G584" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H584" s="5">
-        <v>6443.0</v>
+        <v>3861.0</v>
       </c>
       <c r="I584" s="5">
-        <v>7796</v>
+        <v>4672</v>
       </c>
       <c r="J584" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K584" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="585" spans="1:13">
       <c r="A585" t="s">
-        <v>1251</v>
+        <v>904</v>
       </c>
       <c r="B585">
         <v>4.73</v>
       </c>
       <c r="C585" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D585" t="s">
-        <v>1597</v>
+        <v>1677</v>
       </c>
       <c r="E585" t="s">
-        <v>1253</v>
+        <v>934</v>
       </c>
       <c r="F585" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G585" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H585" s="5">
-        <v>6114.0</v>
+        <v>4996.0</v>
       </c>
       <c r="I585" s="5">
-        <v>7398</v>
+        <v>6045</v>
       </c>
       <c r="J585" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K585" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="586" spans="1:13">
       <c r="A586" t="s">
-        <v>1251</v>
+        <v>892</v>
       </c>
       <c r="B586">
-        <v>4.72</v>
+        <v>1.28</v>
       </c>
       <c r="C586" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D586" t="s">
-        <v>1598</v>
+        <v>1678</v>
       </c>
       <c r="E586" t="s">
-        <v>1253</v>
+        <v>1161</v>
       </c>
       <c r="F586" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G586" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H586" s="5">
-        <v>6109.0</v>
+        <v>4471.0</v>
       </c>
       <c r="I586" s="5">
-        <v>7392</v>
+        <v>5410</v>
       </c>
       <c r="J586" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K586" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="587" spans="1:13">
       <c r="A587" t="s">
-        <v>1251</v>
+        <v>892</v>
       </c>
       <c r="B587">
-        <v>4.7</v>
+        <v>1.21</v>
       </c>
       <c r="C587" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D587" t="s">
-        <v>1599</v>
+        <v>1679</v>
       </c>
       <c r="E587" t="s">
-        <v>1253</v>
+        <v>1161</v>
       </c>
       <c r="F587" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G587" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H587" s="5">
-        <v>7929.0</v>
+        <v>4360.0</v>
       </c>
       <c r="I587" s="5">
-        <v>9594</v>
+        <v>5276</v>
       </c>
       <c r="J587" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K587" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="588" spans="1:13">
       <c r="A588" t="s">
-        <v>1251</v>
+        <v>1003</v>
       </c>
       <c r="B588">
-        <v>4.35</v>
+        <v>0.82</v>
       </c>
       <c r="C588" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D588" t="s">
-        <v>1600</v>
+        <v>1680</v>
       </c>
       <c r="E588" t="s">
-        <v>1253</v>
+        <v>1005</v>
       </c>
       <c r="F588" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G588" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H588" s="5">
-        <v>7717.0</v>
+        <v>22700.0</v>
       </c>
       <c r="I588" s="5">
-        <v>9338</v>
+        <v>27467</v>
       </c>
       <c r="J588" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K588" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="589" spans="1:13">
       <c r="A589" t="s">
-        <v>1251</v>
+        <v>917</v>
       </c>
       <c r="B589">
-        <v>3.83</v>
+        <v>3.03</v>
       </c>
       <c r="C589" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D589" t="s">
-        <v>1601</v>
+        <v>1681</v>
       </c>
       <c r="E589" t="s">
-        <v>1260</v>
+        <v>1374</v>
       </c>
       <c r="F589" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G589" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H589" s="5">
-        <v>5692.0</v>
+        <v>5377.0</v>
       </c>
       <c r="I589" s="5">
-        <v>6887</v>
+        <v>6506</v>
       </c>
       <c r="J589" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K589" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="590" spans="1:13">
       <c r="A590" t="s">
-        <v>1251</v>
+        <v>917</v>
       </c>
       <c r="B590">
-        <v>3.19</v>
+        <v>2.12</v>
       </c>
       <c r="C590" t="s">
-        <v>1529</v>
+        <v>1038</v>
       </c>
       <c r="D590" t="s">
-        <v>1602</v>
+        <v>1682</v>
       </c>
       <c r="E590" t="s">
-        <v>1253</v>
+        <v>1012</v>
       </c>
       <c r="F590" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G590" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H590" s="5">
-        <v>5393.0</v>
+        <v>6546.0</v>
       </c>
       <c r="I590" s="5">
-        <v>6526</v>
+        <v>7921</v>
       </c>
       <c r="J590" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K590" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="591" spans="1:13">
       <c r="A591" t="s">
-        <v>1251</v>
+        <v>932</v>
       </c>
       <c r="B591">
-        <v>1.05</v>
+        <v>3.8</v>
       </c>
       <c r="C591" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D591" t="s">
-        <v>1603</v>
+        <v>1683</v>
       </c>
       <c r="E591" t="s">
-        <v>1604</v>
+        <v>1416</v>
       </c>
       <c r="F591" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G591" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H591" s="5">
-        <v>4391.0</v>
+        <v>7878.0</v>
       </c>
       <c r="I591" s="5">
-        <v>5313</v>
+        <v>9532</v>
       </c>
       <c r="J591" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K591" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="592" spans="1:13">
       <c r="A592" t="s">
-        <v>982</v>
+        <v>1417</v>
       </c>
       <c r="B592">
-        <v>2.09</v>
+        <v>4.6</v>
       </c>
       <c r="C592" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D592" t="s">
-        <v>1605</v>
+        <v>1684</v>
       </c>
       <c r="E592" t="s">
-        <v>1511</v>
+        <v>1419</v>
       </c>
       <c r="F592" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G592" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H592" s="5">
-        <v>4977.0</v>
+        <v>4492.0</v>
       </c>
       <c r="I592" s="5">
-        <v>6022</v>
+        <v>5435</v>
       </c>
       <c r="J592" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K592" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="593" spans="1:13">
       <c r="A593" t="s">
-        <v>1237</v>
+        <v>1417</v>
       </c>
       <c r="B593">
-        <v>8.66</v>
+        <v>3.33</v>
       </c>
       <c r="C593" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D593" t="s">
-        <v>1606</v>
+        <v>1685</v>
       </c>
       <c r="E593" t="s">
-        <v>946</v>
+        <v>1419</v>
       </c>
       <c r="F593" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G593" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H593" s="5">
-        <v>64958.0</v>
+        <v>3898.0</v>
       </c>
       <c r="I593" s="5">
-        <v>78599</v>
+        <v>4717</v>
       </c>
       <c r="J593" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K593" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="594" spans="1:13">
       <c r="A594" t="s">
-        <v>1237</v>
+        <v>952</v>
       </c>
       <c r="B594">
-        <v>6.88</v>
+        <v>2.18</v>
       </c>
       <c r="C594" t="s">
-        <v>827</v>
+        <v>926</v>
       </c>
       <c r="D594" t="s">
-        <v>1607</v>
+        <v>1686</v>
       </c>
       <c r="E594" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
       <c r="F594" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G594" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H594" s="5">
-        <v>53851.0</v>
+        <v>3524.0</v>
       </c>
       <c r="I594" s="5">
-        <v>65160</v>
+        <v>4264</v>
       </c>
       <c r="J594" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K594" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="595" spans="1:13">
       <c r="A595" t="s">
-        <v>1237</v>
+        <v>952</v>
       </c>
       <c r="B595">
-        <v>6.66</v>
+        <v>3.4</v>
       </c>
       <c r="C595" t="s">
-        <v>827</v>
+        <v>910</v>
       </c>
       <c r="D595" t="s">
-        <v>1608</v>
+        <v>1687</v>
       </c>
       <c r="E595" t="s">
-        <v>1250</v>
+        <v>990</v>
       </c>
       <c r="F595" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G595" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H595" s="5">
-        <v>10496.0</v>
+        <v>4249.0</v>
       </c>
       <c r="I595" s="5">
-        <v>12700</v>
+        <v>5141</v>
       </c>
       <c r="J595" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K595" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="596" spans="1:13">
       <c r="A596" t="s">
-        <v>1237</v>
+        <v>898</v>
       </c>
       <c r="B596">
-        <v>4.62</v>
+        <v>7.69</v>
       </c>
       <c r="C596" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D596" t="s">
-        <v>1609</v>
+        <v>1688</v>
       </c>
       <c r="E596" t="s">
-        <v>946</v>
+        <v>966</v>
       </c>
       <c r="F596" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G596" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H596" s="5">
-        <v>9157.0</v>
+        <v>36475.0</v>
       </c>
       <c r="I596" s="5">
-        <v>11080</v>
+        <v>44135</v>
       </c>
       <c r="J596" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K596" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="597" spans="1:13">
       <c r="A597" t="s">
-        <v>1237</v>
+        <v>898</v>
       </c>
       <c r="B597">
-        <v>2.88</v>
+        <v>4.01</v>
       </c>
       <c r="C597" t="s">
-        <v>900</v>
+        <v>1689</v>
       </c>
       <c r="D597" t="s">
-        <v>1610</v>
+        <v>1690</v>
       </c>
       <c r="E597" t="s">
-        <v>946</v>
+        <v>1221</v>
       </c>
       <c r="F597" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G597" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H597" s="5">
-        <v>7731.0</v>
+        <v>11560.0</v>
       </c>
       <c r="I597" s="5">
-        <v>9355</v>
+        <v>13988</v>
       </c>
       <c r="J597" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K597" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="598" spans="1:13">
       <c r="A598" t="s">
-        <v>1237</v>
+        <v>898</v>
       </c>
       <c r="B598">
-        <v>2.24</v>
+        <v>2.4</v>
       </c>
       <c r="C598" t="s">
-        <v>827</v>
+        <v>886</v>
       </c>
       <c r="D598" t="s">
-        <v>1611</v>
+        <v>1691</v>
       </c>
       <c r="E598" t="s">
-        <v>1250</v>
+        <v>1692</v>
       </c>
       <c r="F598" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G598" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H598" s="5">
-        <v>5444.0</v>
+        <v>13619.0</v>
       </c>
       <c r="I598" s="5">
-        <v>6587</v>
+        <v>16479</v>
       </c>
       <c r="J598" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K598" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="599" spans="1:13">
       <c r="A599" t="s">
-        <v>1113</v>
+        <v>898</v>
       </c>
       <c r="B599">
-        <v>2.05</v>
+        <v>1.6</v>
       </c>
       <c r="C599" t="s">
-        <v>1612</v>
+        <v>1693</v>
       </c>
       <c r="D599" t="s">
-        <v>1613</v>
+        <v>1694</v>
       </c>
       <c r="E599" t="s">
-        <v>1119</v>
+        <v>966</v>
       </c>
       <c r="F599" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G599" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H599" s="5">
-        <v>14013.0</v>
+        <v>10249.0</v>
       </c>
       <c r="I599" s="5">
-        <v>16956</v>
+        <v>12401</v>
       </c>
       <c r="J599" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K599" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="600" spans="1:13">
       <c r="A600" t="s">
-        <v>992</v>
+        <v>907</v>
       </c>
       <c r="B600">
-        <v>1.45</v>
+        <v>4.12</v>
       </c>
       <c r="C600" t="s">
-        <v>980</v>
+        <v>886</v>
       </c>
       <c r="D600" t="s">
-        <v>1614</v>
+        <v>1695</v>
       </c>
       <c r="E600" t="s">
-        <v>1615</v>
+        <v>912</v>
       </c>
       <c r="F600" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G600" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H600" s="5">
-        <v>5031.0</v>
+        <v>16690.0</v>
       </c>
       <c r="I600" s="5">
-        <v>6088</v>
+        <v>20195</v>
       </c>
       <c r="J600" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K600" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="601" spans="1:13">
       <c r="A601" t="s">
-        <v>1251</v>
+        <v>907</v>
       </c>
       <c r="B601">
-        <v>0.37</v>
+        <v>2.55</v>
       </c>
       <c r="C601" t="s">
-        <v>959</v>
+        <v>910</v>
       </c>
       <c r="D601" t="s">
-        <v>1616</v>
+        <v>1696</v>
       </c>
       <c r="E601" t="s">
-        <v>1260</v>
+        <v>1221</v>
       </c>
       <c r="F601" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G601" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H601" s="5">
-        <v>5295.0</v>
+        <v>11400.0</v>
       </c>
       <c r="I601" s="5">
-        <v>6407</v>
+        <v>13794</v>
       </c>
       <c r="J601" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K601" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="602" spans="1:13">
       <c r="A602" t="s">
-        <v>1251</v>
+        <v>907</v>
       </c>
       <c r="B602">
-        <v>9.56</v>
+        <v>2.07</v>
       </c>
       <c r="C602" t="s">
-        <v>839</v>
+        <v>1689</v>
       </c>
       <c r="D602" t="s">
-        <v>1617</v>
+        <v>1697</v>
       </c>
       <c r="E602" t="s">
-        <v>1260</v>
+        <v>912</v>
       </c>
       <c r="F602" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G602" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H602" s="5">
-        <v>9934.0</v>
+        <v>5435.0</v>
       </c>
       <c r="I602" s="5">
-        <v>12020</v>
+        <v>6576</v>
       </c>
       <c r="J602" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K602" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="603" spans="1:13">
       <c r="A603" t="s">
-        <v>995</v>
+        <v>907</v>
       </c>
       <c r="B603">
-        <v>1.37</v>
+        <v>1.75</v>
       </c>
       <c r="C603" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D603" t="s">
-        <v>1618</v>
+        <v>1698</v>
       </c>
       <c r="E603" t="s">
-        <v>961</v>
+        <v>912</v>
       </c>
       <c r="F603" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G603" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H603" s="5">
-        <v>7106.0</v>
+        <v>7254.0</v>
       </c>
       <c r="I603" s="5">
-        <v>8598</v>
+        <v>8777</v>
       </c>
       <c r="J603" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K603" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="604" spans="1:13">
       <c r="A604" t="s">
-        <v>995</v>
+        <v>907</v>
       </c>
       <c r="B604">
-        <v>1.34</v>
+        <v>1.63</v>
       </c>
       <c r="C604" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D604" t="s">
-        <v>1619</v>
+        <v>1699</v>
       </c>
       <c r="E604" t="s">
-        <v>961</v>
+        <v>912</v>
       </c>
       <c r="F604" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G604" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H604" s="5">
-        <v>7036.0</v>
+        <v>4611.0</v>
       </c>
       <c r="I604" s="5">
-        <v>8514</v>
+        <v>5579</v>
       </c>
       <c r="J604" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K604" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="605" spans="1:13">
       <c r="A605" t="s">
-        <v>1113</v>
+        <v>907</v>
       </c>
       <c r="B605">
-        <v>2.04</v>
+        <v>1.58</v>
       </c>
       <c r="C605" t="s">
-        <v>836</v>
+        <v>893</v>
       </c>
       <c r="D605" t="s">
-        <v>1620</v>
+        <v>1700</v>
       </c>
       <c r="E605" t="s">
-        <v>1492</v>
+        <v>966</v>
       </c>
       <c r="F605" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G605" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H605" s="5">
-        <v>13964.0</v>
+        <v>10165.0</v>
       </c>
       <c r="I605" s="5">
-        <v>16896</v>
+        <v>12300</v>
       </c>
       <c r="J605" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K605" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="606" spans="1:13">
       <c r="A606" t="s">
-        <v>995</v>
+        <v>907</v>
       </c>
       <c r="B606">
-        <v>1.69</v>
+        <v>1.3</v>
       </c>
       <c r="C606" t="s">
-        <v>839</v>
+        <v>1689</v>
       </c>
       <c r="D606" t="s">
-        <v>1621</v>
+        <v>1701</v>
       </c>
       <c r="E606" t="s">
-        <v>961</v>
+        <v>912</v>
       </c>
       <c r="F606" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G606" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H606" s="5">
-        <v>8157.0</v>
+        <v>8986.0</v>
       </c>
       <c r="I606" s="5">
-        <v>9870</v>
+        <v>10873</v>
       </c>
       <c r="J606" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K606" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="607" spans="1:13">
       <c r="A607" t="s">
-        <v>1201</v>
+        <v>907</v>
       </c>
       <c r="B607">
-        <v>6.94</v>
+        <v>1.29</v>
       </c>
       <c r="C607" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D607" t="s">
-        <v>1622</v>
+        <v>1702</v>
       </c>
       <c r="E607" t="s">
-        <v>1222</v>
+        <v>912</v>
       </c>
       <c r="F607" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G607" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H607" s="5">
-        <v>7904.0</v>
+        <v>8943.0</v>
       </c>
       <c r="I607" s="5">
-        <v>9564</v>
+        <v>10821</v>
       </c>
       <c r="J607" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K607" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="608" spans="1:13">
       <c r="A608" t="s">
-        <v>1201</v>
+        <v>907</v>
       </c>
       <c r="B608">
-        <v>4.96</v>
+        <v>1.2</v>
       </c>
       <c r="C608" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D608" t="s">
-        <v>1623</v>
+        <v>1703</v>
       </c>
       <c r="E608" t="s">
-        <v>1205</v>
+        <v>1221</v>
       </c>
       <c r="F608" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G608" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H608" s="5">
-        <v>5647.0</v>
+        <v>5710.0</v>
       </c>
       <c r="I608" s="5">
-        <v>6833</v>
+        <v>6909</v>
       </c>
       <c r="J608" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K608" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="609" spans="1:13">
       <c r="A609" t="s">
-        <v>1014</v>
+        <v>907</v>
       </c>
       <c r="B609">
-        <v>2.63</v>
+        <v>1.17</v>
       </c>
       <c r="C609" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D609" t="s">
-        <v>1624</v>
+        <v>1704</v>
       </c>
       <c r="E609" t="s">
-        <v>918</v>
+        <v>966</v>
       </c>
       <c r="F609" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G609" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H609" s="5">
-        <v>8416.0</v>
+        <v>8438.0</v>
       </c>
       <c r="I609" s="5">
-        <v>10183</v>
+        <v>10210</v>
       </c>
       <c r="J609" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K609" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="610" spans="1:13">
       <c r="A610" t="s">
-        <v>1014</v>
+        <v>907</v>
       </c>
       <c r="B610">
-        <v>1.8</v>
+        <v>0.95</v>
       </c>
       <c r="C610" t="s">
-        <v>1625</v>
+        <v>1689</v>
       </c>
       <c r="D610" t="s">
-        <v>1626</v>
+        <v>1705</v>
       </c>
       <c r="E610" t="s">
-        <v>1627</v>
+        <v>1161</v>
       </c>
       <c r="F610" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G610" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H610" s="5">
-        <v>14078.0</v>
+        <v>5008.0</v>
       </c>
       <c r="I610" s="5">
-        <v>17034</v>
+        <v>6060</v>
       </c>
       <c r="J610" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K610" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="611" spans="1:13">
       <c r="A611" t="s">
-        <v>1014</v>
+        <v>907</v>
       </c>
       <c r="B611">
-        <v>1.3</v>
+        <v>0.89</v>
       </c>
       <c r="C611" t="s">
-        <v>819</v>
+        <v>1689</v>
       </c>
       <c r="D611" t="s">
-        <v>1628</v>
+        <v>1706</v>
       </c>
       <c r="E611" t="s">
-        <v>961</v>
+        <v>1161</v>
       </c>
       <c r="F611" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G611" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H611" s="5">
-        <v>8294.0</v>
+        <v>4839.0</v>
       </c>
       <c r="I611" s="5">
-        <v>10036</v>
+        <v>5855</v>
       </c>
       <c r="J611" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K611" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="612" spans="1:13">
       <c r="A612" t="s">
-        <v>1014</v>
+        <v>904</v>
       </c>
       <c r="B612">
-        <v>2.47</v>
+        <v>4.73</v>
       </c>
       <c r="C612" t="s">
-        <v>836</v>
+        <v>939</v>
       </c>
       <c r="D612" t="s">
-        <v>1629</v>
+        <v>1707</v>
       </c>
       <c r="E612" t="s">
-        <v>1630</v>
+        <v>934</v>
       </c>
       <c r="F612" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G612" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H612" s="5">
-        <v>17660.0</v>
+        <v>6072.0</v>
       </c>
       <c r="I612" s="5">
-        <v>21369</v>
+        <v>7347</v>
       </c>
       <c r="J612" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K612" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="613" spans="1:13">
       <c r="A613" t="s">
-        <v>1014</v>
+        <v>904</v>
       </c>
       <c r="B613">
-        <v>0.72</v>
+        <v>3.93</v>
       </c>
       <c r="C613" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D613" t="s">
-        <v>1631</v>
+        <v>1708</v>
       </c>
       <c r="E613" t="s">
-        <v>1630</v>
+        <v>934</v>
       </c>
       <c r="F613" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G613" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H613" s="5">
-        <v>4530.0</v>
+        <v>4179.0</v>
       </c>
       <c r="I613" s="5">
-        <v>5481</v>
+        <v>5057</v>
       </c>
       <c r="J613" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K613" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="614" spans="1:13">
       <c r="A614" t="s">
-        <v>939</v>
+        <v>904</v>
       </c>
       <c r="B614">
-        <v>1.01</v>
+        <v>3.84</v>
       </c>
       <c r="C614" t="s">
-        <v>827</v>
+        <v>893</v>
       </c>
       <c r="D614" t="s">
-        <v>1632</v>
+        <v>1709</v>
       </c>
       <c r="E614" t="s">
-        <v>976</v>
+        <v>934</v>
       </c>
       <c r="F614" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G614" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H614" s="5">
-        <v>6177.0</v>
+        <v>4137.0</v>
       </c>
       <c r="I614" s="5">
-        <v>7474</v>
+        <v>5006</v>
       </c>
       <c r="J614" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K614" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="615" spans="1:13">
       <c r="A615" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B615">
-        <v>3.24</v>
+        <v>3.62</v>
       </c>
       <c r="C615" t="s">
-        <v>819</v>
+        <v>1171</v>
       </c>
       <c r="D615" t="s">
-        <v>1633</v>
+        <v>1710</v>
       </c>
       <c r="E615" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F615" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G615" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H615" s="5">
-        <v>7342.0</v>
+        <v>5379.0</v>
       </c>
       <c r="I615" s="5">
-        <v>8884</v>
+        <v>6509</v>
       </c>
       <c r="J615" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K615" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="616" spans="1:13">
       <c r="A616" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B616">
-        <v>3.35</v>
+        <v>3.46</v>
       </c>
       <c r="C616" t="s">
-        <v>819</v>
+        <v>1689</v>
       </c>
       <c r="D616" t="s">
-        <v>1634</v>
+        <v>1711</v>
       </c>
       <c r="E616" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F616" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G616" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H616" s="5">
-        <v>7440.0</v>
+        <v>3959.0</v>
       </c>
       <c r="I616" s="5">
-        <v>9002</v>
+        <v>4790</v>
       </c>
       <c r="J616" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K616" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="617" spans="1:13">
       <c r="A617" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B617">
-        <v>3.09</v>
+        <v>3.34</v>
       </c>
       <c r="C617" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D617" t="s">
-        <v>1635</v>
+        <v>1712</v>
       </c>
       <c r="E617" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F617" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G617" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H617" s="5">
-        <v>7208.0</v>
+        <v>3903.0</v>
       </c>
       <c r="I617" s="5">
-        <v>8722</v>
+        <v>4723</v>
       </c>
       <c r="J617" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K617" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="618" spans="1:13">
       <c r="A618" t="s">
-        <v>944</v>
+        <v>904</v>
       </c>
       <c r="B618">
-        <v>4.98</v>
+        <v>3.33</v>
       </c>
       <c r="C618" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D618" t="s">
-        <v>1636</v>
+        <v>1713</v>
       </c>
       <c r="E618" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="F618" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G618" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H618" s="5">
-        <v>6467.0</v>
+        <v>3898.0</v>
       </c>
       <c r="I618" s="5">
-        <v>7825</v>
+        <v>4717</v>
       </c>
       <c r="J618" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K618" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="619" spans="1:13">
       <c r="A619" t="s">
-        <v>1237</v>
+        <v>904</v>
       </c>
       <c r="B619">
-        <v>9.02</v>
+        <v>3.26</v>
       </c>
       <c r="C619" t="s">
-        <v>971</v>
+        <v>893</v>
       </c>
       <c r="D619" t="s">
-        <v>1637</v>
+        <v>1714</v>
       </c>
       <c r="E619" t="s">
-        <v>1638</v>
+        <v>934</v>
       </c>
       <c r="F619" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G619" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H619" s="5">
-        <v>13958.0</v>
+        <v>3866.0</v>
       </c>
       <c r="I619" s="5">
-        <v>16889</v>
+        <v>4678</v>
       </c>
       <c r="J619" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K619" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="620" spans="1:13">
       <c r="A620" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B620">
-        <v>0.72</v>
+        <v>3.23</v>
       </c>
       <c r="C620" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="D620" t="s">
-        <v>1639</v>
+        <v>1715</v>
       </c>
       <c r="E620" t="s">
-        <v>871</v>
+        <v>934</v>
       </c>
       <c r="F620" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G620" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H620" s="5">
-        <v>6039.0</v>
+        <v>3852.0</v>
       </c>
       <c r="I620" s="5">
-        <v>7307</v>
+        <v>4661</v>
       </c>
       <c r="J620" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K620" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="621" spans="1:13">
       <c r="A621" t="s">
-        <v>866</v>
+        <v>904</v>
       </c>
       <c r="B621">
-        <v>0.51</v>
+        <v>3.07</v>
       </c>
       <c r="C621" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D621" t="s">
-        <v>1640</v>
+        <v>1716</v>
       </c>
       <c r="E621" t="s">
-        <v>1571</v>
+        <v>934</v>
       </c>
       <c r="F621" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G621" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H621" s="5">
-        <v>8509.0</v>
+        <v>3777.0</v>
       </c>
       <c r="I621" s="5">
-        <v>10296</v>
+        <v>4570</v>
       </c>
       <c r="J621" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K621" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="622" spans="1:13">
       <c r="A622" t="s">
-        <v>1090</v>
+        <v>904</v>
       </c>
       <c r="B622">
-        <v>2.97</v>
+        <v>2.65</v>
       </c>
       <c r="C622" t="s">
-        <v>971</v>
+        <v>939</v>
       </c>
       <c r="D622" t="s">
-        <v>1641</v>
+        <v>1717</v>
       </c>
       <c r="E622" t="s">
-        <v>1097</v>
+        <v>934</v>
       </c>
       <c r="F622" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G622" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H622" s="5">
-        <v>14787.0</v>
+        <v>4774.0</v>
       </c>
       <c r="I622" s="5">
-        <v>17892</v>
+        <v>5777</v>
       </c>
       <c r="J622" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K622" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="623" spans="1:13">
       <c r="A623" t="s">
-        <v>982</v>
+        <v>904</v>
       </c>
       <c r="B623">
-        <v>1.37</v>
+        <v>1.57</v>
       </c>
       <c r="C623" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D623" t="s">
-        <v>1642</v>
+        <v>1718</v>
       </c>
       <c r="E623" t="s">
-        <v>1511</v>
+        <v>1005</v>
       </c>
       <c r="F623" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G623" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H623" s="5">
-        <v>4127.0</v>
+        <v>5637.0</v>
       </c>
       <c r="I623" s="5">
-        <v>4994</v>
+        <v>6821</v>
       </c>
       <c r="J623" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K623" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="624" spans="1:13">
       <c r="A624" t="s">
-        <v>982</v>
+        <v>1003</v>
       </c>
       <c r="B624">
-        <v>1.73</v>
+        <v>1.24</v>
       </c>
       <c r="C624" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D624" t="s">
-        <v>1643</v>
+        <v>1719</v>
       </c>
       <c r="E624" t="s">
-        <v>1644</v>
+        <v>1035</v>
       </c>
       <c r="F624" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G624" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H624" s="5">
-        <v>5996.0</v>
+        <v>32079.0</v>
       </c>
       <c r="I624" s="5">
-        <v>7255</v>
+        <v>38816</v>
       </c>
       <c r="J624" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K624" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="625" spans="1:13">
       <c r="A625" t="s">
-        <v>939</v>
+        <v>1003</v>
       </c>
       <c r="B625">
-        <v>0.86</v>
+        <v>1.03</v>
       </c>
       <c r="C625" t="s">
-        <v>1645</v>
+        <v>893</v>
       </c>
       <c r="D625" t="s">
-        <v>1646</v>
+        <v>1720</v>
       </c>
       <c r="E625" t="s">
-        <v>976</v>
+        <v>1005</v>
       </c>
       <c r="F625" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G625" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H625" s="5">
-        <v>6584.0</v>
+        <v>21048.0</v>
       </c>
       <c r="I625" s="5">
-        <v>7967</v>
+        <v>25468</v>
       </c>
       <c r="J625" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K625" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="626" spans="1:13">
       <c r="A626" t="s">
-        <v>1014</v>
+        <v>1003</v>
       </c>
       <c r="B626">
-        <v>0.51</v>
+        <v>0.87</v>
       </c>
       <c r="C626" t="s">
-        <v>919</v>
+        <v>893</v>
       </c>
       <c r="D626" t="s">
-        <v>1647</v>
+        <v>1721</v>
       </c>
       <c r="E626" t="s">
-        <v>1023</v>
+        <v>1035</v>
       </c>
       <c r="F626" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G626" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H626" s="5">
-        <v>5900.0</v>
+        <v>23028.0</v>
       </c>
       <c r="I626" s="5">
-        <v>7139</v>
+        <v>27864</v>
       </c>
       <c r="J626" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K626" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="627" spans="1:13">
       <c r="A627" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B627">
-        <v>0.52</v>
+        <v>0.84</v>
       </c>
       <c r="C627" t="s">
-        <v>959</v>
+        <v>893</v>
       </c>
       <c r="D627" t="s">
-        <v>1648</v>
+        <v>1722</v>
       </c>
       <c r="E627" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="F627" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G627" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H627" s="5">
-        <v>5314.0</v>
+        <v>30096.0</v>
       </c>
       <c r="I627" s="5">
-        <v>6430</v>
+        <v>36416</v>
       </c>
       <c r="J627" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K627" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="628" spans="1:13">
       <c r="A628" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="B628">
-        <v>0.62</v>
+        <v>0.78</v>
       </c>
       <c r="C628" t="s">
-        <v>829</v>
+        <v>893</v>
       </c>
       <c r="D628" t="s">
-        <v>1649</v>
+        <v>1723</v>
       </c>
       <c r="E628" t="s">
-        <v>961</v>
+        <v>1005</v>
       </c>
       <c r="F628" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G628" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H628" s="5">
-        <v>5557.0</v>
+        <v>12397.0</v>
       </c>
       <c r="I628" s="5">
-        <v>6724</v>
+        <v>15000</v>
       </c>
       <c r="J628" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K628" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="629" spans="1:13">
       <c r="A629" t="s">
-        <v>995</v>
+        <v>937</v>
       </c>
       <c r="B629">
-        <v>1.04</v>
+        <v>3.88</v>
       </c>
       <c r="C629" t="s">
-        <v>1645</v>
+        <v>1724</v>
       </c>
       <c r="D629" t="s">
-        <v>1650</v>
+        <v>1725</v>
       </c>
       <c r="E629" t="s">
-        <v>1353</v>
+        <v>1671</v>
       </c>
       <c r="F629" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G629" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H629" s="5">
-        <v>6577.0</v>
+        <v>14117.0</v>
       </c>
       <c r="I629" s="5">
-        <v>7958</v>
+        <v>17082</v>
       </c>
       <c r="J629" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K629" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="630" spans="1:13">
       <c r="A630" t="s">
-        <v>995</v>
+        <v>937</v>
       </c>
       <c r="B630">
-        <v>0.42</v>
+        <v>3.13</v>
       </c>
       <c r="C630" t="s">
-        <v>829</v>
+        <v>968</v>
       </c>
       <c r="D630" t="s">
-        <v>1651</v>
+        <v>1726</v>
       </c>
       <c r="E630" t="s">
-        <v>961</v>
+        <v>1279</v>
       </c>
       <c r="F630" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G630" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H630" s="5">
-        <v>5071.0</v>
+        <v>8903.0</v>
       </c>
       <c r="I630" s="5">
-        <v>6136</v>
+        <v>10773</v>
       </c>
       <c r="J630" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K630" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="631" spans="1:13">
       <c r="A631" t="s">
-        <v>866</v>
+        <v>937</v>
       </c>
       <c r="B631">
-        <v>1.07</v>
+        <v>1.85</v>
       </c>
       <c r="C631" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D631" t="s">
-        <v>1652</v>
+        <v>1727</v>
       </c>
       <c r="E631" t="s">
-        <v>882</v>
+        <v>1728</v>
       </c>
       <c r="F631" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G631" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H631" s="5">
-        <v>29700.0</v>
+        <v>10046.0</v>
       </c>
       <c r="I631" s="5">
-        <v>35937</v>
+        <v>12156</v>
       </c>
       <c r="J631" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K631" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="632" spans="1:13">
       <c r="A632" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B632">
-        <v>1.79</v>
+        <v>1.22</v>
       </c>
       <c r="C632" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="D632" t="s">
-        <v>1653</v>
+        <v>1729</v>
       </c>
       <c r="E632" t="s">
-        <v>871</v>
+        <v>1730</v>
       </c>
       <c r="F632" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G632" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H632" s="5">
-        <v>8800.0</v>
+        <v>6727.0</v>
       </c>
       <c r="I632" s="5">
-        <v>10648</v>
+        <v>8140</v>
       </c>
       <c r="J632" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K632" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="633" spans="1:13">
       <c r="A633" t="s">
-        <v>866</v>
+        <v>950</v>
       </c>
       <c r="B633">
-        <v>1.25</v>
+        <v>1.14</v>
       </c>
       <c r="C633" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D633" t="s">
-        <v>1654</v>
+        <v>1731</v>
       </c>
       <c r="E633" t="s">
-        <v>868</v>
+        <v>1730</v>
       </c>
       <c r="F633" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G633" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H633" s="5">
-        <v>25500.0</v>
+        <v>6465.0</v>
       </c>
       <c r="I633" s="5">
-        <v>30855</v>
+        <v>7823</v>
       </c>
       <c r="J633" t="s">
-        <v>869</v>
+        <v>896</v>
       </c>
       <c r="K633" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="634" spans="1:13">
       <c r="A634" t="s">
-        <v>866</v>
+        <v>950</v>
       </c>
       <c r="B634">
-        <v>1.33</v>
+        <v>1.05</v>
       </c>
       <c r="C634" t="s">
-        <v>819</v>
+        <v>939</v>
       </c>
       <c r="D634" t="s">
-        <v>1655</v>
+        <v>1732</v>
       </c>
       <c r="E634" t="s">
-        <v>1656</v>
+        <v>1327</v>
       </c>
       <c r="F634" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G634" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H634" s="5">
-        <v>32600.0</v>
+        <v>6170.0</v>
       </c>
       <c r="I634" s="5">
-        <v>39446</v>
+        <v>7466</v>
       </c>
       <c r="J634" t="s">
-        <v>1657</v>
+        <v>896</v>
       </c>
       <c r="K634" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="635" spans="1:13">
       <c r="A635" t="s">
+        <v>950</v>
+      </c>
+      <c r="B635">
+        <v>1.05</v>
+      </c>
+      <c r="C635" t="s">
         <v>939</v>
       </c>
-      <c r="B635">
-[...4 lines deleted...]
-      </c>
       <c r="D635" t="s">
-        <v>1659</v>
+        <v>1733</v>
       </c>
       <c r="E635" t="s">
-        <v>1660</v>
+        <v>1279</v>
       </c>
       <c r="F635" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G635" t="s">
-        <v>1661</v>
+        <v>890</v>
       </c>
       <c r="H635" s="5">
-        <v>45900.0</v>
+        <v>6170.0</v>
       </c>
       <c r="I635" s="5">
-        <v>55539</v>
+        <v>7466</v>
       </c>
       <c r="J635" t="s">
-        <v>1662</v>
+        <v>896</v>
       </c>
       <c r="K635" t="s">
         <v>645</v>
       </c>
     </row>
     <row r="636" spans="1:13">
       <c r="A636" t="s">
-        <v>866</v>
+        <v>892</v>
       </c>
       <c r="B636">
-        <v>0.49</v>
+        <v>3.63</v>
       </c>
       <c r="C636" t="s">
-        <v>1116</v>
+        <v>939</v>
       </c>
       <c r="D636" t="s">
-        <v>1663</v>
+        <v>1734</v>
       </c>
       <c r="E636" t="s">
-        <v>946</v>
+        <v>1161</v>
       </c>
       <c r="F636" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G636" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H636" s="5">
-        <v>7752.0</v>
+        <v>18591.0</v>
       </c>
       <c r="I636" s="5">
-        <v>9380</v>
+        <v>22495</v>
       </c>
       <c r="J636" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K636" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="637" spans="1:13">
       <c r="A637" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B637">
-        <v>0.55</v>
+        <v>4.7</v>
       </c>
       <c r="C637" t="s">
-        <v>1612</v>
+        <v>926</v>
       </c>
       <c r="D637" t="s">
-        <v>1664</v>
+        <v>1735</v>
       </c>
       <c r="E637" t="s">
-        <v>946</v>
+        <v>1352</v>
       </c>
       <c r="F637" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G637" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H637" s="5">
-        <v>8103.0</v>
+        <v>12530.0</v>
       </c>
       <c r="I637" s="5">
-        <v>9805</v>
+        <v>15161</v>
       </c>
       <c r="J637" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K637" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="638" spans="1:13">
       <c r="A638" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B638">
-        <v>0.55</v>
+        <v>1.98</v>
       </c>
       <c r="C638" t="s">
-        <v>1209</v>
+        <v>893</v>
       </c>
       <c r="D638" t="s">
-        <v>1665</v>
+        <v>1736</v>
       </c>
       <c r="E638" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="F638" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G638" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H638" s="5">
-        <v>6078.0</v>
+        <v>7900.0</v>
       </c>
       <c r="I638" s="5">
-        <v>7354</v>
+        <v>9559</v>
       </c>
       <c r="J638" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K638" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="639" spans="1:13">
       <c r="A639" t="s">
-        <v>1090</v>
+        <v>917</v>
       </c>
       <c r="B639">
-        <v>1.37</v>
+        <v>6.53</v>
       </c>
       <c r="C639" t="s">
-        <v>827</v>
+        <v>1171</v>
       </c>
       <c r="D639" t="s">
-        <v>1666</v>
+        <v>1737</v>
       </c>
       <c r="E639" t="s">
-        <v>1152</v>
+        <v>1374</v>
       </c>
       <c r="F639" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G639" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H639" s="5">
-        <v>6453.0</v>
+        <v>5277.0</v>
       </c>
       <c r="I639" s="5">
-        <v>7808</v>
+        <v>6385</v>
       </c>
       <c r="J639" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K639" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="640" spans="1:13">
       <c r="A640" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B640">
-        <v>0.82</v>
+        <v>4.91</v>
       </c>
       <c r="C640" t="s">
-        <v>1667</v>
+        <v>1693</v>
       </c>
       <c r="D640" t="s">
-        <v>1668</v>
+        <v>1738</v>
       </c>
       <c r="E640" t="s">
-        <v>1260</v>
+        <v>1374</v>
       </c>
       <c r="F640" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G640" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H640" s="5">
-        <v>5650.0</v>
+        <v>5411.0</v>
       </c>
       <c r="I640" s="5">
-        <v>6837</v>
+        <v>6547</v>
       </c>
       <c r="J640" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K640" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="641" spans="1:13">
       <c r="A641" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B641">
-        <v>0.95</v>
+        <v>4.74</v>
       </c>
       <c r="C641" t="s">
-        <v>1667</v>
+        <v>926</v>
       </c>
       <c r="D641" t="s">
-        <v>1669</v>
+        <v>1739</v>
       </c>
       <c r="E641" t="s">
-        <v>1260</v>
+        <v>1389</v>
       </c>
       <c r="F641" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G641" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H641" s="5">
-        <v>6094.0</v>
+        <v>3799.0</v>
       </c>
       <c r="I641" s="5">
-        <v>7374</v>
+        <v>4597</v>
       </c>
       <c r="J641" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K641" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="642" spans="1:13">
       <c r="A642" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B642">
-        <v>0.82</v>
+        <v>4.55</v>
       </c>
       <c r="C642" t="s">
-        <v>950</v>
+        <v>893</v>
       </c>
       <c r="D642" t="s">
-        <v>1670</v>
+        <v>1740</v>
       </c>
       <c r="E642" t="s">
-        <v>1671</v>
+        <v>1741</v>
       </c>
       <c r="F642" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G642" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H642" s="5">
-        <v>5650.0</v>
+        <v>5214.0</v>
       </c>
       <c r="I642" s="5">
-        <v>6837</v>
+        <v>6309</v>
       </c>
       <c r="J642" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K642" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="643" spans="1:13">
       <c r="A643" t="s">
-        <v>1493</v>
+        <v>917</v>
       </c>
       <c r="B643">
-        <v>1.32</v>
+        <v>4.54</v>
       </c>
       <c r="C643" t="s">
-        <v>1612</v>
+        <v>926</v>
       </c>
       <c r="D643" t="s">
-        <v>1672</v>
+        <v>1742</v>
       </c>
       <c r="E643" t="s">
-        <v>1495</v>
+        <v>1389</v>
       </c>
       <c r="F643" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G643" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H643" s="5">
-        <v>10037.0</v>
+        <v>5209.0</v>
       </c>
       <c r="I643" s="5">
-        <v>12145</v>
+        <v>6303</v>
       </c>
       <c r="J643" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K643" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="644" spans="1:13">
       <c r="A644" t="s">
-        <v>1493</v>
+        <v>917</v>
       </c>
       <c r="B644">
-        <v>1.22</v>
+        <v>4.19</v>
       </c>
       <c r="C644" t="s">
-        <v>1612</v>
+        <v>893</v>
       </c>
       <c r="D644" t="s">
-        <v>1673</v>
+        <v>1743</v>
       </c>
       <c r="E644" t="s">
-        <v>1495</v>
+        <v>1744</v>
       </c>
       <c r="F644" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G644" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H644" s="5">
-        <v>6431.0</v>
+        <v>3584.0</v>
       </c>
       <c r="I644" s="5">
-        <v>7782</v>
+        <v>4337</v>
       </c>
       <c r="J644" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K644" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="645" spans="1:13">
       <c r="A645" t="s">
-        <v>1493</v>
+        <v>917</v>
       </c>
       <c r="B645">
-        <v>1.82</v>
+        <v>4.19</v>
       </c>
       <c r="C645" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D645" t="s">
-        <v>1674</v>
+        <v>1745</v>
       </c>
       <c r="E645" t="s">
-        <v>1495</v>
+        <v>1374</v>
       </c>
       <c r="F645" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G645" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H645" s="5">
-        <v>11989.0</v>
+        <v>3584.0</v>
       </c>
       <c r="I645" s="5">
-        <v>14507</v>
+        <v>4337</v>
       </c>
       <c r="J645" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K645" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="646" spans="1:13">
       <c r="A646" t="s">
-        <v>1493</v>
+        <v>917</v>
       </c>
       <c r="B646">
-        <v>1.42</v>
+        <v>4.13</v>
       </c>
       <c r="C646" t="s">
-        <v>1612</v>
+        <v>893</v>
       </c>
       <c r="D646" t="s">
-        <v>1675</v>
+        <v>1746</v>
       </c>
       <c r="E646" t="s">
-        <v>1495</v>
+        <v>1479</v>
       </c>
       <c r="F646" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G646" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H646" s="5">
-        <v>6951.0</v>
+        <v>3561.0</v>
       </c>
       <c r="I646" s="5">
-        <v>8411</v>
+        <v>4309</v>
       </c>
       <c r="J646" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K646" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="647" spans="1:13">
       <c r="A647" t="s">
-        <v>1493</v>
+        <v>917</v>
       </c>
       <c r="B647">
-        <v>1.38</v>
+        <v>4.12</v>
       </c>
       <c r="C647" t="s">
-        <v>1612</v>
+        <v>893</v>
       </c>
       <c r="D647" t="s">
-        <v>1676</v>
+        <v>1747</v>
       </c>
       <c r="E647" t="s">
-        <v>1495</v>
+        <v>1389</v>
       </c>
       <c r="F647" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G647" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H647" s="5">
-        <v>10271.0</v>
+        <v>3557.0</v>
       </c>
       <c r="I647" s="5">
-        <v>12428</v>
+        <v>4304</v>
       </c>
       <c r="J647" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K647" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="648" spans="1:13">
       <c r="A648" t="s">
-        <v>1493</v>
+        <v>917</v>
       </c>
       <c r="B648">
-        <v>1.46</v>
+        <v>3.93</v>
       </c>
       <c r="C648" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D648" t="s">
-        <v>1677</v>
+        <v>1748</v>
       </c>
       <c r="E648" t="s">
-        <v>1615</v>
+        <v>1479</v>
       </c>
       <c r="F648" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G648" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H648" s="5">
-        <v>10583.0</v>
+        <v>3483.0</v>
       </c>
       <c r="I648" s="5">
-        <v>12805</v>
+        <v>4214</v>
       </c>
       <c r="J648" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K648" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="649" spans="1:13">
       <c r="A649" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="B649">
-        <v>1.04</v>
+        <v>3.8</v>
       </c>
       <c r="C649" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D649" t="s">
-        <v>1678</v>
+        <v>1749</v>
       </c>
       <c r="E649" t="s">
-        <v>838</v>
+        <v>1345</v>
       </c>
       <c r="F649" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G649" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H649" s="5">
-        <v>5936.0</v>
+        <v>4805.0</v>
       </c>
       <c r="I649" s="5">
-        <v>7183</v>
+        <v>5814</v>
       </c>
       <c r="J649" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K649" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="650" spans="1:13">
       <c r="A650" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B650">
-        <v>3.68</v>
+        <v>3.69</v>
       </c>
       <c r="C650" t="s">
-        <v>1116</v>
+        <v>893</v>
       </c>
       <c r="D650" t="s">
-        <v>1679</v>
+        <v>1750</v>
       </c>
       <c r="E650" t="s">
-        <v>961</v>
+        <v>1374</v>
       </c>
       <c r="F650" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G650" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H650" s="5">
-        <v>15354.0</v>
+        <v>4745.0</v>
       </c>
       <c r="I650" s="5">
-        <v>18578</v>
+        <v>5741</v>
       </c>
       <c r="J650" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K650" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="651" spans="1:13">
       <c r="A651" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B651">
-        <v>16.52</v>
+        <v>3.52</v>
       </c>
       <c r="C651" t="s">
-        <v>839</v>
+        <v>886</v>
       </c>
       <c r="D651" t="s">
-        <v>1680</v>
+        <v>1751</v>
       </c>
       <c r="E651" t="s">
-        <v>915</v>
+        <v>1752</v>
       </c>
       <c r="F651" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G651" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H651" s="5">
-        <v>42169.0</v>
+        <v>6646.0</v>
       </c>
       <c r="I651" s="5">
-        <v>51024</v>
+        <v>8042</v>
       </c>
       <c r="J651" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K651" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="652" spans="1:13">
       <c r="A652" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B652">
-        <v>13.72</v>
+        <v>3.46</v>
       </c>
       <c r="C652" t="s">
-        <v>1017</v>
+        <v>893</v>
       </c>
       <c r="D652" t="s">
-        <v>1681</v>
+        <v>1753</v>
       </c>
       <c r="E652" t="s">
-        <v>918</v>
+        <v>1374</v>
       </c>
       <c r="F652" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G652" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H652" s="5">
-        <v>35365.0</v>
+        <v>4619.0</v>
       </c>
       <c r="I652" s="5">
-        <v>42792</v>
+        <v>5589</v>
       </c>
       <c r="J652" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K652" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="653" spans="1:13">
       <c r="A653" t="s">
-        <v>1014</v>
+        <v>917</v>
       </c>
       <c r="B653">
-        <v>2.27</v>
+        <v>3.41</v>
       </c>
       <c r="C653" t="s">
-        <v>1645</v>
+        <v>886</v>
       </c>
       <c r="D653" t="s">
-        <v>1682</v>
+        <v>1754</v>
       </c>
       <c r="E653" t="s">
-        <v>1031</v>
+        <v>1374</v>
       </c>
       <c r="F653" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G653" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H653" s="5">
-        <v>12066.0</v>
+        <v>4592.0</v>
       </c>
       <c r="I653" s="5">
-        <v>14600</v>
+        <v>5556</v>
       </c>
       <c r="J653" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K653" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="654" spans="1:13">
       <c r="A654" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B654">
-        <v>2.99</v>
+        <v>3.26</v>
       </c>
       <c r="C654" t="s">
-        <v>1116</v>
+        <v>910</v>
       </c>
       <c r="D654" t="s">
-        <v>1683</v>
+        <v>1755</v>
       </c>
       <c r="E654" t="s">
-        <v>1260</v>
+        <v>1655</v>
       </c>
       <c r="F654" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G654" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H654" s="5">
-        <v>14865.0</v>
+        <v>6443.0</v>
       </c>
       <c r="I654" s="5">
-        <v>17987</v>
+        <v>7796</v>
       </c>
       <c r="J654" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K654" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="655" spans="1:13">
       <c r="A655" t="s">
-        <v>1090</v>
+        <v>1417</v>
       </c>
       <c r="B655">
-        <v>6.42</v>
+        <v>4.73</v>
       </c>
       <c r="C655" t="s">
-        <v>1645</v>
+        <v>910</v>
       </c>
       <c r="D655" t="s">
-        <v>1684</v>
+        <v>1756</v>
       </c>
       <c r="E655" t="s">
-        <v>1152</v>
+        <v>1419</v>
       </c>
       <c r="F655" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G655" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H655" s="5">
-        <v>11750.0</v>
+        <v>6114.0</v>
       </c>
       <c r="I655" s="5">
-        <v>14218</v>
+        <v>7398</v>
       </c>
       <c r="J655" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K655" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="656" spans="1:13">
       <c r="A656" t="s">
-        <v>1090</v>
+        <v>1417</v>
       </c>
       <c r="B656">
-        <v>2.06</v>
+        <v>4.72</v>
       </c>
       <c r="C656" t="s">
-        <v>1685</v>
+        <v>893</v>
       </c>
       <c r="D656" t="s">
-        <v>1686</v>
+        <v>1757</v>
       </c>
       <c r="E656" t="s">
-        <v>1110</v>
+        <v>1419</v>
       </c>
       <c r="F656" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G656" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H656" s="5">
-        <v>11249.0</v>
+        <v>6109.0</v>
       </c>
       <c r="I656" s="5">
-        <v>13611</v>
+        <v>7392</v>
       </c>
       <c r="J656" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K656" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="657" spans="1:13">
       <c r="A657" t="s">
-        <v>1493</v>
+        <v>1417</v>
       </c>
       <c r="B657">
-        <v>1.48</v>
+        <v>4.7</v>
       </c>
       <c r="C657" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D657" t="s">
-        <v>1687</v>
+        <v>1758</v>
       </c>
       <c r="E657" t="s">
-        <v>1495</v>
+        <v>1419</v>
       </c>
       <c r="F657" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G657" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H657" s="5">
-        <v>10614.0</v>
+        <v>7929.0</v>
       </c>
       <c r="I657" s="5">
-        <v>12843</v>
+        <v>9594</v>
       </c>
       <c r="J657" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K657" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="658" spans="1:13">
       <c r="A658" t="s">
-        <v>1493</v>
+        <v>1417</v>
       </c>
       <c r="B658">
-        <v>1.72</v>
+        <v>4.35</v>
       </c>
       <c r="C658" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D658" t="s">
-        <v>1688</v>
+        <v>1759</v>
       </c>
       <c r="E658" t="s">
-        <v>1495</v>
+        <v>1419</v>
       </c>
       <c r="F658" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G658" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H658" s="5">
-        <v>11547.0</v>
+        <v>7717.0</v>
       </c>
       <c r="I658" s="5">
-        <v>13972</v>
+        <v>9338</v>
       </c>
       <c r="J658" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K658" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="659" spans="1:13">
       <c r="A659" t="s">
-        <v>1493</v>
+        <v>1417</v>
       </c>
       <c r="B659">
-        <v>1.33</v>
+        <v>3.83</v>
       </c>
       <c r="C659" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D659" t="s">
-        <v>1689</v>
+        <v>1760</v>
       </c>
       <c r="E659" t="s">
-        <v>1495</v>
+        <v>914</v>
       </c>
       <c r="F659" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G659" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H659" s="5">
-        <v>10031.0</v>
+        <v>5692.0</v>
       </c>
       <c r="I659" s="5">
-        <v>12138</v>
+        <v>6887</v>
       </c>
       <c r="J659" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K659" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="660" spans="1:13">
       <c r="A660" t="s">
-        <v>1493</v>
+        <v>1417</v>
       </c>
       <c r="B660">
-        <v>1.22</v>
+        <v>3.19</v>
       </c>
       <c r="C660" t="s">
-        <v>819</v>
+        <v>1689</v>
       </c>
       <c r="D660" t="s">
-        <v>1690</v>
+        <v>1761</v>
       </c>
       <c r="E660" t="s">
-        <v>1495</v>
+        <v>1419</v>
       </c>
       <c r="F660" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G660" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H660" s="5">
-        <v>9603.0</v>
+        <v>5393.0</v>
       </c>
       <c r="I660" s="5">
-        <v>11620</v>
+        <v>6526</v>
       </c>
       <c r="J660" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K660" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="661" spans="1:13">
       <c r="A661" t="s">
-        <v>1493</v>
+        <v>1417</v>
       </c>
       <c r="B661">
-        <v>1.3</v>
+        <v>1.05</v>
       </c>
       <c r="C661" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D661" t="s">
-        <v>1691</v>
+        <v>1762</v>
       </c>
       <c r="E661" t="s">
-        <v>1495</v>
+        <v>1763</v>
       </c>
       <c r="F661" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G661" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H661" s="5">
-        <v>9914.0</v>
+        <v>4391.0</v>
       </c>
       <c r="I661" s="5">
-        <v>11996</v>
+        <v>5313</v>
       </c>
       <c r="J661" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K661" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="662" spans="1:13">
       <c r="A662" t="s">
-        <v>1493</v>
+        <v>952</v>
       </c>
       <c r="B662">
-        <v>1.91</v>
+        <v>2.09</v>
       </c>
       <c r="C662" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D662" t="s">
-        <v>1692</v>
+        <v>1764</v>
       </c>
       <c r="E662" t="s">
-        <v>1495</v>
+        <v>1671</v>
       </c>
       <c r="F662" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G662" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H662" s="5">
-        <v>10238.0</v>
+        <v>4977.0</v>
       </c>
       <c r="I662" s="5">
-        <v>12388</v>
+        <v>6022</v>
       </c>
       <c r="J662" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K662" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="663" spans="1:13">
       <c r="A663" t="s">
-        <v>1493</v>
+        <v>932</v>
       </c>
       <c r="B663">
-        <v>2.29</v>
+        <v>6.88</v>
       </c>
       <c r="C663" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D663" t="s">
-        <v>1693</v>
+        <v>1765</v>
       </c>
       <c r="E663" t="s">
-        <v>1495</v>
+        <v>936</v>
       </c>
       <c r="F663" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G663" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H663" s="5">
-        <v>9176.0</v>
+        <v>53851.0</v>
       </c>
       <c r="I663" s="5">
-        <v>11103</v>
+        <v>65160</v>
       </c>
       <c r="J663" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K663" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="664" spans="1:13">
       <c r="A664" t="s">
-        <v>1493</v>
+        <v>932</v>
       </c>
       <c r="B664">
-        <v>1.87</v>
+        <v>6.66</v>
       </c>
       <c r="C664" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D664" t="s">
-        <v>1694</v>
+        <v>1766</v>
       </c>
       <c r="E664" t="s">
-        <v>1495</v>
+        <v>1416</v>
       </c>
       <c r="F664" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G664" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H664" s="5">
-        <v>9098.0</v>
+        <v>10496.0</v>
       </c>
       <c r="I664" s="5">
-        <v>11009</v>
+        <v>12700</v>
       </c>
       <c r="J664" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K664" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="665" spans="1:13">
       <c r="A665" t="s">
-        <v>1493</v>
+        <v>932</v>
       </c>
       <c r="B665">
-        <v>1.36</v>
+        <v>4.62</v>
       </c>
       <c r="C665" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D665" t="s">
-        <v>1695</v>
+        <v>1767</v>
       </c>
       <c r="E665" t="s">
-        <v>1495</v>
+        <v>934</v>
       </c>
       <c r="F665" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G665" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H665" s="5">
-        <v>7611.0</v>
+        <v>9157.0</v>
       </c>
       <c r="I665" s="5">
-        <v>9209</v>
+        <v>11080</v>
       </c>
       <c r="J665" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K665" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="666" spans="1:13">
       <c r="A666" t="s">
-        <v>1493</v>
+        <v>932</v>
       </c>
       <c r="B666">
-        <v>1.27</v>
+        <v>2.88</v>
       </c>
       <c r="C666" t="s">
-        <v>819</v>
+        <v>968</v>
       </c>
       <c r="D666" t="s">
-        <v>1696</v>
+        <v>1768</v>
       </c>
       <c r="E666" t="s">
-        <v>1495</v>
+        <v>934</v>
       </c>
       <c r="F666" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G666" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H666" s="5">
-        <v>9798.0</v>
+        <v>7731.0</v>
       </c>
       <c r="I666" s="5">
-        <v>11856</v>
+        <v>9355</v>
       </c>
       <c r="J666" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K666" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="667" spans="1:13">
       <c r="A667" t="s">
-        <v>1493</v>
+        <v>932</v>
       </c>
       <c r="B667">
-        <v>1.43</v>
+        <v>2.24</v>
       </c>
       <c r="C667" t="s">
-        <v>819</v>
+        <v>926</v>
       </c>
       <c r="D667" t="s">
-        <v>1697</v>
+        <v>1769</v>
       </c>
       <c r="E667" t="s">
-        <v>1495</v>
+        <v>1416</v>
       </c>
       <c r="F667" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G667" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H667" s="5">
-        <v>8683.0</v>
+        <v>5444.0</v>
       </c>
       <c r="I667" s="5">
-        <v>10506</v>
+        <v>6587</v>
       </c>
       <c r="J667" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K667" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="668" spans="1:13">
       <c r="A668" t="s">
-        <v>1493</v>
+        <v>950</v>
       </c>
       <c r="B668">
-        <v>1.32</v>
+        <v>2.05</v>
       </c>
       <c r="C668" t="s">
-        <v>819</v>
+        <v>1770</v>
       </c>
       <c r="D668" t="s">
-        <v>1698</v>
+        <v>1771</v>
       </c>
       <c r="E668" t="s">
-        <v>1495</v>
+        <v>1296</v>
       </c>
       <c r="F668" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G668" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H668" s="5">
-        <v>11658.0</v>
+        <v>14013.0</v>
       </c>
       <c r="I668" s="5">
-        <v>14106</v>
+        <v>16956</v>
       </c>
       <c r="J668" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K668" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="669" spans="1:13">
       <c r="A669" t="s">
-        <v>1493</v>
+        <v>947</v>
       </c>
       <c r="B669">
-        <v>1.82</v>
+        <v>1.45</v>
       </c>
       <c r="C669" t="s">
-        <v>819</v>
+        <v>1178</v>
       </c>
       <c r="D669" t="s">
-        <v>1699</v>
+        <v>1772</v>
       </c>
       <c r="E669" t="s">
-        <v>1495</v>
+        <v>1773</v>
       </c>
       <c r="F669" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G669" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H669" s="5">
-        <v>11936.0</v>
+        <v>5031.0</v>
       </c>
       <c r="I669" s="5">
-        <v>14443</v>
+        <v>6088</v>
       </c>
       <c r="J669" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K669" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="670" spans="1:13">
       <c r="A670" t="s">
-        <v>1493</v>
+        <v>1417</v>
       </c>
       <c r="B670">
-        <v>2.18</v>
+        <v>0.37</v>
       </c>
       <c r="C670" t="s">
-        <v>819</v>
+        <v>1038</v>
       </c>
       <c r="D670" t="s">
-        <v>1700</v>
+        <v>1774</v>
       </c>
       <c r="E670" t="s">
-        <v>1495</v>
+        <v>914</v>
       </c>
       <c r="F670" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G670" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H670" s="5">
-        <v>11113.0</v>
+        <v>5295.0</v>
       </c>
       <c r="I670" s="5">
-        <v>13447</v>
+        <v>6407</v>
       </c>
       <c r="J670" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K670" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="671" spans="1:13">
       <c r="A671" t="s">
-        <v>1493</v>
+        <v>1417</v>
       </c>
       <c r="B671">
-        <v>1.37</v>
+        <v>9.56</v>
       </c>
       <c r="C671" t="s">
-        <v>819</v>
+        <v>886</v>
       </c>
       <c r="D671" t="s">
-        <v>1701</v>
+        <v>1775</v>
       </c>
       <c r="E671" t="s">
-        <v>1495</v>
+        <v>914</v>
       </c>
       <c r="F671" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G671" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H671" s="5">
-        <v>11884.0</v>
+        <v>9934.0</v>
       </c>
       <c r="I671" s="5">
-        <v>14380</v>
+        <v>12020</v>
       </c>
       <c r="J671" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K671" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="672" spans="1:13">
       <c r="A672" t="s">
-        <v>1493</v>
+        <v>892</v>
       </c>
       <c r="B672">
-        <v>1.31</v>
+        <v>1.37</v>
       </c>
       <c r="C672" t="s">
-        <v>819</v>
+        <v>893</v>
       </c>
       <c r="D672" t="s">
-        <v>1702</v>
+        <v>1776</v>
       </c>
       <c r="E672" t="s">
-        <v>1495</v>
+        <v>1161</v>
       </c>
       <c r="F672" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G672" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H672" s="5">
-        <v>9953.0</v>
+        <v>7106.0</v>
       </c>
       <c r="I672" s="5">
-        <v>12043</v>
+        <v>8598</v>
       </c>
       <c r="J672" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K672" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="673" spans="1:13">
       <c r="A673" t="s">
-        <v>1493</v>
+        <v>892</v>
       </c>
       <c r="B673">
-        <v>1.54</v>
+        <v>1.34</v>
       </c>
       <c r="C673" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D673" t="s">
-        <v>1703</v>
+        <v>1777</v>
       </c>
       <c r="E673" t="s">
-        <v>1495</v>
+        <v>1161</v>
       </c>
       <c r="F673" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G673" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H673" s="5">
-        <v>12655.0</v>
+        <v>7036.0</v>
       </c>
       <c r="I673" s="5">
-        <v>15313</v>
+        <v>8514</v>
       </c>
       <c r="J673" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K673" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="674" spans="1:13">
       <c r="A674" t="s">
-        <v>866</v>
+        <v>950</v>
       </c>
       <c r="B674">
-        <v>3.5</v>
+        <v>2.04</v>
       </c>
       <c r="C674" t="s">
-        <v>1658</v>
+        <v>910</v>
       </c>
       <c r="D674" t="s">
-        <v>1704</v>
+        <v>1778</v>
       </c>
       <c r="E674" t="s">
-        <v>1387</v>
+        <v>1652</v>
       </c>
       <c r="F674" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G674" t="s">
-        <v>1661</v>
+        <v>890</v>
       </c>
       <c r="H674" s="5">
-        <v>89900.0</v>
+        <v>13964.0</v>
       </c>
       <c r="I674" s="5">
-        <v>108779</v>
+        <v>16896</v>
       </c>
       <c r="J674" t="s">
-        <v>1705</v>
+        <v>896</v>
       </c>
       <c r="K674" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="675" spans="1:13">
       <c r="A675" t="s">
-        <v>1201</v>
+        <v>892</v>
       </c>
       <c r="B675">
-        <v>13.84</v>
+        <v>1.69</v>
       </c>
       <c r="C675" t="s">
-        <v>1116</v>
+        <v>886</v>
       </c>
       <c r="D675" t="s">
-        <v>1706</v>
+        <v>1779</v>
       </c>
       <c r="E675" t="s">
-        <v>1222</v>
+        <v>1161</v>
       </c>
       <c r="F675" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G675" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H675" s="5">
-        <v>14825.0</v>
+        <v>8157.0</v>
       </c>
       <c r="I675" s="5">
-        <v>17938</v>
+        <v>9870</v>
       </c>
       <c r="J675" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K675" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="676" spans="1:13">
       <c r="A676" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B676">
-        <v>18.88</v>
+        <v>6.94</v>
       </c>
       <c r="C676" t="s">
-        <v>1116</v>
+        <v>893</v>
       </c>
       <c r="D676" t="s">
-        <v>1707</v>
+        <v>1780</v>
       </c>
       <c r="E676" t="s">
-        <v>1203</v>
+        <v>1389</v>
       </c>
       <c r="F676" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G676" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H676" s="5">
-        <v>19013.0</v>
+        <v>7904.0</v>
       </c>
       <c r="I676" s="5">
-        <v>23006</v>
+        <v>9564</v>
       </c>
       <c r="J676" t="s">
-        <v>1440</v>
+        <v>1601</v>
       </c>
       <c r="K676" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="677" spans="1:13">
       <c r="A677" t="s">
-        <v>1201</v>
+        <v>917</v>
       </c>
       <c r="B677">
-        <v>11.49</v>
+        <v>4.96</v>
       </c>
       <c r="C677" t="s">
-        <v>1612</v>
+        <v>893</v>
       </c>
       <c r="D677" t="s">
-        <v>1708</v>
+        <v>1781</v>
       </c>
       <c r="E677" t="s">
-        <v>1709</v>
+        <v>1374</v>
       </c>
       <c r="F677" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G677" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H677" s="5">
-        <v>12782.0</v>
+        <v>5647.0</v>
       </c>
       <c r="I677" s="5">
-        <v>15466</v>
+        <v>6833</v>
       </c>
       <c r="J677" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K677" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="678" spans="1:13">
       <c r="A678" t="s">
-        <v>1710</v>
+        <v>907</v>
       </c>
       <c r="B678">
-        <v>27.11</v>
+        <v>2.63</v>
       </c>
       <c r="C678" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D678" t="s">
-        <v>1711</v>
+        <v>1782</v>
       </c>
       <c r="E678" t="s">
-        <v>1585</v>
+        <v>966</v>
       </c>
       <c r="F678" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G678" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H678" s="5">
-        <v>9396.0</v>
+        <v>8416.0</v>
       </c>
       <c r="I678" s="5">
-        <v>11369</v>
+        <v>10183</v>
       </c>
       <c r="J678" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K678" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="679" spans="1:13">
       <c r="A679" t="s">
-        <v>1710</v>
+        <v>907</v>
       </c>
       <c r="B679">
-        <v>42.94</v>
+        <v>1.8</v>
       </c>
       <c r="C679" t="s">
-        <v>839</v>
+        <v>1783</v>
       </c>
       <c r="D679" t="s">
-        <v>1712</v>
+        <v>1784</v>
       </c>
       <c r="E679" t="s">
-        <v>1585</v>
+        <v>1785</v>
       </c>
       <c r="F679" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G679" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H679" s="5">
-        <v>12553.0</v>
+        <v>14078.0</v>
       </c>
       <c r="I679" s="5">
-        <v>15189</v>
+        <v>17034</v>
       </c>
       <c r="J679" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K679" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="680" spans="1:13">
       <c r="A680" t="s">
-        <v>1201</v>
+        <v>907</v>
       </c>
       <c r="B680">
-        <v>20.14</v>
+        <v>1.3</v>
       </c>
       <c r="C680" t="s">
-        <v>1645</v>
+        <v>893</v>
       </c>
       <c r="D680" t="s">
-        <v>1713</v>
+        <v>1786</v>
       </c>
       <c r="E680" t="s">
-        <v>1203</v>
+        <v>1161</v>
       </c>
       <c r="F680" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G680" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H680" s="5">
-        <v>20060.0</v>
+        <v>8294.0</v>
       </c>
       <c r="I680" s="5">
-        <v>24273</v>
+        <v>10036</v>
       </c>
       <c r="J680" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K680" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="681" spans="1:13">
       <c r="A681" t="s">
-        <v>1201</v>
+        <v>907</v>
       </c>
       <c r="B681">
-        <v>13.1</v>
+        <v>2.47</v>
       </c>
       <c r="C681" t="s">
-        <v>1116</v>
+        <v>910</v>
       </c>
       <c r="D681" t="s">
-        <v>1714</v>
+        <v>1787</v>
       </c>
       <c r="E681" t="s">
-        <v>1172</v>
+        <v>1788</v>
       </c>
       <c r="F681" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G681" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H681" s="5">
-        <v>18473.0</v>
+        <v>17660.0</v>
       </c>
       <c r="I681" s="5">
-        <v>22352</v>
+        <v>21369</v>
       </c>
       <c r="J681" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K681" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="682" spans="1:13">
       <c r="A682" t="s">
-        <v>1201</v>
+        <v>907</v>
       </c>
       <c r="B682">
-        <v>10.81</v>
+        <v>0.72</v>
       </c>
       <c r="C682" t="s">
-        <v>1715</v>
+        <v>893</v>
       </c>
       <c r="D682" t="s">
-        <v>1716</v>
+        <v>1789</v>
       </c>
       <c r="E682" t="s">
-        <v>1172</v>
+        <v>1788</v>
       </c>
       <c r="F682" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G682" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H682" s="5">
-        <v>18461.0</v>
+        <v>4530.0</v>
       </c>
       <c r="I682" s="5">
-        <v>22338</v>
+        <v>5481</v>
       </c>
       <c r="J682" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K682" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="683" spans="1:13">
       <c r="A683" t="s">
-        <v>1201</v>
+        <v>898</v>
       </c>
       <c r="B683">
-        <v>18.38</v>
+        <v>1.01</v>
       </c>
       <c r="C683" t="s">
-        <v>1717</v>
+        <v>926</v>
       </c>
       <c r="D683" t="s">
-        <v>1718</v>
+        <v>1790</v>
       </c>
       <c r="E683" t="s">
-        <v>1593</v>
+        <v>936</v>
       </c>
       <c r="F683" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G683" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H683" s="5">
-        <v>27897.0</v>
+        <v>6177.0</v>
       </c>
       <c r="I683" s="5">
-        <v>33755</v>
+        <v>7474</v>
       </c>
       <c r="J683" t="s">
-        <v>1440</v>
+        <v>896</v>
       </c>
       <c r="K683" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="684" spans="1:13">
       <c r="A684" t="s">
-        <v>939</v>
+        <v>904</v>
       </c>
       <c r="B684">
-        <v>4.9</v>
+        <v>3.24</v>
       </c>
       <c r="C684" t="s">
-        <v>1116</v>
+        <v>893</v>
       </c>
       <c r="D684" t="s">
-        <v>1719</v>
+        <v>1791</v>
       </c>
       <c r="E684" t="s">
-        <v>1720</v>
+        <v>934</v>
       </c>
       <c r="F684" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G684" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H684" s="5">
-        <v>3725.0</v>
+        <v>7342.0</v>
       </c>
       <c r="I684" s="5">
-        <v>4507</v>
+        <v>8884</v>
       </c>
       <c r="J684" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K684" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="685" spans="1:13">
       <c r="A685" t="s">
-        <v>939</v>
+        <v>904</v>
       </c>
       <c r="B685">
-        <v>3.6</v>
+        <v>3.35</v>
       </c>
       <c r="C685" t="s">
-        <v>1721</v>
+        <v>893</v>
       </c>
       <c r="D685" t="s">
-        <v>1722</v>
+        <v>1792</v>
       </c>
       <c r="E685" t="s">
-        <v>1723</v>
+        <v>934</v>
       </c>
       <c r="F685" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G685" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H685" s="5">
-        <v>10637.0</v>
+        <v>7440.0</v>
       </c>
       <c r="I685" s="5">
-        <v>12871</v>
+        <v>9002</v>
       </c>
       <c r="J685" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K685" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="686" spans="1:13">
       <c r="A686" t="s">
-        <v>1493</v>
+        <v>904</v>
       </c>
       <c r="B686">
-        <v>1.31</v>
+        <v>3.09</v>
       </c>
       <c r="C686" t="s">
-        <v>1116</v>
+        <v>893</v>
       </c>
       <c r="D686" t="s">
-        <v>1724</v>
+        <v>1793</v>
       </c>
       <c r="E686" t="s">
-        <v>1495</v>
+        <v>934</v>
       </c>
       <c r="F686" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G686" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H686" s="5">
-        <v>9214.0</v>
+        <v>7208.0</v>
       </c>
       <c r="I686" s="5">
-        <v>11149</v>
+        <v>8722</v>
       </c>
       <c r="J686" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K686" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="687" spans="1:13">
       <c r="A687" t="s">
-        <v>995</v>
+        <v>904</v>
       </c>
       <c r="B687">
-        <v>1.62</v>
+        <v>4.98</v>
       </c>
       <c r="C687" t="s">
-        <v>1725</v>
+        <v>939</v>
       </c>
       <c r="D687" t="s">
-        <v>1726</v>
+        <v>1794</v>
       </c>
       <c r="E687" t="s">
-        <v>961</v>
+        <v>934</v>
       </c>
       <c r="F687" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G687" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H687" s="5">
-        <v>4418.0</v>
+        <v>6467.0</v>
       </c>
       <c r="I687" s="5">
-        <v>5346</v>
+        <v>7825</v>
       </c>
       <c r="J687" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K687" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="688" spans="1:13">
       <c r="A688" t="s">
-        <v>1710</v>
+        <v>932</v>
       </c>
       <c r="B688">
-        <v>12.31</v>
+        <v>9.02</v>
       </c>
       <c r="C688" t="s">
-        <v>839</v>
+        <v>1171</v>
       </c>
       <c r="D688" t="s">
-        <v>1727</v>
+        <v>1795</v>
       </c>
       <c r="E688" t="s">
-        <v>1728</v>
+        <v>1796</v>
       </c>
       <c r="F688" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G688" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H688" s="5">
-        <v>7518.0</v>
+        <v>13958.0</v>
       </c>
       <c r="I688" s="5">
-        <v>9097</v>
+        <v>16889</v>
       </c>
       <c r="J688" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K688" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="689" spans="1:13">
       <c r="A689" t="s">
-        <v>982</v>
+        <v>1003</v>
       </c>
       <c r="B689">
-        <v>3.61</v>
+        <v>0.72</v>
       </c>
       <c r="C689" t="s">
-        <v>1116</v>
+        <v>968</v>
       </c>
       <c r="D689" t="s">
-        <v>1729</v>
+        <v>1797</v>
       </c>
       <c r="E689" t="s">
-        <v>1730</v>
+        <v>1005</v>
       </c>
       <c r="F689" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G689" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H689" s="5">
-        <v>2530.0</v>
+        <v>6039.0</v>
       </c>
       <c r="I689" s="5">
-        <v>3061</v>
+        <v>7307</v>
       </c>
       <c r="J689" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K689" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="690" spans="1:13">
       <c r="A690" t="s">
-        <v>982</v>
+        <v>1003</v>
       </c>
       <c r="B690">
-        <v>4.06</v>
+        <v>0.51</v>
       </c>
       <c r="C690" t="s">
-        <v>1116</v>
+        <v>893</v>
       </c>
       <c r="D690" t="s">
-        <v>1731</v>
+        <v>1798</v>
       </c>
       <c r="E690" t="s">
         <v>1730</v>
       </c>
       <c r="F690" t="s">
-        <v>1732</v>
+        <v>889</v>
       </c>
       <c r="G690" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H690" s="5">
-        <v>2679.0</v>
+        <v>8509.0</v>
       </c>
       <c r="I690" s="5">
-        <v>3242</v>
+        <v>10296</v>
       </c>
       <c r="J690" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K690" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="691" spans="1:13">
       <c r="A691" t="s">
-        <v>982</v>
+        <v>937</v>
       </c>
       <c r="B691">
-        <v>5.42</v>
+        <v>2.97</v>
       </c>
       <c r="C691" t="s">
-        <v>1116</v>
+        <v>1171</v>
       </c>
       <c r="D691" t="s">
-        <v>1733</v>
+        <v>1799</v>
       </c>
       <c r="E691" t="s">
-        <v>1730</v>
+        <v>1279</v>
       </c>
       <c r="F691" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G691" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H691" s="5">
-        <v>4697.0</v>
+        <v>14787.0</v>
       </c>
       <c r="I691" s="5">
-        <v>5683</v>
+        <v>17892</v>
       </c>
       <c r="J691" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K691" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="692" spans="1:13">
       <c r="A692" t="s">
-        <v>982</v>
+        <v>952</v>
       </c>
       <c r="B692">
-        <v>6.59</v>
+        <v>1.37</v>
       </c>
       <c r="C692" t="s">
-        <v>1275</v>
+        <v>893</v>
       </c>
       <c r="D692" t="s">
-        <v>1734</v>
+        <v>1800</v>
       </c>
       <c r="E692" t="s">
-        <v>1720</v>
+        <v>1671</v>
       </c>
       <c r="F692" t="s">
-        <v>1732</v>
+        <v>889</v>
       </c>
       <c r="G692" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H692" s="5">
-        <v>5280.0</v>
+        <v>4127.0</v>
       </c>
       <c r="I692" s="5">
-        <v>6389</v>
+        <v>4994</v>
       </c>
       <c r="J692" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K692" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="693" spans="1:13">
       <c r="A693" t="s">
-        <v>982</v>
+        <v>952</v>
       </c>
       <c r="B693">
-        <v>4.64</v>
+        <v>1.73</v>
       </c>
       <c r="C693" t="s">
-        <v>1116</v>
+        <v>939</v>
       </c>
       <c r="D693" t="s">
-        <v>1735</v>
+        <v>1801</v>
       </c>
       <c r="E693" t="s">
-        <v>1720</v>
+        <v>1802</v>
       </c>
       <c r="F693" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G693" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H693" s="5">
-        <v>3590.0</v>
+        <v>5996.0</v>
       </c>
       <c r="I693" s="5">
-        <v>4344</v>
+        <v>7255</v>
       </c>
       <c r="J693" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K693" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="694" spans="1:13">
       <c r="A694" t="s">
-        <v>992</v>
+        <v>898</v>
       </c>
       <c r="B694">
-        <v>3.43</v>
+        <v>0.86</v>
       </c>
       <c r="C694" t="s">
-        <v>1116</v>
+        <v>1803</v>
       </c>
       <c r="D694" t="s">
-        <v>1736</v>
+        <v>1804</v>
       </c>
       <c r="E694" t="s">
-        <v>1720</v>
+        <v>936</v>
       </c>
       <c r="F694" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G694" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H694" s="5">
-        <v>3087.0</v>
+        <v>6584.0</v>
       </c>
       <c r="I694" s="5">
-        <v>3735</v>
+        <v>7967</v>
       </c>
       <c r="J694" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K694" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="695" spans="1:13">
       <c r="A695" t="s">
-        <v>992</v>
+        <v>907</v>
       </c>
       <c r="B695">
-        <v>3.64</v>
+        <v>0.51</v>
       </c>
       <c r="C695" t="s">
-        <v>1116</v>
+        <v>1129</v>
       </c>
       <c r="D695" t="s">
-        <v>1737</v>
+        <v>1805</v>
       </c>
       <c r="E695" t="s">
-        <v>1720</v>
+        <v>912</v>
       </c>
       <c r="F695" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G695" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H695" s="5">
-        <v>3174.0</v>
+        <v>5900.0</v>
       </c>
       <c r="I695" s="5">
-        <v>3841</v>
+        <v>7139</v>
       </c>
       <c r="J695" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K695" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="696" spans="1:13">
       <c r="A696" t="s">
-        <v>992</v>
+        <v>892</v>
       </c>
       <c r="B696">
-        <v>4.06</v>
+        <v>0.52</v>
       </c>
       <c r="C696" t="s">
-        <v>1116</v>
+        <v>1038</v>
       </c>
       <c r="D696" t="s">
-        <v>1738</v>
+        <v>1806</v>
       </c>
       <c r="E696" t="s">
-        <v>1720</v>
+        <v>1201</v>
       </c>
       <c r="F696" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G696" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H696" s="5">
-        <v>5358.0</v>
+        <v>5314.0</v>
       </c>
       <c r="I696" s="5">
-        <v>6483</v>
+        <v>6430</v>
       </c>
       <c r="J696" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K696" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="697" spans="1:13">
       <c r="A697" t="s">
-        <v>992</v>
+        <v>892</v>
       </c>
       <c r="B697">
-        <v>3.48</v>
+        <v>0.62</v>
       </c>
       <c r="C697" t="s">
-        <v>1116</v>
+        <v>939</v>
       </c>
       <c r="D697" t="s">
-        <v>1739</v>
+        <v>1807</v>
       </c>
       <c r="E697" t="s">
-        <v>1740</v>
+        <v>1161</v>
       </c>
       <c r="F697" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G697" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H697" s="5">
-        <v>4973.0</v>
+        <v>5557.0</v>
       </c>
       <c r="I697" s="5">
-        <v>6017</v>
+        <v>6724</v>
       </c>
       <c r="J697" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K697" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="698" spans="1:13">
       <c r="A698" t="s">
-        <v>1237</v>
+        <v>892</v>
       </c>
       <c r="B698">
-        <v>5.1</v>
+        <v>1.04</v>
       </c>
       <c r="C698" t="s">
-        <v>1721</v>
+        <v>1803</v>
       </c>
       <c r="D698" t="s">
-        <v>1741</v>
+        <v>1808</v>
       </c>
       <c r="E698" t="s">
-        <v>946</v>
+        <v>1514</v>
       </c>
       <c r="F698" t="s">
-        <v>1732</v>
+        <v>889</v>
       </c>
       <c r="G698" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H698" s="5">
-        <v>5270.0</v>
+        <v>6577.0</v>
       </c>
       <c r="I698" s="5">
-        <v>6377</v>
+        <v>7958</v>
       </c>
       <c r="J698" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K698" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="699" spans="1:13">
       <c r="A699" t="s">
-        <v>1237</v>
+        <v>892</v>
       </c>
       <c r="B699">
-        <v>4.8</v>
+        <v>0.42</v>
       </c>
       <c r="C699" t="s">
-        <v>1721</v>
+        <v>939</v>
       </c>
       <c r="D699" t="s">
-        <v>1742</v>
+        <v>1809</v>
       </c>
       <c r="E699" t="s">
-        <v>1250</v>
+        <v>1161</v>
       </c>
       <c r="F699" t="s">
-        <v>1732</v>
+        <v>889</v>
       </c>
       <c r="G699" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H699" s="5">
-        <v>5011.0</v>
+        <v>5071.0</v>
       </c>
       <c r="I699" s="5">
-        <v>6063</v>
+        <v>6136</v>
       </c>
       <c r="J699" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K699" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="700" spans="1:13">
       <c r="A700" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B700">
-        <v>4.95</v>
+        <v>1.07</v>
       </c>
       <c r="C700" t="s">
-        <v>1721</v>
+        <v>893</v>
       </c>
       <c r="D700" t="s">
-        <v>1743</v>
+        <v>1810</v>
       </c>
       <c r="E700" t="s">
-        <v>946</v>
+        <v>928</v>
       </c>
       <c r="F700" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G700" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H700" s="5">
-        <v>5141.0</v>
+        <v>29700.0</v>
       </c>
       <c r="I700" s="5">
-        <v>6221</v>
+        <v>35937</v>
       </c>
       <c r="J700" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K700" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="701" spans="1:13">
       <c r="A701" t="s">
-        <v>1237</v>
+        <v>904</v>
       </c>
       <c r="B701">
-        <v>3.5</v>
+        <v>1.79</v>
       </c>
       <c r="C701" t="s">
-        <v>1744</v>
+        <v>886</v>
       </c>
       <c r="D701" t="s">
-        <v>1745</v>
+        <v>1811</v>
       </c>
       <c r="E701" t="s">
-        <v>1470</v>
+        <v>1005</v>
       </c>
       <c r="F701" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G701" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H701" s="5">
-        <v>4860.0</v>
+        <v>8800.0</v>
       </c>
       <c r="I701" s="5">
-        <v>5881</v>
+        <v>10648</v>
       </c>
       <c r="J701" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K701" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="702" spans="1:13">
       <c r="A702" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B702">
-        <v>3.86</v>
+        <v>1.25</v>
       </c>
       <c r="C702" t="s">
-        <v>1612</v>
+        <v>893</v>
       </c>
       <c r="D702" t="s">
-        <v>1746</v>
+        <v>1812</v>
       </c>
       <c r="E702" t="s">
-        <v>1250</v>
+        <v>1035</v>
       </c>
       <c r="F702" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G702" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H702" s="5">
-        <v>5249.0</v>
+        <v>25500.0</v>
       </c>
       <c r="I702" s="5">
-        <v>6351</v>
+        <v>30855</v>
       </c>
       <c r="J702" t="s">
-        <v>941</v>
+        <v>1013</v>
       </c>
       <c r="K702" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="703" spans="1:13">
       <c r="A703" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B703">
-        <v>3.22</v>
+        <v>1.33</v>
       </c>
       <c r="C703" t="s">
-        <v>1744</v>
+        <v>893</v>
       </c>
       <c r="D703" t="s">
-        <v>1747</v>
+        <v>1813</v>
       </c>
       <c r="E703" t="s">
-        <v>1250</v>
+        <v>1814</v>
       </c>
       <c r="F703" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G703" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H703" s="5">
-        <v>4558.0</v>
+        <v>32600.0</v>
       </c>
       <c r="I703" s="5">
-        <v>5515</v>
+        <v>39446</v>
       </c>
       <c r="J703" t="s">
-        <v>941</v>
+        <v>1815</v>
       </c>
       <c r="K703" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="704" spans="1:13">
       <c r="A704" t="s">
-        <v>1237</v>
+        <v>898</v>
       </c>
       <c r="B704">
-        <v>5.02</v>
+        <v>4.56</v>
       </c>
       <c r="C704" t="s">
-        <v>1744</v>
+        <v>1816</v>
       </c>
       <c r="D704" t="s">
-        <v>1748</v>
+        <v>1817</v>
       </c>
       <c r="E704" t="s">
-        <v>1749</v>
+        <v>1818</v>
       </c>
       <c r="F704" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G704" t="s">
-        <v>823</v>
+        <v>1819</v>
       </c>
       <c r="H704" s="5">
-        <v>6502.0</v>
+        <v>45900.0</v>
       </c>
       <c r="I704" s="5">
-        <v>7867</v>
+        <v>55539</v>
       </c>
       <c r="J704" t="s">
-        <v>941</v>
+        <v>1820</v>
       </c>
       <c r="K704" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="705" spans="1:13">
       <c r="A705" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B705">
-        <v>4.16</v>
+        <v>0.55</v>
       </c>
       <c r="C705" t="s">
-        <v>1750</v>
+        <v>1770</v>
       </c>
       <c r="D705" t="s">
-        <v>1751</v>
+        <v>1821</v>
       </c>
       <c r="E705" t="s">
-        <v>1250</v>
+        <v>934</v>
       </c>
       <c r="F705" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G705" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H705" s="5">
-        <v>5573.0</v>
+        <v>8103.0</v>
       </c>
       <c r="I705" s="5">
-        <v>6743</v>
+        <v>9805</v>
       </c>
       <c r="J705" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K705" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="706" spans="1:13">
       <c r="A706" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B706">
-        <v>4.09</v>
+        <v>0.55</v>
       </c>
       <c r="C706" t="s">
-        <v>1744</v>
+        <v>1166</v>
       </c>
       <c r="D706" t="s">
-        <v>1752</v>
+        <v>1822</v>
       </c>
       <c r="E706" t="s">
-        <v>1250</v>
+        <v>934</v>
       </c>
       <c r="F706" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G706" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H706" s="5">
-        <v>5497.0</v>
+        <v>6078.0</v>
       </c>
       <c r="I706" s="5">
-        <v>6651</v>
+        <v>7354</v>
       </c>
       <c r="J706" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K706" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="707" spans="1:13">
       <c r="A707" t="s">
-        <v>1237</v>
+        <v>937</v>
       </c>
       <c r="B707">
-        <v>4.87</v>
+        <v>1.37</v>
       </c>
       <c r="C707" t="s">
-        <v>1275</v>
+        <v>926</v>
       </c>
       <c r="D707" t="s">
-        <v>1753</v>
+        <v>1823</v>
       </c>
       <c r="E707" t="s">
-        <v>1470</v>
+        <v>1327</v>
       </c>
       <c r="F707" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G707" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H707" s="5">
-        <v>6340.0</v>
+        <v>6453.0</v>
       </c>
       <c r="I707" s="5">
-        <v>7671</v>
+        <v>7808</v>
       </c>
       <c r="J707" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K707" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="708" spans="1:13">
       <c r="A708" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B708">
-        <v>6.19</v>
+        <v>0.82</v>
       </c>
       <c r="C708" t="s">
-        <v>839</v>
+        <v>1824</v>
       </c>
       <c r="D708" t="s">
-        <v>1754</v>
+        <v>1825</v>
       </c>
       <c r="E708" t="s">
-        <v>1470</v>
+        <v>914</v>
       </c>
       <c r="F708" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G708" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H708" s="5">
-        <v>7765.0</v>
+        <v>5650.0</v>
       </c>
       <c r="I708" s="5">
-        <v>9396</v>
+        <v>6837</v>
       </c>
       <c r="J708" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K708" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="709" spans="1:13">
       <c r="A709" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B709">
-        <v>5.65</v>
+        <v>0.95</v>
       </c>
       <c r="C709" t="s">
-        <v>1366</v>
+        <v>1824</v>
       </c>
       <c r="D709" t="s">
-        <v>1755</v>
+        <v>1826</v>
       </c>
       <c r="E709" t="s">
-        <v>1470</v>
+        <v>914</v>
       </c>
       <c r="F709" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G709" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H709" s="5">
-        <v>7182.0</v>
+        <v>6094.0</v>
       </c>
       <c r="I709" s="5">
-        <v>8690</v>
+        <v>7374</v>
       </c>
       <c r="J709" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K709" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="710" spans="1:13">
       <c r="A710" t="s">
-        <v>1237</v>
+        <v>950</v>
       </c>
       <c r="B710">
-        <v>11.01</v>
+        <v>0.82</v>
       </c>
       <c r="C710" t="s">
-        <v>1116</v>
+        <v>1152</v>
       </c>
       <c r="D710" t="s">
-        <v>1756</v>
+        <v>1827</v>
       </c>
       <c r="E710" t="s">
-        <v>1464</v>
+        <v>1828</v>
       </c>
       <c r="F710" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G710" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H710" s="5">
-        <v>15968.0</v>
+        <v>5650.0</v>
       </c>
       <c r="I710" s="5">
-        <v>19321</v>
+        <v>6837</v>
       </c>
       <c r="J710" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K710" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="711" spans="1:13">
       <c r="A711" t="s">
-        <v>1237</v>
+        <v>1653</v>
       </c>
       <c r="B711">
-        <v>8.44</v>
+        <v>1.32</v>
       </c>
       <c r="C711" t="s">
-        <v>1757</v>
+        <v>1770</v>
       </c>
       <c r="D711" t="s">
-        <v>1758</v>
+        <v>1829</v>
       </c>
       <c r="E711" t="s">
-        <v>1250</v>
+        <v>1655</v>
       </c>
       <c r="F711" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G711" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H711" s="5">
-        <v>12551.0</v>
+        <v>10037.0</v>
       </c>
       <c r="I711" s="5">
-        <v>15187</v>
+        <v>12145</v>
       </c>
       <c r="J711" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K711" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="712" spans="1:13">
       <c r="A712" t="s">
-        <v>1237</v>
+        <v>1653</v>
       </c>
       <c r="B712">
-        <v>5.93</v>
+        <v>1.22</v>
       </c>
       <c r="C712" t="s">
-        <v>839</v>
+        <v>1770</v>
       </c>
       <c r="D712" t="s">
-        <v>1759</v>
+        <v>1830</v>
       </c>
       <c r="E712" t="s">
-        <v>1241</v>
+        <v>1655</v>
       </c>
       <c r="F712" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G712" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H712" s="5">
-        <v>9214.0</v>
+        <v>6431.0</v>
       </c>
       <c r="I712" s="5">
-        <v>11149</v>
+        <v>7782</v>
       </c>
       <c r="J712" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K712" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="713" spans="1:13">
       <c r="A713" t="s">
-        <v>1237</v>
+        <v>1653</v>
       </c>
       <c r="B713">
-        <v>2.41</v>
+        <v>1.82</v>
       </c>
       <c r="C713" t="s">
-        <v>1744</v>
+        <v>886</v>
       </c>
       <c r="D713" t="s">
-        <v>1760</v>
+        <v>1831</v>
       </c>
       <c r="E713" t="s">
-        <v>1250</v>
+        <v>1655</v>
       </c>
       <c r="F713" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G713" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H713" s="5">
-        <v>4534.0</v>
+        <v>11989.0</v>
       </c>
       <c r="I713" s="5">
-        <v>5486</v>
+        <v>14507</v>
       </c>
       <c r="J713" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K713" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="714" spans="1:13">
       <c r="A714" t="s">
-        <v>1237</v>
+        <v>1653</v>
       </c>
       <c r="B714">
-        <v>5.11</v>
+        <v>1.42</v>
       </c>
       <c r="C714" t="s">
-        <v>1744</v>
+        <v>1770</v>
       </c>
       <c r="D714" t="s">
-        <v>1761</v>
+        <v>1832</v>
       </c>
       <c r="E714" t="s">
-        <v>1241</v>
+        <v>1655</v>
       </c>
       <c r="F714" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G714" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H714" s="5">
-        <v>8124.0</v>
+        <v>6951.0</v>
       </c>
       <c r="I714" s="5">
-        <v>9830</v>
+        <v>8411</v>
       </c>
       <c r="J714" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K714" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="715" spans="1:13">
       <c r="A715" t="s">
-        <v>1237</v>
+        <v>1653</v>
       </c>
       <c r="B715">
-        <v>8.75</v>
+        <v>1.38</v>
       </c>
       <c r="C715" t="s">
-        <v>1744</v>
+        <v>1770</v>
       </c>
       <c r="D715" t="s">
-        <v>1762</v>
+        <v>1833</v>
       </c>
       <c r="E715" t="s">
-        <v>1241</v>
+        <v>1655</v>
       </c>
       <c r="F715" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G715" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H715" s="5">
-        <v>12964.0</v>
+        <v>10271.0</v>
       </c>
       <c r="I715" s="5">
-        <v>15686</v>
+        <v>12428</v>
       </c>
       <c r="J715" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K715" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="716" spans="1:13">
       <c r="A716" t="s">
-        <v>1237</v>
+        <v>1653</v>
       </c>
       <c r="B716">
-        <v>5.9</v>
+        <v>1.46</v>
       </c>
       <c r="C716" t="s">
-        <v>1612</v>
+        <v>886</v>
       </c>
       <c r="D716" t="s">
-        <v>1763</v>
+        <v>1834</v>
       </c>
       <c r="E716" t="s">
-        <v>1250</v>
+        <v>1773</v>
       </c>
       <c r="F716" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G716" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H716" s="5">
-        <v>9174.0</v>
+        <v>10583.0</v>
       </c>
       <c r="I716" s="5">
-        <v>11101</v>
+        <v>12805</v>
       </c>
       <c r="J716" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K716" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="717" spans="1:13">
       <c r="A717" t="s">
-        <v>1237</v>
+        <v>898</v>
       </c>
       <c r="B717">
-        <v>5.59</v>
+        <v>1.04</v>
       </c>
       <c r="C717" t="s">
-        <v>1612</v>
+        <v>893</v>
       </c>
       <c r="D717" t="s">
-        <v>1764</v>
+        <v>1835</v>
       </c>
       <c r="E717" t="s">
-        <v>1250</v>
+        <v>1066</v>
       </c>
       <c r="F717" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G717" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H717" s="5">
-        <v>8762.0</v>
+        <v>5936.0</v>
       </c>
       <c r="I717" s="5">
-        <v>10602</v>
+        <v>7183</v>
       </c>
       <c r="J717" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K717" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="718" spans="1:13">
       <c r="A718" t="s">
-        <v>1237</v>
+        <v>907</v>
       </c>
       <c r="B718">
-        <v>3.48</v>
+        <v>3.68</v>
       </c>
       <c r="C718" t="s">
-        <v>1612</v>
+        <v>1293</v>
       </c>
       <c r="D718" t="s">
-        <v>1765</v>
+        <v>1836</v>
       </c>
       <c r="E718" t="s">
-        <v>1241</v>
+        <v>1161</v>
       </c>
       <c r="F718" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G718" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H718" s="5">
-        <v>5957.0</v>
+        <v>15354.0</v>
       </c>
       <c r="I718" s="5">
-        <v>7208</v>
+        <v>18578</v>
       </c>
       <c r="J718" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K718" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="719" spans="1:13">
       <c r="A719" t="s">
-        <v>1237</v>
+        <v>907</v>
       </c>
       <c r="B719">
-        <v>2.16</v>
+        <v>16.52</v>
       </c>
       <c r="C719" t="s">
-        <v>1116</v>
+        <v>886</v>
       </c>
       <c r="D719" t="s">
-        <v>1766</v>
+        <v>1837</v>
       </c>
       <c r="E719" t="s">
-        <v>1250</v>
+        <v>888</v>
       </c>
       <c r="F719" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G719" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H719" s="5">
-        <v>5252.0</v>
+        <v>42169.0</v>
       </c>
       <c r="I719" s="5">
-        <v>6355</v>
+        <v>51024</v>
       </c>
       <c r="J719" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K719" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="720" spans="1:13">
       <c r="A720" t="s">
-        <v>1014</v>
+        <v>907</v>
       </c>
       <c r="B720">
-        <v>6.29</v>
+        <v>13.72</v>
       </c>
       <c r="C720" t="s">
-        <v>1767</v>
+        <v>1209</v>
       </c>
       <c r="D720" t="s">
-        <v>1768</v>
+        <v>1838</v>
       </c>
       <c r="E720" t="s">
-        <v>1031</v>
+        <v>966</v>
       </c>
       <c r="F720" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G720" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H720" s="5">
-        <v>9016.0</v>
+        <v>35365.0</v>
       </c>
       <c r="I720" s="5">
-        <v>10909</v>
+        <v>42792</v>
       </c>
       <c r="J720" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K720" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="721" spans="1:13">
       <c r="A721" t="s">
-        <v>1014</v>
+        <v>907</v>
       </c>
       <c r="B721">
-        <v>1.58</v>
+        <v>2.27</v>
       </c>
       <c r="C721" t="s">
-        <v>839</v>
+        <v>1803</v>
       </c>
       <c r="D721" t="s">
-        <v>1769</v>
+        <v>1839</v>
       </c>
       <c r="E721" t="s">
-        <v>1031</v>
+        <v>1221</v>
       </c>
       <c r="F721" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G721" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H721" s="5">
-        <v>6721.0</v>
+        <v>12066.0</v>
       </c>
       <c r="I721" s="5">
-        <v>8132</v>
+        <v>14600</v>
       </c>
       <c r="J721" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K721" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="722" spans="1:13">
       <c r="A722" t="s">
-        <v>1014</v>
+        <v>950</v>
       </c>
       <c r="B722">
-        <v>3.96</v>
+        <v>2.99</v>
       </c>
       <c r="C722" t="s">
-        <v>1770</v>
+        <v>1293</v>
       </c>
       <c r="D722" t="s">
-        <v>1771</v>
+        <v>1840</v>
       </c>
       <c r="E722" t="s">
-        <v>1031</v>
+        <v>914</v>
       </c>
       <c r="F722" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G722" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H722" s="5">
-        <v>13841.0</v>
+        <v>14865.0</v>
       </c>
       <c r="I722" s="5">
-        <v>16748</v>
+        <v>17987</v>
       </c>
       <c r="J722" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K722" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="723" spans="1:13">
       <c r="A723" t="s">
-        <v>1014</v>
+        <v>937</v>
       </c>
       <c r="B723">
-        <v>2.74</v>
+        <v>6.42</v>
       </c>
       <c r="C723" t="s">
-        <v>839</v>
+        <v>1803</v>
       </c>
       <c r="D723" t="s">
-        <v>1772</v>
+        <v>1841</v>
       </c>
       <c r="E723" t="s">
-        <v>1031</v>
+        <v>1327</v>
       </c>
       <c r="F723" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G723" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H723" s="5">
-        <v>10191.0</v>
+        <v>11750.0</v>
       </c>
       <c r="I723" s="5">
-        <v>12331</v>
+        <v>14218</v>
       </c>
       <c r="J723" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K723" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="724" spans="1:13">
       <c r="A724" t="s">
-        <v>1014</v>
+        <v>937</v>
       </c>
       <c r="B724">
-        <v>3.1</v>
+        <v>2.06</v>
       </c>
       <c r="C724" t="s">
-        <v>1770</v>
+        <v>1842</v>
       </c>
       <c r="D724" t="s">
-        <v>1773</v>
+        <v>1843</v>
       </c>
       <c r="E724" t="s">
-        <v>1023</v>
+        <v>1289</v>
       </c>
       <c r="F724" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G724" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H724" s="5">
-        <v>15494.0</v>
+        <v>11249.0</v>
       </c>
       <c r="I724" s="5">
-        <v>18748</v>
+        <v>13611</v>
       </c>
       <c r="J724" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K724" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="725" spans="1:13">
       <c r="A725" t="s">
-        <v>1014</v>
+        <v>1653</v>
       </c>
       <c r="B725">
-        <v>1.26</v>
+        <v>1.48</v>
       </c>
       <c r="C725" t="s">
-        <v>1774</v>
+        <v>893</v>
       </c>
       <c r="D725" t="s">
-        <v>1775</v>
+        <v>1844</v>
       </c>
       <c r="E725" t="s">
-        <v>1031</v>
+        <v>1655</v>
       </c>
       <c r="F725" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G725" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H725" s="5">
-        <v>10567.0</v>
+        <v>10614.0</v>
       </c>
       <c r="I725" s="5">
-        <v>12786</v>
+        <v>12843</v>
       </c>
       <c r="J725" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K725" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="726" spans="1:13">
       <c r="A726" t="s">
-        <v>1014</v>
+        <v>1653</v>
       </c>
       <c r="B726">
-        <v>1.71</v>
+        <v>1.72</v>
       </c>
       <c r="C726" t="s">
-        <v>1275</v>
+        <v>893</v>
       </c>
       <c r="D726" t="s">
-        <v>1776</v>
+        <v>1845</v>
       </c>
       <c r="E726" t="s">
-        <v>1031</v>
+        <v>1655</v>
       </c>
       <c r="F726" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G726" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H726" s="5">
-        <v>13035.0</v>
+        <v>11547.0</v>
       </c>
       <c r="I726" s="5">
-        <v>15772</v>
+        <v>13972</v>
       </c>
       <c r="J726" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K726" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="727" spans="1:13">
       <c r="A727" t="s">
-        <v>1251</v>
+        <v>1653</v>
       </c>
       <c r="B727">
-        <v>6.58</v>
+        <v>1.33</v>
       </c>
       <c r="C727" t="s">
-        <v>1116</v>
+        <v>893</v>
       </c>
       <c r="D727" t="s">
-        <v>1777</v>
+        <v>1846</v>
       </c>
       <c r="E727" t="s">
-        <v>1260</v>
+        <v>1655</v>
       </c>
       <c r="F727" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G727" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H727" s="5">
-        <v>8586.0</v>
+        <v>10031.0</v>
       </c>
       <c r="I727" s="5">
-        <v>10389</v>
+        <v>12138</v>
       </c>
       <c r="J727" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K727" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="728" spans="1:13">
       <c r="A728" t="s">
-        <v>1251</v>
+        <v>1653</v>
       </c>
       <c r="B728">
-        <v>5</v>
+        <v>1.22</v>
       </c>
       <c r="C728" t="s">
-        <v>1612</v>
+        <v>893</v>
       </c>
       <c r="D728" t="s">
-        <v>1778</v>
+        <v>1847</v>
       </c>
       <c r="E728" t="s">
-        <v>1260</v>
+        <v>1655</v>
       </c>
       <c r="F728" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G728" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H728" s="5">
-        <v>7562.0</v>
+        <v>9603.0</v>
       </c>
       <c r="I728" s="5">
-        <v>9150</v>
+        <v>11620</v>
       </c>
       <c r="J728" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K728" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="729" spans="1:13">
       <c r="A729" t="s">
-        <v>1201</v>
+        <v>1653</v>
       </c>
       <c r="B729">
-        <v>8.33</v>
+        <v>1.3</v>
       </c>
       <c r="C729" t="s">
-        <v>839</v>
+        <v>893</v>
       </c>
       <c r="D729" t="s">
-        <v>1779</v>
+        <v>1848</v>
       </c>
       <c r="E729" t="s">
-        <v>1205</v>
+        <v>1655</v>
       </c>
       <c r="F729" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G729" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H729" s="5">
-        <v>5123.0</v>
+        <v>9914.0</v>
       </c>
       <c r="I729" s="5">
-        <v>6199</v>
+        <v>11996</v>
       </c>
       <c r="J729" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K729" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="730" spans="1:13">
       <c r="A730" t="s">
-        <v>1201</v>
+        <v>1653</v>
       </c>
       <c r="B730">
-        <v>8.62</v>
+        <v>1.91</v>
       </c>
       <c r="C730" t="s">
-        <v>1612</v>
+        <v>893</v>
       </c>
       <c r="D730" t="s">
-        <v>1780</v>
+        <v>1849</v>
       </c>
       <c r="E730" t="s">
-        <v>1222</v>
+        <v>1655</v>
       </c>
       <c r="F730" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G730" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H730" s="5">
-        <v>7341.0</v>
+        <v>10238.0</v>
       </c>
       <c r="I730" s="5">
-        <v>8883</v>
+        <v>12388</v>
       </c>
       <c r="J730" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K730" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="731" spans="1:13">
       <c r="A731" t="s">
-        <v>1201</v>
+        <v>1653</v>
       </c>
       <c r="B731">
-        <v>7.25</v>
+        <v>2.29</v>
       </c>
       <c r="C731" t="s">
-        <v>1275</v>
+        <v>893</v>
       </c>
       <c r="D731" t="s">
-        <v>1781</v>
+        <v>1850</v>
       </c>
       <c r="E731" t="s">
-        <v>1203</v>
+        <v>1655</v>
       </c>
       <c r="F731" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G731" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H731" s="5">
-        <v>6544.0</v>
+        <v>9176.0</v>
       </c>
       <c r="I731" s="5">
-        <v>7918</v>
+        <v>11103</v>
       </c>
       <c r="J731" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K731" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="732" spans="1:13">
       <c r="A732" t="s">
-        <v>1201</v>
+        <v>1653</v>
       </c>
       <c r="B732">
-        <v>3.8</v>
+        <v>1.87</v>
       </c>
       <c r="C732" t="s">
-        <v>1625</v>
+        <v>893</v>
       </c>
       <c r="D732" t="s">
-        <v>1782</v>
+        <v>1851</v>
       </c>
       <c r="E732" t="s">
-        <v>1203</v>
+        <v>1655</v>
       </c>
       <c r="F732" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G732" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H732" s="5">
-        <v>4537.0</v>
+        <v>9098.0</v>
       </c>
       <c r="I732" s="5">
-        <v>5490</v>
+        <v>11009</v>
       </c>
       <c r="J732" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K732" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="733" spans="1:13">
       <c r="A733" t="s">
-        <v>1201</v>
+        <v>1653</v>
       </c>
       <c r="B733">
-        <v>5.85</v>
+        <v>1.36</v>
       </c>
       <c r="C733" t="s">
-        <v>1783</v>
+        <v>893</v>
       </c>
       <c r="D733" t="s">
-        <v>1784</v>
+        <v>1852</v>
       </c>
       <c r="E733" t="s">
-        <v>1205</v>
+        <v>1655</v>
       </c>
       <c r="F733" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G733" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H733" s="5">
-        <v>8185.0</v>
+        <v>7611.0</v>
       </c>
       <c r="I733" s="5">
-        <v>9904</v>
+        <v>9209</v>
       </c>
       <c r="J733" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K733" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="734" spans="1:13">
       <c r="A734" t="s">
-        <v>1201</v>
+        <v>1653</v>
       </c>
       <c r="B734">
-        <v>11.37</v>
+        <v>1.27</v>
       </c>
       <c r="C734" t="s">
-        <v>1315</v>
+        <v>893</v>
       </c>
       <c r="D734" t="s">
-        <v>1785</v>
+        <v>1853</v>
       </c>
       <c r="E734" t="s">
-        <v>1786</v>
+        <v>1655</v>
       </c>
       <c r="F734" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G734" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H734" s="5">
-        <v>12772.0</v>
+        <v>9798.0</v>
       </c>
       <c r="I734" s="5">
-        <v>15454</v>
+        <v>11856</v>
       </c>
       <c r="J734" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K734" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="735" spans="1:13">
       <c r="A735" t="s">
-        <v>944</v>
+        <v>1653</v>
       </c>
       <c r="B735">
-        <v>5.18</v>
+        <v>1.43</v>
       </c>
       <c r="C735" t="s">
-        <v>1744</v>
+        <v>893</v>
       </c>
       <c r="D735" t="s">
-        <v>1787</v>
+        <v>1854</v>
       </c>
       <c r="E735" t="s">
-        <v>946</v>
+        <v>1655</v>
       </c>
       <c r="F735" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G735" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H735" s="5">
-        <v>4577.0</v>
+        <v>8683.0</v>
       </c>
       <c r="I735" s="5">
-        <v>5538</v>
+        <v>10506</v>
       </c>
       <c r="J735" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K735" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="736" spans="1:13">
       <c r="A736" t="s">
-        <v>944</v>
+        <v>1653</v>
       </c>
       <c r="B736">
-        <v>6.77</v>
+        <v>1.32</v>
       </c>
       <c r="C736" t="s">
-        <v>1744</v>
+        <v>893</v>
       </c>
       <c r="D736" t="s">
-        <v>1788</v>
+        <v>1855</v>
       </c>
       <c r="E736" t="s">
-        <v>946</v>
+        <v>1655</v>
       </c>
       <c r="F736" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G736" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H736" s="5">
-        <v>7160.0</v>
+        <v>11658.0</v>
       </c>
       <c r="I736" s="5">
-        <v>8664</v>
+        <v>14106</v>
       </c>
       <c r="J736" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K736" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="737" spans="1:13">
       <c r="A737" t="s">
-        <v>944</v>
+        <v>1653</v>
       </c>
       <c r="B737">
-        <v>3.04</v>
+        <v>1.82</v>
       </c>
       <c r="C737" t="s">
-        <v>1744</v>
+        <v>893</v>
       </c>
       <c r="D737" t="s">
-        <v>1789</v>
+        <v>1856</v>
       </c>
       <c r="E737" t="s">
-        <v>946</v>
+        <v>1655</v>
       </c>
       <c r="F737" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G737" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H737" s="5">
-        <v>4680.0</v>
+        <v>11936.0</v>
       </c>
       <c r="I737" s="5">
-        <v>5663</v>
+        <v>14443</v>
       </c>
       <c r="J737" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K737" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="738" spans="1:13">
       <c r="A738" t="s">
-        <v>866</v>
+        <v>1653</v>
       </c>
       <c r="B738">
-        <v>1.08</v>
+        <v>2.18</v>
       </c>
       <c r="C738" t="s">
-        <v>1612</v>
+        <v>893</v>
       </c>
       <c r="D738" t="s">
-        <v>1790</v>
+        <v>1857</v>
       </c>
       <c r="E738" t="s">
-        <v>882</v>
+        <v>1655</v>
       </c>
       <c r="F738" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G738" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H738" s="5">
-        <v>6967.0</v>
+        <v>11113.0</v>
       </c>
       <c r="I738" s="5">
-        <v>8430</v>
+        <v>13447</v>
       </c>
       <c r="J738" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K738" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="739" spans="1:13">
       <c r="A739" t="s">
-        <v>866</v>
+        <v>1653</v>
       </c>
       <c r="B739">
-        <v>0.98</v>
+        <v>1.37</v>
       </c>
       <c r="C739" t="s">
-        <v>1116</v>
+        <v>893</v>
       </c>
       <c r="D739" t="s">
-        <v>1791</v>
+        <v>1858</v>
       </c>
       <c r="E739" t="s">
-        <v>868</v>
+        <v>1655</v>
       </c>
       <c r="F739" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G739" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H739" s="5">
-        <v>9852.0</v>
+        <v>11884.0</v>
       </c>
       <c r="I739" s="5">
-        <v>11921</v>
+        <v>14380</v>
       </c>
       <c r="J739" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K739" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="740" spans="1:13">
       <c r="A740" t="s">
-        <v>866</v>
+        <v>1653</v>
       </c>
       <c r="B740">
-        <v>0.79</v>
+        <v>1.31</v>
       </c>
       <c r="C740" t="s">
-        <v>1116</v>
+        <v>893</v>
       </c>
       <c r="D740" t="s">
-        <v>1792</v>
+        <v>1859</v>
       </c>
       <c r="E740" t="s">
-        <v>868</v>
+        <v>1655</v>
       </c>
       <c r="F740" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G740" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H740" s="5">
-        <v>8716.0</v>
+        <v>9953.0</v>
       </c>
       <c r="I740" s="5">
-        <v>10546</v>
+        <v>12043</v>
       </c>
       <c r="J740" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K740" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="741" spans="1:13">
       <c r="A741" t="s">
-        <v>1251</v>
+        <v>1653</v>
       </c>
       <c r="B741">
-        <v>5.46</v>
+        <v>1.54</v>
       </c>
       <c r="C741" t="s">
-        <v>1793</v>
+        <v>886</v>
       </c>
       <c r="D741" t="s">
-        <v>1794</v>
+        <v>1860</v>
       </c>
       <c r="E741" t="s">
-        <v>1260</v>
+        <v>1655</v>
       </c>
       <c r="F741" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G741" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H741" s="5">
-        <v>6046.0</v>
+        <v>12655.0</v>
       </c>
       <c r="I741" s="5">
-        <v>7316</v>
+        <v>15313</v>
       </c>
       <c r="J741" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K741" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="742" spans="1:13">
       <c r="A742" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B742">
-        <v>3.74</v>
+        <v>3.5</v>
       </c>
       <c r="C742" t="s">
-        <v>1116</v>
+        <v>1816</v>
       </c>
       <c r="D742" t="s">
-        <v>1795</v>
+        <v>1861</v>
       </c>
       <c r="E742" t="s">
-        <v>1470</v>
+        <v>931</v>
       </c>
       <c r="F742" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G742" t="s">
-        <v>823</v>
+        <v>1819</v>
       </c>
       <c r="H742" s="5">
-        <v>5119.0</v>
+        <v>89900.0</v>
       </c>
       <c r="I742" s="5">
-        <v>6194</v>
+        <v>108779</v>
       </c>
       <c r="J742" t="s">
-        <v>941</v>
+        <v>1862</v>
       </c>
       <c r="K742" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="743" spans="1:13">
       <c r="A743" t="s">
-        <v>1237</v>
+        <v>917</v>
       </c>
       <c r="B743">
-        <v>6.37</v>
+        <v>13.84</v>
       </c>
       <c r="C743" t="s">
-        <v>1116</v>
+        <v>1293</v>
       </c>
       <c r="D743" t="s">
-        <v>1796</v>
+        <v>1863</v>
       </c>
       <c r="E743" t="s">
-        <v>1250</v>
+        <v>1389</v>
       </c>
       <c r="F743" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G743" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H743" s="5">
-        <v>9799.0</v>
+        <v>14825.0</v>
       </c>
       <c r="I743" s="5">
-        <v>11857</v>
+        <v>17938</v>
       </c>
       <c r="J743" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K743" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="744" spans="1:13">
       <c r="A744" t="s">
-        <v>1237</v>
+        <v>917</v>
       </c>
       <c r="B744">
-        <v>5.09</v>
+        <v>18.88</v>
       </c>
       <c r="C744" t="s">
-        <v>1783</v>
+        <v>1293</v>
       </c>
       <c r="D744" t="s">
-        <v>1797</v>
+        <v>1864</v>
       </c>
       <c r="E744" t="s">
-        <v>1241</v>
+        <v>1012</v>
       </c>
       <c r="F744" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G744" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H744" s="5">
-        <v>8097.0</v>
+        <v>19013.0</v>
       </c>
       <c r="I744" s="5">
-        <v>9797</v>
+        <v>23006</v>
       </c>
       <c r="J744" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K744" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="745" spans="1:13">
       <c r="A745" t="s">
-        <v>1237</v>
+        <v>917</v>
       </c>
       <c r="B745">
-        <v>3.64</v>
+        <v>11.49</v>
       </c>
       <c r="C745" t="s">
-        <v>1116</v>
+        <v>1770</v>
       </c>
       <c r="D745" t="s">
-        <v>1798</v>
+        <v>1865</v>
       </c>
       <c r="E745" t="s">
-        <v>1464</v>
+        <v>1866</v>
       </c>
       <c r="F745" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G745" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H745" s="5">
-        <v>6169.0</v>
+        <v>12782.0</v>
       </c>
       <c r="I745" s="5">
-        <v>7464</v>
+        <v>15466</v>
       </c>
       <c r="J745" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K745" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="746" spans="1:13">
       <c r="A746" t="s">
-        <v>1237</v>
+        <v>1867</v>
       </c>
       <c r="B746">
-        <v>2.54</v>
+        <v>27.11</v>
       </c>
       <c r="C746" t="s">
-        <v>1612</v>
+        <v>886</v>
       </c>
       <c r="D746" t="s">
-        <v>1799</v>
+        <v>1868</v>
       </c>
       <c r="E746" t="s">
-        <v>1250</v>
+        <v>1744</v>
       </c>
       <c r="F746" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G746" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H746" s="5">
-        <v>4707.0</v>
+        <v>9396.0</v>
       </c>
       <c r="I746" s="5">
-        <v>5695</v>
+        <v>11369</v>
       </c>
       <c r="J746" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K746" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="747" spans="1:13">
       <c r="A747" t="s">
-        <v>1237</v>
+        <v>1867</v>
       </c>
       <c r="B747">
-        <v>6.99</v>
+        <v>42.94</v>
       </c>
       <c r="C747" t="s">
-        <v>1116</v>
+        <v>886</v>
       </c>
       <c r="D747" t="s">
-        <v>1800</v>
+        <v>1869</v>
       </c>
       <c r="E747" t="s">
-        <v>1241</v>
+        <v>1744</v>
       </c>
       <c r="F747" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G747" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H747" s="5">
-        <v>10624.0</v>
+        <v>12553.0</v>
       </c>
       <c r="I747" s="5">
-        <v>12855</v>
+        <v>15189</v>
       </c>
       <c r="J747" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K747" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="748" spans="1:13">
       <c r="A748" t="s">
-        <v>866</v>
+        <v>917</v>
       </c>
       <c r="B748">
-        <v>1.26</v>
+        <v>20.14</v>
       </c>
       <c r="C748" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="D748" t="s">
-        <v>1802</v>
+        <v>1870</v>
       </c>
       <c r="E748" t="s">
-        <v>868</v>
+        <v>1012</v>
       </c>
       <c r="F748" t="s">
-        <v>902</v>
+        <v>889</v>
       </c>
       <c r="G748" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H748" s="5">
-        <v>7685.0</v>
+        <v>20060.0</v>
       </c>
       <c r="I748" s="5">
-        <v>9299</v>
+        <v>24273</v>
       </c>
       <c r="J748" t="s">
-        <v>872</v>
+        <v>1601</v>
       </c>
       <c r="K748" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="749" spans="1:13">
       <c r="A749" t="s">
-        <v>1237</v>
+        <v>917</v>
       </c>
       <c r="B749">
-        <v>5.04</v>
+        <v>13.1</v>
       </c>
       <c r="C749" t="s">
-        <v>1116</v>
+        <v>1293</v>
       </c>
       <c r="D749" t="s">
-        <v>1803</v>
+        <v>1871</v>
       </c>
       <c r="E749" t="s">
-        <v>1241</v>
+        <v>1345</v>
       </c>
       <c r="F749" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G749" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H749" s="5">
-        <v>8031.0</v>
+        <v>18473.0</v>
       </c>
       <c r="I749" s="5">
-        <v>9718</v>
+        <v>22352</v>
       </c>
       <c r="J749" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K749" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="750" spans="1:13">
       <c r="A750" t="s">
-        <v>1237</v>
+        <v>917</v>
       </c>
       <c r="B750">
-        <v>5.47</v>
+        <v>10.81</v>
       </c>
       <c r="C750" t="s">
-        <v>839</v>
+        <v>1872</v>
       </c>
       <c r="D750" t="s">
-        <v>1804</v>
+        <v>1873</v>
       </c>
       <c r="E750" t="s">
-        <v>918</v>
+        <v>1345</v>
       </c>
       <c r="F750" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G750" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H750" s="5">
-        <v>8603.0</v>
+        <v>18461.0</v>
       </c>
       <c r="I750" s="5">
-        <v>10410</v>
+        <v>22338</v>
       </c>
       <c r="J750" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K750" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="751" spans="1:13">
       <c r="A751" t="s">
-        <v>1237</v>
+        <v>917</v>
       </c>
       <c r="B751">
-        <v>8.67</v>
+        <v>18.38</v>
       </c>
       <c r="C751" t="s">
-        <v>1805</v>
+        <v>1874</v>
       </c>
       <c r="D751" t="s">
-        <v>1806</v>
+        <v>1875</v>
       </c>
       <c r="E751" t="s">
-        <v>1241</v>
+        <v>1752</v>
       </c>
       <c r="F751" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G751" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H751" s="5">
-        <v>12857.0</v>
+        <v>27897.0</v>
       </c>
       <c r="I751" s="5">
-        <v>15557</v>
+        <v>33755</v>
       </c>
       <c r="J751" t="s">
-        <v>941</v>
+        <v>1601</v>
       </c>
       <c r="K751" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="752" spans="1:13">
       <c r="A752" t="s">
-        <v>866</v>
+        <v>898</v>
       </c>
       <c r="B752">
-        <v>1.18</v>
+        <v>4.9</v>
       </c>
       <c r="C752" t="s">
-        <v>1116</v>
+        <v>1293</v>
       </c>
       <c r="D752" t="s">
-        <v>1807</v>
+        <v>1876</v>
       </c>
       <c r="E752" t="s">
-        <v>946</v>
+        <v>1877</v>
       </c>
       <c r="F752" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G752" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H752" s="5">
-        <v>7366.0</v>
+        <v>3725.0</v>
       </c>
       <c r="I752" s="5">
-        <v>8913</v>
+        <v>4507</v>
       </c>
       <c r="J752" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K752" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="753" spans="1:13">
       <c r="A753" t="s">
-        <v>944</v>
+        <v>898</v>
       </c>
       <c r="B753">
-        <v>6.45</v>
+        <v>3.6</v>
       </c>
       <c r="C753" t="s">
-        <v>1744</v>
+        <v>1878</v>
       </c>
       <c r="D753" t="s">
-        <v>1808</v>
+        <v>1879</v>
       </c>
       <c r="E753" t="s">
-        <v>946</v>
+        <v>1880</v>
       </c>
       <c r="F753" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G753" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H753" s="5">
-        <v>6947.0</v>
+        <v>10637.0</v>
       </c>
       <c r="I753" s="5">
-        <v>8406</v>
+        <v>12871</v>
       </c>
       <c r="J753" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K753" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="754" spans="1:13">
       <c r="A754" t="s">
-        <v>1014</v>
+        <v>1653</v>
       </c>
       <c r="B754">
-        <v>4.74</v>
+        <v>1.31</v>
       </c>
       <c r="C754" t="s">
-        <v>1767</v>
+        <v>1293</v>
       </c>
       <c r="D754" t="s">
-        <v>1809</v>
+        <v>1881</v>
       </c>
       <c r="E754" t="s">
-        <v>1810</v>
+        <v>1655</v>
       </c>
       <c r="F754" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G754" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H754" s="5">
-        <v>10783.0</v>
+        <v>9214.0</v>
       </c>
       <c r="I754" s="5">
-        <v>13047</v>
+        <v>11149</v>
       </c>
       <c r="J754" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K754" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="755" spans="1:13">
       <c r="A755" t="s">
-        <v>1014</v>
+        <v>892</v>
       </c>
       <c r="B755">
-        <v>2.01</v>
+        <v>1.62</v>
       </c>
       <c r="C755" t="s">
-        <v>1770</v>
+        <v>1882</v>
       </c>
       <c r="D755" t="s">
-        <v>1811</v>
+        <v>1883</v>
       </c>
       <c r="E755" t="s">
-        <v>1023</v>
+        <v>1161</v>
       </c>
       <c r="F755" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G755" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H755" s="5">
-        <v>12011.0</v>
+        <v>4418.0</v>
       </c>
       <c r="I755" s="5">
-        <v>14533</v>
+        <v>5346</v>
       </c>
       <c r="J755" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K755" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="756" spans="1:13">
       <c r="A756" t="s">
-        <v>1014</v>
+        <v>1867</v>
       </c>
       <c r="B756">
-        <v>2.43</v>
+        <v>12.31</v>
       </c>
       <c r="C756" t="s">
-        <v>1770</v>
+        <v>886</v>
       </c>
       <c r="D756" t="s">
-        <v>1812</v>
+        <v>1884</v>
       </c>
       <c r="E756" t="s">
-        <v>1023</v>
+        <v>1885</v>
       </c>
       <c r="F756" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G756" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H756" s="5">
-        <v>13896.0</v>
+        <v>7518.0</v>
       </c>
       <c r="I756" s="5">
-        <v>16814</v>
+        <v>9097</v>
       </c>
       <c r="J756" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K756" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="757" spans="1:13">
       <c r="A757" t="s">
-        <v>1014</v>
+        <v>952</v>
       </c>
       <c r="B757">
-        <v>3.73</v>
+        <v>3.61</v>
       </c>
       <c r="C757" t="s">
-        <v>839</v>
+        <v>1293</v>
       </c>
       <c r="D757" t="s">
-        <v>1813</v>
+        <v>1886</v>
       </c>
       <c r="E757" t="s">
-        <v>918</v>
+        <v>1887</v>
       </c>
       <c r="F757" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G757" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H757" s="5">
-        <v>15800.0</v>
+        <v>2530.0</v>
       </c>
       <c r="I757" s="5">
-        <v>19118</v>
+        <v>3061</v>
       </c>
       <c r="J757" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K757" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="758" spans="1:13">
       <c r="A758" t="s">
-        <v>982</v>
+        <v>952</v>
       </c>
       <c r="B758">
-        <v>3.3</v>
+        <v>4.06</v>
       </c>
       <c r="C758" t="s">
-        <v>1814</v>
+        <v>1293</v>
       </c>
       <c r="D758" t="s">
-        <v>1815</v>
+        <v>1888</v>
       </c>
       <c r="E758" t="s">
-        <v>1816</v>
+        <v>1887</v>
       </c>
       <c r="F758" t="s">
-        <v>822</v>
+        <v>1000</v>
       </c>
       <c r="G758" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H758" s="5">
-        <v>3640.0</v>
+        <v>2679.0</v>
       </c>
       <c r="I758" s="5">
-        <v>4404</v>
+        <v>3242</v>
       </c>
       <c r="J758" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K758" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="759" spans="1:13">
       <c r="A759" t="s">
-        <v>992</v>
+        <v>952</v>
       </c>
       <c r="B759">
-        <v>8.9</v>
+        <v>5.42</v>
       </c>
       <c r="C759" t="s">
-        <v>1116</v>
+        <v>1293</v>
       </c>
       <c r="D759" t="s">
-        <v>1817</v>
+        <v>1889</v>
       </c>
       <c r="E759" t="s">
-        <v>1720</v>
+        <v>1887</v>
       </c>
       <c r="F759" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G759" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H759" s="5">
-        <v>5360.0</v>
+        <v>4697.0</v>
       </c>
       <c r="I759" s="5">
-        <v>6486</v>
+        <v>5683</v>
       </c>
       <c r="J759" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K759" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="760" spans="1:13">
       <c r="A760" t="s">
-        <v>1201</v>
+        <v>952</v>
       </c>
       <c r="B760">
-        <v>5.51</v>
+        <v>6.59</v>
       </c>
       <c r="C760" t="s">
-        <v>1793</v>
+        <v>1440</v>
       </c>
       <c r="D760" t="s">
-        <v>1818</v>
+        <v>1890</v>
       </c>
       <c r="E760" t="s">
-        <v>1786</v>
+        <v>1877</v>
       </c>
       <c r="F760" t="s">
-        <v>822</v>
+        <v>1000</v>
       </c>
       <c r="G760" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H760" s="5">
-        <v>7903.0</v>
+        <v>5280.0</v>
       </c>
       <c r="I760" s="5">
-        <v>9563</v>
+        <v>6389</v>
       </c>
       <c r="J760" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K760" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="761" spans="1:13">
       <c r="A761" t="s">
-        <v>1201</v>
+        <v>952</v>
       </c>
       <c r="B761">
-        <v>8.51</v>
+        <v>4.64</v>
       </c>
       <c r="C761" t="s">
-        <v>1612</v>
+        <v>1293</v>
       </c>
       <c r="D761" t="s">
-        <v>1819</v>
+        <v>1891</v>
       </c>
       <c r="E761" t="s">
-        <v>1203</v>
+        <v>1877</v>
       </c>
       <c r="F761" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G761" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H761" s="5">
-        <v>5198.0</v>
+        <v>3590.0</v>
       </c>
       <c r="I761" s="5">
-        <v>6290</v>
+        <v>4344</v>
       </c>
       <c r="J761" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K761" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="762" spans="1:13">
       <c r="A762" t="s">
-        <v>1201</v>
+        <v>947</v>
       </c>
       <c r="B762">
-        <v>6.91</v>
+        <v>3.43</v>
       </c>
       <c r="C762" t="s">
-        <v>1116</v>
+        <v>1293</v>
       </c>
       <c r="D762" t="s">
-        <v>1820</v>
+        <v>1892</v>
       </c>
       <c r="E762" t="s">
-        <v>1786</v>
+        <v>1877</v>
       </c>
       <c r="F762" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G762" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H762" s="5">
-        <v>4533.0</v>
+        <v>3087.0</v>
       </c>
       <c r="I762" s="5">
-        <v>5485</v>
+        <v>3735</v>
       </c>
       <c r="J762" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K762" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="763" spans="1:13">
       <c r="A763" t="s">
-        <v>1201</v>
+        <v>947</v>
       </c>
       <c r="B763">
-        <v>6.87</v>
+        <v>3.64</v>
       </c>
       <c r="C763" t="s">
-        <v>1612</v>
+        <v>1293</v>
       </c>
       <c r="D763" t="s">
-        <v>1821</v>
+        <v>1893</v>
       </c>
       <c r="E763" t="s">
-        <v>1495</v>
+        <v>1877</v>
       </c>
       <c r="F763" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G763" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H763" s="5">
-        <v>9033.0</v>
+        <v>3174.0</v>
       </c>
       <c r="I763" s="5">
-        <v>10930</v>
+        <v>3841</v>
       </c>
       <c r="J763" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K763" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="764" spans="1:13">
       <c r="A764" t="s">
-        <v>1014</v>
+        <v>947</v>
       </c>
       <c r="B764">
-        <v>5.87</v>
+        <v>4.06</v>
       </c>
       <c r="C764" t="s">
-        <v>1767</v>
+        <v>1293</v>
       </c>
       <c r="D764" t="s">
-        <v>1822</v>
+        <v>1894</v>
       </c>
       <c r="E764" t="s">
-        <v>1823</v>
+        <v>1877</v>
       </c>
       <c r="F764" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G764" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H764" s="5">
-        <v>8472.0</v>
+        <v>5358.0</v>
       </c>
       <c r="I764" s="5">
-        <v>10251</v>
+        <v>6483</v>
       </c>
       <c r="J764" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K764" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="765" spans="1:13">
       <c r="A765" t="s">
-        <v>1014</v>
+        <v>947</v>
       </c>
       <c r="B765">
-        <v>4.49</v>
+        <v>3.48</v>
       </c>
       <c r="C765" t="s">
-        <v>839</v>
+        <v>1293</v>
       </c>
       <c r="D765" t="s">
-        <v>1824</v>
+        <v>1895</v>
       </c>
       <c r="E765" t="s">
-        <v>1031</v>
+        <v>1896</v>
       </c>
       <c r="F765" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G765" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H765" s="5">
-        <v>16800.0</v>
+        <v>4973.0</v>
       </c>
       <c r="I765" s="5">
-        <v>20328</v>
+        <v>6017</v>
       </c>
       <c r="J765" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K765" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="766" spans="1:13">
       <c r="A766" t="s">
-        <v>1014</v>
+        <v>932</v>
       </c>
       <c r="B766">
-        <v>1.67</v>
+        <v>5.1</v>
       </c>
       <c r="C766" t="s">
-        <v>839</v>
+        <v>1878</v>
       </c>
       <c r="D766" t="s">
-        <v>1825</v>
+        <v>1897</v>
       </c>
       <c r="E766" t="s">
-        <v>1023</v>
+        <v>934</v>
       </c>
       <c r="F766" t="s">
-        <v>822</v>
+        <v>1000</v>
       </c>
       <c r="G766" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H766" s="5">
-        <v>12816.0</v>
+        <v>5270.0</v>
       </c>
       <c r="I766" s="5">
-        <v>15507</v>
+        <v>6377</v>
       </c>
       <c r="J766" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K766" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="767" spans="1:13">
       <c r="A767" t="s">
-        <v>1201</v>
+        <v>932</v>
       </c>
       <c r="B767">
-        <v>10.14</v>
+        <v>4.8</v>
       </c>
       <c r="C767" t="s">
-        <v>1275</v>
+        <v>1878</v>
       </c>
       <c r="D767" t="s">
-        <v>1826</v>
+        <v>1898</v>
       </c>
       <c r="E767" t="s">
-        <v>1203</v>
+        <v>1416</v>
       </c>
       <c r="F767" t="s">
-        <v>822</v>
+        <v>1000</v>
       </c>
       <c r="G767" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H767" s="5">
-        <v>8225.0</v>
+        <v>5011.0</v>
       </c>
       <c r="I767" s="5">
-        <v>9952</v>
+        <v>6063</v>
       </c>
       <c r="J767" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K767" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="768" spans="1:13">
       <c r="A768" t="s">
-        <v>1201</v>
+        <v>932</v>
       </c>
       <c r="B768">
-        <v>9.34</v>
+        <v>4.95</v>
       </c>
       <c r="C768" t="s">
-        <v>1715</v>
+        <v>1878</v>
       </c>
       <c r="D768" t="s">
-        <v>1827</v>
+        <v>1899</v>
       </c>
       <c r="E768" t="s">
-        <v>1203</v>
+        <v>934</v>
       </c>
       <c r="F768" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G768" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H768" s="5">
-        <v>7760.0</v>
+        <v>5141.0</v>
       </c>
       <c r="I768" s="5">
-        <v>9390</v>
+        <v>6221</v>
       </c>
       <c r="J768" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K768" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="769" spans="1:13">
       <c r="A769" t="s">
-        <v>1201</v>
+        <v>932</v>
       </c>
       <c r="B769">
-        <v>9.14</v>
+        <v>3.5</v>
       </c>
       <c r="C769" t="s">
-        <v>839</v>
+        <v>1900</v>
       </c>
       <c r="D769" t="s">
-        <v>1828</v>
+        <v>1901</v>
       </c>
       <c r="E769" t="s">
-        <v>1205</v>
+        <v>1630</v>
       </c>
       <c r="F769" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G769" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H769" s="5">
-        <v>7644.0</v>
+        <v>4860.0</v>
       </c>
       <c r="I769" s="5">
-        <v>9249</v>
+        <v>5881</v>
       </c>
       <c r="J769" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K769" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="770" spans="1:13">
       <c r="A770" t="s">
-        <v>995</v>
+        <v>932</v>
       </c>
       <c r="B770">
-        <v>2.69</v>
+        <v>3.86</v>
       </c>
       <c r="C770" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="D770" t="s">
-        <v>1829</v>
+        <v>1902</v>
       </c>
       <c r="E770" t="s">
-        <v>961</v>
+        <v>1416</v>
       </c>
       <c r="F770" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G770" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H770" s="5">
-        <v>7021.0</v>
+        <v>5249.0</v>
       </c>
       <c r="I770" s="5">
-        <v>8495</v>
+        <v>6351</v>
       </c>
       <c r="J770" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K770" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="771" spans="1:13">
       <c r="A771" t="s">
-        <v>995</v>
+        <v>932</v>
       </c>
       <c r="B771">
-        <v>1.47</v>
+        <v>3.22</v>
       </c>
       <c r="C771" t="s">
-        <v>1116</v>
+        <v>1900</v>
       </c>
       <c r="D771" t="s">
-        <v>1830</v>
+        <v>1903</v>
       </c>
       <c r="E771" t="s">
-        <v>961</v>
+        <v>1416</v>
       </c>
       <c r="F771" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G771" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H771" s="5">
-        <v>6989.0</v>
+        <v>4558.0</v>
       </c>
       <c r="I771" s="5">
-        <v>8457</v>
+        <v>5515</v>
       </c>
       <c r="J771" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K771" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="772" spans="1:13">
       <c r="A772" t="s">
-        <v>1237</v>
+        <v>932</v>
       </c>
       <c r="B772">
-        <v>2.74</v>
+        <v>5.02</v>
       </c>
       <c r="C772" t="s">
-        <v>1116</v>
+        <v>1900</v>
       </c>
       <c r="D772" t="s">
-        <v>1831</v>
+        <v>1904</v>
       </c>
       <c r="E772" t="s">
-        <v>1470</v>
+        <v>1905</v>
       </c>
       <c r="F772" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G772" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H772" s="5">
-        <v>4973.0</v>
+        <v>6502.0</v>
       </c>
       <c r="I772" s="5">
-        <v>6017</v>
+        <v>7867</v>
       </c>
       <c r="J772" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K772" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="773" spans="1:13">
       <c r="A773" t="s">
-        <v>982</v>
+        <v>932</v>
       </c>
       <c r="B773">
-        <v>7.31</v>
+        <v>4.16</v>
       </c>
       <c r="C773" t="s">
-        <v>1116</v>
+        <v>1906</v>
       </c>
       <c r="D773" t="s">
-        <v>1832</v>
+        <v>1907</v>
       </c>
       <c r="E773" t="s">
-        <v>1720</v>
+        <v>1416</v>
       </c>
       <c r="F773" t="s">
-        <v>1732</v>
+        <v>889</v>
       </c>
       <c r="G773" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H773" s="5">
-        <v>3759.0</v>
+        <v>5573.0</v>
       </c>
       <c r="I773" s="5">
-        <v>4548</v>
+        <v>6743</v>
       </c>
       <c r="J773" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K773" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="774" spans="1:13">
       <c r="A774" t="s">
-        <v>982</v>
+        <v>932</v>
       </c>
       <c r="B774">
-        <v>4.75</v>
+        <v>4.09</v>
       </c>
       <c r="C774" t="s">
-        <v>1116</v>
+        <v>1900</v>
       </c>
       <c r="D774" t="s">
-        <v>1833</v>
+        <v>1908</v>
       </c>
       <c r="E774" t="s">
-        <v>1720</v>
+        <v>1416</v>
       </c>
       <c r="F774" t="s">
-        <v>1732</v>
+        <v>889</v>
       </c>
       <c r="G774" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H774" s="5">
-        <v>2909.0</v>
+        <v>5497.0</v>
       </c>
       <c r="I774" s="5">
-        <v>3520</v>
+        <v>6651</v>
       </c>
       <c r="J774" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K774" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="775" spans="1:13">
       <c r="A775" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B775">
-        <v>2.99</v>
+        <v>4.87</v>
       </c>
       <c r="C775" t="s">
-        <v>1744</v>
+        <v>1440</v>
       </c>
       <c r="D775" t="s">
-        <v>1834</v>
+        <v>1909</v>
       </c>
       <c r="E775" t="s">
-        <v>871</v>
+        <v>1630</v>
       </c>
       <c r="F775" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G775" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H775" s="5">
-        <v>6390.0</v>
+        <v>6340.0</v>
       </c>
       <c r="I775" s="5">
-        <v>7732</v>
+        <v>7671</v>
       </c>
       <c r="J775" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K775" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="776" spans="1:13">
       <c r="A776" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="B776">
-        <v>5.03</v>
+        <v>6.19</v>
       </c>
       <c r="C776" t="s">
-        <v>1744</v>
+        <v>886</v>
       </c>
       <c r="D776" t="s">
-        <v>1835</v>
+        <v>1910</v>
       </c>
       <c r="E776" t="s">
-        <v>946</v>
+        <v>1630</v>
       </c>
       <c r="F776" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G776" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H776" s="5">
-        <v>4502.0</v>
+        <v>7765.0</v>
       </c>
       <c r="I776" s="5">
-        <v>5447</v>
+        <v>9396</v>
       </c>
       <c r="J776" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K776" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="777" spans="1:13">
       <c r="A777" t="s">
-        <v>1493</v>
+        <v>932</v>
       </c>
       <c r="B777">
-        <v>1.28</v>
+        <v>5.65</v>
       </c>
       <c r="C777" t="s">
-        <v>1116</v>
+        <v>1528</v>
       </c>
       <c r="D777" t="s">
-        <v>1836</v>
+        <v>1911</v>
       </c>
       <c r="E777" t="s">
-        <v>1495</v>
+        <v>1630</v>
       </c>
       <c r="F777" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G777" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H777" s="5">
-        <v>9094.0</v>
+        <v>7182.0</v>
       </c>
       <c r="I777" s="5">
-        <v>11004</v>
+        <v>8690</v>
       </c>
       <c r="J777" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K777" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="778" spans="1:13">
       <c r="A778" t="s">
-        <v>1251</v>
+        <v>932</v>
       </c>
       <c r="B778">
-        <v>9.22</v>
+        <v>11.01</v>
       </c>
       <c r="C778" t="s">
-        <v>1116</v>
+        <v>1293</v>
       </c>
       <c r="D778" t="s">
-        <v>1837</v>
+        <v>1912</v>
       </c>
       <c r="E778" t="s">
-        <v>1253</v>
+        <v>1624</v>
       </c>
       <c r="F778" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G778" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H778" s="5">
-        <v>10297.0</v>
+        <v>15968.0</v>
       </c>
       <c r="I778" s="5">
-        <v>12459</v>
+        <v>19321</v>
       </c>
       <c r="J778" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K778" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="779" spans="1:13">
       <c r="A779" t="s">
-        <v>1251</v>
+        <v>932</v>
       </c>
       <c r="B779">
-        <v>6.86</v>
+        <v>8.44</v>
       </c>
       <c r="C779" t="s">
-        <v>1116</v>
+        <v>1913</v>
       </c>
       <c r="D779" t="s">
-        <v>1838</v>
+        <v>1914</v>
       </c>
       <c r="E779" t="s">
-        <v>1253</v>
+        <v>1416</v>
       </c>
       <c r="F779" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G779" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H779" s="5">
-        <v>4047.0</v>
+        <v>12551.0</v>
       </c>
       <c r="I779" s="5">
-        <v>4897</v>
+        <v>15187</v>
       </c>
       <c r="J779" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K779" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="780" spans="1:13">
       <c r="A780" t="s">
-        <v>1251</v>
+        <v>932</v>
       </c>
       <c r="B780">
-        <v>10.97</v>
+        <v>5.93</v>
       </c>
       <c r="C780" t="s">
-        <v>1116</v>
+        <v>886</v>
       </c>
       <c r="D780" t="s">
-        <v>1839</v>
+        <v>1915</v>
       </c>
       <c r="E780" t="s">
-        <v>1260</v>
+        <v>1407</v>
       </c>
       <c r="F780" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G780" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H780" s="5">
-        <v>8794.0</v>
+        <v>9214.0</v>
       </c>
       <c r="I780" s="5">
-        <v>10641</v>
+        <v>11149</v>
       </c>
       <c r="J780" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K780" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="781" spans="1:13">
       <c r="A781" t="s">
-        <v>1251</v>
+        <v>932</v>
       </c>
       <c r="B781">
-        <v>8.96</v>
+        <v>2.41</v>
       </c>
       <c r="C781" t="s">
-        <v>1116</v>
+        <v>1900</v>
       </c>
       <c r="D781" t="s">
-        <v>1840</v>
+        <v>1916</v>
       </c>
       <c r="E781" t="s">
-        <v>1260</v>
+        <v>1416</v>
       </c>
       <c r="F781" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G781" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H781" s="5">
-        <v>4675.0</v>
+        <v>4534.0</v>
       </c>
       <c r="I781" s="5">
-        <v>5657</v>
+        <v>5486</v>
       </c>
       <c r="J781" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K781" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="782" spans="1:13">
       <c r="A782" t="s">
-        <v>1237</v>
+        <v>932</v>
       </c>
       <c r="B782">
-        <v>4.66</v>
+        <v>5.11</v>
       </c>
       <c r="C782" t="s">
-        <v>1744</v>
+        <v>1900</v>
       </c>
       <c r="D782" t="s">
-        <v>1841</v>
+        <v>1917</v>
       </c>
       <c r="E782" t="s">
-        <v>1470</v>
+        <v>1407</v>
       </c>
       <c r="F782" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G782" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H782" s="5">
-        <v>6113.0</v>
+        <v>8124.0</v>
       </c>
       <c r="I782" s="5">
-        <v>7397</v>
+        <v>9830</v>
       </c>
       <c r="J782" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K782" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="783" spans="1:13">
       <c r="A783" t="s">
-        <v>1237</v>
+        <v>932</v>
       </c>
       <c r="B783">
-        <v>3.02</v>
+        <v>8.75</v>
       </c>
       <c r="C783" t="s">
-        <v>1612</v>
+        <v>1900</v>
       </c>
       <c r="D783" t="s">
-        <v>1842</v>
+        <v>1918</v>
       </c>
       <c r="E783" t="s">
-        <v>1241</v>
+        <v>1407</v>
       </c>
       <c r="F783" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G783" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H783" s="5">
-        <v>5345.0</v>
+        <v>12964.0</v>
       </c>
       <c r="I783" s="5">
-        <v>6467</v>
+        <v>15686</v>
       </c>
       <c r="J783" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K783" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="784" spans="1:13">
       <c r="A784" t="s">
-        <v>1237</v>
+        <v>932</v>
       </c>
       <c r="B784">
-        <v>5.07</v>
+        <v>5.9</v>
       </c>
       <c r="C784" t="s">
-        <v>1612</v>
+        <v>1770</v>
       </c>
       <c r="D784" t="s">
-        <v>1843</v>
+        <v>1919</v>
       </c>
       <c r="E784" t="s">
-        <v>1250</v>
+        <v>1416</v>
       </c>
       <c r="F784" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G784" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H784" s="5">
-        <v>8071.0</v>
+        <v>9174.0</v>
       </c>
       <c r="I784" s="5">
-        <v>9766</v>
+        <v>11101</v>
       </c>
       <c r="J784" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K784" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="785" spans="1:13">
       <c r="A785" t="s">
-        <v>866</v>
+        <v>932</v>
       </c>
       <c r="B785">
-        <v>1.34</v>
+        <v>5.59</v>
       </c>
       <c r="C785" t="s">
-        <v>1116</v>
+        <v>1770</v>
       </c>
       <c r="D785" t="s">
-        <v>1844</v>
+        <v>1920</v>
       </c>
       <c r="E785" t="s">
-        <v>868</v>
+        <v>1416</v>
       </c>
       <c r="F785" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G785" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H785" s="5">
-        <v>8004.0</v>
+        <v>8762.0</v>
       </c>
       <c r="I785" s="5">
-        <v>9685</v>
+        <v>10602</v>
       </c>
       <c r="J785" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="K785" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="786" spans="1:13">
       <c r="A786" t="s">
-        <v>982</v>
+        <v>932</v>
       </c>
       <c r="B786">
-        <v>2.95</v>
+        <v>3.48</v>
       </c>
       <c r="C786" t="s">
-        <v>1116</v>
+        <v>1770</v>
       </c>
       <c r="D786" t="s">
-        <v>1845</v>
+        <v>1921</v>
       </c>
       <c r="E786" t="s">
-        <v>1846</v>
+        <v>1407</v>
       </c>
       <c r="F786" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G786" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H786" s="5">
-        <v>2888.0</v>
+        <v>5957.0</v>
       </c>
       <c r="I786" s="5">
-        <v>3494</v>
+        <v>7208</v>
       </c>
       <c r="J786" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K786" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="787" spans="1:13">
       <c r="A787" t="s">
-        <v>982</v>
+        <v>932</v>
       </c>
       <c r="B787">
-        <v>3.73</v>
+        <v>2.16</v>
       </c>
       <c r="C787" t="s">
-        <v>1116</v>
+        <v>1293</v>
       </c>
       <c r="D787" t="s">
-        <v>1847</v>
+        <v>1922</v>
       </c>
       <c r="E787" t="s">
-        <v>1730</v>
+        <v>1416</v>
       </c>
       <c r="F787" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G787" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H787" s="5">
-        <v>2569.0</v>
+        <v>5252.0</v>
       </c>
       <c r="I787" s="5">
-        <v>3108</v>
+        <v>6355</v>
       </c>
       <c r="J787" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K787" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="788" spans="1:13">
       <c r="A788" t="s">
-        <v>1237</v>
+        <v>907</v>
       </c>
       <c r="B788">
-        <v>12.17</v>
+        <v>6.29</v>
       </c>
       <c r="C788" t="s">
-        <v>1612</v>
+        <v>1923</v>
       </c>
       <c r="D788" t="s">
-        <v>1848</v>
+        <v>1924</v>
       </c>
       <c r="E788" t="s">
-        <v>1241</v>
+        <v>1221</v>
       </c>
       <c r="F788" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G788" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H788" s="5">
-        <v>21889.0</v>
+        <v>9016.0</v>
       </c>
       <c r="I788" s="5">
-        <v>26486</v>
+        <v>10909</v>
       </c>
       <c r="J788" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K788" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="789" spans="1:13">
       <c r="A789" t="s">
-        <v>1237</v>
+        <v>907</v>
       </c>
       <c r="B789">
-        <v>7.13</v>
+        <v>1.58</v>
       </c>
       <c r="C789" t="s">
-        <v>1612</v>
+        <v>886</v>
       </c>
       <c r="D789" t="s">
-        <v>1849</v>
+        <v>1925</v>
       </c>
       <c r="E789" t="s">
-        <v>1464</v>
+        <v>1221</v>
       </c>
       <c r="F789" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G789" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H789" s="5">
-        <v>10810.0</v>
+        <v>6721.0</v>
       </c>
       <c r="I789" s="5">
-        <v>13080</v>
+        <v>8132</v>
       </c>
       <c r="J789" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K789" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="790" spans="1:13">
       <c r="A790" t="s">
-        <v>1237</v>
+        <v>907</v>
       </c>
       <c r="B790">
-        <v>3.76</v>
+        <v>3.96</v>
       </c>
       <c r="C790" t="s">
-        <v>1774</v>
+        <v>1926</v>
       </c>
       <c r="D790" t="s">
-        <v>1850</v>
+        <v>1927</v>
       </c>
       <c r="E790" t="s">
-        <v>1470</v>
+        <v>1221</v>
       </c>
       <c r="F790" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G790" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H790" s="5">
-        <v>6329.0</v>
+        <v>13841.0</v>
       </c>
       <c r="I790" s="5">
-        <v>7658</v>
+        <v>16748</v>
       </c>
       <c r="J790" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K790" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="791" spans="1:13">
       <c r="A791" t="s">
-        <v>1237</v>
+        <v>907</v>
       </c>
       <c r="B791">
-        <v>3.28</v>
+        <v>2.74</v>
       </c>
       <c r="C791" t="s">
-        <v>839</v>
+        <v>886</v>
       </c>
       <c r="D791" t="s">
-        <v>1851</v>
+        <v>1928</v>
       </c>
       <c r="E791" t="s">
-        <v>1470</v>
+        <v>1221</v>
       </c>
       <c r="F791" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G791" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H791" s="5">
-        <v>4622.0</v>
+        <v>10191.0</v>
       </c>
       <c r="I791" s="5">
-        <v>5593</v>
+        <v>12331</v>
       </c>
       <c r="J791" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K791" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="792" spans="1:13">
       <c r="A792" t="s">
-        <v>944</v>
+        <v>907</v>
       </c>
       <c r="B792">
-        <v>6.25</v>
+        <v>3.1</v>
       </c>
       <c r="C792" t="s">
-        <v>1783</v>
+        <v>1926</v>
       </c>
       <c r="D792" t="s">
-        <v>1852</v>
+        <v>1929</v>
       </c>
       <c r="E792" t="s">
-        <v>946</v>
+        <v>912</v>
       </c>
       <c r="F792" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G792" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H792" s="5">
-        <v>5111.0</v>
+        <v>15494.0</v>
       </c>
       <c r="I792" s="5">
-        <v>6184</v>
+        <v>18748</v>
       </c>
       <c r="J792" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K792" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="793" spans="1:13">
       <c r="A793" t="s">
-        <v>1014</v>
+        <v>907</v>
       </c>
       <c r="B793">
-        <v>4.03</v>
+        <v>1.26</v>
       </c>
       <c r="C793" t="s">
-        <v>1767</v>
+        <v>1930</v>
       </c>
       <c r="D793" t="s">
-        <v>1853</v>
+        <v>1931</v>
       </c>
       <c r="E793" t="s">
-        <v>1823</v>
+        <v>1221</v>
       </c>
       <c r="F793" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G793" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H793" s="5">
-        <v>6087.0</v>
+        <v>10567.0</v>
       </c>
       <c r="I793" s="5">
-        <v>7365</v>
+        <v>12786</v>
       </c>
       <c r="J793" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K793" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="794" spans="1:13">
       <c r="A794" t="s">
-        <v>1014</v>
+        <v>907</v>
       </c>
       <c r="B794">
-        <v>2.37</v>
+        <v>1.71</v>
       </c>
       <c r="C794" t="s">
-        <v>1767</v>
+        <v>1440</v>
       </c>
       <c r="D794" t="s">
-        <v>1854</v>
+        <v>1932</v>
       </c>
       <c r="E794" t="s">
-        <v>1823</v>
+        <v>1221</v>
       </c>
       <c r="F794" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G794" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H794" s="5">
-        <v>6056.0</v>
+        <v>13035.0</v>
       </c>
       <c r="I794" s="5">
-        <v>7328</v>
+        <v>15772</v>
       </c>
       <c r="J794" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K794" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="795" spans="1:13">
       <c r="A795" t="s">
-        <v>1014</v>
+        <v>1417</v>
       </c>
       <c r="B795">
-        <v>2.91</v>
+        <v>6.58</v>
       </c>
       <c r="C795" t="s">
-        <v>1315</v>
+        <v>1293</v>
       </c>
       <c r="D795" t="s">
-        <v>1855</v>
+        <v>1933</v>
       </c>
       <c r="E795" t="s">
-        <v>1823</v>
+        <v>914</v>
       </c>
       <c r="F795" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G795" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H795" s="5">
-        <v>10700.0</v>
+        <v>8586.0</v>
       </c>
       <c r="I795" s="5">
-        <v>12947</v>
+        <v>10389</v>
       </c>
       <c r="J795" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K795" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="796" spans="1:13">
       <c r="A796" t="s">
-        <v>1014</v>
+        <v>1417</v>
       </c>
       <c r="B796">
-        <v>7.04</v>
+        <v>5</v>
       </c>
       <c r="C796" t="s">
-        <v>1315</v>
+        <v>1770</v>
       </c>
       <c r="D796" t="s">
-        <v>1856</v>
+        <v>1934</v>
       </c>
       <c r="E796" t="s">
-        <v>1031</v>
+        <v>914</v>
       </c>
       <c r="F796" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G796" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H796" s="5">
-        <v>32950.0</v>
+        <v>7562.0</v>
       </c>
       <c r="I796" s="5">
-        <v>39870</v>
+        <v>9150</v>
       </c>
       <c r="J796" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K796" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="797" spans="1:13">
       <c r="A797" t="s">
-        <v>992</v>
+        <v>917</v>
       </c>
       <c r="B797">
-        <v>6.28</v>
+        <v>8.33</v>
       </c>
       <c r="C797" t="s">
-        <v>1116</v>
+        <v>886</v>
       </c>
       <c r="D797" t="s">
-        <v>1857</v>
+        <v>1935</v>
       </c>
       <c r="E797" t="s">
-        <v>1720</v>
+        <v>1374</v>
       </c>
       <c r="F797" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G797" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H797" s="5">
-        <v>6834.0</v>
+        <v>5123.0</v>
       </c>
       <c r="I797" s="5">
-        <v>8269</v>
+        <v>6199</v>
       </c>
       <c r="J797" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K797" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="798" spans="1:13">
       <c r="A798" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B798">
-        <v>5.3</v>
+        <v>8.62</v>
       </c>
       <c r="C798" t="s">
-        <v>1116</v>
+        <v>1770</v>
       </c>
       <c r="D798" t="s">
-        <v>1858</v>
+        <v>1936</v>
       </c>
       <c r="E798" t="s">
-        <v>1720</v>
+        <v>1389</v>
       </c>
       <c r="F798" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G798" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H798" s="5">
-        <v>6066.0</v>
+        <v>7341.0</v>
       </c>
       <c r="I798" s="5">
-        <v>7340</v>
+        <v>8883</v>
       </c>
       <c r="J798" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K798" t="s">
         <v>808</v>
       </c>
     </row>
     <row r="799" spans="1:13">
       <c r="A799" t="s">
-        <v>992</v>
+        <v>917</v>
       </c>
       <c r="B799">
-        <v>4.87</v>
+        <v>7.25</v>
       </c>
       <c r="C799" t="s">
-        <v>1116</v>
+        <v>1440</v>
       </c>
       <c r="D799" t="s">
-        <v>1859</v>
+        <v>1937</v>
       </c>
       <c r="E799" t="s">
-        <v>1720</v>
+        <v>1012</v>
       </c>
       <c r="F799" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G799" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H799" s="5">
-        <v>3685.0</v>
+        <v>6544.0</v>
       </c>
       <c r="I799" s="5">
-        <v>4459</v>
+        <v>7918</v>
       </c>
       <c r="J799" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K799" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="800" spans="1:13">
       <c r="A800" t="s">
-        <v>992</v>
+        <v>917</v>
       </c>
       <c r="B800">
-        <v>9.55</v>
+        <v>3.8</v>
       </c>
       <c r="C800" t="s">
-        <v>839</v>
+        <v>1783</v>
       </c>
       <c r="D800" t="s">
-        <v>1860</v>
+        <v>1938</v>
       </c>
       <c r="E800" t="s">
-        <v>1720</v>
+        <v>1012</v>
       </c>
       <c r="F800" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G800" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H800" s="5">
-        <v>5630.0</v>
+        <v>4537.0</v>
       </c>
       <c r="I800" s="5">
-        <v>6812</v>
+        <v>5490</v>
       </c>
       <c r="J800" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K800" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="801" spans="1:13">
       <c r="A801" t="s">
-        <v>1113</v>
+        <v>917</v>
       </c>
       <c r="B801">
-        <v>6.51</v>
+        <v>5.85</v>
       </c>
       <c r="C801" t="s">
-        <v>1116</v>
+        <v>1939</v>
       </c>
       <c r="D801" t="s">
-        <v>1861</v>
+        <v>1940</v>
       </c>
       <c r="E801" t="s">
-        <v>1862</v>
+        <v>1374</v>
       </c>
       <c r="F801" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G801" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H801" s="5">
-        <v>14144.0</v>
+        <v>8185.0</v>
       </c>
       <c r="I801" s="5">
-        <v>17114</v>
+        <v>9904</v>
       </c>
       <c r="J801" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K801" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="802" spans="1:13">
       <c r="A802" t="s">
-        <v>982</v>
+        <v>917</v>
       </c>
       <c r="B802">
-        <v>4.65</v>
+        <v>11.37</v>
       </c>
       <c r="C802" t="s">
-        <v>1315</v>
+        <v>899</v>
       </c>
       <c r="D802" t="s">
-        <v>1863</v>
+        <v>1941</v>
       </c>
       <c r="E802" t="s">
-        <v>887</v>
+        <v>1942</v>
       </c>
       <c r="F802" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G802" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H802" s="5">
-        <v>3594.0</v>
+        <v>12772.0</v>
       </c>
       <c r="I802" s="5">
-        <v>4349</v>
+        <v>15454</v>
       </c>
       <c r="J802" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K802" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="803" spans="1:13">
       <c r="A803" t="s">
-        <v>1014</v>
+        <v>904</v>
       </c>
       <c r="B803">
-        <v>5.36</v>
+        <v>5.18</v>
       </c>
       <c r="C803" t="s">
-        <v>1315</v>
+        <v>1900</v>
       </c>
       <c r="D803" t="s">
-        <v>1864</v>
+        <v>1943</v>
       </c>
       <c r="E803" t="s">
-        <v>1031</v>
+        <v>934</v>
       </c>
       <c r="F803" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G803" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H803" s="5">
-        <v>24900.0</v>
+        <v>4577.0</v>
       </c>
       <c r="I803" s="5">
-        <v>30129</v>
+        <v>5538</v>
       </c>
       <c r="J803" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K803" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="804" spans="1:13">
       <c r="A804" t="s">
-        <v>1014</v>
+        <v>904</v>
       </c>
       <c r="B804">
-        <v>2.05</v>
+        <v>6.77</v>
       </c>
       <c r="C804" t="s">
-        <v>1017</v>
+        <v>1900</v>
       </c>
       <c r="D804" t="s">
-        <v>1865</v>
+        <v>1944</v>
       </c>
       <c r="E804" t="s">
-        <v>1023</v>
+        <v>934</v>
       </c>
       <c r="F804" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G804" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H804" s="5">
-        <v>12191.0</v>
+        <v>7160.0</v>
       </c>
       <c r="I804" s="5">
-        <v>14751</v>
+        <v>8664</v>
       </c>
       <c r="J804" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K804" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="805" spans="1:13">
       <c r="A805" t="s">
-        <v>1014</v>
+        <v>904</v>
       </c>
       <c r="B805">
-        <v>1.55</v>
+        <v>3.04</v>
       </c>
       <c r="C805" t="s">
-        <v>839</v>
+        <v>1900</v>
       </c>
       <c r="D805" t="s">
-        <v>1866</v>
+        <v>1945</v>
       </c>
       <c r="E805" t="s">
-        <v>1031</v>
+        <v>934</v>
       </c>
       <c r="F805" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G805" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H805" s="5">
-        <v>12158.0</v>
+        <v>4680.0</v>
       </c>
       <c r="I805" s="5">
-        <v>14711</v>
+        <v>5663</v>
       </c>
       <c r="J805" t="s">
-        <v>941</v>
+        <v>896</v>
       </c>
       <c r="K805" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="806" spans="1:13">
       <c r="A806" t="s">
-        <v>1090</v>
+        <v>1003</v>
       </c>
       <c r="B806">
-        <v>2.1</v>
+        <v>1.08</v>
       </c>
       <c r="C806" t="s">
-        <v>839</v>
+        <v>1770</v>
       </c>
       <c r="D806" t="s">
-        <v>1867</v>
+        <v>1946</v>
       </c>
       <c r="E806" t="s">
-        <v>1097</v>
+        <v>928</v>
       </c>
       <c r="F806" t="s">
-        <v>822</v>
+        <v>889</v>
       </c>
       <c r="G806" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H806" s="5">
-        <v>15174.0</v>
+        <v>6967.0</v>
       </c>
       <c r="I806" s="5">
-        <v>18361</v>
+        <v>8430</v>
       </c>
       <c r="J806" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K806" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="807" spans="1:13">
       <c r="A807" t="s">
-        <v>1237</v>
+        <v>1003</v>
       </c>
       <c r="B807">
-        <v>5.21</v>
+        <v>0.98</v>
       </c>
       <c r="C807" t="s">
-        <v>1721</v>
+        <v>1293</v>
       </c>
       <c r="D807" t="s">
-        <v>1868</v>
+        <v>1947</v>
       </c>
       <c r="E807" t="s">
-        <v>1250</v>
+        <v>1035</v>
       </c>
       <c r="F807" t="s">
-        <v>1732</v>
+        <v>889</v>
       </c>
       <c r="G807" t="s">
-        <v>823</v>
+        <v>890</v>
       </c>
       <c r="H807" s="5">
-        <v>5365.0</v>
+        <v>9852.0</v>
       </c>
       <c r="I807" s="5">
-        <v>6492</v>
+        <v>11921</v>
       </c>
       <c r="J807" t="s">
-        <v>941</v>
+        <v>1006</v>
       </c>
       <c r="K807" t="s">
         <v>817</v>
+      </c>
+    </row>
+    <row r="808" spans="1:13">
+      <c r="A808" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B808">
+        <v>0.79</v>
+      </c>
+      <c r="C808" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D808" t="s">
+        <v>1948</v>
+      </c>
+      <c r="E808" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F808" t="s">
+        <v>889</v>
+      </c>
+      <c r="G808" t="s">
+        <v>890</v>
+      </c>
+      <c r="H808" s="5">
+        <v>8716.0</v>
+      </c>
+      <c r="I808" s="5">
+        <v>10546</v>
+      </c>
+      <c r="J808" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K808" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="809" spans="1:13">
+      <c r="A809" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B809">
+        <v>5.46</v>
+      </c>
+      <c r="C809" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D809" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E809" t="s">
+        <v>914</v>
+      </c>
+      <c r="F809" t="s">
+        <v>889</v>
+      </c>
+      <c r="G809" t="s">
+        <v>890</v>
+      </c>
+      <c r="H809" s="5">
+        <v>6046.0</v>
+      </c>
+      <c r="I809" s="5">
+        <v>7316</v>
+      </c>
+      <c r="J809" t="s">
+        <v>896</v>
+      </c>
+      <c r="K809" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="810" spans="1:13">
+      <c r="A810" t="s">
+        <v>932</v>
+      </c>
+      <c r="B810">
+        <v>3.74</v>
+      </c>
+      <c r="C810" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D810" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E810" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F810" t="s">
+        <v>889</v>
+      </c>
+      <c r="G810" t="s">
+        <v>890</v>
+      </c>
+      <c r="H810" s="5">
+        <v>5119.0</v>
+      </c>
+      <c r="I810" s="5">
+        <v>6194</v>
+      </c>
+      <c r="J810" t="s">
+        <v>896</v>
+      </c>
+      <c r="K810" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="811" spans="1:13">
+      <c r="A811" t="s">
+        <v>932</v>
+      </c>
+      <c r="B811">
+        <v>6.37</v>
+      </c>
+      <c r="C811" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D811" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E811" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F811" t="s">
+        <v>889</v>
+      </c>
+      <c r="G811" t="s">
+        <v>890</v>
+      </c>
+      <c r="H811" s="5">
+        <v>9799.0</v>
+      </c>
+      <c r="I811" s="5">
+        <v>11857</v>
+      </c>
+      <c r="J811" t="s">
+        <v>896</v>
+      </c>
+      <c r="K811" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="812" spans="1:13">
+      <c r="A812" t="s">
+        <v>932</v>
+      </c>
+      <c r="B812">
+        <v>5.09</v>
+      </c>
+      <c r="C812" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D812" t="s">
+        <v>1953</v>
+      </c>
+      <c r="E812" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F812" t="s">
+        <v>889</v>
+      </c>
+      <c r="G812" t="s">
+        <v>890</v>
+      </c>
+      <c r="H812" s="5">
+        <v>8097.0</v>
+      </c>
+      <c r="I812" s="5">
+        <v>9797</v>
+      </c>
+      <c r="J812" t="s">
+        <v>896</v>
+      </c>
+      <c r="K812" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="813" spans="1:13">
+      <c r="A813" t="s">
+        <v>932</v>
+      </c>
+      <c r="B813">
+        <v>3.64</v>
+      </c>
+      <c r="C813" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D813" t="s">
+        <v>1954</v>
+      </c>
+      <c r="E813" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F813" t="s">
+        <v>889</v>
+      </c>
+      <c r="G813" t="s">
+        <v>890</v>
+      </c>
+      <c r="H813" s="5">
+        <v>6169.0</v>
+      </c>
+      <c r="I813" s="5">
+        <v>7464</v>
+      </c>
+      <c r="J813" t="s">
+        <v>896</v>
+      </c>
+      <c r="K813" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="814" spans="1:13">
+      <c r="A814" t="s">
+        <v>932</v>
+      </c>
+      <c r="B814">
+        <v>2.54</v>
+      </c>
+      <c r="C814" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D814" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E814" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F814" t="s">
+        <v>889</v>
+      </c>
+      <c r="G814" t="s">
+        <v>890</v>
+      </c>
+      <c r="H814" s="5">
+        <v>4707.0</v>
+      </c>
+      <c r="I814" s="5">
+        <v>5695</v>
+      </c>
+      <c r="J814" t="s">
+        <v>896</v>
+      </c>
+      <c r="K814" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="815" spans="1:13">
+      <c r="A815" t="s">
+        <v>932</v>
+      </c>
+      <c r="B815">
+        <v>6.99</v>
+      </c>
+      <c r="C815" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D815" t="s">
+        <v>1956</v>
+      </c>
+      <c r="E815" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F815" t="s">
+        <v>889</v>
+      </c>
+      <c r="G815" t="s">
+        <v>890</v>
+      </c>
+      <c r="H815" s="5">
+        <v>10624.0</v>
+      </c>
+      <c r="I815" s="5">
+        <v>12855</v>
+      </c>
+      <c r="J815" t="s">
+        <v>896</v>
+      </c>
+      <c r="K815" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="816" spans="1:13">
+      <c r="A816" t="s">
+        <v>932</v>
+      </c>
+      <c r="B816">
+        <v>5.04</v>
+      </c>
+      <c r="C816" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D816" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E816" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F816" t="s">
+        <v>889</v>
+      </c>
+      <c r="G816" t="s">
+        <v>890</v>
+      </c>
+      <c r="H816" s="5">
+        <v>8031.0</v>
+      </c>
+      <c r="I816" s="5">
+        <v>9718</v>
+      </c>
+      <c r="J816" t="s">
+        <v>896</v>
+      </c>
+      <c r="K816" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="817" spans="1:13">
+      <c r="A817" t="s">
+        <v>932</v>
+      </c>
+      <c r="B817">
+        <v>5.47</v>
+      </c>
+      <c r="C817" t="s">
+        <v>886</v>
+      </c>
+      <c r="D817" t="s">
+        <v>1958</v>
+      </c>
+      <c r="E817" t="s">
+        <v>966</v>
+      </c>
+      <c r="F817" t="s">
+        <v>889</v>
+      </c>
+      <c r="G817" t="s">
+        <v>890</v>
+      </c>
+      <c r="H817" s="5">
+        <v>8603.0</v>
+      </c>
+      <c r="I817" s="5">
+        <v>10410</v>
+      </c>
+      <c r="J817" t="s">
+        <v>896</v>
+      </c>
+      <c r="K817" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="818" spans="1:13">
+      <c r="A818" t="s">
+        <v>932</v>
+      </c>
+      <c r="B818">
+        <v>8.67</v>
+      </c>
+      <c r="C818" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D818" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E818" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F818" t="s">
+        <v>889</v>
+      </c>
+      <c r="G818" t="s">
+        <v>890</v>
+      </c>
+      <c r="H818" s="5">
+        <v>12857.0</v>
+      </c>
+      <c r="I818" s="5">
+        <v>15557</v>
+      </c>
+      <c r="J818" t="s">
+        <v>896</v>
+      </c>
+      <c r="K818" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="819" spans="1:13">
+      <c r="A819" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B819">
+        <v>1.18</v>
+      </c>
+      <c r="C819" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D819" t="s">
+        <v>1961</v>
+      </c>
+      <c r="E819" t="s">
+        <v>934</v>
+      </c>
+      <c r="F819" t="s">
+        <v>889</v>
+      </c>
+      <c r="G819" t="s">
+        <v>890</v>
+      </c>
+      <c r="H819" s="5">
+        <v>7366.0</v>
+      </c>
+      <c r="I819" s="5">
+        <v>8913</v>
+      </c>
+      <c r="J819" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K819" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="820" spans="1:13">
+      <c r="A820" t="s">
+        <v>904</v>
+      </c>
+      <c r="B820">
+        <v>6.45</v>
+      </c>
+      <c r="C820" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D820" t="s">
+        <v>1962</v>
+      </c>
+      <c r="E820" t="s">
+        <v>934</v>
+      </c>
+      <c r="F820" t="s">
+        <v>889</v>
+      </c>
+      <c r="G820" t="s">
+        <v>890</v>
+      </c>
+      <c r="H820" s="5">
+        <v>6947.0</v>
+      </c>
+      <c r="I820" s="5">
+        <v>8406</v>
+      </c>
+      <c r="J820" t="s">
+        <v>896</v>
+      </c>
+      <c r="K820" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="821" spans="1:13">
+      <c r="A821" t="s">
+        <v>907</v>
+      </c>
+      <c r="B821">
+        <v>4.74</v>
+      </c>
+      <c r="C821" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D821" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E821" t="s">
+        <v>1964</v>
+      </c>
+      <c r="F821" t="s">
+        <v>889</v>
+      </c>
+      <c r="G821" t="s">
+        <v>890</v>
+      </c>
+      <c r="H821" s="5">
+        <v>10783.0</v>
+      </c>
+      <c r="I821" s="5">
+        <v>13047</v>
+      </c>
+      <c r="J821" t="s">
+        <v>896</v>
+      </c>
+      <c r="K821" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="822" spans="1:13">
+      <c r="A822" t="s">
+        <v>907</v>
+      </c>
+      <c r="B822">
+        <v>2.01</v>
+      </c>
+      <c r="C822" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D822" t="s">
+        <v>1965</v>
+      </c>
+      <c r="E822" t="s">
+        <v>912</v>
+      </c>
+      <c r="F822" t="s">
+        <v>889</v>
+      </c>
+      <c r="G822" t="s">
+        <v>890</v>
+      </c>
+      <c r="H822" s="5">
+        <v>12011.0</v>
+      </c>
+      <c r="I822" s="5">
+        <v>14533</v>
+      </c>
+      <c r="J822" t="s">
+        <v>896</v>
+      </c>
+      <c r="K822" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="823" spans="1:13">
+      <c r="A823" t="s">
+        <v>907</v>
+      </c>
+      <c r="B823">
+        <v>2.43</v>
+      </c>
+      <c r="C823" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D823" t="s">
+        <v>1966</v>
+      </c>
+      <c r="E823" t="s">
+        <v>912</v>
+      </c>
+      <c r="F823" t="s">
+        <v>889</v>
+      </c>
+      <c r="G823" t="s">
+        <v>890</v>
+      </c>
+      <c r="H823" s="5">
+        <v>13896.0</v>
+      </c>
+      <c r="I823" s="5">
+        <v>16814</v>
+      </c>
+      <c r="J823" t="s">
+        <v>896</v>
+      </c>
+      <c r="K823" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="824" spans="1:13">
+      <c r="A824" t="s">
+        <v>907</v>
+      </c>
+      <c r="B824">
+        <v>3.73</v>
+      </c>
+      <c r="C824" t="s">
+        <v>886</v>
+      </c>
+      <c r="D824" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E824" t="s">
+        <v>966</v>
+      </c>
+      <c r="F824" t="s">
+        <v>889</v>
+      </c>
+      <c r="G824" t="s">
+        <v>890</v>
+      </c>
+      <c r="H824" s="5">
+        <v>15800.0</v>
+      </c>
+      <c r="I824" s="5">
+        <v>19118</v>
+      </c>
+      <c r="J824" t="s">
+        <v>896</v>
+      </c>
+      <c r="K824" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="825" spans="1:13">
+      <c r="A825" t="s">
+        <v>952</v>
+      </c>
+      <c r="B825">
+        <v>3.3</v>
+      </c>
+      <c r="C825" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D825" t="s">
+        <v>1968</v>
+      </c>
+      <c r="E825" t="s">
+        <v>1969</v>
+      </c>
+      <c r="F825" t="s">
+        <v>889</v>
+      </c>
+      <c r="G825" t="s">
+        <v>890</v>
+      </c>
+      <c r="H825" s="5">
+        <v>3640.0</v>
+      </c>
+      <c r="I825" s="5">
+        <v>4404</v>
+      </c>
+      <c r="J825" t="s">
+        <v>896</v>
+      </c>
+      <c r="K825" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="826" spans="1:13">
+      <c r="A826" t="s">
+        <v>947</v>
+      </c>
+      <c r="B826">
+        <v>8.9</v>
+      </c>
+      <c r="C826" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D826" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E826" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F826" t="s">
+        <v>889</v>
+      </c>
+      <c r="G826" t="s">
+        <v>890</v>
+      </c>
+      <c r="H826" s="5">
+        <v>5360.0</v>
+      </c>
+      <c r="I826" s="5">
+        <v>6486</v>
+      </c>
+      <c r="J826" t="s">
+        <v>896</v>
+      </c>
+      <c r="K826" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="827" spans="1:13">
+      <c r="A827" t="s">
+        <v>917</v>
+      </c>
+      <c r="B827">
+        <v>5.51</v>
+      </c>
+      <c r="C827" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D827" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E827" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F827" t="s">
+        <v>889</v>
+      </c>
+      <c r="G827" t="s">
+        <v>890</v>
+      </c>
+      <c r="H827" s="5">
+        <v>7903.0</v>
+      </c>
+      <c r="I827" s="5">
+        <v>9563</v>
+      </c>
+      <c r="J827" t="s">
+        <v>896</v>
+      </c>
+      <c r="K827" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="828" spans="1:13">
+      <c r="A828" t="s">
+        <v>917</v>
+      </c>
+      <c r="B828">
+        <v>8.51</v>
+      </c>
+      <c r="C828" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D828" t="s">
+        <v>1972</v>
+      </c>
+      <c r="E828" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F828" t="s">
+        <v>889</v>
+      </c>
+      <c r="G828" t="s">
+        <v>890</v>
+      </c>
+      <c r="H828" s="5">
+        <v>5198.0</v>
+      </c>
+      <c r="I828" s="5">
+        <v>6290</v>
+      </c>
+      <c r="J828" t="s">
+        <v>896</v>
+      </c>
+      <c r="K828" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="829" spans="1:13">
+      <c r="A829" t="s">
+        <v>917</v>
+      </c>
+      <c r="B829">
+        <v>6.91</v>
+      </c>
+      <c r="C829" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D829" t="s">
+        <v>1973</v>
+      </c>
+      <c r="E829" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F829" t="s">
+        <v>889</v>
+      </c>
+      <c r="G829" t="s">
+        <v>890</v>
+      </c>
+      <c r="H829" s="5">
+        <v>4533.0</v>
+      </c>
+      <c r="I829" s="5">
+        <v>5485</v>
+      </c>
+      <c r="J829" t="s">
+        <v>896</v>
+      </c>
+      <c r="K829" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="830" spans="1:13">
+      <c r="A830" t="s">
+        <v>917</v>
+      </c>
+      <c r="B830">
+        <v>6.87</v>
+      </c>
+      <c r="C830" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D830" t="s">
+        <v>1974</v>
+      </c>
+      <c r="E830" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F830" t="s">
+        <v>889</v>
+      </c>
+      <c r="G830" t="s">
+        <v>890</v>
+      </c>
+      <c r="H830" s="5">
+        <v>9033.0</v>
+      </c>
+      <c r="I830" s="5">
+        <v>10930</v>
+      </c>
+      <c r="J830" t="s">
+        <v>896</v>
+      </c>
+      <c r="K830" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="831" spans="1:13">
+      <c r="A831" t="s">
+        <v>907</v>
+      </c>
+      <c r="B831">
+        <v>5.87</v>
+      </c>
+      <c r="C831" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D831" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E831" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F831" t="s">
+        <v>889</v>
+      </c>
+      <c r="G831" t="s">
+        <v>890</v>
+      </c>
+      <c r="H831" s="5">
+        <v>8472.0</v>
+      </c>
+      <c r="I831" s="5">
+        <v>10251</v>
+      </c>
+      <c r="J831" t="s">
+        <v>896</v>
+      </c>
+      <c r="K831" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="832" spans="1:13">
+      <c r="A832" t="s">
+        <v>907</v>
+      </c>
+      <c r="B832">
+        <v>4.49</v>
+      </c>
+      <c r="C832" t="s">
+        <v>886</v>
+      </c>
+      <c r="D832" t="s">
+        <v>1977</v>
+      </c>
+      <c r="E832" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F832" t="s">
+        <v>889</v>
+      </c>
+      <c r="G832" t="s">
+        <v>890</v>
+      </c>
+      <c r="H832" s="5">
+        <v>16800.0</v>
+      </c>
+      <c r="I832" s="5">
+        <v>20328</v>
+      </c>
+      <c r="J832" t="s">
+        <v>896</v>
+      </c>
+      <c r="K832" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="833" spans="1:13">
+      <c r="A833" t="s">
+        <v>907</v>
+      </c>
+      <c r="B833">
+        <v>1.67</v>
+      </c>
+      <c r="C833" t="s">
+        <v>886</v>
+      </c>
+      <c r="D833" t="s">
+        <v>1978</v>
+      </c>
+      <c r="E833" t="s">
+        <v>912</v>
+      </c>
+      <c r="F833" t="s">
+        <v>889</v>
+      </c>
+      <c r="G833" t="s">
+        <v>890</v>
+      </c>
+      <c r="H833" s="5">
+        <v>12816.0</v>
+      </c>
+      <c r="I833" s="5">
+        <v>15507</v>
+      </c>
+      <c r="J833" t="s">
+        <v>896</v>
+      </c>
+      <c r="K833" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="834" spans="1:13">
+      <c r="A834" t="s">
+        <v>917</v>
+      </c>
+      <c r="B834">
+        <v>10.14</v>
+      </c>
+      <c r="C834" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D834" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E834" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F834" t="s">
+        <v>889</v>
+      </c>
+      <c r="G834" t="s">
+        <v>890</v>
+      </c>
+      <c r="H834" s="5">
+        <v>8225.0</v>
+      </c>
+      <c r="I834" s="5">
+        <v>9952</v>
+      </c>
+      <c r="J834" t="s">
+        <v>896</v>
+      </c>
+      <c r="K834" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="835" spans="1:13">
+      <c r="A835" t="s">
+        <v>917</v>
+      </c>
+      <c r="B835">
+        <v>9.34</v>
+      </c>
+      <c r="C835" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D835" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E835" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F835" t="s">
+        <v>889</v>
+      </c>
+      <c r="G835" t="s">
+        <v>890</v>
+      </c>
+      <c r="H835" s="5">
+        <v>7760.0</v>
+      </c>
+      <c r="I835" s="5">
+        <v>9390</v>
+      </c>
+      <c r="J835" t="s">
+        <v>896</v>
+      </c>
+      <c r="K835" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="836" spans="1:13">
+      <c r="A836" t="s">
+        <v>917</v>
+      </c>
+      <c r="B836">
+        <v>9.14</v>
+      </c>
+      <c r="C836" t="s">
+        <v>886</v>
+      </c>
+      <c r="D836" t="s">
+        <v>1981</v>
+      </c>
+      <c r="E836" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F836" t="s">
+        <v>889</v>
+      </c>
+      <c r="G836" t="s">
+        <v>890</v>
+      </c>
+      <c r="H836" s="5">
+        <v>7644.0</v>
+      </c>
+      <c r="I836" s="5">
+        <v>9249</v>
+      </c>
+      <c r="J836" t="s">
+        <v>896</v>
+      </c>
+      <c r="K836" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="837" spans="1:13">
+      <c r="A837" t="s">
+        <v>892</v>
+      </c>
+      <c r="B837">
+        <v>2.69</v>
+      </c>
+      <c r="C837" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D837" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E837" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F837" t="s">
+        <v>889</v>
+      </c>
+      <c r="G837" t="s">
+        <v>890</v>
+      </c>
+      <c r="H837" s="5">
+        <v>7021.0</v>
+      </c>
+      <c r="I837" s="5">
+        <v>8495</v>
+      </c>
+      <c r="J837" t="s">
+        <v>896</v>
+      </c>
+      <c r="K837" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="838" spans="1:13">
+      <c r="A838" t="s">
+        <v>892</v>
+      </c>
+      <c r="B838">
+        <v>1.47</v>
+      </c>
+      <c r="C838" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D838" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E838" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F838" t="s">
+        <v>889</v>
+      </c>
+      <c r="G838" t="s">
+        <v>890</v>
+      </c>
+      <c r="H838" s="5">
+        <v>6989.0</v>
+      </c>
+      <c r="I838" s="5">
+        <v>8457</v>
+      </c>
+      <c r="J838" t="s">
+        <v>896</v>
+      </c>
+      <c r="K838" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="839" spans="1:13">
+      <c r="A839" t="s">
+        <v>932</v>
+      </c>
+      <c r="B839">
+        <v>2.74</v>
+      </c>
+      <c r="C839" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D839" t="s">
+        <v>1984</v>
+      </c>
+      <c r="E839" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F839" t="s">
+        <v>889</v>
+      </c>
+      <c r="G839" t="s">
+        <v>890</v>
+      </c>
+      <c r="H839" s="5">
+        <v>4973.0</v>
+      </c>
+      <c r="I839" s="5">
+        <v>6017</v>
+      </c>
+      <c r="J839" t="s">
+        <v>896</v>
+      </c>
+      <c r="K839" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="840" spans="1:13">
+      <c r="A840" t="s">
+        <v>952</v>
+      </c>
+      <c r="B840">
+        <v>7.31</v>
+      </c>
+      <c r="C840" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D840" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E840" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F840" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G840" t="s">
+        <v>890</v>
+      </c>
+      <c r="H840" s="5">
+        <v>3759.0</v>
+      </c>
+      <c r="I840" s="5">
+        <v>4548</v>
+      </c>
+      <c r="J840" t="s">
+        <v>896</v>
+      </c>
+      <c r="K840" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="841" spans="1:13">
+      <c r="A841" t="s">
+        <v>952</v>
+      </c>
+      <c r="B841">
+        <v>4.75</v>
+      </c>
+      <c r="C841" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D841" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E841" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F841" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G841" t="s">
+        <v>890</v>
+      </c>
+      <c r="H841" s="5">
+        <v>2909.0</v>
+      </c>
+      <c r="I841" s="5">
+        <v>3520</v>
+      </c>
+      <c r="J841" t="s">
+        <v>896</v>
+      </c>
+      <c r="K841" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="842" spans="1:13">
+      <c r="A842" t="s">
+        <v>904</v>
+      </c>
+      <c r="B842">
+        <v>2.99</v>
+      </c>
+      <c r="C842" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D842" t="s">
+        <v>1987</v>
+      </c>
+      <c r="E842" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F842" t="s">
+        <v>889</v>
+      </c>
+      <c r="G842" t="s">
+        <v>890</v>
+      </c>
+      <c r="H842" s="5">
+        <v>6390.0</v>
+      </c>
+      <c r="I842" s="5">
+        <v>7732</v>
+      </c>
+      <c r="J842" t="s">
+        <v>896</v>
+      </c>
+      <c r="K842" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="843" spans="1:13">
+      <c r="A843" t="s">
+        <v>904</v>
+      </c>
+      <c r="B843">
+        <v>5.03</v>
+      </c>
+      <c r="C843" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D843" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E843" t="s">
+        <v>934</v>
+      </c>
+      <c r="F843" t="s">
+        <v>889</v>
+      </c>
+      <c r="G843" t="s">
+        <v>890</v>
+      </c>
+      <c r="H843" s="5">
+        <v>4502.0</v>
+      </c>
+      <c r="I843" s="5">
+        <v>5447</v>
+      </c>
+      <c r="J843" t="s">
+        <v>896</v>
+      </c>
+      <c r="K843" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="844" spans="1:13">
+      <c r="A844" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B844">
+        <v>1.28</v>
+      </c>
+      <c r="C844" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D844" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E844" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F844" t="s">
+        <v>889</v>
+      </c>
+      <c r="G844" t="s">
+        <v>890</v>
+      </c>
+      <c r="H844" s="5">
+        <v>9094.0</v>
+      </c>
+      <c r="I844" s="5">
+        <v>11004</v>
+      </c>
+      <c r="J844" t="s">
+        <v>896</v>
+      </c>
+      <c r="K844" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="845" spans="1:13">
+      <c r="A845" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B845">
+        <v>9.22</v>
+      </c>
+      <c r="C845" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D845" t="s">
+        <v>1990</v>
+      </c>
+      <c r="E845" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F845" t="s">
+        <v>889</v>
+      </c>
+      <c r="G845" t="s">
+        <v>890</v>
+      </c>
+      <c r="H845" s="5">
+        <v>10297.0</v>
+      </c>
+      <c r="I845" s="5">
+        <v>12459</v>
+      </c>
+      <c r="J845" t="s">
+        <v>896</v>
+      </c>
+      <c r="K845" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="846" spans="1:13">
+      <c r="A846" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B846">
+        <v>6.86</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D846" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E846" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F846" t="s">
+        <v>889</v>
+      </c>
+      <c r="G846" t="s">
+        <v>890</v>
+      </c>
+      <c r="H846" s="5">
+        <v>4047.0</v>
+      </c>
+      <c r="I846" s="5">
+        <v>4897</v>
+      </c>
+      <c r="J846" t="s">
+        <v>896</v>
+      </c>
+      <c r="K846" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="847" spans="1:13">
+      <c r="A847" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B847">
+        <v>10.97</v>
+      </c>
+      <c r="C847" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D847" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E847" t="s">
+        <v>914</v>
+      </c>
+      <c r="F847" t="s">
+        <v>889</v>
+      </c>
+      <c r="G847" t="s">
+        <v>890</v>
+      </c>
+      <c r="H847" s="5">
+        <v>8794.0</v>
+      </c>
+      <c r="I847" s="5">
+        <v>10641</v>
+      </c>
+      <c r="J847" t="s">
+        <v>896</v>
+      </c>
+      <c r="K847" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="848" spans="1:13">
+      <c r="A848" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B848">
+        <v>8.96</v>
+      </c>
+      <c r="C848" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D848" t="s">
+        <v>1993</v>
+      </c>
+      <c r="E848" t="s">
+        <v>914</v>
+      </c>
+      <c r="F848" t="s">
+        <v>889</v>
+      </c>
+      <c r="G848" t="s">
+        <v>890</v>
+      </c>
+      <c r="H848" s="5">
+        <v>4675.0</v>
+      </c>
+      <c r="I848" s="5">
+        <v>5657</v>
+      </c>
+      <c r="J848" t="s">
+        <v>896</v>
+      </c>
+      <c r="K848" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="849" spans="1:13">
+      <c r="A849" t="s">
+        <v>932</v>
+      </c>
+      <c r="B849">
+        <v>4.66</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D849" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E849" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F849" t="s">
+        <v>889</v>
+      </c>
+      <c r="G849" t="s">
+        <v>890</v>
+      </c>
+      <c r="H849" s="5">
+        <v>6113.0</v>
+      </c>
+      <c r="I849" s="5">
+        <v>7397</v>
+      </c>
+      <c r="J849" t="s">
+        <v>896</v>
+      </c>
+      <c r="K849" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="850" spans="1:13">
+      <c r="A850" t="s">
+        <v>932</v>
+      </c>
+      <c r="B850">
+        <v>3.02</v>
+      </c>
+      <c r="C850" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D850" t="s">
+        <v>1995</v>
+      </c>
+      <c r="E850" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F850" t="s">
+        <v>889</v>
+      </c>
+      <c r="G850" t="s">
+        <v>890</v>
+      </c>
+      <c r="H850" s="5">
+        <v>5345.0</v>
+      </c>
+      <c r="I850" s="5">
+        <v>6467</v>
+      </c>
+      <c r="J850" t="s">
+        <v>896</v>
+      </c>
+      <c r="K850" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="851" spans="1:13">
+      <c r="A851" t="s">
+        <v>932</v>
+      </c>
+      <c r="B851">
+        <v>5.07</v>
+      </c>
+      <c r="C851" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D851" t="s">
+        <v>1996</v>
+      </c>
+      <c r="E851" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F851" t="s">
+        <v>889</v>
+      </c>
+      <c r="G851" t="s">
+        <v>890</v>
+      </c>
+      <c r="H851" s="5">
+        <v>8071.0</v>
+      </c>
+      <c r="I851" s="5">
+        <v>9766</v>
+      </c>
+      <c r="J851" t="s">
+        <v>896</v>
+      </c>
+      <c r="K851" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="852" spans="1:13">
+      <c r="A852" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B852">
+        <v>1.34</v>
+      </c>
+      <c r="C852" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D852" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E852" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F852" t="s">
+        <v>889</v>
+      </c>
+      <c r="G852" t="s">
+        <v>890</v>
+      </c>
+      <c r="H852" s="5">
+        <v>8004.0</v>
+      </c>
+      <c r="I852" s="5">
+        <v>9685</v>
+      </c>
+      <c r="J852" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K852" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="853" spans="1:13">
+      <c r="A853" t="s">
+        <v>952</v>
+      </c>
+      <c r="B853">
+        <v>2.95</v>
+      </c>
+      <c r="C853" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D853" t="s">
+        <v>1998</v>
+      </c>
+      <c r="E853" t="s">
+        <v>1999</v>
+      </c>
+      <c r="F853" t="s">
+        <v>889</v>
+      </c>
+      <c r="G853" t="s">
+        <v>890</v>
+      </c>
+      <c r="H853" s="5">
+        <v>2888.0</v>
+      </c>
+      <c r="I853" s="5">
+        <v>3494</v>
+      </c>
+      <c r="J853" t="s">
+        <v>896</v>
+      </c>
+      <c r="K853" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="854" spans="1:13">
+      <c r="A854" t="s">
+        <v>952</v>
+      </c>
+      <c r="B854">
+        <v>3.73</v>
+      </c>
+      <c r="C854" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D854" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E854" t="s">
+        <v>1887</v>
+      </c>
+      <c r="F854" t="s">
+        <v>889</v>
+      </c>
+      <c r="G854" t="s">
+        <v>890</v>
+      </c>
+      <c r="H854" s="5">
+        <v>2569.0</v>
+      </c>
+      <c r="I854" s="5">
+        <v>3108</v>
+      </c>
+      <c r="J854" t="s">
+        <v>896</v>
+      </c>
+      <c r="K854" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="855" spans="1:13">
+      <c r="A855" t="s">
+        <v>932</v>
+      </c>
+      <c r="B855">
+        <v>12.17</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D855" t="s">
+        <v>2001</v>
+      </c>
+      <c r="E855" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F855" t="s">
+        <v>889</v>
+      </c>
+      <c r="G855" t="s">
+        <v>890</v>
+      </c>
+      <c r="H855" s="5">
+        <v>21889.0</v>
+      </c>
+      <c r="I855" s="5">
+        <v>26486</v>
+      </c>
+      <c r="J855" t="s">
+        <v>896</v>
+      </c>
+      <c r="K855" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="856" spans="1:13">
+      <c r="A856" t="s">
+        <v>932</v>
+      </c>
+      <c r="B856">
+        <v>7.13</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D856" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E856" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F856" t="s">
+        <v>889</v>
+      </c>
+      <c r="G856" t="s">
+        <v>890</v>
+      </c>
+      <c r="H856" s="5">
+        <v>10810.0</v>
+      </c>
+      <c r="I856" s="5">
+        <v>13080</v>
+      </c>
+      <c r="J856" t="s">
+        <v>896</v>
+      </c>
+      <c r="K856" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="857" spans="1:13">
+      <c r="A857" t="s">
+        <v>932</v>
+      </c>
+      <c r="B857">
+        <v>3.76</v>
+      </c>
+      <c r="C857" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D857" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E857" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F857" t="s">
+        <v>889</v>
+      </c>
+      <c r="G857" t="s">
+        <v>890</v>
+      </c>
+      <c r="H857" s="5">
+        <v>6329.0</v>
+      </c>
+      <c r="I857" s="5">
+        <v>7658</v>
+      </c>
+      <c r="J857" t="s">
+        <v>896</v>
+      </c>
+      <c r="K857" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="858" spans="1:13">
+      <c r="A858" t="s">
+        <v>932</v>
+      </c>
+      <c r="B858">
+        <v>3.28</v>
+      </c>
+      <c r="C858" t="s">
+        <v>886</v>
+      </c>
+      <c r="D858" t="s">
+        <v>2004</v>
+      </c>
+      <c r="E858" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F858" t="s">
+        <v>889</v>
+      </c>
+      <c r="G858" t="s">
+        <v>890</v>
+      </c>
+      <c r="H858" s="5">
+        <v>4622.0</v>
+      </c>
+      <c r="I858" s="5">
+        <v>5593</v>
+      </c>
+      <c r="J858" t="s">
+        <v>896</v>
+      </c>
+      <c r="K858" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="859" spans="1:13">
+      <c r="A859" t="s">
+        <v>904</v>
+      </c>
+      <c r="B859">
+        <v>6.25</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1939</v>
+      </c>
+      <c r="D859" t="s">
+        <v>2005</v>
+      </c>
+      <c r="E859" t="s">
+        <v>934</v>
+      </c>
+      <c r="F859" t="s">
+        <v>889</v>
+      </c>
+      <c r="G859" t="s">
+        <v>890</v>
+      </c>
+      <c r="H859" s="5">
+        <v>5111.0</v>
+      </c>
+      <c r="I859" s="5">
+        <v>6184</v>
+      </c>
+      <c r="J859" t="s">
+        <v>896</v>
+      </c>
+      <c r="K859" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="860" spans="1:13">
+      <c r="A860" t="s">
+        <v>907</v>
+      </c>
+      <c r="B860">
+        <v>4.03</v>
+      </c>
+      <c r="C860" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D860" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E860" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F860" t="s">
+        <v>889</v>
+      </c>
+      <c r="G860" t="s">
+        <v>890</v>
+      </c>
+      <c r="H860" s="5">
+        <v>6087.0</v>
+      </c>
+      <c r="I860" s="5">
+        <v>7365</v>
+      </c>
+      <c r="J860" t="s">
+        <v>896</v>
+      </c>
+      <c r="K860" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="861" spans="1:13">
+      <c r="A861" t="s">
+        <v>907</v>
+      </c>
+      <c r="B861">
+        <v>2.37</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1923</v>
+      </c>
+      <c r="D861" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E861" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F861" t="s">
+        <v>889</v>
+      </c>
+      <c r="G861" t="s">
+        <v>890</v>
+      </c>
+      <c r="H861" s="5">
+        <v>6056.0</v>
+      </c>
+      <c r="I861" s="5">
+        <v>7328</v>
+      </c>
+      <c r="J861" t="s">
+        <v>896</v>
+      </c>
+      <c r="K861" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="862" spans="1:13">
+      <c r="A862" t="s">
+        <v>907</v>
+      </c>
+      <c r="B862">
+        <v>2.91</v>
+      </c>
+      <c r="C862" t="s">
+        <v>899</v>
+      </c>
+      <c r="D862" t="s">
+        <v>2008</v>
+      </c>
+      <c r="E862" t="s">
+        <v>1976</v>
+      </c>
+      <c r="F862" t="s">
+        <v>889</v>
+      </c>
+      <c r="G862" t="s">
+        <v>890</v>
+      </c>
+      <c r="H862" s="5">
+        <v>10700.0</v>
+      </c>
+      <c r="I862" s="5">
+        <v>12947</v>
+      </c>
+      <c r="J862" t="s">
+        <v>896</v>
+      </c>
+      <c r="K862" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="863" spans="1:13">
+      <c r="A863" t="s">
+        <v>907</v>
+      </c>
+      <c r="B863">
+        <v>7.04</v>
+      </c>
+      <c r="C863" t="s">
+        <v>899</v>
+      </c>
+      <c r="D863" t="s">
+        <v>2009</v>
+      </c>
+      <c r="E863" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F863" t="s">
+        <v>889</v>
+      </c>
+      <c r="G863" t="s">
+        <v>890</v>
+      </c>
+      <c r="H863" s="5">
+        <v>32950.0</v>
+      </c>
+      <c r="I863" s="5">
+        <v>39870</v>
+      </c>
+      <c r="J863" t="s">
+        <v>896</v>
+      </c>
+      <c r="K863" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="864" spans="1:13">
+      <c r="A864" t="s">
+        <v>947</v>
+      </c>
+      <c r="B864">
+        <v>6.28</v>
+      </c>
+      <c r="C864" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D864" t="s">
+        <v>2010</v>
+      </c>
+      <c r="E864" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F864" t="s">
+        <v>889</v>
+      </c>
+      <c r="G864" t="s">
+        <v>890</v>
+      </c>
+      <c r="H864" s="5">
+        <v>6834.0</v>
+      </c>
+      <c r="I864" s="5">
+        <v>8269</v>
+      </c>
+      <c r="J864" t="s">
+        <v>896</v>
+      </c>
+      <c r="K864" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="865" spans="1:13">
+      <c r="A865" t="s">
+        <v>950</v>
+      </c>
+      <c r="B865">
+        <v>5.3</v>
+      </c>
+      <c r="C865" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D865" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E865" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F865" t="s">
+        <v>889</v>
+      </c>
+      <c r="G865" t="s">
+        <v>890</v>
+      </c>
+      <c r="H865" s="5">
+        <v>6066.0</v>
+      </c>
+      <c r="I865" s="5">
+        <v>7340</v>
+      </c>
+      <c r="J865" t="s">
+        <v>896</v>
+      </c>
+      <c r="K865" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="866" spans="1:13">
+      <c r="A866" t="s">
+        <v>947</v>
+      </c>
+      <c r="B866">
+        <v>4.87</v>
+      </c>
+      <c r="C866" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D866" t="s">
+        <v>2012</v>
+      </c>
+      <c r="E866" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F866" t="s">
+        <v>889</v>
+      </c>
+      <c r="G866" t="s">
+        <v>890</v>
+      </c>
+      <c r="H866" s="5">
+        <v>3685.0</v>
+      </c>
+      <c r="I866" s="5">
+        <v>4459</v>
+      </c>
+      <c r="J866" t="s">
+        <v>896</v>
+      </c>
+      <c r="K866" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="867" spans="1:13">
+      <c r="A867" t="s">
+        <v>947</v>
+      </c>
+      <c r="B867">
+        <v>9.55</v>
+      </c>
+      <c r="C867" t="s">
+        <v>886</v>
+      </c>
+      <c r="D867" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E867" t="s">
+        <v>1877</v>
+      </c>
+      <c r="F867" t="s">
+        <v>889</v>
+      </c>
+      <c r="G867" t="s">
+        <v>890</v>
+      </c>
+      <c r="H867" s="5">
+        <v>5630.0</v>
+      </c>
+      <c r="I867" s="5">
+        <v>6812</v>
+      </c>
+      <c r="J867" t="s">
+        <v>896</v>
+      </c>
+      <c r="K867" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="868" spans="1:13">
+      <c r="A868" t="s">
+        <v>950</v>
+      </c>
+      <c r="B868">
+        <v>6.51</v>
+      </c>
+      <c r="C868" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D868" t="s">
+        <v>2014</v>
+      </c>
+      <c r="E868" t="s">
+        <v>2015</v>
+      </c>
+      <c r="F868" t="s">
+        <v>889</v>
+      </c>
+      <c r="G868" t="s">
+        <v>890</v>
+      </c>
+      <c r="H868" s="5">
+        <v>14144.0</v>
+      </c>
+      <c r="I868" s="5">
+        <v>17114</v>
+      </c>
+      <c r="J868" t="s">
+        <v>896</v>
+      </c>
+      <c r="K868" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="869" spans="1:13">
+      <c r="A869" t="s">
+        <v>952</v>
+      </c>
+      <c r="B869">
+        <v>4.65</v>
+      </c>
+      <c r="C869" t="s">
+        <v>899</v>
+      </c>
+      <c r="D869" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E869" t="s">
+        <v>990</v>
+      </c>
+      <c r="F869" t="s">
+        <v>889</v>
+      </c>
+      <c r="G869" t="s">
+        <v>890</v>
+      </c>
+      <c r="H869" s="5">
+        <v>3594.0</v>
+      </c>
+      <c r="I869" s="5">
+        <v>4349</v>
+      </c>
+      <c r="J869" t="s">
+        <v>896</v>
+      </c>
+      <c r="K869" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="870" spans="1:13">
+      <c r="A870" t="s">
+        <v>907</v>
+      </c>
+      <c r="B870">
+        <v>5.36</v>
+      </c>
+      <c r="C870" t="s">
+        <v>899</v>
+      </c>
+      <c r="D870" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E870" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F870" t="s">
+        <v>889</v>
+      </c>
+      <c r="G870" t="s">
+        <v>890</v>
+      </c>
+      <c r="H870" s="5">
+        <v>24900.0</v>
+      </c>
+      <c r="I870" s="5">
+        <v>30129</v>
+      </c>
+      <c r="J870" t="s">
+        <v>896</v>
+      </c>
+      <c r="K870" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="871" spans="1:13">
+      <c r="A871" t="s">
+        <v>907</v>
+      </c>
+      <c r="B871">
+        <v>2.05</v>
+      </c>
+      <c r="C871" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D871" t="s">
+        <v>2018</v>
+      </c>
+      <c r="E871" t="s">
+        <v>912</v>
+      </c>
+      <c r="F871" t="s">
+        <v>889</v>
+      </c>
+      <c r="G871" t="s">
+        <v>890</v>
+      </c>
+      <c r="H871" s="5">
+        <v>12191.0</v>
+      </c>
+      <c r="I871" s="5">
+        <v>14751</v>
+      </c>
+      <c r="J871" t="s">
+        <v>896</v>
+      </c>
+      <c r="K871" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="872" spans="1:13">
+      <c r="A872" t="s">
+        <v>907</v>
+      </c>
+      <c r="B872">
+        <v>1.55</v>
+      </c>
+      <c r="C872" t="s">
+        <v>886</v>
+      </c>
+      <c r="D872" t="s">
+        <v>2019</v>
+      </c>
+      <c r="E872" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F872" t="s">
+        <v>889</v>
+      </c>
+      <c r="G872" t="s">
+        <v>890</v>
+      </c>
+      <c r="H872" s="5">
+        <v>12158.0</v>
+      </c>
+      <c r="I872" s="5">
+        <v>14711</v>
+      </c>
+      <c r="J872" t="s">
+        <v>896</v>
+      </c>
+      <c r="K872" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="873" spans="1:13">
+      <c r="A873" t="s">
+        <v>937</v>
+      </c>
+      <c r="B873">
+        <v>2.1</v>
+      </c>
+      <c r="C873" t="s">
+        <v>886</v>
+      </c>
+      <c r="D873" t="s">
+        <v>2020</v>
+      </c>
+      <c r="E873" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F873" t="s">
+        <v>889</v>
+      </c>
+      <c r="G873" t="s">
+        <v>890</v>
+      </c>
+      <c r="H873" s="5">
+        <v>15174.0</v>
+      </c>
+      <c r="I873" s="5">
+        <v>18361</v>
+      </c>
+      <c r="J873" t="s">
+        <v>896</v>
+      </c>
+      <c r="K873" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="874" spans="1:13">
+      <c r="A874" t="s">
+        <v>932</v>
+      </c>
+      <c r="B874">
+        <v>5.21</v>
+      </c>
+      <c r="C874" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D874" t="s">
+        <v>2021</v>
+      </c>
+      <c r="E874" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F874" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G874" t="s">
+        <v>890</v>
+      </c>
+      <c r="H874" s="5">
+        <v>5365.0</v>
+      </c>
+      <c r="I874" s="5">
+        <v>6492</v>
+      </c>
+      <c r="J874" t="s">
+        <v>896</v>
+      </c>
+      <c r="K874" t="s">
+        <v>884</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -35198,50 +38002,117 @@
     <hyperlink ref="K783" r:id="rId_hyperlink_781"/>
     <hyperlink ref="K784" r:id="rId_hyperlink_782"/>
     <hyperlink ref="K785" r:id="rId_hyperlink_783"/>
     <hyperlink ref="K786" r:id="rId_hyperlink_784"/>
     <hyperlink ref="K787" r:id="rId_hyperlink_785"/>
     <hyperlink ref="K788" r:id="rId_hyperlink_786"/>
     <hyperlink ref="K789" r:id="rId_hyperlink_787"/>
     <hyperlink ref="K790" r:id="rId_hyperlink_788"/>
     <hyperlink ref="K791" r:id="rId_hyperlink_789"/>
     <hyperlink ref="K792" r:id="rId_hyperlink_790"/>
     <hyperlink ref="K793" r:id="rId_hyperlink_791"/>
     <hyperlink ref="K794" r:id="rId_hyperlink_792"/>
     <hyperlink ref="K795" r:id="rId_hyperlink_793"/>
     <hyperlink ref="K796" r:id="rId_hyperlink_794"/>
     <hyperlink ref="K797" r:id="rId_hyperlink_795"/>
     <hyperlink ref="K798" r:id="rId_hyperlink_796"/>
     <hyperlink ref="K799" r:id="rId_hyperlink_797"/>
     <hyperlink ref="K800" r:id="rId_hyperlink_798"/>
     <hyperlink ref="K801" r:id="rId_hyperlink_799"/>
     <hyperlink ref="K802" r:id="rId_hyperlink_800"/>
     <hyperlink ref="K803" r:id="rId_hyperlink_801"/>
     <hyperlink ref="K804" r:id="rId_hyperlink_802"/>
     <hyperlink ref="K805" r:id="rId_hyperlink_803"/>
     <hyperlink ref="K806" r:id="rId_hyperlink_804"/>
     <hyperlink ref="K807" r:id="rId_hyperlink_805"/>
+    <hyperlink ref="K808" r:id="rId_hyperlink_806"/>
+    <hyperlink ref="K809" r:id="rId_hyperlink_807"/>
+    <hyperlink ref="K810" r:id="rId_hyperlink_808"/>
+    <hyperlink ref="K811" r:id="rId_hyperlink_809"/>
+    <hyperlink ref="K812" r:id="rId_hyperlink_810"/>
+    <hyperlink ref="K813" r:id="rId_hyperlink_811"/>
+    <hyperlink ref="K814" r:id="rId_hyperlink_812"/>
+    <hyperlink ref="K815" r:id="rId_hyperlink_813"/>
+    <hyperlink ref="K816" r:id="rId_hyperlink_814"/>
+    <hyperlink ref="K817" r:id="rId_hyperlink_815"/>
+    <hyperlink ref="K818" r:id="rId_hyperlink_816"/>
+    <hyperlink ref="K819" r:id="rId_hyperlink_817"/>
+    <hyperlink ref="K820" r:id="rId_hyperlink_818"/>
+    <hyperlink ref="K821" r:id="rId_hyperlink_819"/>
+    <hyperlink ref="K822" r:id="rId_hyperlink_820"/>
+    <hyperlink ref="K823" r:id="rId_hyperlink_821"/>
+    <hyperlink ref="K824" r:id="rId_hyperlink_822"/>
+    <hyperlink ref="K825" r:id="rId_hyperlink_823"/>
+    <hyperlink ref="K826" r:id="rId_hyperlink_824"/>
+    <hyperlink ref="K827" r:id="rId_hyperlink_825"/>
+    <hyperlink ref="K828" r:id="rId_hyperlink_826"/>
+    <hyperlink ref="K829" r:id="rId_hyperlink_827"/>
+    <hyperlink ref="K830" r:id="rId_hyperlink_828"/>
+    <hyperlink ref="K831" r:id="rId_hyperlink_829"/>
+    <hyperlink ref="K832" r:id="rId_hyperlink_830"/>
+    <hyperlink ref="K833" r:id="rId_hyperlink_831"/>
+    <hyperlink ref="K834" r:id="rId_hyperlink_832"/>
+    <hyperlink ref="K835" r:id="rId_hyperlink_833"/>
+    <hyperlink ref="K836" r:id="rId_hyperlink_834"/>
+    <hyperlink ref="K837" r:id="rId_hyperlink_835"/>
+    <hyperlink ref="K838" r:id="rId_hyperlink_836"/>
+    <hyperlink ref="K839" r:id="rId_hyperlink_837"/>
+    <hyperlink ref="K840" r:id="rId_hyperlink_838"/>
+    <hyperlink ref="K841" r:id="rId_hyperlink_839"/>
+    <hyperlink ref="K842" r:id="rId_hyperlink_840"/>
+    <hyperlink ref="K843" r:id="rId_hyperlink_841"/>
+    <hyperlink ref="K844" r:id="rId_hyperlink_842"/>
+    <hyperlink ref="K845" r:id="rId_hyperlink_843"/>
+    <hyperlink ref="K846" r:id="rId_hyperlink_844"/>
+    <hyperlink ref="K847" r:id="rId_hyperlink_845"/>
+    <hyperlink ref="K848" r:id="rId_hyperlink_846"/>
+    <hyperlink ref="K849" r:id="rId_hyperlink_847"/>
+    <hyperlink ref="K850" r:id="rId_hyperlink_848"/>
+    <hyperlink ref="K851" r:id="rId_hyperlink_849"/>
+    <hyperlink ref="K852" r:id="rId_hyperlink_850"/>
+    <hyperlink ref="K853" r:id="rId_hyperlink_851"/>
+    <hyperlink ref="K854" r:id="rId_hyperlink_852"/>
+    <hyperlink ref="K855" r:id="rId_hyperlink_853"/>
+    <hyperlink ref="K856" r:id="rId_hyperlink_854"/>
+    <hyperlink ref="K857" r:id="rId_hyperlink_855"/>
+    <hyperlink ref="K858" r:id="rId_hyperlink_856"/>
+    <hyperlink ref="K859" r:id="rId_hyperlink_857"/>
+    <hyperlink ref="K860" r:id="rId_hyperlink_858"/>
+    <hyperlink ref="K861" r:id="rId_hyperlink_859"/>
+    <hyperlink ref="K862" r:id="rId_hyperlink_860"/>
+    <hyperlink ref="K863" r:id="rId_hyperlink_861"/>
+    <hyperlink ref="K864" r:id="rId_hyperlink_862"/>
+    <hyperlink ref="K865" r:id="rId_hyperlink_863"/>
+    <hyperlink ref="K866" r:id="rId_hyperlink_864"/>
+    <hyperlink ref="K867" r:id="rId_hyperlink_865"/>
+    <hyperlink ref="K868" r:id="rId_hyperlink_866"/>
+    <hyperlink ref="K869" r:id="rId_hyperlink_867"/>
+    <hyperlink ref="K870" r:id="rId_hyperlink_868"/>
+    <hyperlink ref="K871" r:id="rId_hyperlink_869"/>
+    <hyperlink ref="K872" r:id="rId_hyperlink_870"/>
+    <hyperlink ref="K873" r:id="rId_hyperlink_871"/>
+    <hyperlink ref="K874" r:id="rId_hyperlink_872"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>