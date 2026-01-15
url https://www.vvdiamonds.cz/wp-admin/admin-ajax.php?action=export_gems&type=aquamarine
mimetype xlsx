--- v0 (2025-10-28)
+++ v1 (2026-01-15)
@@ -17,100 +17,97 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-417ct-blue-s-igi-certifikatem-0101520.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-388ct-greenish-blue-s-igi-certifikatem-0101519.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/akvamarin-361ct-blue-s-igi-certifikatem-0101517.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/akvamarin-298ct-light-greenish-blue-s-igi-certifikatem-0101516.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-188ct-greenish-blue-s-igi-certifikatem-0101515.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-164ct-greenish-blue-s-igi-certifikatem-0101513.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-148ct-greenish-blue-s-igi-certifikatem-0101510.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-143ct-blue-s-igi-certifikatem-0101509.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-132ct-blue-s-igi-certifikatem-0101508.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-125ct-blue-s-igi-certifikatem-0101506.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-061ct-blue-s-igi-certifikatem-0101502.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-049ct-light-blue-s-igi-certifikatem-0101501.html</t>
@@ -139,53 +136,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-651ct-light-blue-s-igi-certifikatem-0101029.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-778ct-light-blue-s-igi-certifikatem-0101027.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-1118ct-very-light-blue-s-igi-certifikatem-0101026.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-1155ct-light-greenish-blue-s-igi-certifikatem-0101025.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-554ct-light-green-blue-s-igi-certifikatem-0101024.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-591ct-light-blue-s-igi-certifikatem-0101022.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-685ct-light-greenish-blue-s-igi-certifikatem-0101020.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-440ct-light-greenish-blue-s-igi-certifikatem-010963.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/akvamarin-268ct-greenish-blue-s-igi-certifikatem-010961.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/akvamarin-380ct-light-blue-s-igi-certifikatem-010882.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-866ct-blue-s-igi-certifikatem-010711.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-688ct-greenish-blue-s-igi-certifikatem-010710.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-666ct-light-blue-s-igi-certifikatem-010709.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-462ct-blue-s-igi-certifikatem-010705.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-288ct-blue-s-igi-certifikatem-010695.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-224ct-light-blue-s-igi-certifikatem-010691.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-902ct-very-light-greenish-blue-010608.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-510ct-blue-s-igi-certifikatem-010306.html</t>
@@ -316,53 +310,50 @@
   <si>
     <t>10.87mm x 9.09mm x 6.19mm</t>
   </si>
   <si>
     <t>Blue</t>
   </si>
   <si>
     <t>Průhledný</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
   </si>
   <si>
     <t>9.65mm x 8.94mm x 5.89mm</t>
   </si>
   <si>
     <t>Greenish Blue</t>
   </si>
   <si>
     <t>Round Mixed Cut</t>
   </si>
   <si>
-    <t>10.15mm - 10.41mm x 6.32mm</t>
-[...1 lines deleted...]
-  <si>
     <t>9.47mm - 9.65mm x 5.95mm</t>
   </si>
   <si>
     <t>Light Greenish Blue</t>
   </si>
   <si>
     <t>7.98mm - 8.04mm x 5.50mm</t>
   </si>
   <si>
     <t>Oval Mixed Cut</t>
   </si>
   <si>
     <t>8.67mm x 6.75mm x 4.75mm</t>
   </si>
   <si>
     <t>7.54mm - 7.62mm x 5.01mm</t>
   </si>
   <si>
     <t>Marquise Mixed Cut</t>
   </si>
   <si>
     <t>10.29mm x 6.27mm x 4.52mm</t>
   </si>
   <si>
     <t>10.27mm x 6.22mm x 4.25mm</t>
@@ -440,53 +431,50 @@
     <t>Rectangular Cushion Modified Brilliant</t>
   </si>
   <si>
     <t>14.51mm x 13.58mm x 9.27mm</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI.</t>
   </si>
   <si>
     <t>14.22mm x 10.16mm x 5.57mm</t>
   </si>
   <si>
     <t>Light Green-Blue</t>
   </si>
   <si>
     <t>12.22mm - 12.44mm x 7.34mm</t>
   </si>
   <si>
     <t>Cut Cornered Mixed Cut</t>
   </si>
   <si>
     <t>14.25mm x 11.15mm x 6.51mm</t>
   </si>
   <si>
     <t>14.02mm x 9.91mm x 5.16mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>9.09mm x 7.06mm x 4.95mm</t>
   </si>
   <si>
     <t>11.21mm x 8.34mm x 5.56mm</t>
   </si>
   <si>
     <t>14.63mm x 11.836mm x 6.97mm</t>
   </si>
   <si>
     <t>11.49mm x 10.68mm x 6.84mm</t>
   </si>
   <si>
     <t>14.21mm x 10.15mm x 7.02mm</t>
   </si>
   <si>
     <t>13.12mm x 9.08mm x 6.27mm</t>
   </si>
   <si>
     <t>Oval Cabochon</t>
   </si>
   <si>
     <t>10.03mm x 8.06mm x 5.21mm</t>
   </si>
   <si>
     <t>9.08mm x 9.07mm x 4.25mm</t>
   </si>
@@ -1140,62 +1128,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-417ct-blue-s-igi-certifikatem-0101520.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-388ct-greenish-blue-s-igi-certifikatem-0101519.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-361ct-blue-s-igi-certifikatem-0101517.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-298ct-light-greenish-blue-s-igi-certifikatem-0101516.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-188ct-greenish-blue-s-igi-certifikatem-0101515.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-164ct-greenish-blue-s-igi-certifikatem-0101513.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-148ct-greenish-blue-s-igi-certifikatem-0101510.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-143ct-blue-s-igi-certifikatem-0101509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-132ct-blue-s-igi-certifikatem-0101508.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-125ct-blue-s-igi-certifikatem-0101506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-061ct-blue-s-igi-certifikatem-0101502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-049ct-light-blue-s-igi-certifikatem-0101501.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-154ct-greenish-blue-s-igi-certifikatem-0101142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1188ct-light-blue-green-s-igi-certifikatem-0101035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-836ct-light-blue-s-igi-certifikatem-0101034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-516ct-light-greenish-blue-s-igi-certifikatem-0101033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-light-bluish-green-s-igi-certifikatem-0101032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-698ct-light-bluish-green-s-igi-certifikatem-0101031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-734ct-light-blue-s-igi-certifikatem-0101030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-651ct-light-blue-s-igi-certifikatem-0101029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-778ct-light-blue-s-igi-certifikatem-0101027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1118ct-very-light-blue-s-igi-certifikatem-0101026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1155ct-light-greenish-blue-s-igi-certifikatem-0101025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-554ct-light-green-blue-s-igi-certifikatem-0101024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-591ct-light-blue-s-igi-certifikatem-0101022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-685ct-light-greenish-blue-s-igi-certifikatem-0101020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-440ct-light-greenish-blue-s-igi-certifikatem-010963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-268ct-greenish-blue-s-igi-certifikatem-010961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-380ct-light-blue-s-igi-certifikatem-010882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-866ct-blue-s-igi-certifikatem-010711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-688ct-greenish-blue-s-igi-certifikatem-010710.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-666ct-light-blue-s-igi-certifikatem-010709.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-462ct-blue-s-igi-certifikatem-010705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-288ct-blue-s-igi-certifikatem-010695.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-224ct-light-blue-s-igi-certifikatem-010691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-902ct-very-light-greenish-blue-010608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-510ct-blue-s-igi-certifikatem-010306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-480ct-light-blue-s-igi-certifikatem-010305.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-495ct-blue-s-igi-certifikatem-010304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-350ct-very-light-blue-s-igi-certifikatem-010303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-386ct-light-blue-s-igi-certifikatem-010302.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-322ct-light-blue-s-igi-certifikatem-010301.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-502ct-very-light-green-s-igi-certifikatem-010299.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-416ct-light-blue-s-igi-certifikatem-010298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-409ct-light-blue-s-igi-certifikatem-010296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-487ct-very-light-blue-s-igi-certifikatem-010294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-619ct-very-light-blue-s-igi-certifikatem-010291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-565ct-very-light-blue-s-igi-certifikatem-010290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1101ct-light-bluish-green-s-igi-certifikatem-010288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-844ct-light-blue-s-igi-certifikatem-010287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-593ct-light-greenish-blue-s-igi-certifikatem-010285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-241ct-light-blue-s-igi-certifikatem-010284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-511ct-light-greenish-blue-s-igi-certifikatem-010283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-875ct-light-greenish-blue-s-igi-certifikatem-010280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-590ct-light-blue-s-igi-certifikatem-010279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-559ct-light-blue-s-igi-certifikatem-010278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-348ct-light-greenish-blue-s-igi-certifikatem-010276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-216ct-light-blue-s-igi-certifikatem-010275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-374ct-very-light-blue-s-igi-certifikatem-010195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-637ct-light-blue-s-igi-certifikatem-010194.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-509ct-light-greenish-blue-s-igi-certifikatem-010192.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-364ct-light-bluish-green-s-igi-certifikatem-010191.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-254ct-light-blue-s-igi-certifikatem-010190.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-699ct-light-greenish-blue-s-igi-certifikatem-010188.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-504ct-light-greenish-blue-s-igi-certifikatem-010170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-bluish-green-s-igi-certifikatem-010169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-867ct-light-greenish-blue-s-igi-certifikatem-010167.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-274ct-very-light-blue-s-igi-certifikatem-010116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-466ct-very-light-blue-s-igi-certifikatem-010084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-302ct-light-greenish-blue-s-igi-certifikatem-010079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-507ct-light-blue-s-igi-certifikatem-010078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1217ct-light-greenish-blue-s-igi-certifikatem-010061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-713ct-light-bluish-green-s-igi-certifikatem-010056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-376ct-very-light-blue-s-igi-certifikatem-010053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-328ct-very-light-blue-s-igi-certifikatem-010052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-521ct-light-blue-s-igi-certifikatem-010015.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-417ct-blue-s-igi-certifikatem-0101520.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-388ct-greenish-blue-s-igi-certifikatem-0101519.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-298ct-light-greenish-blue-s-igi-certifikatem-0101516.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-188ct-greenish-blue-s-igi-certifikatem-0101515.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-164ct-greenish-blue-s-igi-certifikatem-0101513.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-148ct-greenish-blue-s-igi-certifikatem-0101510.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-143ct-blue-s-igi-certifikatem-0101509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-132ct-blue-s-igi-certifikatem-0101508.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-125ct-blue-s-igi-certifikatem-0101506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-061ct-blue-s-igi-certifikatem-0101502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-049ct-light-blue-s-igi-certifikatem-0101501.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-154ct-greenish-blue-s-igi-certifikatem-0101142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1188ct-light-blue-green-s-igi-certifikatem-0101035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-836ct-light-blue-s-igi-certifikatem-0101034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-516ct-light-greenish-blue-s-igi-certifikatem-0101033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-light-bluish-green-s-igi-certifikatem-0101032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-698ct-light-bluish-green-s-igi-certifikatem-0101031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-734ct-light-blue-s-igi-certifikatem-0101030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-651ct-light-blue-s-igi-certifikatem-0101029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-778ct-light-blue-s-igi-certifikatem-0101027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1118ct-very-light-blue-s-igi-certifikatem-0101026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1155ct-light-greenish-blue-s-igi-certifikatem-0101025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-554ct-light-green-blue-s-igi-certifikatem-0101024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-591ct-light-blue-s-igi-certifikatem-0101022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-685ct-light-greenish-blue-s-igi-certifikatem-0101020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-440ct-light-greenish-blue-s-igi-certifikatem-010963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-380ct-light-blue-s-igi-certifikatem-010882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-866ct-blue-s-igi-certifikatem-010711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-688ct-greenish-blue-s-igi-certifikatem-010710.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-666ct-light-blue-s-igi-certifikatem-010709.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-462ct-blue-s-igi-certifikatem-010705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-288ct-blue-s-igi-certifikatem-010695.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-224ct-light-blue-s-igi-certifikatem-010691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-902ct-very-light-greenish-blue-010608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-510ct-blue-s-igi-certifikatem-010306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-480ct-light-blue-s-igi-certifikatem-010305.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-495ct-blue-s-igi-certifikatem-010304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-350ct-very-light-blue-s-igi-certifikatem-010303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-386ct-light-blue-s-igi-certifikatem-010302.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-322ct-light-blue-s-igi-certifikatem-010301.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-502ct-very-light-green-s-igi-certifikatem-010299.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-416ct-light-blue-s-igi-certifikatem-010298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-409ct-light-blue-s-igi-certifikatem-010296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-487ct-very-light-blue-s-igi-certifikatem-010294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-619ct-very-light-blue-s-igi-certifikatem-010291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-565ct-very-light-blue-s-igi-certifikatem-010290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1101ct-light-bluish-green-s-igi-certifikatem-010288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-844ct-light-blue-s-igi-certifikatem-010287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-593ct-light-greenish-blue-s-igi-certifikatem-010285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-241ct-light-blue-s-igi-certifikatem-010284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-511ct-light-greenish-blue-s-igi-certifikatem-010283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-875ct-light-greenish-blue-s-igi-certifikatem-010280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-590ct-light-blue-s-igi-certifikatem-010279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-559ct-light-blue-s-igi-certifikatem-010278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-348ct-light-greenish-blue-s-igi-certifikatem-010276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-216ct-light-blue-s-igi-certifikatem-010275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-374ct-very-light-blue-s-igi-certifikatem-010195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-637ct-light-blue-s-igi-certifikatem-010194.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-509ct-light-greenish-blue-s-igi-certifikatem-010192.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-364ct-light-bluish-green-s-igi-certifikatem-010191.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-254ct-light-blue-s-igi-certifikatem-010190.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-699ct-light-greenish-blue-s-igi-certifikatem-010188.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-504ct-light-greenish-blue-s-igi-certifikatem-010170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-bluish-green-s-igi-certifikatem-010169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-867ct-light-greenish-blue-s-igi-certifikatem-010167.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-274ct-very-light-blue-s-igi-certifikatem-010116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-466ct-very-light-blue-s-igi-certifikatem-010084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-302ct-light-greenish-blue-s-igi-certifikatem-010079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-507ct-light-blue-s-igi-certifikatem-010078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1217ct-light-greenish-blue-s-igi-certifikatem-010061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-713ct-light-bluish-green-s-igi-certifikatem-010056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-376ct-very-light-blue-s-igi-certifikatem-010053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-328ct-very-light-blue-s-igi-certifikatem-010052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-521ct-light-blue-s-igi-certifikatem-010015.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M78"/>
+  <dimension ref="A1:M76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I78" sqref="I78"/>
+      <selection activeCell="I76" sqref="I76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1219,2706 +1207,2636 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B3">
         <v>4.17</v>
       </c>
       <c r="C3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D3" t="s">
+        <v>89</v>
+      </c>
+      <c r="E3" t="s">
         <v>90</v>
       </c>
-      <c r="D3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H3" s="5">
         <v>48535.0</v>
       </c>
       <c r="I3" s="5">
         <v>58727</v>
       </c>
       <c r="J3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B4">
         <v>3.88</v>
       </c>
       <c r="C4" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E4" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F4" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G4" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H4" s="5">
         <v>32517.0</v>
       </c>
       <c r="I4" s="5">
         <v>39346</v>
       </c>
       <c r="J4" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B5">
-        <v>3.61</v>
+        <v>2.98</v>
       </c>
       <c r="C5" t="s">
+        <v>96</v>
+      </c>
+      <c r="D5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E5" t="s">
         <v>98</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G5" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H5" s="5">
-        <v>38260.0</v>
+        <v>21730.0</v>
       </c>
       <c r="I5" s="5">
-        <v>46295</v>
+        <v>26293</v>
       </c>
       <c r="J5" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B6">
-        <v>2.98</v>
+        <v>1.88</v>
       </c>
       <c r="C6" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D6" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E6" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F6" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G6" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H6" s="5">
-        <v>21730.0</v>
+        <v>12748.0</v>
       </c>
       <c r="I6" s="5">
-        <v>26293</v>
+        <v>15425</v>
       </c>
       <c r="J6" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B7">
-        <v>1.88</v>
+        <v>1.64</v>
       </c>
       <c r="C7" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D7" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="E7" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F7" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G7" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H7" s="5">
-        <v>12748.0</v>
+        <v>9133.0</v>
       </c>
       <c r="I7" s="5">
-        <v>15425</v>
+        <v>11051</v>
       </c>
       <c r="J7" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B8">
-        <v>1.64</v>
+        <v>1.48</v>
       </c>
       <c r="C8" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="D8" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E8" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F8" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G8" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H8" s="5">
-        <v>9133.0</v>
+        <v>8362.0</v>
       </c>
       <c r="I8" s="5">
-        <v>11051</v>
+        <v>10118</v>
       </c>
       <c r="J8" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B9">
-        <v>1.48</v>
+        <v>1.43</v>
       </c>
       <c r="C9" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="D9" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E9" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="F9" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G9" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H9" s="5">
-        <v>8362.0</v>
+        <v>10628.0</v>
       </c>
       <c r="I9" s="5">
-        <v>10118</v>
+        <v>12860</v>
       </c>
       <c r="J9" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B10">
-        <v>1.43</v>
+        <v>1.32</v>
       </c>
       <c r="C10" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D10" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E10" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F10" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G10" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H10" s="5">
-        <v>10628.0</v>
+        <v>10212.0</v>
       </c>
       <c r="I10" s="5">
-        <v>12860</v>
+        <v>12357</v>
       </c>
       <c r="J10" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B11">
-        <v>1.32</v>
+        <v>1.25</v>
       </c>
       <c r="C11" t="s">
         <v>106</v>
       </c>
       <c r="D11" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E11" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F11" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G11" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H11" s="5">
-        <v>10212.0</v>
+        <v>6711.0</v>
       </c>
       <c r="I11" s="5">
-        <v>12357</v>
+        <v>8120</v>
       </c>
       <c r="J11" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B12">
-        <v>1.25</v>
+        <v>0.61</v>
       </c>
       <c r="C12" t="s">
+        <v>108</v>
+      </c>
+      <c r="D12" t="s">
         <v>109</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F12" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G12" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H12" s="5">
-        <v>6711.0</v>
+        <v>5688.0</v>
       </c>
       <c r="I12" s="5">
-        <v>8120</v>
+        <v>6882</v>
       </c>
       <c r="J12" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B13">
-        <v>0.61</v>
+        <v>0.49</v>
       </c>
       <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>110</v>
+      </c>
+      <c r="E13" t="s">
         <v>111</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G13" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H13" s="5">
-        <v>5688.0</v>
+        <v>5236.0</v>
       </c>
       <c r="I13" s="5">
-        <v>6882</v>
+        <v>6336</v>
       </c>
       <c r="J13" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B14">
-        <v>0.49</v>
+        <v>1.54</v>
       </c>
       <c r="C14" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="D14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" t="s">
+        <v>95</v>
+      </c>
+      <c r="F14" t="s">
+        <v>91</v>
+      </c>
+      <c r="G14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H14" s="5">
+        <v>5976.0</v>
+      </c>
+      <c r="I14" s="5">
+        <v>7231</v>
+      </c>
+      <c r="J14" t="s">
         <v>113</v>
-      </c>
-[...16 lines deleted...]
-        <v>95</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B15">
-        <v>1.54</v>
+        <v>11.88</v>
       </c>
       <c r="C15" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="D15" t="s">
         <v>115</v>
       </c>
       <c r="E15" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="F15" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G15" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H15" s="5">
-        <v>5976.0</v>
+        <v>25025.0</v>
       </c>
       <c r="I15" s="5">
-        <v>7231</v>
+        <v>30280</v>
       </c>
       <c r="J15" t="s">
-        <v>116</v>
+        <v>93</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B16">
-        <v>11.88</v>
+        <v>8.36</v>
       </c>
       <c r="C16" t="s">
+        <v>100</v>
+      </c>
+      <c r="D16" t="s">
         <v>117</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="F16" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G16" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H16" s="5">
-        <v>25025.0</v>
+        <v>18562.0</v>
       </c>
       <c r="I16" s="5">
-        <v>30280</v>
+        <v>22460</v>
       </c>
       <c r="J16" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B17">
-        <v>8.36</v>
+        <v>5.16</v>
       </c>
       <c r="C17" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
         <v>120</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G17" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H17" s="5">
-        <v>18562.0</v>
+        <v>10572.0</v>
       </c>
       <c r="I17" s="5">
-        <v>22460</v>
+        <v>12792</v>
       </c>
       <c r="J17" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B18">
-        <v>5.16</v>
+        <v>5.47</v>
       </c>
       <c r="C18" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" t="s">
         <v>121</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>122</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G18" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H18" s="5">
-        <v>10572.0</v>
+        <v>11047.0</v>
       </c>
       <c r="I18" s="5">
-        <v>12792</v>
+        <v>13367</v>
       </c>
       <c r="J18" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B19">
-        <v>5.47</v>
+        <v>6.98</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="D19" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="E19" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="F19" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G19" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H19" s="5">
-        <v>11047.0</v>
+        <v>16028.0</v>
       </c>
       <c r="I19" s="5">
-        <v>13367</v>
+        <v>19394</v>
       </c>
       <c r="J19" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B20">
-        <v>6.98</v>
+        <v>7.34</v>
       </c>
       <c r="C20" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="D20" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E20" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="F20" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G20" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H20" s="5">
-        <v>16028.0</v>
+        <v>13908.0</v>
       </c>
       <c r="I20" s="5">
-        <v>19394</v>
+        <v>16829</v>
       </c>
       <c r="J20" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B21">
-        <v>7.34</v>
+        <v>6.51</v>
       </c>
       <c r="C21" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D21" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E21" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F21" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G21" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H21" s="5">
-        <v>13908.0</v>
+        <v>12638.0</v>
       </c>
       <c r="I21" s="5">
-        <v>16829</v>
+        <v>15292</v>
       </c>
       <c r="J21" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B22">
-        <v>6.51</v>
+        <v>7.78</v>
       </c>
       <c r="C22" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D22" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E22" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F22" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G22" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H22" s="5">
-        <v>12638.0</v>
+        <v>17497.0</v>
       </c>
       <c r="I22" s="5">
-        <v>15292</v>
+        <v>21171</v>
       </c>
       <c r="J22" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B23">
-        <v>7.78</v>
+        <v>11.18</v>
       </c>
       <c r="C23" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D23" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E23" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F23" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G23" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H23" s="5">
-        <v>17497.0</v>
+        <v>19783.0</v>
       </c>
       <c r="I23" s="5">
-        <v>21171</v>
+        <v>23937</v>
       </c>
       <c r="J23" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B24">
-        <v>11.18</v>
+        <v>11.55</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>129</v>
       </c>
       <c r="D24" t="s">
         <v>130</v>
       </c>
       <c r="E24" t="s">
+        <v>98</v>
+      </c>
+      <c r="F24" t="s">
+        <v>91</v>
+      </c>
+      <c r="G24" t="s">
+        <v>92</v>
+      </c>
+      <c r="H24" s="5">
+        <v>32558.0</v>
+      </c>
+      <c r="I24" s="5">
+        <v>39395</v>
+      </c>
+      <c r="J24" t="s">
         <v>131</v>
-      </c>
-[...13 lines deleted...]
-        <v>95</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B25">
-        <v>11.55</v>
+        <v>5.54</v>
       </c>
       <c r="C25" t="s">
+        <v>114</v>
+      </c>
+      <c r="D25" t="s">
         <v>132</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>133</v>
       </c>
-      <c r="E25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G25" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H25" s="5">
-        <v>32558.0</v>
+        <v>11154.0</v>
       </c>
       <c r="I25" s="5">
-        <v>39395</v>
+        <v>13496</v>
       </c>
       <c r="J25" t="s">
-        <v>134</v>
+        <v>93</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B26">
-        <v>5.54</v>
+        <v>5.91</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="D26" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E26" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
       <c r="F26" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G26" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H26" s="5">
-        <v>11154.0</v>
+        <v>9376.0</v>
       </c>
       <c r="I26" s="5">
-        <v>13496</v>
+        <v>11345</v>
       </c>
       <c r="J26" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B27">
-        <v>5.91</v>
+        <v>6.85</v>
       </c>
       <c r="C27" t="s">
+        <v>135</v>
+      </c>
+      <c r="D27" t="s">
+        <v>136</v>
+      </c>
+      <c r="E27" t="s">
         <v>98</v>
       </c>
-      <c r="D27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G27" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H27" s="5">
-        <v>9376.0</v>
+        <v>15790.0</v>
       </c>
       <c r="I27" s="5">
-        <v>11345</v>
+        <v>19106</v>
       </c>
       <c r="J27" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B28">
-        <v>6.85</v>
+        <v>4.4</v>
       </c>
       <c r="C28" t="s">
-        <v>138</v>
+        <v>100</v>
       </c>
       <c r="D28" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="E28" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F28" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G28" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H28" s="5">
-        <v>15790.0</v>
+        <v>6943.0</v>
       </c>
       <c r="I28" s="5">
-        <v>19106</v>
+        <v>8401</v>
       </c>
       <c r="J28" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B29">
-        <v>4.4</v>
+        <v>3.8</v>
       </c>
       <c r="C29" t="s">
-        <v>103</v>
+        <v>88</v>
       </c>
       <c r="D29" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E29" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="F29" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G29" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H29" s="5">
-        <v>6943.0</v>
+        <v>7878.0</v>
       </c>
       <c r="I29" s="5">
-        <v>8401</v>
+        <v>9532</v>
       </c>
       <c r="J29" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B30">
-        <v>2.68</v>
+        <v>8.66</v>
       </c>
       <c r="C30" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="E30" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="F30" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G30" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H30" s="5">
-        <v>9658.0</v>
+        <v>64958.0</v>
       </c>
       <c r="I30" s="5">
-        <v>11686</v>
+        <v>78599</v>
       </c>
       <c r="J30" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B31">
-        <v>3.8</v>
+        <v>6.88</v>
       </c>
       <c r="C31" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="D31" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="E31" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="F31" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G31" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H31" s="5">
-        <v>7878.0</v>
+        <v>53851.0</v>
       </c>
       <c r="I31" s="5">
-        <v>9532</v>
+        <v>65160</v>
       </c>
       <c r="J31" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B32">
-        <v>8.66</v>
+        <v>6.66</v>
       </c>
       <c r="C32" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="D32" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E32" t="s">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="F32" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G32" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H32" s="5">
-        <v>64958.0</v>
+        <v>10496.0</v>
       </c>
       <c r="I32" s="5">
-        <v>78599</v>
+        <v>12700</v>
       </c>
       <c r="J32" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B33">
-        <v>6.88</v>
+        <v>4.62</v>
       </c>
       <c r="C33" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="D33" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E33" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="F33" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G33" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H33" s="5">
-        <v>53851.0</v>
+        <v>9157.0</v>
       </c>
       <c r="I33" s="5">
-        <v>65160</v>
+        <v>11080</v>
       </c>
       <c r="J33" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B34">
-        <v>6.66</v>
+        <v>2.88</v>
       </c>
       <c r="C34" t="s">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="D34" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="E34" t="s">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="F34" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G34" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H34" s="5">
-        <v>10496.0</v>
+        <v>7731.0</v>
       </c>
       <c r="I34" s="5">
-        <v>12700</v>
+        <v>9355</v>
       </c>
       <c r="J34" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B35">
-        <v>4.62</v>
+        <v>2.24</v>
       </c>
       <c r="C35" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="D35" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="E35" t="s">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="F35" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G35" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H35" s="5">
-        <v>9157.0</v>
+        <v>5444.0</v>
       </c>
       <c r="I35" s="5">
-        <v>11080</v>
+        <v>6587</v>
       </c>
       <c r="J35" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B36">
-        <v>2.88</v>
+        <v>9.02</v>
       </c>
       <c r="C36" t="s">
+        <v>135</v>
+      </c>
+      <c r="D36" t="s">
+        <v>146</v>
+      </c>
+      <c r="E36" t="s">
         <v>147</v>
       </c>
-      <c r="D36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G36" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H36" s="5">
-        <v>7731.0</v>
+        <v>13958.0</v>
       </c>
       <c r="I36" s="5">
-        <v>9355</v>
+        <v>16889</v>
       </c>
       <c r="J36" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B37">
-        <v>2.24</v>
+        <v>5.1</v>
       </c>
       <c r="C37" t="s">
-        <v>117</v>
+        <v>148</v>
       </c>
       <c r="D37" t="s">
         <v>149</v>
       </c>
       <c r="E37" t="s">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="F37" t="s">
-        <v>93</v>
+        <v>150</v>
       </c>
       <c r="G37" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H37" s="5">
-        <v>5444.0</v>
+        <v>5270.0</v>
       </c>
       <c r="I37" s="5">
-        <v>6587</v>
+        <v>6377</v>
       </c>
       <c r="J37" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B38">
-        <v>9.02</v>
+        <v>4.8</v>
       </c>
       <c r="C38" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="D38" t="s">
+        <v>151</v>
+      </c>
+      <c r="E38" t="s">
+        <v>111</v>
+      </c>
+      <c r="F38" t="s">
         <v>150</v>
       </c>
-      <c r="E38" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G38" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H38" s="5">
-        <v>13958.0</v>
+        <v>5011.0</v>
       </c>
       <c r="I38" s="5">
-        <v>16889</v>
+        <v>6063</v>
       </c>
       <c r="J38" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B39">
-        <v>5.1</v>
+        <v>4.95</v>
       </c>
       <c r="C39" t="s">
+        <v>148</v>
+      </c>
+      <c r="D39" t="s">
         <v>152</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F39" t="s">
-        <v>154</v>
+        <v>91</v>
       </c>
       <c r="G39" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H39" s="5">
-        <v>5270.0</v>
+        <v>5141.0</v>
       </c>
       <c r="I39" s="5">
-        <v>6377</v>
+        <v>6221</v>
       </c>
       <c r="J39" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B40">
-        <v>4.8</v>
+        <v>3.5</v>
       </c>
       <c r="C40" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D40" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E40" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F40" t="s">
-        <v>154</v>
+        <v>91</v>
       </c>
       <c r="G40" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H40" s="5">
-        <v>5011.0</v>
+        <v>4860.0</v>
       </c>
       <c r="I40" s="5">
-        <v>6063</v>
+        <v>5881</v>
       </c>
       <c r="J40" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B41">
-        <v>4.95</v>
+        <v>3.86</v>
       </c>
       <c r="C41" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D41" t="s">
         <v>156</v>
       </c>
       <c r="E41" t="s">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="F41" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G41" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H41" s="5">
-        <v>5141.0</v>
+        <v>5249.0</v>
       </c>
       <c r="I41" s="5">
-        <v>6221</v>
+        <v>6351</v>
       </c>
       <c r="J41" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B42">
-        <v>3.5</v>
+        <v>3.22</v>
       </c>
       <c r="C42" t="s">
+        <v>153</v>
+      </c>
+      <c r="D42" t="s">
         <v>157</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="F42" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G42" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H42" s="5">
-        <v>4860.0</v>
+        <v>4558.0</v>
       </c>
       <c r="I42" s="5">
-        <v>5881</v>
+        <v>5515</v>
       </c>
       <c r="J42" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B43">
-        <v>3.86</v>
+        <v>5.02</v>
       </c>
       <c r="C43" t="s">
+        <v>153</v>
+      </c>
+      <c r="D43" t="s">
+        <v>158</v>
+      </c>
+      <c r="E43" t="s">
         <v>159</v>
       </c>
-      <c r="D43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G43" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H43" s="5">
-        <v>5249.0</v>
+        <v>6502.0</v>
       </c>
       <c r="I43" s="5">
-        <v>6351</v>
+        <v>7867</v>
       </c>
       <c r="J43" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B44">
-        <v>3.22</v>
+        <v>4.16</v>
       </c>
       <c r="C44" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D44" t="s">
         <v>161</v>
       </c>
       <c r="E44" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F44" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G44" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H44" s="5">
-        <v>4558.0</v>
+        <v>5573.0</v>
       </c>
       <c r="I44" s="5">
-        <v>5515</v>
+        <v>6743</v>
       </c>
       <c r="J44" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B45">
-        <v>5.02</v>
+        <v>4.09</v>
       </c>
       <c r="C45" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D45" t="s">
         <v>162</v>
       </c>
       <c r="E45" t="s">
-        <v>163</v>
+        <v>111</v>
       </c>
       <c r="F45" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G45" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H45" s="5">
-        <v>6502.0</v>
+        <v>5497.0</v>
       </c>
       <c r="I45" s="5">
-        <v>7867</v>
+        <v>6651</v>
       </c>
       <c r="J45" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B46">
-        <v>4.16</v>
+        <v>4.87</v>
       </c>
       <c r="C46" t="s">
+        <v>163</v>
+      </c>
+      <c r="D46" t="s">
         <v>164</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F46" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G46" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H46" s="5">
-        <v>5573.0</v>
+        <v>6340.0</v>
       </c>
       <c r="I46" s="5">
-        <v>6743</v>
+        <v>7671</v>
       </c>
       <c r="J46" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B47">
-        <v>4.09</v>
+        <v>6.19</v>
       </c>
       <c r="C47" t="s">
-        <v>157</v>
+        <v>88</v>
       </c>
       <c r="D47" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E47" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="F47" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G47" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H47" s="5">
-        <v>5497.0</v>
+        <v>7765.0</v>
       </c>
       <c r="I47" s="5">
-        <v>6651</v>
+        <v>9396</v>
       </c>
       <c r="J47" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B48">
-        <v>4.87</v>
+        <v>5.65</v>
       </c>
       <c r="C48" t="s">
-        <v>167</v>
+        <v>118</v>
       </c>
       <c r="D48" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="E48" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="F48" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G48" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H48" s="5">
-        <v>6340.0</v>
+        <v>7182.0</v>
       </c>
       <c r="I48" s="5">
-        <v>7671</v>
+        <v>8690</v>
       </c>
       <c r="J48" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B49">
-        <v>6.19</v>
+        <v>11.01</v>
       </c>
       <c r="C49" t="s">
-        <v>90</v>
+        <v>167</v>
       </c>
       <c r="D49" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E49" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F49" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G49" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H49" s="5">
-        <v>7765.0</v>
+        <v>15968.0</v>
       </c>
       <c r="I49" s="5">
-        <v>9396</v>
+        <v>19321</v>
       </c>
       <c r="J49" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B50">
-        <v>5.65</v>
+        <v>8.44</v>
       </c>
       <c r="C50" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="D50" t="s">
         <v>170</v>
       </c>
       <c r="E50" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="F50" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G50" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H50" s="5">
-        <v>7182.0</v>
+        <v>12551.0</v>
       </c>
       <c r="I50" s="5">
-        <v>8690</v>
+        <v>15187</v>
       </c>
       <c r="J50" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B51">
-        <v>11.01</v>
+        <v>5.93</v>
       </c>
       <c r="C51" t="s">
+        <v>88</v>
+      </c>
+      <c r="D51" t="s">
         <v>171</v>
       </c>
-      <c r="D51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="F51" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G51" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H51" s="5">
-        <v>15968.0</v>
+        <v>9214.0</v>
       </c>
       <c r="I51" s="5">
-        <v>19321</v>
+        <v>11149</v>
       </c>
       <c r="J51" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B52">
-        <v>8.44</v>
+        <v>2.41</v>
       </c>
       <c r="C52" t="s">
-        <v>173</v>
+        <v>153</v>
       </c>
       <c r="D52" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E52" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F52" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G52" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H52" s="5">
-        <v>12551.0</v>
+        <v>4534.0</v>
       </c>
       <c r="I52" s="5">
-        <v>15187</v>
+        <v>5486</v>
       </c>
       <c r="J52" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B53">
-        <v>5.93</v>
+        <v>5.11</v>
       </c>
       <c r="C53" t="s">
-        <v>90</v>
+        <v>153</v>
       </c>
       <c r="D53" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E53" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F53" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G53" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H53" s="5">
-        <v>9214.0</v>
+        <v>8124.0</v>
       </c>
       <c r="I53" s="5">
-        <v>11149</v>
+        <v>9830</v>
       </c>
       <c r="J53" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B54">
-        <v>2.41</v>
+        <v>8.75</v>
       </c>
       <c r="C54" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D54" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E54" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F54" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G54" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H54" s="5">
-        <v>4534.0</v>
+        <v>12964.0</v>
       </c>
       <c r="I54" s="5">
-        <v>5486</v>
+        <v>15686</v>
       </c>
       <c r="J54" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B55">
-        <v>5.11</v>
+        <v>5.9</v>
       </c>
       <c r="C55" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D55" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E55" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="F55" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G55" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H55" s="5">
-        <v>8124.0</v>
+        <v>9174.0</v>
       </c>
       <c r="I55" s="5">
-        <v>9830</v>
+        <v>11101</v>
       </c>
       <c r="J55" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B56">
-        <v>8.75</v>
+        <v>5.59</v>
       </c>
       <c r="C56" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D56" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E56" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="F56" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G56" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H56" s="5">
-        <v>12964.0</v>
+        <v>8762.0</v>
       </c>
       <c r="I56" s="5">
-        <v>15686</v>
+        <v>10602</v>
       </c>
       <c r="J56" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B57">
-        <v>5.9</v>
+        <v>3.48</v>
       </c>
       <c r="C57" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D57" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="E57" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F57" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G57" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H57" s="5">
-        <v>9174.0</v>
+        <v>5957.0</v>
       </c>
       <c r="I57" s="5">
-        <v>11101</v>
+        <v>7208</v>
       </c>
       <c r="J57" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B58">
-        <v>5.59</v>
+        <v>2.16</v>
       </c>
       <c r="C58" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="D58" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E58" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F58" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G58" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H58" s="5">
-        <v>8762.0</v>
+        <v>5252.0</v>
       </c>
       <c r="I58" s="5">
-        <v>10602</v>
+        <v>6355</v>
       </c>
       <c r="J58" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B59">
-        <v>3.48</v>
+        <v>3.74</v>
       </c>
       <c r="C59" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="D59" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="E59" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
       <c r="F59" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G59" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H59" s="5">
-        <v>5957.0</v>
+        <v>5119.0</v>
       </c>
       <c r="I59" s="5">
-        <v>7208</v>
+        <v>6194</v>
       </c>
       <c r="J59" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B60">
-        <v>2.16</v>
+        <v>6.37</v>
       </c>
       <c r="C60" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D60" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E60" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F60" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G60" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H60" s="5">
-        <v>5252.0</v>
+        <v>9799.0</v>
       </c>
       <c r="I60" s="5">
-        <v>6355</v>
+        <v>11857</v>
       </c>
       <c r="J60" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B61">
-        <v>3.74</v>
+        <v>5.09</v>
       </c>
       <c r="C61" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="D61" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E61" t="s">
-        <v>131</v>
+        <v>98</v>
       </c>
       <c r="F61" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G61" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H61" s="5">
-        <v>5119.0</v>
+        <v>8097.0</v>
       </c>
       <c r="I61" s="5">
-        <v>6194</v>
+        <v>9797</v>
       </c>
       <c r="J61" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B62">
-        <v>6.37</v>
+        <v>3.64</v>
       </c>
       <c r="C62" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D62" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E62" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="F62" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G62" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H62" s="5">
-        <v>9799.0</v>
+        <v>6169.0</v>
       </c>
       <c r="I62" s="5">
-        <v>11857</v>
+        <v>7464</v>
       </c>
       <c r="J62" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B63">
-        <v>5.09</v>
+        <v>2.54</v>
       </c>
       <c r="C63" t="s">
-        <v>185</v>
+        <v>155</v>
       </c>
       <c r="D63" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E63" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="F63" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G63" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H63" s="5">
-        <v>8097.0</v>
+        <v>4707.0</v>
       </c>
       <c r="I63" s="5">
-        <v>9797</v>
+        <v>5695</v>
       </c>
       <c r="J63" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B64">
-        <v>3.64</v>
+        <v>6.99</v>
       </c>
       <c r="C64" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D64" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E64" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="F64" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G64" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H64" s="5">
-        <v>6169.0</v>
+        <v>10624.0</v>
       </c>
       <c r="I64" s="5">
-        <v>7464</v>
+        <v>12855</v>
       </c>
       <c r="J64" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B65">
-        <v>2.54</v>
+        <v>5.04</v>
       </c>
       <c r="C65" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="D65" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E65" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
       <c r="F65" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G65" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H65" s="5">
-        <v>4707.0</v>
+        <v>8031.0</v>
       </c>
       <c r="I65" s="5">
-        <v>5695</v>
+        <v>9718</v>
       </c>
       <c r="J65" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B66">
-        <v>6.99</v>
+        <v>5.47</v>
       </c>
       <c r="C66" t="s">
-        <v>171</v>
+        <v>88</v>
       </c>
       <c r="D66" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="E66" t="s">
-        <v>101</v>
+        <v>188</v>
       </c>
       <c r="F66" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G66" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H66" s="5">
-        <v>10624.0</v>
+        <v>8603.0</v>
       </c>
       <c r="I66" s="5">
-        <v>12855</v>
+        <v>10410</v>
       </c>
       <c r="J66" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B67">
-        <v>5.04</v>
+        <v>8.67</v>
       </c>
       <c r="C67" t="s">
-        <v>171</v>
+        <v>189</v>
       </c>
       <c r="D67" t="s">
         <v>190</v>
       </c>
       <c r="E67" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F67" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G67" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H67" s="5">
-        <v>8031.0</v>
+        <v>12857.0</v>
       </c>
       <c r="I67" s="5">
-        <v>9718</v>
+        <v>15557</v>
       </c>
       <c r="J67" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B68">
-        <v>5.47</v>
+        <v>2.74</v>
       </c>
       <c r="C68" t="s">
-        <v>90</v>
+        <v>167</v>
       </c>
       <c r="D68" t="s">
         <v>191</v>
       </c>
       <c r="E68" t="s">
-        <v>192</v>
+        <v>128</v>
       </c>
       <c r="F68" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G68" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H68" s="5">
-        <v>8603.0</v>
+        <v>4973.0</v>
       </c>
       <c r="I68" s="5">
-        <v>10410</v>
+        <v>6017</v>
       </c>
       <c r="J68" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B69">
-        <v>8.67</v>
+        <v>4.66</v>
       </c>
       <c r="C69" t="s">
-        <v>193</v>
+        <v>153</v>
       </c>
       <c r="D69" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="E69" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
       <c r="F69" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G69" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H69" s="5">
-        <v>12857.0</v>
+        <v>6113.0</v>
       </c>
       <c r="I69" s="5">
-        <v>15557</v>
+        <v>7397</v>
       </c>
       <c r="J69" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B70">
-        <v>2.74</v>
+        <v>3.02</v>
       </c>
       <c r="C70" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="D70" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="E70" t="s">
-        <v>131</v>
+        <v>98</v>
       </c>
       <c r="F70" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G70" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H70" s="5">
-        <v>4973.0</v>
+        <v>5345.0</v>
       </c>
       <c r="I70" s="5">
-        <v>6017</v>
+        <v>6467</v>
       </c>
       <c r="J70" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B71">
-        <v>4.66</v>
+        <v>5.07</v>
       </c>
       <c r="C71" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D71" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E71" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="F71" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G71" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H71" s="5">
-        <v>6113.0</v>
+        <v>8071.0</v>
       </c>
       <c r="I71" s="5">
-        <v>7397</v>
+        <v>9766</v>
       </c>
       <c r="J71" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B72">
-        <v>3.02</v>
+        <v>12.17</v>
       </c>
       <c r="C72" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D72" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="E72" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F72" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G72" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H72" s="5">
-        <v>5345.0</v>
+        <v>21889.0</v>
       </c>
       <c r="I72" s="5">
-        <v>6467</v>
+        <v>26486</v>
       </c>
       <c r="J72" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B73">
-        <v>5.07</v>
+        <v>7.13</v>
       </c>
       <c r="C73" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D73" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="E73" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="F73" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G73" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H73" s="5">
-        <v>8071.0</v>
+        <v>10810.0</v>
       </c>
       <c r="I73" s="5">
-        <v>9766</v>
+        <v>13080</v>
       </c>
       <c r="J73" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B74">
-        <v>12.17</v>
+        <v>3.76</v>
       </c>
       <c r="C74" t="s">
-        <v>159</v>
+        <v>197</v>
       </c>
       <c r="D74" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="E74" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
       <c r="F74" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G74" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H74" s="5">
-        <v>21889.0</v>
+        <v>6329.0</v>
       </c>
       <c r="I74" s="5">
-        <v>26486</v>
+        <v>7658</v>
       </c>
       <c r="J74" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B75">
-        <v>7.13</v>
+        <v>3.28</v>
       </c>
       <c r="C75" t="s">
-        <v>159</v>
+        <v>88</v>
       </c>
       <c r="D75" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="E75" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F75" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="G75" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H75" s="5">
-        <v>10810.0</v>
+        <v>4622.0</v>
       </c>
       <c r="I75" s="5">
-        <v>13080</v>
+        <v>5593</v>
       </c>
       <c r="J75" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B76">
-        <v>3.76</v>
+        <v>5.21</v>
       </c>
       <c r="C76" t="s">
-        <v>201</v>
+        <v>148</v>
       </c>
       <c r="D76" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="E76" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="F76" t="s">
-        <v>93</v>
+        <v>150</v>
       </c>
       <c r="G76" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="H76" s="5">
-        <v>6329.0</v>
+        <v>5365.0</v>
       </c>
       <c r="I76" s="5">
-        <v>7658</v>
+        <v>6492</v>
       </c>
       <c r="J76" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="K76" t="s">
         <v>86</v>
-      </c>
-[...68 lines deleted...]
-        <v>88</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -3960,52 +3878,50 @@
     <hyperlink ref="K52" r:id="rId_hyperlink_50"/>
     <hyperlink ref="K53" r:id="rId_hyperlink_51"/>
     <hyperlink ref="K54" r:id="rId_hyperlink_52"/>
     <hyperlink ref="K55" r:id="rId_hyperlink_53"/>
     <hyperlink ref="K56" r:id="rId_hyperlink_54"/>
     <hyperlink ref="K57" r:id="rId_hyperlink_55"/>
     <hyperlink ref="K58" r:id="rId_hyperlink_56"/>
     <hyperlink ref="K59" r:id="rId_hyperlink_57"/>
     <hyperlink ref="K60" r:id="rId_hyperlink_58"/>
     <hyperlink ref="K61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="K62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="K63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="K64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="K65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="K66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="K67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="K68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="K69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="K70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="K71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="K72" r:id="rId_hyperlink_70"/>
     <hyperlink ref="K73" r:id="rId_hyperlink_71"/>
     <hyperlink ref="K74" r:id="rId_hyperlink_72"/>
     <hyperlink ref="K75" r:id="rId_hyperlink_73"/>
     <hyperlink ref="K76" r:id="rId_hyperlink_74"/>
-    <hyperlink ref="K77" r:id="rId_hyperlink_75"/>
-    <hyperlink ref="K78" r:id="rId_hyperlink_76"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>