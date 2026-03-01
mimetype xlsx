--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -17,91 +17,97 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/akvamarin-408ct-blue-s-igi-certifikatem-0102052.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/akvamarin-406ct-greenish-blue-s-igi-certifikatem-0102051.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/akvamarin-417ct-blue-s-igi-certifikatem-0101520.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-388ct-greenish-blue-s-igi-certifikatem-0101519.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-298ct-light-greenish-blue-s-igi-certifikatem-0101516.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-188ct-greenish-blue-s-igi-certifikatem-0101515.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-164ct-greenish-blue-s-igi-certifikatem-0101513.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-148ct-greenish-blue-s-igi-certifikatem-0101510.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-143ct-blue-s-igi-certifikatem-0101509.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-132ct-blue-s-igi-certifikatem-0101508.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-125ct-blue-s-igi-certifikatem-0101506.html</t>
@@ -139,53 +145,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-778ct-light-blue-s-igi-certifikatem-0101027.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-1118ct-very-light-blue-s-igi-certifikatem-0101026.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-1155ct-light-greenish-blue-s-igi-certifikatem-0101025.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-554ct-light-green-blue-s-igi-certifikatem-0101024.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-591ct-light-blue-s-igi-certifikatem-0101022.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-685ct-light-greenish-blue-s-igi-certifikatem-0101020.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-440ct-light-greenish-blue-s-igi-certifikatem-010963.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-380ct-light-blue-s-igi-certifikatem-010882.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/akvamarin-866ct-blue-s-igi-certifikatem-010711.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/akvamarin-688ct-greenish-blue-s-igi-certifikatem-010710.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-666ct-light-blue-s-igi-certifikatem-010709.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-462ct-blue-s-igi-certifikatem-010705.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-288ct-blue-s-igi-certifikatem-010695.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-224ct-light-blue-s-igi-certifikatem-010691.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-902ct-very-light-greenish-blue-010608.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-510ct-blue-s-igi-certifikatem-010306.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-480ct-light-blue-s-igi-certifikatem-010305.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-495ct-blue-s-igi-certifikatem-010304.html</t>
@@ -283,89 +286,95 @@
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-302ct-light-greenish-blue-s-igi-certifikatem-010079.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-507ct-light-blue-s-igi-certifikatem-010078.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-1217ct-light-greenish-blue-s-igi-certifikatem-010061.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-713ct-light-bluish-green-s-igi-certifikatem-010056.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-376ct-very-light-blue-s-igi-certifikatem-010053.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-328ct-very-light-blue-s-igi-certifikatem-010052.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/akvamarin-521ct-light-blue-s-igi-certifikatem-010015.html</t>
   </si>
   <si>
     <t>Akvamarín</t>
   </si>
   <si>
+    <t>Oval Mixed Cut</t>
+  </si>
+  <si>
+    <t>11.77mm x 8.94mm x 6.32mm</t>
+  </si>
+  <si>
+    <t>Blue</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
+  </si>
+  <si>
+    <t>11.77mm x 8.92mm x 6.60mm</t>
+  </si>
+  <si>
+    <t>Greenish Blue</t>
+  </si>
+  <si>
     <t>Emerald Cut</t>
   </si>
   <si>
     <t>10.87mm x 9.09mm x 6.19mm</t>
   </si>
   <si>
-    <t>Blue</t>
-[...10 lines deleted...]
-  <si>
     <t>9.65mm x 8.94mm x 5.89mm</t>
   </si>
   <si>
-    <t>Greenish Blue</t>
-[...1 lines deleted...]
-  <si>
     <t>Round Mixed Cut</t>
   </si>
   <si>
     <t>9.47mm - 9.65mm x 5.95mm</t>
   </si>
   <si>
     <t>Light Greenish Blue</t>
   </si>
   <si>
     <t>7.98mm - 8.04mm x 5.50mm</t>
   </si>
   <si>
-    <t>Oval Mixed Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>8.67mm x 6.75mm x 4.75mm</t>
   </si>
   <si>
     <t>7.54mm - 7.62mm x 5.01mm</t>
   </si>
   <si>
     <t>Marquise Mixed Cut</t>
   </si>
   <si>
     <t>10.29mm x 6.27mm x 4.52mm</t>
   </si>
   <si>
     <t>10.27mm x 6.22mm x 4.25mm</t>
   </si>
   <si>
     <t>Baguette</t>
   </si>
   <si>
     <t>8.77mm x 5.19mm x 3.74mm</t>
   </si>
   <si>
     <t>Pear Mixed Cut</t>
   </si>
   <si>
     <t>7.10mm x 5.05mm x 3.43mm</t>
@@ -434,53 +443,50 @@
     <t>14.51mm x 13.58mm x 9.27mm</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI.</t>
   </si>
   <si>
     <t>14.22mm x 10.16mm x 5.57mm</t>
   </si>
   <si>
     <t>Light Green-Blue</t>
   </si>
   <si>
     <t>12.22mm - 12.44mm x 7.34mm</t>
   </si>
   <si>
     <t>Cut Cornered Mixed Cut</t>
   </si>
   <si>
     <t>14.25mm x 11.15mm x 6.51mm</t>
   </si>
   <si>
     <t>14.02mm x 9.91mm x 5.16mm</t>
   </si>
   <si>
     <t>11.21mm x 8.34mm x 5.56mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>14.63mm x 11.836mm x 6.97mm</t>
   </si>
   <si>
     <t>11.49mm x 10.68mm x 6.84mm</t>
   </si>
   <si>
     <t>14.21mm x 10.15mm x 7.02mm</t>
   </si>
   <si>
     <t>13.12mm x 9.08mm x 6.27mm</t>
   </si>
   <si>
     <t>Oval Cabochon</t>
   </si>
   <si>
     <t>10.03mm x 8.06mm x 5.21mm</t>
   </si>
   <si>
     <t>9.08mm x 9.07mm x 4.25mm</t>
   </si>
   <si>
     <t>14.96mm x 11.77mm x 7.02mm</t>
   </si>
   <si>
     <t>Very Light Greenish Blue</t>
   </si>
@@ -1128,62 +1134,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-417ct-blue-s-igi-certifikatem-0101520.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-388ct-greenish-blue-s-igi-certifikatem-0101519.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-298ct-light-greenish-blue-s-igi-certifikatem-0101516.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-188ct-greenish-blue-s-igi-certifikatem-0101515.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-164ct-greenish-blue-s-igi-certifikatem-0101513.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-148ct-greenish-blue-s-igi-certifikatem-0101510.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-143ct-blue-s-igi-certifikatem-0101509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-132ct-blue-s-igi-certifikatem-0101508.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-125ct-blue-s-igi-certifikatem-0101506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-061ct-blue-s-igi-certifikatem-0101502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-049ct-light-blue-s-igi-certifikatem-0101501.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-154ct-greenish-blue-s-igi-certifikatem-0101142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1188ct-light-blue-green-s-igi-certifikatem-0101035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-836ct-light-blue-s-igi-certifikatem-0101034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-516ct-light-greenish-blue-s-igi-certifikatem-0101033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-light-bluish-green-s-igi-certifikatem-0101032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-698ct-light-bluish-green-s-igi-certifikatem-0101031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-734ct-light-blue-s-igi-certifikatem-0101030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-651ct-light-blue-s-igi-certifikatem-0101029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-778ct-light-blue-s-igi-certifikatem-0101027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1118ct-very-light-blue-s-igi-certifikatem-0101026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1155ct-light-greenish-blue-s-igi-certifikatem-0101025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-554ct-light-green-blue-s-igi-certifikatem-0101024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-591ct-light-blue-s-igi-certifikatem-0101022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-685ct-light-greenish-blue-s-igi-certifikatem-0101020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-440ct-light-greenish-blue-s-igi-certifikatem-010963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-380ct-light-blue-s-igi-certifikatem-010882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-866ct-blue-s-igi-certifikatem-010711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-688ct-greenish-blue-s-igi-certifikatem-010710.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-666ct-light-blue-s-igi-certifikatem-010709.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-462ct-blue-s-igi-certifikatem-010705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-288ct-blue-s-igi-certifikatem-010695.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-224ct-light-blue-s-igi-certifikatem-010691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-902ct-very-light-greenish-blue-010608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-510ct-blue-s-igi-certifikatem-010306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-480ct-light-blue-s-igi-certifikatem-010305.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-495ct-blue-s-igi-certifikatem-010304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-350ct-very-light-blue-s-igi-certifikatem-010303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-386ct-light-blue-s-igi-certifikatem-010302.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-322ct-light-blue-s-igi-certifikatem-010301.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-502ct-very-light-green-s-igi-certifikatem-010299.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-416ct-light-blue-s-igi-certifikatem-010298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-409ct-light-blue-s-igi-certifikatem-010296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-487ct-very-light-blue-s-igi-certifikatem-010294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-619ct-very-light-blue-s-igi-certifikatem-010291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-565ct-very-light-blue-s-igi-certifikatem-010290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1101ct-light-bluish-green-s-igi-certifikatem-010288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-844ct-light-blue-s-igi-certifikatem-010287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-593ct-light-greenish-blue-s-igi-certifikatem-010285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-241ct-light-blue-s-igi-certifikatem-010284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-511ct-light-greenish-blue-s-igi-certifikatem-010283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-875ct-light-greenish-blue-s-igi-certifikatem-010280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-590ct-light-blue-s-igi-certifikatem-010279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-559ct-light-blue-s-igi-certifikatem-010278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-348ct-light-greenish-blue-s-igi-certifikatem-010276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-216ct-light-blue-s-igi-certifikatem-010275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-374ct-very-light-blue-s-igi-certifikatem-010195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-637ct-light-blue-s-igi-certifikatem-010194.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-509ct-light-greenish-blue-s-igi-certifikatem-010192.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-364ct-light-bluish-green-s-igi-certifikatem-010191.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-254ct-light-blue-s-igi-certifikatem-010190.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-699ct-light-greenish-blue-s-igi-certifikatem-010188.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-504ct-light-greenish-blue-s-igi-certifikatem-010170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-bluish-green-s-igi-certifikatem-010169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-867ct-light-greenish-blue-s-igi-certifikatem-010167.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-274ct-very-light-blue-s-igi-certifikatem-010116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-466ct-very-light-blue-s-igi-certifikatem-010084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-302ct-light-greenish-blue-s-igi-certifikatem-010079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-507ct-light-blue-s-igi-certifikatem-010078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1217ct-light-greenish-blue-s-igi-certifikatem-010061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-713ct-light-bluish-green-s-igi-certifikatem-010056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-376ct-very-light-blue-s-igi-certifikatem-010053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-328ct-very-light-blue-s-igi-certifikatem-010052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-521ct-light-blue-s-igi-certifikatem-010015.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-408ct-blue-s-igi-certifikatem-0102052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-406ct-greenish-blue-s-igi-certifikatem-0102051.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-417ct-blue-s-igi-certifikatem-0101520.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-388ct-greenish-blue-s-igi-certifikatem-0101519.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-298ct-light-greenish-blue-s-igi-certifikatem-0101516.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-188ct-greenish-blue-s-igi-certifikatem-0101515.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-164ct-greenish-blue-s-igi-certifikatem-0101513.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-148ct-greenish-blue-s-igi-certifikatem-0101510.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-143ct-blue-s-igi-certifikatem-0101509.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-132ct-blue-s-igi-certifikatem-0101508.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-125ct-blue-s-igi-certifikatem-0101506.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-061ct-blue-s-igi-certifikatem-0101502.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-049ct-light-blue-s-igi-certifikatem-0101501.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-154ct-greenish-blue-s-igi-certifikatem-0101142.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1188ct-light-blue-green-s-igi-certifikatem-0101035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-836ct-light-blue-s-igi-certifikatem-0101034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-516ct-light-greenish-blue-s-igi-certifikatem-0101033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-light-bluish-green-s-igi-certifikatem-0101032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-698ct-light-bluish-green-s-igi-certifikatem-0101031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-734ct-light-blue-s-igi-certifikatem-0101030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-651ct-light-blue-s-igi-certifikatem-0101029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-778ct-light-blue-s-igi-certifikatem-0101027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1118ct-very-light-blue-s-igi-certifikatem-0101026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1155ct-light-greenish-blue-s-igi-certifikatem-0101025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-554ct-light-green-blue-s-igi-certifikatem-0101024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-591ct-light-blue-s-igi-certifikatem-0101022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-685ct-light-greenish-blue-s-igi-certifikatem-0101020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-440ct-light-greenish-blue-s-igi-certifikatem-010963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-380ct-light-blue-s-igi-certifikatem-010882.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-688ct-greenish-blue-s-igi-certifikatem-010710.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-666ct-light-blue-s-igi-certifikatem-010709.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-462ct-blue-s-igi-certifikatem-010705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-288ct-blue-s-igi-certifikatem-010695.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-224ct-light-blue-s-igi-certifikatem-010691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-902ct-very-light-greenish-blue-010608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-510ct-blue-s-igi-certifikatem-010306.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-480ct-light-blue-s-igi-certifikatem-010305.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-495ct-blue-s-igi-certifikatem-010304.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-350ct-very-light-blue-s-igi-certifikatem-010303.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-386ct-light-blue-s-igi-certifikatem-010302.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-322ct-light-blue-s-igi-certifikatem-010301.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-502ct-very-light-green-s-igi-certifikatem-010299.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-416ct-light-blue-s-igi-certifikatem-010298.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-409ct-light-blue-s-igi-certifikatem-010296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-487ct-very-light-blue-s-igi-certifikatem-010294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-619ct-very-light-blue-s-igi-certifikatem-010291.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-565ct-very-light-blue-s-igi-certifikatem-010290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1101ct-light-bluish-green-s-igi-certifikatem-010288.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-844ct-light-blue-s-igi-certifikatem-010287.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-593ct-light-greenish-blue-s-igi-certifikatem-010285.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-241ct-light-blue-s-igi-certifikatem-010284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-511ct-light-greenish-blue-s-igi-certifikatem-010283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-875ct-light-greenish-blue-s-igi-certifikatem-010280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-590ct-light-blue-s-igi-certifikatem-010279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-559ct-light-blue-s-igi-certifikatem-010278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-348ct-light-greenish-blue-s-igi-certifikatem-010276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-216ct-light-blue-s-igi-certifikatem-010275.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-374ct-very-light-blue-s-igi-certifikatem-010195.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-637ct-light-blue-s-igi-certifikatem-010194.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-509ct-light-greenish-blue-s-igi-certifikatem-010192.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-364ct-light-bluish-green-s-igi-certifikatem-010191.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-254ct-light-blue-s-igi-certifikatem-010190.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-699ct-light-greenish-blue-s-igi-certifikatem-010188.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-504ct-light-greenish-blue-s-igi-certifikatem-010170.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-547ct-bluish-green-s-igi-certifikatem-010169.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-867ct-light-greenish-blue-s-igi-certifikatem-010167.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-274ct-very-light-blue-s-igi-certifikatem-010116.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-466ct-very-light-blue-s-igi-certifikatem-010084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-302ct-light-greenish-blue-s-igi-certifikatem-010079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-507ct-light-blue-s-igi-certifikatem-010078.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-1217ct-light-greenish-blue-s-igi-certifikatem-010061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-713ct-light-bluish-green-s-igi-certifikatem-010056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-376ct-very-light-blue-s-igi-certifikatem-010053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-328ct-very-light-blue-s-igi-certifikatem-010052.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/akvamarin-521ct-light-blue-s-igi-certifikatem-010015.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M76"/>
+  <dimension ref="A1:M77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I76" sqref="I76"/>
+      <selection activeCell="I77" sqref="I77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1207,2636 +1213,2671 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B3">
-        <v>4.17</v>
+        <v>4.08</v>
       </c>
       <c r="C3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H3" s="5">
-        <v>48535.0</v>
+        <v>52224.0</v>
       </c>
       <c r="I3" s="5">
-        <v>58727</v>
+        <v>63191</v>
       </c>
       <c r="J3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B4">
-        <v>3.88</v>
+        <v>4.06</v>
       </c>
       <c r="C4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H4" s="5">
-        <v>32517.0</v>
+        <v>51968.0</v>
       </c>
       <c r="I4" s="5">
-        <v>39346</v>
+        <v>62881</v>
       </c>
       <c r="J4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B5">
-        <v>2.98</v>
+        <v>4.17</v>
       </c>
       <c r="C5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E5" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="F5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H5" s="5">
-        <v>21730.0</v>
+        <v>48535.0</v>
       </c>
       <c r="I5" s="5">
-        <v>26293</v>
+        <v>58727</v>
       </c>
       <c r="J5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B6">
-        <v>1.88</v>
+        <v>3.88</v>
       </c>
       <c r="C6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D6" t="s">
         <v>99</v>
       </c>
       <c r="E6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H6" s="5">
-        <v>12748.0</v>
+        <v>32517.0</v>
       </c>
       <c r="I6" s="5">
-        <v>15425</v>
+        <v>39346</v>
       </c>
       <c r="J6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B7">
-        <v>1.64</v>
+        <v>2.98</v>
       </c>
       <c r="C7" t="s">
         <v>100</v>
       </c>
       <c r="D7" t="s">
         <v>101</v>
       </c>
       <c r="E7" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="F7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H7" s="5">
-        <v>9133.0</v>
+        <v>21730.0</v>
       </c>
       <c r="I7" s="5">
-        <v>11051</v>
+        <v>26293</v>
       </c>
       <c r="J7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B8">
-        <v>1.48</v>
+        <v>1.88</v>
       </c>
       <c r="C8" t="s">
+        <v>100</v>
+      </c>
+      <c r="D8" t="s">
+        <v>103</v>
+      </c>
+      <c r="E8" t="s">
         <v>96</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H8" s="5">
-        <v>8362.0</v>
+        <v>12748.0</v>
       </c>
       <c r="I8" s="5">
-        <v>10118</v>
+        <v>15425</v>
       </c>
       <c r="J8" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B9">
-        <v>1.43</v>
+        <v>1.64</v>
       </c>
       <c r="C9" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="D9" t="s">
         <v>104</v>
       </c>
       <c r="E9" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="F9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G9" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H9" s="5">
-        <v>10628.0</v>
+        <v>9133.0</v>
       </c>
       <c r="I9" s="5">
-        <v>12860</v>
+        <v>11051</v>
       </c>
       <c r="J9" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10">
-        <v>1.32</v>
+        <v>1.48</v>
       </c>
       <c r="C10" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D10" t="s">
         <v>105</v>
       </c>
       <c r="E10" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="F10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H10" s="5">
-        <v>10212.0</v>
+        <v>8362.0</v>
       </c>
       <c r="I10" s="5">
-        <v>12357</v>
+        <v>10118</v>
       </c>
       <c r="J10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B11">
-        <v>1.25</v>
+        <v>1.43</v>
       </c>
       <c r="C11" t="s">
         <v>106</v>
       </c>
       <c r="D11" t="s">
         <v>107</v>
       </c>
       <c r="E11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H11" s="5">
-        <v>6711.0</v>
+        <v>10628.0</v>
       </c>
       <c r="I11" s="5">
-        <v>8120</v>
+        <v>12860</v>
       </c>
       <c r="J11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B12">
-        <v>0.61</v>
+        <v>1.32</v>
       </c>
       <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
         <v>108</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H12" s="5">
-        <v>5688.0</v>
+        <v>10212.0</v>
       </c>
       <c r="I12" s="5">
-        <v>6882</v>
+        <v>12357</v>
       </c>
       <c r="J12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B13">
-        <v>0.49</v>
+        <v>1.25</v>
       </c>
       <c r="C13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D13" t="s">
         <v>110</v>
       </c>
       <c r="E13" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="F13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H13" s="5">
-        <v>5236.0</v>
+        <v>6711.0</v>
       </c>
       <c r="I13" s="5">
-        <v>6336</v>
+        <v>8120</v>
       </c>
       <c r="J13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B14">
-        <v>1.54</v>
+        <v>0.61</v>
       </c>
       <c r="C14" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
         <v>112</v>
       </c>
       <c r="E14" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="F14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H14" s="5">
-        <v>5976.0</v>
+        <v>5688.0</v>
       </c>
       <c r="I14" s="5">
-        <v>7231</v>
+        <v>6882</v>
       </c>
       <c r="J14" t="s">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B15">
-        <v>11.88</v>
+        <v>0.49</v>
       </c>
       <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" t="s">
         <v>114</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H15" s="5">
-        <v>25025.0</v>
+        <v>5236.0</v>
       </c>
       <c r="I15" s="5">
-        <v>30280</v>
+        <v>6336</v>
       </c>
       <c r="J15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B16">
-        <v>8.36</v>
+        <v>1.54</v>
       </c>
       <c r="C16" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="D16" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="E16" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="F16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H16" s="5">
-        <v>18562.0</v>
+        <v>5976.0</v>
       </c>
       <c r="I16" s="5">
-        <v>22460</v>
+        <v>7231</v>
       </c>
       <c r="J16" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B17">
-        <v>5.16</v>
+        <v>11.88</v>
       </c>
       <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
         <v>118</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>119</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G17" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H17" s="5">
-        <v>10572.0</v>
+        <v>25025.0</v>
       </c>
       <c r="I17" s="5">
-        <v>12792</v>
+        <v>30280</v>
       </c>
       <c r="J17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B18">
-        <v>5.47</v>
+        <v>8.36</v>
       </c>
       <c r="C18" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D18" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E18" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="F18" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G18" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H18" s="5">
-        <v>11047.0</v>
+        <v>18562.0</v>
       </c>
       <c r="I18" s="5">
-        <v>13367</v>
+        <v>22460</v>
       </c>
       <c r="J18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B19">
-        <v>6.98</v>
+        <v>5.16</v>
       </c>
       <c r="C19" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
         <v>123</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H19" s="5">
-        <v>16028.0</v>
+        <v>10572.0</v>
       </c>
       <c r="I19" s="5">
-        <v>19394</v>
+        <v>12792</v>
       </c>
       <c r="J19" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B20">
-        <v>7.34</v>
+        <v>5.47</v>
       </c>
       <c r="C20" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D20" t="s">
         <v>124</v>
       </c>
       <c r="E20" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="F20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G20" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H20" s="5">
-        <v>13908.0</v>
+        <v>11047.0</v>
       </c>
       <c r="I20" s="5">
-        <v>16829</v>
+        <v>13367</v>
       </c>
       <c r="J20" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B21">
-        <v>6.51</v>
+        <v>6.98</v>
       </c>
       <c r="C21" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="D21" t="s">
+        <v>126</v>
+      </c>
+      <c r="E21" t="s">
         <v>125</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H21" s="5">
-        <v>12638.0</v>
+        <v>16028.0</v>
       </c>
       <c r="I21" s="5">
-        <v>15292</v>
+        <v>19394</v>
       </c>
       <c r="J21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B22">
-        <v>7.78</v>
+        <v>7.34</v>
       </c>
       <c r="C22" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="D22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E22" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F22" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H22" s="5">
-        <v>17497.0</v>
+        <v>13908.0</v>
       </c>
       <c r="I22" s="5">
-        <v>21171</v>
+        <v>16829</v>
       </c>
       <c r="J22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23">
-        <v>11.18</v>
+        <v>6.51</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="D23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E23" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="F23" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H23" s="5">
-        <v>19783.0</v>
+        <v>12638.0</v>
       </c>
       <c r="I23" s="5">
-        <v>23937</v>
+        <v>15292</v>
       </c>
       <c r="J23" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B24">
-        <v>11.55</v>
+        <v>7.78</v>
       </c>
       <c r="C24" t="s">
+        <v>89</v>
+      </c>
+      <c r="D24" t="s">
         <v>129</v>
       </c>
-      <c r="D24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="F24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H24" s="5">
-        <v>32558.0</v>
+        <v>17497.0</v>
       </c>
       <c r="I24" s="5">
-        <v>39395</v>
+        <v>21171</v>
       </c>
       <c r="J24" t="s">
-        <v>131</v>
+        <v>94</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B25">
-        <v>5.54</v>
+        <v>11.18</v>
       </c>
       <c r="C25" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="D25" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E25" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="F25" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G25" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H25" s="5">
-        <v>11154.0</v>
+        <v>19783.0</v>
       </c>
       <c r="I25" s="5">
-        <v>13496</v>
+        <v>23937</v>
       </c>
       <c r="J25" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B26">
-        <v>5.91</v>
+        <v>11.55</v>
       </c>
       <c r="C26" t="s">
-        <v>96</v>
+        <v>132</v>
       </c>
       <c r="D26" t="s">
+        <v>133</v>
+      </c>
+      <c r="E26" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" t="s">
+        <v>92</v>
+      </c>
+      <c r="G26" t="s">
+        <v>93</v>
+      </c>
+      <c r="H26" s="5">
+        <v>32558.0</v>
+      </c>
+      <c r="I26" s="5">
+        <v>39395</v>
+      </c>
+      <c r="J26" t="s">
         <v>134</v>
-      </c>
-[...16 lines deleted...]
-        <v>93</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B27">
-        <v>6.85</v>
+        <v>5.54</v>
       </c>
       <c r="C27" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" t="s">
         <v>135</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>136</v>
       </c>
-      <c r="E27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H27" s="5">
-        <v>15790.0</v>
+        <v>11154.0</v>
       </c>
       <c r="I27" s="5">
-        <v>19106</v>
+        <v>13496</v>
       </c>
       <c r="J27" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B28">
-        <v>4.4</v>
+        <v>5.91</v>
       </c>
       <c r="C28" t="s">
         <v>100</v>
       </c>
       <c r="D28" t="s">
         <v>137</v>
       </c>
       <c r="E28" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="F28" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G28" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H28" s="5">
-        <v>6943.0</v>
+        <v>9376.0</v>
       </c>
       <c r="I28" s="5">
-        <v>8401</v>
+        <v>11345</v>
       </c>
       <c r="J28" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B29">
-        <v>3.8</v>
+        <v>6.85</v>
       </c>
       <c r="C29" t="s">
-        <v>88</v>
+        <v>138</v>
       </c>
       <c r="D29" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E29" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F29" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G29" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H29" s="5">
-        <v>7878.0</v>
+        <v>15790.0</v>
       </c>
       <c r="I29" s="5">
-        <v>9532</v>
+        <v>19106</v>
       </c>
       <c r="J29" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B30">
-        <v>8.66</v>
+        <v>4.4</v>
       </c>
       <c r="C30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E30" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="F30" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G30" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H30" s="5">
-        <v>64958.0</v>
+        <v>6943.0</v>
       </c>
       <c r="I30" s="5">
-        <v>78599</v>
+        <v>8401</v>
       </c>
       <c r="J30" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B31">
-        <v>6.88</v>
+        <v>3.8</v>
       </c>
       <c r="C31" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31" t="s">
+        <v>141</v>
+      </c>
+      <c r="E31" t="s">
         <v>114</v>
       </c>
-      <c r="D31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G31" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H31" s="5">
-        <v>53851.0</v>
+        <v>7878.0</v>
       </c>
       <c r="I31" s="5">
-        <v>65160</v>
+        <v>9532</v>
       </c>
       <c r="J31" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B32">
-        <v>6.66</v>
+        <v>6.88</v>
       </c>
       <c r="C32" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D32" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E32" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="F32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H32" s="5">
-        <v>10496.0</v>
+        <v>53851.0</v>
       </c>
       <c r="I32" s="5">
-        <v>12700</v>
+        <v>65160</v>
       </c>
       <c r="J32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B33">
-        <v>4.62</v>
+        <v>6.66</v>
       </c>
       <c r="C33" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="D33" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E33" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="F33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H33" s="5">
-        <v>9157.0</v>
+        <v>10496.0</v>
       </c>
       <c r="I33" s="5">
-        <v>11080</v>
+        <v>12700</v>
       </c>
       <c r="J33" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B34">
-        <v>2.88</v>
+        <v>4.62</v>
       </c>
       <c r="C34" t="s">
-        <v>143</v>
+        <v>89</v>
       </c>
       <c r="D34" t="s">
         <v>144</v>
       </c>
       <c r="E34" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F34" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G34" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H34" s="5">
-        <v>7731.0</v>
+        <v>9157.0</v>
       </c>
       <c r="I34" s="5">
-        <v>9355</v>
+        <v>11080</v>
       </c>
       <c r="J34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B35">
-        <v>2.24</v>
+        <v>2.88</v>
       </c>
       <c r="C35" t="s">
-        <v>114</v>
+        <v>145</v>
       </c>
       <c r="D35" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E35" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="F35" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G35" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H35" s="5">
-        <v>5444.0</v>
+        <v>7731.0</v>
       </c>
       <c r="I35" s="5">
-        <v>6587</v>
+        <v>9355</v>
       </c>
       <c r="J35" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B36">
-        <v>9.02</v>
+        <v>2.24</v>
       </c>
       <c r="C36" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="D36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E36" t="s">
-        <v>147</v>
+        <v>114</v>
       </c>
       <c r="F36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H36" s="5">
-        <v>13958.0</v>
+        <v>5444.0</v>
       </c>
       <c r="I36" s="5">
-        <v>16889</v>
+        <v>6587</v>
       </c>
       <c r="J36" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B37">
-        <v>5.1</v>
+        <v>9.02</v>
       </c>
       <c r="C37" t="s">
+        <v>138</v>
+      </c>
+      <c r="D37" t="s">
         <v>148</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>149</v>
       </c>
-      <c r="E37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>150</v>
+        <v>92</v>
       </c>
       <c r="G37" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H37" s="5">
-        <v>5270.0</v>
+        <v>13958.0</v>
       </c>
       <c r="I37" s="5">
-        <v>6377</v>
+        <v>16889</v>
       </c>
       <c r="J37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B38">
-        <v>4.8</v>
+        <v>5.1</v>
       </c>
       <c r="C38" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D38" t="s">
         <v>151</v>
       </c>
       <c r="E38" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="F38" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H38" s="5">
-        <v>5011.0</v>
+        <v>5270.0</v>
       </c>
       <c r="I38" s="5">
-        <v>6063</v>
+        <v>6377</v>
       </c>
       <c r="J38" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B39">
-        <v>4.95</v>
+        <v>4.8</v>
       </c>
       <c r="C39" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D39" t="s">
+        <v>153</v>
+      </c>
+      <c r="E39" t="s">
+        <v>114</v>
+      </c>
+      <c r="F39" t="s">
         <v>152</v>
       </c>
-      <c r="E39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G39" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H39" s="5">
-        <v>5141.0</v>
+        <v>5011.0</v>
       </c>
       <c r="I39" s="5">
-        <v>6221</v>
+        <v>6063</v>
       </c>
       <c r="J39" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B40">
-        <v>3.5</v>
+        <v>4.95</v>
       </c>
       <c r="C40" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="D40" t="s">
         <v>154</v>
       </c>
       <c r="E40" t="s">
-        <v>128</v>
+        <v>91</v>
       </c>
       <c r="F40" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G40" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H40" s="5">
-        <v>4860.0</v>
+        <v>5141.0</v>
       </c>
       <c r="I40" s="5">
-        <v>5881</v>
+        <v>6221</v>
       </c>
       <c r="J40" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B41">
-        <v>3.86</v>
+        <v>3.5</v>
       </c>
       <c r="C41" t="s">
         <v>155</v>
       </c>
       <c r="D41" t="s">
         <v>156</v>
       </c>
       <c r="E41" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="F41" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G41" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H41" s="5">
-        <v>5249.0</v>
+        <v>4860.0</v>
       </c>
       <c r="I41" s="5">
-        <v>6351</v>
+        <v>5881</v>
       </c>
       <c r="J41" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42">
-        <v>3.22</v>
+        <v>3.86</v>
       </c>
       <c r="C42" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D42" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E42" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F42" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G42" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H42" s="5">
-        <v>4558.0</v>
+        <v>5249.0</v>
       </c>
       <c r="I42" s="5">
-        <v>5515</v>
+        <v>6351</v>
       </c>
       <c r="J42" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43">
-        <v>5.02</v>
+        <v>3.22</v>
       </c>
       <c r="C43" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D43" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E43" t="s">
-        <v>159</v>
+        <v>114</v>
       </c>
       <c r="F43" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G43" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H43" s="5">
-        <v>6502.0</v>
+        <v>4558.0</v>
       </c>
       <c r="I43" s="5">
-        <v>7867</v>
+        <v>5515</v>
       </c>
       <c r="J43" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B44">
-        <v>4.16</v>
+        <v>5.02</v>
       </c>
       <c r="C44" t="s">
+        <v>155</v>
+      </c>
+      <c r="D44" t="s">
         <v>160</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>161</v>
       </c>
-      <c r="E44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H44" s="5">
-        <v>5573.0</v>
+        <v>6502.0</v>
       </c>
       <c r="I44" s="5">
-        <v>6743</v>
+        <v>7867</v>
       </c>
       <c r="J44" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B45">
-        <v>4.09</v>
+        <v>4.16</v>
       </c>
       <c r="C45" t="s">
-        <v>153</v>
+        <v>162</v>
       </c>
       <c r="D45" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E45" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F45" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G45" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H45" s="5">
-        <v>5497.0</v>
+        <v>5573.0</v>
       </c>
       <c r="I45" s="5">
-        <v>6651</v>
+        <v>6743</v>
       </c>
       <c r="J45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B46">
-        <v>4.87</v>
+        <v>4.09</v>
       </c>
       <c r="C46" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="D46" t="s">
         <v>164</v>
       </c>
       <c r="E46" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="F46" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G46" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H46" s="5">
-        <v>6340.0</v>
+        <v>5497.0</v>
       </c>
       <c r="I46" s="5">
-        <v>7671</v>
+        <v>6651</v>
       </c>
       <c r="J46" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B47">
-        <v>6.19</v>
+        <v>4.87</v>
       </c>
       <c r="C47" t="s">
-        <v>88</v>
+        <v>165</v>
       </c>
       <c r="D47" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E47" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F47" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G47" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H47" s="5">
-        <v>7765.0</v>
+        <v>6340.0</v>
       </c>
       <c r="I47" s="5">
-        <v>9396</v>
+        <v>7671</v>
       </c>
       <c r="J47" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B48">
-        <v>5.65</v>
+        <v>6.19</v>
       </c>
       <c r="C48" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="D48" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E48" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F48" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G48" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H48" s="5">
-        <v>7182.0</v>
+        <v>7765.0</v>
       </c>
       <c r="I48" s="5">
-        <v>8690</v>
+        <v>9396</v>
       </c>
       <c r="J48" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B49">
-        <v>11.01</v>
+        <v>5.65</v>
       </c>
       <c r="C49" t="s">
-        <v>167</v>
+        <v>121</v>
       </c>
       <c r="D49" t="s">
         <v>168</v>
       </c>
       <c r="E49" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="F49" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G49" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H49" s="5">
-        <v>15968.0</v>
+        <v>7182.0</v>
       </c>
       <c r="I49" s="5">
-        <v>19321</v>
+        <v>8690</v>
       </c>
       <c r="J49" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B50">
-        <v>8.44</v>
+        <v>11.01</v>
       </c>
       <c r="C50" t="s">
         <v>169</v>
       </c>
       <c r="D50" t="s">
         <v>170</v>
       </c>
       <c r="E50" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="F50" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G50" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H50" s="5">
-        <v>12551.0</v>
+        <v>15968.0</v>
       </c>
       <c r="I50" s="5">
-        <v>15187</v>
+        <v>19321</v>
       </c>
       <c r="J50" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B51">
-        <v>5.93</v>
+        <v>8.44</v>
       </c>
       <c r="C51" t="s">
-        <v>88</v>
+        <v>171</v>
       </c>
       <c r="D51" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E51" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="F51" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G51" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H51" s="5">
-        <v>9214.0</v>
+        <v>12551.0</v>
       </c>
       <c r="I51" s="5">
-        <v>11149</v>
+        <v>15187</v>
       </c>
       <c r="J51" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B52">
-        <v>2.41</v>
+        <v>5.93</v>
       </c>
       <c r="C52" t="s">
-        <v>153</v>
+        <v>97</v>
       </c>
       <c r="D52" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E52" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F52" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G52" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H52" s="5">
-        <v>4534.0</v>
+        <v>9214.0</v>
       </c>
       <c r="I52" s="5">
-        <v>5486</v>
+        <v>11149</v>
       </c>
       <c r="J52" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B53">
-        <v>5.11</v>
+        <v>2.41</v>
       </c>
       <c r="C53" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D53" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E53" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="F53" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G53" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H53" s="5">
-        <v>8124.0</v>
+        <v>4534.0</v>
       </c>
       <c r="I53" s="5">
-        <v>9830</v>
+        <v>5486</v>
       </c>
       <c r="J53" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B54">
-        <v>8.75</v>
+        <v>5.11</v>
       </c>
       <c r="C54" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D54" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E54" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F54" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G54" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H54" s="5">
-        <v>12964.0</v>
+        <v>8124.0</v>
       </c>
       <c r="I54" s="5">
-        <v>15686</v>
+        <v>9830</v>
       </c>
       <c r="J54" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B55">
-        <v>5.9</v>
+        <v>8.75</v>
       </c>
       <c r="C55" t="s">
         <v>155</v>
       </c>
       <c r="D55" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E55" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F55" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G55" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H55" s="5">
-        <v>9174.0</v>
+        <v>12964.0</v>
       </c>
       <c r="I55" s="5">
-        <v>11101</v>
+        <v>15686</v>
       </c>
       <c r="J55" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B56">
-        <v>5.59</v>
+        <v>5.9</v>
       </c>
       <c r="C56" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D56" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E56" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F56" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G56" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H56" s="5">
-        <v>8762.0</v>
+        <v>9174.0</v>
       </c>
       <c r="I56" s="5">
-        <v>10602</v>
+        <v>11101</v>
       </c>
       <c r="J56" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B57">
-        <v>3.48</v>
+        <v>5.59</v>
       </c>
       <c r="C57" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D57" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E57" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="F57" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G57" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H57" s="5">
-        <v>5957.0</v>
+        <v>8762.0</v>
       </c>
       <c r="I57" s="5">
-        <v>7208</v>
+        <v>10602</v>
       </c>
       <c r="J57" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B58">
-        <v>2.16</v>
+        <v>3.48</v>
       </c>
       <c r="C58" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="D58" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E58" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F58" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G58" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H58" s="5">
-        <v>5252.0</v>
+        <v>5957.0</v>
       </c>
       <c r="I58" s="5">
-        <v>6355</v>
+        <v>7208</v>
       </c>
       <c r="J58" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B59">
-        <v>3.74</v>
+        <v>2.16</v>
       </c>
       <c r="C59" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D59" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E59" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="F59" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G59" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H59" s="5">
-        <v>5119.0</v>
+        <v>5252.0</v>
       </c>
       <c r="I59" s="5">
-        <v>6194</v>
+        <v>6355</v>
       </c>
       <c r="J59" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B60">
-        <v>6.37</v>
+        <v>3.74</v>
       </c>
       <c r="C60" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D60" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E60" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="F60" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G60" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H60" s="5">
-        <v>9799.0</v>
+        <v>5119.0</v>
       </c>
       <c r="I60" s="5">
-        <v>11857</v>
+        <v>6194</v>
       </c>
       <c r="J60" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B61">
-        <v>5.09</v>
+        <v>6.37</v>
       </c>
       <c r="C61" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="D61" t="s">
         <v>182</v>
       </c>
       <c r="E61" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="F61" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G61" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H61" s="5">
-        <v>8097.0</v>
+        <v>9799.0</v>
       </c>
       <c r="I61" s="5">
-        <v>9797</v>
+        <v>11857</v>
       </c>
       <c r="J61" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B62">
-        <v>3.64</v>
+        <v>5.09</v>
       </c>
       <c r="C62" t="s">
-        <v>167</v>
+        <v>183</v>
       </c>
       <c r="D62" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E62" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="F62" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G62" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H62" s="5">
-        <v>6169.0</v>
+        <v>8097.0</v>
       </c>
       <c r="I62" s="5">
-        <v>7464</v>
+        <v>9797</v>
       </c>
       <c r="J62" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B63">
-        <v>2.54</v>
+        <v>3.64</v>
       </c>
       <c r="C63" t="s">
-        <v>155</v>
+        <v>169</v>
       </c>
       <c r="D63" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E63" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="F63" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G63" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H63" s="5">
-        <v>4707.0</v>
+        <v>6169.0</v>
       </c>
       <c r="I63" s="5">
-        <v>5695</v>
+        <v>7464</v>
       </c>
       <c r="J63" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B64">
-        <v>6.99</v>
+        <v>2.54</v>
       </c>
       <c r="C64" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="D64" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E64" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="F64" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G64" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H64" s="5">
-        <v>10624.0</v>
+        <v>4707.0</v>
       </c>
       <c r="I64" s="5">
-        <v>12855</v>
+        <v>5695</v>
       </c>
       <c r="J64" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B65">
-        <v>5.04</v>
+        <v>6.99</v>
       </c>
       <c r="C65" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D65" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E65" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F65" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G65" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H65" s="5">
-        <v>8031.0</v>
+        <v>10624.0</v>
       </c>
       <c r="I65" s="5">
-        <v>9718</v>
+        <v>12855</v>
       </c>
       <c r="J65" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B66">
-        <v>5.47</v>
+        <v>5.04</v>
       </c>
       <c r="C66" t="s">
-        <v>88</v>
+        <v>169</v>
       </c>
       <c r="D66" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E66" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="F66" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G66" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H66" s="5">
-        <v>8603.0</v>
+        <v>8031.0</v>
       </c>
       <c r="I66" s="5">
-        <v>10410</v>
+        <v>9718</v>
       </c>
       <c r="J66" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B67">
-        <v>8.67</v>
+        <v>5.47</v>
       </c>
       <c r="C67" t="s">
+        <v>97</v>
+      </c>
+      <c r="D67" t="s">
         <v>189</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>190</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G67" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H67" s="5">
-        <v>12857.0</v>
+        <v>8603.0</v>
       </c>
       <c r="I67" s="5">
-        <v>15557</v>
+        <v>10410</v>
       </c>
       <c r="J67" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B68">
-        <v>2.74</v>
+        <v>8.67</v>
       </c>
       <c r="C68" t="s">
-        <v>167</v>
+        <v>191</v>
       </c>
       <c r="D68" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E68" t="s">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="F68" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G68" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H68" s="5">
-        <v>4973.0</v>
+        <v>12857.0</v>
       </c>
       <c r="I68" s="5">
-        <v>6017</v>
+        <v>15557</v>
       </c>
       <c r="J68" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B69">
-        <v>4.66</v>
+        <v>2.74</v>
       </c>
       <c r="C69" t="s">
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="D69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E69" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F69" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G69" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H69" s="5">
-        <v>6113.0</v>
+        <v>4973.0</v>
       </c>
       <c r="I69" s="5">
-        <v>7397</v>
+        <v>6017</v>
       </c>
       <c r="J69" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B70">
-        <v>3.02</v>
+        <v>4.66</v>
       </c>
       <c r="C70" t="s">
         <v>155</v>
       </c>
       <c r="D70" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E70" t="s">
-        <v>98</v>
+        <v>131</v>
       </c>
       <c r="F70" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G70" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H70" s="5">
-        <v>5345.0</v>
+        <v>6113.0</v>
       </c>
       <c r="I70" s="5">
-        <v>6467</v>
+        <v>7397</v>
       </c>
       <c r="J70" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B71">
-        <v>5.07</v>
+        <v>3.02</v>
       </c>
       <c r="C71" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D71" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E71" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="F71" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G71" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H71" s="5">
-        <v>8071.0</v>
+        <v>5345.0</v>
       </c>
       <c r="I71" s="5">
-        <v>9766</v>
+        <v>6467</v>
       </c>
       <c r="J71" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B72">
-        <v>12.17</v>
+        <v>5.07</v>
       </c>
       <c r="C72" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D72" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E72" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="F72" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G72" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H72" s="5">
-        <v>21889.0</v>
+        <v>8071.0</v>
       </c>
       <c r="I72" s="5">
-        <v>26486</v>
+        <v>9766</v>
       </c>
       <c r="J72" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B73">
-        <v>7.13</v>
+        <v>12.17</v>
       </c>
       <c r="C73" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D73" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E73" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="F73" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G73" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H73" s="5">
-        <v>10810.0</v>
+        <v>21889.0</v>
       </c>
       <c r="I73" s="5">
-        <v>13080</v>
+        <v>26486</v>
       </c>
       <c r="J73" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B74">
-        <v>3.76</v>
+        <v>7.13</v>
       </c>
       <c r="C74" t="s">
-        <v>197</v>
+        <v>157</v>
       </c>
       <c r="D74" t="s">
         <v>198</v>
       </c>
       <c r="E74" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="F74" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G74" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H74" s="5">
-        <v>6329.0</v>
+        <v>10810.0</v>
       </c>
       <c r="I74" s="5">
-        <v>7658</v>
+        <v>13080</v>
       </c>
       <c r="J74" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B75">
-        <v>3.28</v>
+        <v>3.76</v>
       </c>
       <c r="C75" t="s">
-        <v>88</v>
+        <v>199</v>
       </c>
       <c r="D75" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E75" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F75" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G75" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H75" s="5">
-        <v>4622.0</v>
+        <v>6329.0</v>
       </c>
       <c r="I75" s="5">
-        <v>5593</v>
+        <v>7658</v>
       </c>
       <c r="J75" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B76">
-        <v>5.21</v>
+        <v>3.28</v>
       </c>
       <c r="C76" t="s">
-        <v>148</v>
+        <v>97</v>
       </c>
       <c r="D76" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E76" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="F76" t="s">
-        <v>150</v>
+        <v>92</v>
       </c>
       <c r="G76" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H76" s="5">
-        <v>5365.0</v>
+        <v>4622.0</v>
       </c>
       <c r="I76" s="5">
-        <v>6492</v>
+        <v>5593</v>
       </c>
       <c r="J76" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K76" t="s">
         <v>86</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13">
+      <c r="A77" t="s">
+        <v>88</v>
+      </c>
+      <c r="B77">
+        <v>5.21</v>
+      </c>
+      <c r="C77" t="s">
+        <v>150</v>
+      </c>
+      <c r="D77" t="s">
+        <v>202</v>
+      </c>
+      <c r="E77" t="s">
+        <v>114</v>
+      </c>
+      <c r="F77" t="s">
+        <v>152</v>
+      </c>
+      <c r="G77" t="s">
+        <v>93</v>
+      </c>
+      <c r="H77" s="5">
+        <v>5365.0</v>
+      </c>
+      <c r="I77" s="5">
+        <v>6492</v>
+      </c>
+      <c r="J77" t="s">
+        <v>94</v>
+      </c>
+      <c r="K77" t="s">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -3878,50 +3919,51 @@
     <hyperlink ref="K52" r:id="rId_hyperlink_50"/>
     <hyperlink ref="K53" r:id="rId_hyperlink_51"/>
     <hyperlink ref="K54" r:id="rId_hyperlink_52"/>
     <hyperlink ref="K55" r:id="rId_hyperlink_53"/>
     <hyperlink ref="K56" r:id="rId_hyperlink_54"/>
     <hyperlink ref="K57" r:id="rId_hyperlink_55"/>
     <hyperlink ref="K58" r:id="rId_hyperlink_56"/>
     <hyperlink ref="K59" r:id="rId_hyperlink_57"/>
     <hyperlink ref="K60" r:id="rId_hyperlink_58"/>
     <hyperlink ref="K61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="K62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="K63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="K64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="K65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="K66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="K67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="K68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="K69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="K70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="K71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="K72" r:id="rId_hyperlink_70"/>
     <hyperlink ref="K73" r:id="rId_hyperlink_71"/>
     <hyperlink ref="K74" r:id="rId_hyperlink_72"/>
     <hyperlink ref="K75" r:id="rId_hyperlink_73"/>
     <hyperlink ref="K76" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="K77" r:id="rId_hyperlink_75"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>