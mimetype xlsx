--- v0 (2025-11-28)
+++ v1 (2026-01-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
@@ -313,53 +313,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/citrin-412ct-orangy-yellow-s-igi-certifikatem-010741.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-393ct-yellow-orange-s-igi-certifikatem-010740.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-380ct-deep-orange-s-igi-certifikatem-010739.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-369ct-yellowish-orange-s-igi-certifikatem-010738.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-352ct-brownish-orange-s-igi-certifikatem-010737.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-346ct-yellowish-orange-s-igi-certifikatem-010736.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-341ct-yellowish-orange-s-igi-certifikatem-010735.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-326ct-orange-s-igi-certifikatem-010734.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/citrin-232ct-yellowish-orange-s-igi-certifikatem-010729.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/citrin-694ct-orangy-yellow-s-igi-certifikatem-010634.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-496ct-yellowish-orange-s-igi-certifikatem-010632.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-1384ct-orangy-yellow-s-igi-certifikatem-010392.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-1888ct-yellow-s-igi-certifikatem-010391.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-1149ct-light-yellow-s-igi-certifikatem-010390.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-2014ct-yellow-s-igi-certifikatem-010385.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-1310ct-deep-orange-s-igi-certifikatem-010383.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-1081ct-deep-orange-s-igi-certifikatem-010381.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-1838ct-brownish-orange-s-igi-certifikatem-010380.html</t>
@@ -743,53 +740,50 @@
     <t>11.27mm x 9.4mm7 x 5.52mm</t>
   </si>
   <si>
     <t>Deep Orange</t>
   </si>
   <si>
     <t>11.12mm x 9.09mm x 5.88mm</t>
   </si>
   <si>
     <t>11.09mm x 8.66mm x 5.32mm</t>
   </si>
   <si>
     <t>Brownish Orange</t>
   </si>
   <si>
     <t>11.07mm x 9.03mm x 6.18mm</t>
   </si>
   <si>
     <t>10.73mm x 8.02mm x 5.34mm</t>
   </si>
   <si>
     <t>10.12mm x 10.35mm x 5.96mm</t>
   </si>
   <si>
     <t>Orange</t>
-  </si>
-[...1 lines deleted...]
-    <t>8.08mm x 8.00mm x 5.87mm</t>
   </si>
   <si>
     <t>12.95mm x 10.29mm x 8.94mm</t>
   </si>
   <si>
     <t>12.28mm x 10.24mm x 7.28mm</t>
   </si>
   <si>
     <t>Oval Brilliant</t>
   </si>
   <si>
     <t>18.97mm x 14.57mm x 8.94mm</t>
   </si>
   <si>
     <t>20.26mm x 15.26mm x 10.36mm</t>
   </si>
   <si>
     <t>Oval Combination</t>
   </si>
   <si>
     <t>17.37mm x 12.59mm x 8.81mm</t>
   </si>
   <si>
     <t>Light Yellow</t>
   </si>
@@ -1353,62 +1347,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1068ct-yellow-s-igi-certifikatem-0101553.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-768ct-yellowish-orange-s-igi-certifikatem-0101552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-761ct-deep-yellowish-orange-s-igi-certifikatem-0101551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-715ct-orange-yellow-s-igi-certifikatem-0101550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-601ct-yellowish-orange-s-igi-certifikatem-0101549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-592ct-deep-yellowish-orange-s-igi-certifikatem-0101548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-521ct-deep-yellowish-orange-s-igi-certifikatem-0101547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-483ct-deep-yellowish-orange-s-igi-certifikatem-0101546.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-441ct-deep-yellowish-orange-s-igi-certifikatem-0101545.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-391ct-deep-yellowish-orange-s-igi-certifikatem-0101544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-374ct-deep-yellowish-orange-s-igi-certifikatem-0101543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-335ct-deep-orangy-yellow-s-igi-certifikatem-0101542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-307ct-orange-yellow-s-igi-certifikatem-0101541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-305ct-orangy-yellow-s-igi-certifikatem-0101540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-222ct-yellow-s-igi-certifikatem-0101539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-204ct-deep-yellow-orange-s-igi-certifikatem-0101538.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-167ct-deep-yellow-orange-s-igi-certifikatem-0101537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101535.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-150ct-greenish-yellow-s-igi-certifikatem-0101534.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-148ct-greenish-yellow-s-igi-certifikatem-0101531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101526.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-144ct-yellow-s-igi-certifikatem-0101525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-140ct-greenish-yellow-s-igi-certifikatem-0101524.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-227ct-yellowish-orange-s-igi-certifikatem-0101387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-249ct-yellowish-orange-s-igi-certifikatem-0101386.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-844ct-yellowish-orange-s-igi-certifikatem-0101385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-286ct-yellow-orange-s-igi-certifikatem-0101384.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-220ct-yellowish-orange-s-igi-certifikatem-0101383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-803ct-yellowish-orange-s-igi-certifikatem-0101381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-191ct-yellowish-orange-s-igi-certifikatem-0101380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-395ct-orangy-yellow-s-igi-certifikatem-0101376.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-291ct-yellowish-orange-s-igi-certifikatem-0101375.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-309ct-yellowish-orange-s-igi-certifikatem-0101290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-331ct-yellowish-orange-s-igi-certifikatem-0101284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-421ct-orangy-yellow-s-igi-certifikatem-0101283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-490ct-greenish-yellow-s-igi-certifikatem-0101282.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-422ct-orangy-yellow-s-igi-certifikatem-0101281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-631ct-yellowish-orange-s-igi-certifikatem-0101280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-317ct-yellow-orange-s-igi-certifikatem-0101279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-397ct-yellowish-orange-s-igi-certifikatem-0101278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-404ct-orange-yellow-s-igi-certifikatem-0101277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-384ct-yellowish-orange-s-igi-certifikatem-0101276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-244ct-yellowish-orange-s-igi-certifikatem-0101273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-466ct-orangy-yellow-s-igi-certifikatem-0101141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-476ct-yellow-orange-s-igi-certifikatem-0101138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-266ct-yellowish-orange-s-igi-certifikatem-0101137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-420ct-yellow-orange-s-igi-certifikatem-0101073.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1227ct-orange-yellow-s-igi-certifikatem-0101070.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-760ct-yellowish-orange-s-igi-certifikatem-0101069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1177ct-orangy-yellow-s-igi-certifikatem-0101068.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-709ct-yellowish-orange-s-igi-certifikatem-0101067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-637ct-yellow-orange-s-igi-certifikatem-0101066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-705ct-orange-yellow-s-igi-certifikatem-0101064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-929ct-yellowish-orange-s-igi-certifikatem-0101063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-743ct-yellowish-orange-s-igi-certifikatem-0101061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-874ct-yellowish-orange-s-igi-certifikatem-0101060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-720ct-yellowish-orange-s-igi-certifikatem-0101059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-564ct-yellowish-orange-s-igi-certifikatem-0101058.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-855ct-yellow-s-igi-certifikatem-0101057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-568ct-orangy-yellow-s-igi-certifikatem-0101056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-685ct-yellow-s-igi-certifikatem-0101055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1348ct-yellowish-orange-s-igi-certifikatem-0101054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-890ct-yellowish-orange-s-igi-certifikatem-0101053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-303ct-yellowish-orange-s-igi-certifikatem-010887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-212ct-yellow-s-igi-certifikatem-010886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-653ct-yellowish-orange-s-igi-certifikatem-010751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-491ct-yellowish-orange-s-igi-certifikatem-010750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-474ct-orangy-yellow-s-igi-certifikatem-010748.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-455ct-brownish-orangy-yellow-s-igi-certifikatem-010747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-454ct-orangy-yellow-s-igi-certifikatem-010746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-brownish-yellow-s-igi-certifikatem-010744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-yellowish-orange-s-igi-certifikatem-010743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-413ct-yellow-orange-s-igi-certifikatem-010742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-412ct-orangy-yellow-s-igi-certifikatem-010741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-393ct-yellow-orange-s-igi-certifikatem-010740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-deep-orange-s-igi-certifikatem-010739.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-369ct-yellowish-orange-s-igi-certifikatem-010738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-352ct-brownish-orange-s-igi-certifikatem-010737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-346ct-yellowish-orange-s-igi-certifikatem-010736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-341ct-yellowish-orange-s-igi-certifikatem-010735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-326ct-orange-s-igi-certifikatem-010734.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-232ct-yellowish-orange-s-igi-certifikatem-010729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-694ct-orangy-yellow-s-igi-certifikatem-010634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-496ct-yellowish-orange-s-igi-certifikatem-010632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1384ct-orangy-yellow-s-igi-certifikatem-010392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1888ct-yellow-s-igi-certifikatem-010391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1149ct-light-yellow-s-igi-certifikatem-010390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-2014ct-yellow-s-igi-certifikatem-010385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1310ct-deep-orange-s-igi-certifikatem-010383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1081ct-deep-orange-s-igi-certifikatem-010381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1838ct-brownish-orange-s-igi-certifikatem-010380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-833ct-yellowish-orange-s-igi-certifikatem-010251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-862ct-orangy-yellow-s-igi-certifikatem-010248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-725ct-yellow-s-igi-certifikatem-010244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-yellow-s-igi-certifikatem-010243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-585ct-yellowish-orange-s-igi-certifikatem-010242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1137ct-yellow-orange-s-igi-certifikatem-010241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-551ct-yellow-orange-s-igi-certifikatem-010139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-851ct-yellow-s-igi-certifikatem-010138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-691ct-yellow-orange-s-igi-certifikatem-010137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-687ct-orange-s-igi-certifikatem-010136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1014ct-yellow-s-igi-certifikatem-010129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-934ct-yellow-s-igi-certifikatem-010128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-914ct-yellowish-orange-s-igi-certifikatem-010126.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1068ct-yellow-s-igi-certifikatem-0101553.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-768ct-yellowish-orange-s-igi-certifikatem-0101552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-761ct-deep-yellowish-orange-s-igi-certifikatem-0101551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-715ct-orange-yellow-s-igi-certifikatem-0101550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-601ct-yellowish-orange-s-igi-certifikatem-0101549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-592ct-deep-yellowish-orange-s-igi-certifikatem-0101548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-521ct-deep-yellowish-orange-s-igi-certifikatem-0101547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-483ct-deep-yellowish-orange-s-igi-certifikatem-0101546.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-441ct-deep-yellowish-orange-s-igi-certifikatem-0101545.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-391ct-deep-yellowish-orange-s-igi-certifikatem-0101544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-374ct-deep-yellowish-orange-s-igi-certifikatem-0101543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-335ct-deep-orangy-yellow-s-igi-certifikatem-0101542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-307ct-orange-yellow-s-igi-certifikatem-0101541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-305ct-orangy-yellow-s-igi-certifikatem-0101540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-222ct-yellow-s-igi-certifikatem-0101539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-204ct-deep-yellow-orange-s-igi-certifikatem-0101538.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-167ct-deep-yellow-orange-s-igi-certifikatem-0101537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101535.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-150ct-greenish-yellow-s-igi-certifikatem-0101534.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-148ct-greenish-yellow-s-igi-certifikatem-0101531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101526.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-144ct-yellow-s-igi-certifikatem-0101525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-140ct-greenish-yellow-s-igi-certifikatem-0101524.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-227ct-yellowish-orange-s-igi-certifikatem-0101387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-249ct-yellowish-orange-s-igi-certifikatem-0101386.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-844ct-yellowish-orange-s-igi-certifikatem-0101385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-286ct-yellow-orange-s-igi-certifikatem-0101384.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-220ct-yellowish-orange-s-igi-certifikatem-0101383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-803ct-yellowish-orange-s-igi-certifikatem-0101381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-191ct-yellowish-orange-s-igi-certifikatem-0101380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-395ct-orangy-yellow-s-igi-certifikatem-0101376.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-291ct-yellowish-orange-s-igi-certifikatem-0101375.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-309ct-yellowish-orange-s-igi-certifikatem-0101290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-331ct-yellowish-orange-s-igi-certifikatem-0101284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-421ct-orangy-yellow-s-igi-certifikatem-0101283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-490ct-greenish-yellow-s-igi-certifikatem-0101282.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-422ct-orangy-yellow-s-igi-certifikatem-0101281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-631ct-yellowish-orange-s-igi-certifikatem-0101280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-317ct-yellow-orange-s-igi-certifikatem-0101279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-397ct-yellowish-orange-s-igi-certifikatem-0101278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-404ct-orange-yellow-s-igi-certifikatem-0101277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-384ct-yellowish-orange-s-igi-certifikatem-0101276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-244ct-yellowish-orange-s-igi-certifikatem-0101273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-466ct-orangy-yellow-s-igi-certifikatem-0101141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-476ct-yellow-orange-s-igi-certifikatem-0101138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-266ct-yellowish-orange-s-igi-certifikatem-0101137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-420ct-yellow-orange-s-igi-certifikatem-0101073.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1227ct-orange-yellow-s-igi-certifikatem-0101070.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-760ct-yellowish-orange-s-igi-certifikatem-0101069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1177ct-orangy-yellow-s-igi-certifikatem-0101068.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-709ct-yellowish-orange-s-igi-certifikatem-0101067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-637ct-yellow-orange-s-igi-certifikatem-0101066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-705ct-orange-yellow-s-igi-certifikatem-0101064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-929ct-yellowish-orange-s-igi-certifikatem-0101063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-743ct-yellowish-orange-s-igi-certifikatem-0101061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-874ct-yellowish-orange-s-igi-certifikatem-0101060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-720ct-yellowish-orange-s-igi-certifikatem-0101059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-564ct-yellowish-orange-s-igi-certifikatem-0101058.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-855ct-yellow-s-igi-certifikatem-0101057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-568ct-orangy-yellow-s-igi-certifikatem-0101056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-685ct-yellow-s-igi-certifikatem-0101055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1348ct-yellowish-orange-s-igi-certifikatem-0101054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-890ct-yellowish-orange-s-igi-certifikatem-0101053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-303ct-yellowish-orange-s-igi-certifikatem-010887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-212ct-yellow-s-igi-certifikatem-010886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-653ct-yellowish-orange-s-igi-certifikatem-010751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-491ct-yellowish-orange-s-igi-certifikatem-010750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-474ct-orangy-yellow-s-igi-certifikatem-010748.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-455ct-brownish-orangy-yellow-s-igi-certifikatem-010747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-454ct-orangy-yellow-s-igi-certifikatem-010746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-brownish-yellow-s-igi-certifikatem-010744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-yellowish-orange-s-igi-certifikatem-010743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-413ct-yellow-orange-s-igi-certifikatem-010742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-412ct-orangy-yellow-s-igi-certifikatem-010741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-393ct-yellow-orange-s-igi-certifikatem-010740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-deep-orange-s-igi-certifikatem-010739.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-369ct-yellowish-orange-s-igi-certifikatem-010738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-352ct-brownish-orange-s-igi-certifikatem-010737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-346ct-yellowish-orange-s-igi-certifikatem-010736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-341ct-yellowish-orange-s-igi-certifikatem-010735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-326ct-orange-s-igi-certifikatem-010734.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-694ct-orangy-yellow-s-igi-certifikatem-010634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-496ct-yellowish-orange-s-igi-certifikatem-010632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1384ct-orangy-yellow-s-igi-certifikatem-010392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1888ct-yellow-s-igi-certifikatem-010391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1149ct-light-yellow-s-igi-certifikatem-010390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-2014ct-yellow-s-igi-certifikatem-010385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1310ct-deep-orange-s-igi-certifikatem-010383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1081ct-deep-orange-s-igi-certifikatem-010381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1838ct-brownish-orange-s-igi-certifikatem-010380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-833ct-yellowish-orange-s-igi-certifikatem-010251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-862ct-orangy-yellow-s-igi-certifikatem-010248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-725ct-yellow-s-igi-certifikatem-010244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-yellow-s-igi-certifikatem-010243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-585ct-yellowish-orange-s-igi-certifikatem-010242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1137ct-yellow-orange-s-igi-certifikatem-010241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-551ct-yellow-orange-s-igi-certifikatem-010139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-851ct-yellow-s-igi-certifikatem-010138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-691ct-yellow-orange-s-igi-certifikatem-010137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-687ct-orange-s-igi-certifikatem-010136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1014ct-yellow-s-igi-certifikatem-010129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-934ct-yellow-s-igi-certifikatem-010128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-914ct-yellowish-orange-s-igi-certifikatem-010126.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M110"/>
+  <dimension ref="A1:M109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I110" sqref="I110"/>
+      <selection activeCell="I109" sqref="I109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1432,3826 +1426,3791 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B3">
         <v>10.68</v>
       </c>
       <c r="C3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D3" t="s">
         <v>122</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>123</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G3" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H3" s="5">
         <v>17066.0</v>
       </c>
       <c r="I3" s="5">
         <v>20650</v>
       </c>
       <c r="J3" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B4">
         <v>7.68</v>
       </c>
       <c r="C4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D4" t="s">
+        <v>127</v>
+      </c>
+      <c r="E4" t="s">
         <v>128</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G4" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H4" s="5">
         <v>13440.0</v>
       </c>
       <c r="I4" s="5">
         <v>16262</v>
       </c>
       <c r="J4" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B5">
         <v>7.61</v>
       </c>
       <c r="C5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D5" t="s">
         <v>130</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>131</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G5" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H5" s="5">
         <v>13374.0</v>
       </c>
       <c r="I5" s="5">
         <v>16183</v>
       </c>
       <c r="J5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B6">
         <v>7.15</v>
       </c>
       <c r="C6" t="s">
+        <v>132</v>
+      </c>
+      <c r="D6" t="s">
         <v>133</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>134</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G6" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H6" s="5">
         <v>12940.0</v>
       </c>
       <c r="I6" s="5">
         <v>15657</v>
       </c>
       <c r="J6" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B7">
         <v>6.01</v>
       </c>
       <c r="C7" t="s">
+        <v>135</v>
+      </c>
+      <c r="D7" t="s">
         <v>136</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F7" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G7" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H7" s="5">
         <v>14833.0</v>
       </c>
       <c r="I7" s="5">
         <v>17948</v>
       </c>
       <c r="J7" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B8">
         <v>5.92</v>
       </c>
       <c r="C8" t="s">
+        <v>137</v>
+      </c>
+      <c r="D8" t="s">
         <v>138</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H8" s="5">
         <v>14728.0</v>
       </c>
       <c r="I8" s="5">
         <v>17821</v>
       </c>
       <c r="J8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B9">
         <v>5.21</v>
       </c>
       <c r="C9" t="s">
+        <v>139</v>
+      </c>
+      <c r="D9" t="s">
         <v>140</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F9" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G9" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H9" s="5">
         <v>16671.0</v>
       </c>
       <c r="I9" s="5">
         <v>20172</v>
       </c>
       <c r="J9" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B10">
         <v>4.83</v>
       </c>
       <c r="C10" t="s">
+        <v>141</v>
+      </c>
+      <c r="D10" t="s">
         <v>142</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F10" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G10" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H10" s="5">
         <v>11928.0</v>
       </c>
       <c r="I10" s="5">
         <v>14433</v>
       </c>
       <c r="J10" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B11">
         <v>4.41</v>
       </c>
       <c r="C11" t="s">
+        <v>143</v>
+      </c>
+      <c r="D11" t="s">
         <v>144</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F11" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G11" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H11" s="5">
         <v>7558.0</v>
       </c>
       <c r="I11" s="5">
         <v>9145</v>
       </c>
       <c r="J11" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B12">
         <v>3.91</v>
       </c>
       <c r="C12" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D12" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="E12" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F12" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G12" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H12" s="5">
         <v>7086.0</v>
       </c>
       <c r="I12" s="5">
         <v>8574</v>
       </c>
       <c r="J12" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B13">
         <v>3.74</v>
       </c>
       <c r="C13" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D13" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E13" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F13" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G13" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H13" s="5">
         <v>6926.0</v>
       </c>
       <c r="I13" s="5">
         <v>8380</v>
       </c>
       <c r="J13" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B14">
         <v>3.35</v>
       </c>
       <c r="C14" t="s">
+        <v>147</v>
+      </c>
+      <c r="D14" t="s">
         <v>148</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>149</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G14" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H14" s="5">
         <v>6318.0</v>
       </c>
       <c r="I14" s="5">
         <v>7645</v>
       </c>
       <c r="J14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B15">
         <v>3.07</v>
       </c>
       <c r="C15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D15" t="s">
         <v>151</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F15" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H15" s="5">
         <v>9081.0</v>
       </c>
       <c r="I15" s="5">
         <v>10988</v>
       </c>
       <c r="J15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B16">
         <v>3.05</v>
       </c>
       <c r="C16" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D16" t="s">
+        <v>152</v>
+      </c>
+      <c r="E16" t="s">
         <v>153</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G16" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H16" s="5">
         <v>9054.0</v>
       </c>
       <c r="I16" s="5">
         <v>10955</v>
       </c>
       <c r="J16" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B17">
         <v>2.22</v>
       </c>
       <c r="C17" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D17" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E17" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F17" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G17" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H17" s="5">
         <v>7398.0</v>
       </c>
       <c r="I17" s="5">
         <v>8952</v>
       </c>
       <c r="J17" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B18">
         <v>2.04</v>
       </c>
       <c r="C18" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D18" t="s">
+        <v>155</v>
+      </c>
+      <c r="E18" t="s">
         <v>156</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G18" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H18" s="5">
         <v>7143.0</v>
       </c>
       <c r="I18" s="5">
         <v>8643</v>
       </c>
       <c r="J18" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B19">
         <v>1.67</v>
       </c>
       <c r="C19" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D19" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E19" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F19" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G19" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H19" s="5">
         <v>3904.0</v>
       </c>
       <c r="I19" s="5">
         <v>4724</v>
       </c>
       <c r="J19" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B20">
         <v>1.51</v>
       </c>
       <c r="C20" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D20" t="s">
+        <v>158</v>
+      </c>
+      <c r="E20" t="s">
         <v>159</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G20" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H20" s="5">
         <v>7508.0</v>
       </c>
       <c r="I20" s="5">
         <v>9085</v>
       </c>
       <c r="J20" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B21">
         <v>1.51</v>
       </c>
       <c r="C21" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D21" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E21" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F21" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G21" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H21" s="5">
         <v>7508.0</v>
       </c>
       <c r="I21" s="5">
         <v>9085</v>
       </c>
       <c r="J21" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B22">
         <v>1.5</v>
       </c>
       <c r="C22" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D22" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="E22" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F22" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G22" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H22" s="5">
         <v>7488.0</v>
       </c>
       <c r="I22" s="5">
         <v>9060</v>
       </c>
       <c r="J22" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B23">
         <v>1.49</v>
       </c>
       <c r="C23" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D23" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="E23" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F23" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G23" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H23" s="5">
         <v>7048.0</v>
       </c>
       <c r="I23" s="5">
         <v>8528</v>
       </c>
       <c r="J23" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B24">
         <v>1.49</v>
       </c>
       <c r="C24" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D24" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E24" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H24" s="5">
         <v>7048.0</v>
       </c>
       <c r="I24" s="5">
         <v>8528</v>
       </c>
       <c r="J24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B25">
         <v>1.48</v>
       </c>
       <c r="C25" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D25" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E25" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F25" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G25" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H25" s="5">
         <v>7028.0</v>
       </c>
       <c r="I25" s="5">
         <v>8504</v>
       </c>
       <c r="J25" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B26">
         <v>1.45</v>
       </c>
       <c r="C26" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D26" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E26" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F26" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G26" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H26" s="5">
         <v>6972.0</v>
       </c>
       <c r="I26" s="5">
         <v>8436</v>
       </c>
       <c r="J26" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B27">
         <v>1.45</v>
       </c>
       <c r="C27" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D27" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="E27" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F27" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G27" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H27" s="5">
         <v>6972.0</v>
       </c>
       <c r="I27" s="5">
         <v>8436</v>
       </c>
       <c r="J27" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B28">
         <v>1.44</v>
       </c>
       <c r="C28" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D28" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="E28" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F28" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G28" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H28" s="5">
         <v>6952.0</v>
       </c>
       <c r="I28" s="5">
         <v>8412</v>
       </c>
       <c r="J28" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B29">
         <v>1.4</v>
       </c>
       <c r="C29" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D29" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E29" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F29" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G29" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H29" s="5">
         <v>6876.0</v>
       </c>
       <c r="I29" s="5">
         <v>8320</v>
       </c>
       <c r="J29" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B30">
         <v>2.27</v>
       </c>
       <c r="C30" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D30" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="E30" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F30" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G30" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H30" s="5">
         <v>5771.0</v>
       </c>
       <c r="I30" s="5">
         <v>6983</v>
       </c>
       <c r="J30" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B31">
         <v>2.49</v>
       </c>
       <c r="C31" t="s">
+        <v>170</v>
+      </c>
+      <c r="D31" t="s">
         <v>171</v>
       </c>
-      <c r="D31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F31" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G31" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H31" s="5">
         <v>5960.0</v>
       </c>
       <c r="I31" s="5">
         <v>7212</v>
       </c>
       <c r="J31" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B32">
         <v>8.44</v>
       </c>
       <c r="C32" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D32" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="E32" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F32" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G32" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H32" s="5">
         <v>11866.0</v>
       </c>
       <c r="I32" s="5">
         <v>14358</v>
       </c>
       <c r="J32" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B33">
         <v>2.86</v>
       </c>
       <c r="C33" t="s">
+        <v>173</v>
+      </c>
+      <c r="D33" t="s">
         <v>174</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>175</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G33" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H33" s="5">
         <v>4488.0</v>
       </c>
       <c r="I33" s="5">
         <v>5430</v>
       </c>
       <c r="J33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B34">
         <v>2.2</v>
       </c>
       <c r="C34" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D34" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E34" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F34" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G34" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H34" s="5">
         <v>4077.0</v>
       </c>
       <c r="I34" s="5">
         <v>4933</v>
       </c>
       <c r="J34" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B35">
         <v>8.03</v>
       </c>
       <c r="C35" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D35" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E35" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F35" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G35" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H35" s="5">
         <v>9633.0</v>
       </c>
       <c r="I35" s="5">
         <v>11656</v>
       </c>
       <c r="J35" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B36">
         <v>1.91</v>
       </c>
       <c r="C36" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D36" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E36" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F36" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G36" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H36" s="5">
         <v>4372.0</v>
       </c>
       <c r="I36" s="5">
         <v>5290</v>
       </c>
       <c r="J36" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B37">
         <v>3.95</v>
       </c>
       <c r="C37" t="s">
+        <v>179</v>
+      </c>
+      <c r="D37" t="s">
         <v>180</v>
       </c>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F37" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G37" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H37" s="5">
         <v>3614.0</v>
       </c>
       <c r="I37" s="5">
         <v>4373</v>
       </c>
       <c r="J37" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B38">
         <v>2.91</v>
       </c>
       <c r="C38" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D38" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E38" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F38" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G38" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H38" s="5">
         <v>6325.0</v>
       </c>
       <c r="I38" s="5">
         <v>7653</v>
       </c>
       <c r="J38" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B39">
         <v>3.09</v>
       </c>
       <c r="C39" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D39" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E39" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F39" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G39" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H39" s="5">
         <v>12306.0</v>
       </c>
       <c r="I39" s="5">
         <v>14890</v>
       </c>
       <c r="J39" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B40">
         <v>3.31</v>
       </c>
       <c r="C40" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D40" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E40" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F40" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G40" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H40" s="5">
         <v>5946.0</v>
       </c>
       <c r="I40" s="5">
         <v>7195</v>
       </c>
       <c r="J40" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B41">
         <v>4.21</v>
       </c>
       <c r="C41" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D41" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E41" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F41" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G41" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H41" s="5">
         <v>4841.0</v>
       </c>
       <c r="I41" s="5">
         <v>5858</v>
       </c>
       <c r="J41" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B42">
         <v>4.9</v>
       </c>
       <c r="C42" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D42" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E42" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F42" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G42" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H42" s="5">
         <v>5297.0</v>
       </c>
       <c r="I42" s="5">
         <v>6409</v>
       </c>
       <c r="J42" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B43">
         <v>4.22</v>
       </c>
       <c r="C43" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D43" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="E43" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F43" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G43" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H43" s="5">
         <v>9695.0</v>
       </c>
       <c r="I43" s="5">
         <v>11731</v>
       </c>
       <c r="J43" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B44">
         <v>6.31</v>
       </c>
       <c r="C44" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D44" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E44" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F44" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G44" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H44" s="5">
         <v>21156.0</v>
       </c>
       <c r="I44" s="5">
         <v>25599</v>
       </c>
       <c r="J44" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B45">
         <v>3.17</v>
       </c>
       <c r="C45" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D45" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="E45" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F45" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G45" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H45" s="5">
         <v>5817.0</v>
       </c>
       <c r="I45" s="5">
         <v>7039</v>
       </c>
       <c r="J45" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B46">
         <v>3.97</v>
       </c>
       <c r="C46" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D46" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E46" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F46" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G46" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H46" s="5">
         <v>14048.0</v>
       </c>
       <c r="I46" s="5">
         <v>16998</v>
       </c>
       <c r="J46" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B47">
         <v>4.04</v>
       </c>
       <c r="C47" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D47" t="s">
+        <v>190</v>
+      </c>
+      <c r="E47" t="s">
         <v>191</v>
       </c>
-      <c r="E47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G47" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H47" s="5">
         <v>4729.0</v>
       </c>
       <c r="I47" s="5">
         <v>5722</v>
       </c>
       <c r="J47" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B48">
         <v>3.84</v>
       </c>
       <c r="C48" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D48" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E48" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F48" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G48" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H48" s="5">
         <v>6436.0</v>
       </c>
       <c r="I48" s="5">
         <v>7788</v>
       </c>
       <c r="J48" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B49">
         <v>2.44</v>
       </c>
       <c r="C49" t="s">
+        <v>193</v>
+      </c>
+      <c r="D49" t="s">
         <v>194</v>
       </c>
-      <c r="D49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F49" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G49" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H49" s="5">
         <v>7346.0</v>
       </c>
       <c r="I49" s="5">
         <v>8889</v>
       </c>
       <c r="J49" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B50">
         <v>4.66</v>
       </c>
       <c r="C50" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D50" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E50" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F50" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G50" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H50" s="5">
         <v>4764.0</v>
       </c>
       <c r="I50" s="5">
         <v>5764</v>
       </c>
       <c r="J50" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B51">
         <v>4.76</v>
       </c>
       <c r="C51" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D51" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E51" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F51" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G51" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H51" s="5">
         <v>4825.0</v>
       </c>
       <c r="I51" s="5">
         <v>5838</v>
       </c>
       <c r="J51" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B52">
         <v>2.66</v>
       </c>
       <c r="C52" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D52" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E52" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F52" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G52" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H52" s="5">
         <v>4957.0</v>
       </c>
       <c r="I52" s="5">
         <v>5998</v>
       </c>
       <c r="J52" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B53">
         <v>4.2</v>
       </c>
       <c r="C53" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D53" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="E53" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F53" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G53" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H53" s="5">
         <v>6276.0</v>
       </c>
       <c r="I53" s="5">
         <v>7594</v>
       </c>
       <c r="J53" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B54">
         <v>12.27</v>
       </c>
       <c r="C54" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D54" t="s">
+        <v>199</v>
+      </c>
+      <c r="E54" t="s">
         <v>200</v>
       </c>
-      <c r="E54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G54" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H54" s="5">
         <v>14261.0</v>
       </c>
       <c r="I54" s="5">
         <v>17256</v>
       </c>
       <c r="J54" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B55">
         <v>7.6</v>
       </c>
       <c r="C55" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D55" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E55" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F55" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G55" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H55" s="5">
         <v>10260.0</v>
       </c>
       <c r="I55" s="5">
         <v>12415</v>
       </c>
       <c r="J55" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B56">
         <v>11.77</v>
       </c>
       <c r="C56" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D56" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E56" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F56" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G56" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H56" s="5">
         <v>19761.0</v>
       </c>
       <c r="I56" s="5">
         <v>23911</v>
       </c>
       <c r="J56" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B57">
         <v>7.09</v>
       </c>
       <c r="C57" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D57" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E57" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F57" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G57" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H57" s="5">
         <v>14033.0</v>
       </c>
       <c r="I57" s="5">
         <v>16980</v>
       </c>
       <c r="J57" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B58">
         <v>6.37</v>
       </c>
       <c r="C58" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D58" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E58" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F58" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G58" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H58" s="5">
         <v>6576.0</v>
       </c>
       <c r="I58" s="5">
         <v>7957</v>
       </c>
       <c r="J58" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B59">
         <v>7.05</v>
       </c>
       <c r="C59" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D59" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E59" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="F59" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G59" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H59" s="5">
         <v>9789.0</v>
       </c>
       <c r="I59" s="5">
         <v>11845</v>
       </c>
       <c r="J59" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B60">
         <v>9.29</v>
       </c>
       <c r="C60" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D60" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="E60" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F60" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G60" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H60" s="5">
         <v>11708.0</v>
       </c>
       <c r="I60" s="5">
         <v>14167</v>
       </c>
       <c r="J60" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B61">
         <v>7.43</v>
       </c>
       <c r="C61" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D61" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="E61" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F61" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G61" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H61" s="5">
         <v>7225.0</v>
       </c>
       <c r="I61" s="5">
         <v>8742</v>
       </c>
       <c r="J61" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B62">
         <v>8.74</v>
       </c>
       <c r="C62" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D62" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="E62" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F62" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G62" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H62" s="5">
         <v>11237.0</v>
       </c>
       <c r="I62" s="5">
         <v>13597</v>
       </c>
       <c r="J62" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B63">
         <v>7.2</v>
       </c>
       <c r="C63" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D63" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="E63" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F63" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G63" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H63" s="5">
         <v>14168.0</v>
       </c>
       <c r="I63" s="5">
         <v>17143</v>
       </c>
       <c r="J63" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B64">
         <v>5.64</v>
       </c>
       <c r="C64" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D64" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E64" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F64" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G64" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H64" s="5">
         <v>8581.0</v>
       </c>
       <c r="I64" s="5">
         <v>10383</v>
       </c>
       <c r="J64" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B65">
         <v>8.55</v>
       </c>
       <c r="C65" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D65" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="E65" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F65" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G65" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H65" s="5">
         <v>11074.0</v>
       </c>
       <c r="I65" s="5">
         <v>13400</v>
       </c>
       <c r="J65" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B66">
         <v>5.68</v>
       </c>
       <c r="C66" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D66" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E66" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F66" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G66" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H66" s="5">
         <v>6154.0</v>
       </c>
       <c r="I66" s="5">
         <v>7446</v>
       </c>
       <c r="J66" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B67">
         <v>6.85</v>
       </c>
       <c r="C67" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D67" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="E67" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F67" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G67" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H67" s="5">
         <v>13739.0</v>
       </c>
       <c r="I67" s="5">
         <v>16624</v>
       </c>
       <c r="J67" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B68">
         <v>13.48</v>
       </c>
       <c r="C68" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D68" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="E68" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F68" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G68" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H68" s="5">
         <v>21855.0</v>
       </c>
       <c r="I68" s="5">
         <v>26445</v>
       </c>
       <c r="J68" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B69">
         <v>8.9</v>
       </c>
       <c r="C69" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D69" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="E69" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F69" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G69" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H69" s="5">
         <v>11374.0</v>
       </c>
       <c r="I69" s="5">
         <v>13763</v>
       </c>
       <c r="J69" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B70">
         <v>3.03</v>
       </c>
       <c r="C70" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D70" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="E70" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F70" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G70" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H70" s="5">
         <v>5377.0</v>
       </c>
       <c r="I70" s="5">
         <v>6506</v>
       </c>
       <c r="J70" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B71">
         <v>2.12</v>
       </c>
       <c r="C71" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D71" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="E71" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F71" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G71" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H71" s="5">
         <v>6546.0</v>
       </c>
       <c r="I71" s="5">
         <v>7921</v>
       </c>
       <c r="J71" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B72">
         <v>6.53</v>
       </c>
       <c r="C72" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D72" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="E72" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F72" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G72" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H72" s="5">
         <v>5277.0</v>
       </c>
       <c r="I72" s="5">
         <v>6385</v>
       </c>
       <c r="J72" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B73">
         <v>4.91</v>
       </c>
       <c r="C73" t="s">
+        <v>220</v>
+      </c>
+      <c r="D73" t="s">
         <v>221</v>
       </c>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F73" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G73" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H73" s="5">
         <v>5411.0</v>
       </c>
       <c r="I73" s="5">
         <v>6547</v>
       </c>
       <c r="J73" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B74">
         <v>4.74</v>
       </c>
       <c r="C74" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D74" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="E74" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F74" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G74" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H74" s="5">
         <v>3799.0</v>
       </c>
       <c r="I74" s="5">
         <v>4597</v>
       </c>
       <c r="J74" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B75">
         <v>4.55</v>
       </c>
       <c r="C75" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D75" t="s">
+        <v>223</v>
+      </c>
+      <c r="E75" t="s">
         <v>224</v>
       </c>
-      <c r="E75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G75" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H75" s="5">
         <v>5214.0</v>
       </c>
       <c r="I75" s="5">
         <v>6309</v>
       </c>
       <c r="J75" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B76">
         <v>4.54</v>
       </c>
       <c r="C76" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D76" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="E76" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F76" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G76" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H76" s="5">
         <v>5209.0</v>
       </c>
       <c r="I76" s="5">
         <v>6303</v>
       </c>
       <c r="J76" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K76" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B77">
         <v>4.19</v>
       </c>
       <c r="C77" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D77" t="s">
+        <v>226</v>
+      </c>
+      <c r="E77" t="s">
         <v>227</v>
       </c>
-      <c r="E77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F77" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G77" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H77" s="5">
         <v>3584.0</v>
       </c>
       <c r="I77" s="5">
         <v>4337</v>
       </c>
       <c r="J77" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K77" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B78">
         <v>4.19</v>
       </c>
       <c r="C78" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D78" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="E78" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F78" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G78" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H78" s="5">
         <v>3584.0</v>
       </c>
       <c r="I78" s="5">
         <v>4337</v>
       </c>
       <c r="J78" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K78" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B79">
         <v>4.13</v>
       </c>
       <c r="C79" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D79" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="E79" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F79" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G79" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H79" s="5">
         <v>3561.0</v>
       </c>
       <c r="I79" s="5">
         <v>4309</v>
       </c>
       <c r="J79" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K79" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B80">
         <v>4.12</v>
       </c>
       <c r="C80" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D80" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E80" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F80" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G80" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H80" s="5">
         <v>3557.0</v>
       </c>
       <c r="I80" s="5">
         <v>4304</v>
       </c>
       <c r="J80" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K80" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B81">
         <v>3.93</v>
       </c>
       <c r="C81" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D81" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="E81" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F81" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G81" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H81" s="5">
         <v>3483.0</v>
       </c>
       <c r="I81" s="5">
         <v>4214</v>
       </c>
       <c r="J81" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K81" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B82">
         <v>3.8</v>
       </c>
       <c r="C82" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D82" t="s">
+        <v>232</v>
+      </c>
+      <c r="E82" t="s">
         <v>233</v>
       </c>
-      <c r="E82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F82" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G82" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H82" s="5">
         <v>4805.0</v>
       </c>
       <c r="I82" s="5">
         <v>5814</v>
       </c>
       <c r="J82" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K82" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B83">
         <v>3.69</v>
       </c>
       <c r="C83" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D83" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="E83" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F83" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G83" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H83" s="5">
         <v>4745.0</v>
       </c>
       <c r="I83" s="5">
         <v>5741</v>
       </c>
       <c r="J83" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K83" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B84">
         <v>3.52</v>
       </c>
       <c r="C84" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D84" t="s">
+        <v>235</v>
+      </c>
+      <c r="E84" t="s">
         <v>236</v>
       </c>
-      <c r="E84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G84" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H84" s="5">
         <v>6646.0</v>
       </c>
       <c r="I84" s="5">
         <v>8042</v>
       </c>
       <c r="J84" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K84" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B85">
         <v>3.46</v>
       </c>
       <c r="C85" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D85" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="E85" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F85" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G85" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H85" s="5">
         <v>4619.0</v>
       </c>
       <c r="I85" s="5">
         <v>5589</v>
       </c>
       <c r="J85" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K85" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B86">
         <v>3.41</v>
       </c>
       <c r="C86" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D86" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="E86" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F86" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G86" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H86" s="5">
         <v>4592.0</v>
       </c>
       <c r="I86" s="5">
         <v>5556</v>
       </c>
       <c r="J86" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K86" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B87">
         <v>3.26</v>
       </c>
       <c r="C87" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D87" t="s">
+        <v>239</v>
+      </c>
+      <c r="E87" t="s">
         <v>240</v>
       </c>
-      <c r="E87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G87" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H87" s="5">
         <v>6443.0</v>
       </c>
       <c r="I87" s="5">
         <v>7796</v>
       </c>
       <c r="J87" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K87" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B88">
-        <v>2.32</v>
+        <v>6.94</v>
       </c>
       <c r="C88" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D88" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E88" t="s">
-        <v>129</v>
+        <v>153</v>
       </c>
       <c r="F88" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G88" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H88" s="5">
-        <v>2855.0</v>
+        <v>7904.0</v>
       </c>
       <c r="I88" s="5">
-        <v>3455</v>
+        <v>9564</v>
       </c>
       <c r="J88" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
       <c r="K88" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B89">
-        <v>6.94</v>
+        <v>4.96</v>
       </c>
       <c r="C89" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D89" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E89" t="s">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="F89" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G89" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H89" s="5">
-        <v>7904.0</v>
+        <v>5647.0</v>
       </c>
       <c r="I89" s="5">
-        <v>9564</v>
+        <v>6833</v>
       </c>
       <c r="J89" t="s">
-        <v>205</v>
+        <v>126</v>
       </c>
       <c r="K89" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B90">
-        <v>4.96</v>
+        <v>13.84</v>
       </c>
       <c r="C90" t="s">
-        <v>130</v>
+        <v>243</v>
       </c>
       <c r="D90" t="s">
         <v>244</v>
       </c>
       <c r="E90" t="s">
-        <v>129</v>
+        <v>153</v>
       </c>
       <c r="F90" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G90" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H90" s="5">
-        <v>5647.0</v>
+        <v>14825.0</v>
       </c>
       <c r="I90" s="5">
-        <v>6833</v>
+        <v>17938</v>
       </c>
       <c r="J90" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
       <c r="K90" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B91">
-        <v>13.84</v>
+        <v>18.88</v>
       </c>
       <c r="C91" t="s">
+        <v>243</v>
+      </c>
+      <c r="D91" t="s">
         <v>245</v>
       </c>
-      <c r="D91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="F91" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G91" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H91" s="5">
-        <v>14825.0</v>
+        <v>19013.0</v>
       </c>
       <c r="I91" s="5">
-        <v>17938</v>
+        <v>23006</v>
       </c>
       <c r="J91" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="K91" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B92">
-        <v>18.88</v>
+        <v>11.49</v>
       </c>
       <c r="C92" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D92" t="s">
         <v>247</v>
       </c>
       <c r="E92" t="s">
-        <v>124</v>
+        <v>248</v>
       </c>
       <c r="F92" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G92" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H92" s="5">
-        <v>19013.0</v>
+        <v>12782.0</v>
       </c>
       <c r="I92" s="5">
-        <v>23006</v>
+        <v>15466</v>
       </c>
       <c r="J92" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="K92" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B93">
-        <v>11.49</v>
+        <v>20.14</v>
       </c>
       <c r="C93" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D93" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E93" t="s">
-        <v>250</v>
+        <v>123</v>
       </c>
       <c r="F93" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G93" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H93" s="5">
-        <v>12782.0</v>
+        <v>20060.0</v>
       </c>
       <c r="I93" s="5">
-        <v>15466</v>
+        <v>24273</v>
       </c>
       <c r="J93" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="K93" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B94">
-        <v>20.14</v>
+        <v>13.1</v>
       </c>
       <c r="C94" t="s">
+        <v>243</v>
+      </c>
+      <c r="D94" t="s">
         <v>251</v>
       </c>
-      <c r="D94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E94" t="s">
-        <v>124</v>
+        <v>233</v>
       </c>
       <c r="F94" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G94" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H94" s="5">
-        <v>20060.0</v>
+        <v>18473.0</v>
       </c>
       <c r="I94" s="5">
-        <v>24273</v>
+        <v>22352</v>
       </c>
       <c r="J94" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="K94" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B95">
-        <v>13.1</v>
+        <v>10.81</v>
       </c>
       <c r="C95" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="D95" t="s">
         <v>253</v>
       </c>
       <c r="E95" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="F95" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G95" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H95" s="5">
-        <v>18473.0</v>
+        <v>18461.0</v>
       </c>
       <c r="I95" s="5">
-        <v>22352</v>
+        <v>22338</v>
       </c>
       <c r="J95" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="K95" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B96">
-        <v>10.81</v>
+        <v>18.38</v>
       </c>
       <c r="C96" t="s">
         <v>254</v>
       </c>
       <c r="D96" t="s">
         <v>255</v>
       </c>
       <c r="E96" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F96" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G96" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H96" s="5">
-        <v>18461.0</v>
+        <v>27897.0</v>
       </c>
       <c r="I96" s="5">
-        <v>22338</v>
+        <v>33755</v>
       </c>
       <c r="J96" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="K96" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B97">
-        <v>18.38</v>
+        <v>8.33</v>
       </c>
       <c r="C97" t="s">
+        <v>141</v>
+      </c>
+      <c r="D97" t="s">
         <v>256</v>
       </c>
-      <c r="D97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" t="s">
-        <v>237</v>
+        <v>128</v>
       </c>
       <c r="F97" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G97" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H97" s="5">
-        <v>27897.0</v>
+        <v>5123.0</v>
       </c>
       <c r="I97" s="5">
-        <v>33755</v>
+        <v>6199</v>
       </c>
       <c r="J97" t="s">
-        <v>205</v>
+        <v>126</v>
       </c>
       <c r="K97" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B98">
-        <v>8.33</v>
+        <v>8.62</v>
       </c>
       <c r="C98" t="s">
-        <v>142</v>
+        <v>246</v>
       </c>
       <c r="D98" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="E98" t="s">
-        <v>129</v>
+        <v>153</v>
       </c>
       <c r="F98" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G98" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H98" s="5">
-        <v>5123.0</v>
+        <v>7341.0</v>
       </c>
       <c r="I98" s="5">
-        <v>6199</v>
+        <v>8883</v>
       </c>
       <c r="J98" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K98" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B99">
-        <v>8.62</v>
+        <v>7.25</v>
       </c>
       <c r="C99" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="D99" t="s">
         <v>259</v>
       </c>
       <c r="E99" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="F99" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G99" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H99" s="5">
-        <v>7341.0</v>
+        <v>6544.0</v>
       </c>
       <c r="I99" s="5">
-        <v>8883</v>
+        <v>7918</v>
       </c>
       <c r="J99" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K99" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B100">
-        <v>7.25</v>
+        <v>3.8</v>
       </c>
       <c r="C100" t="s">
         <v>260</v>
       </c>
       <c r="D100" t="s">
         <v>261</v>
       </c>
       <c r="E100" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F100" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G100" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H100" s="5">
-        <v>6544.0</v>
+        <v>4537.0</v>
       </c>
       <c r="I100" s="5">
-        <v>7918</v>
+        <v>5490</v>
       </c>
       <c r="J100" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K100" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B101">
-        <v>3.8</v>
+        <v>5.85</v>
       </c>
       <c r="C101" t="s">
         <v>262</v>
       </c>
       <c r="D101" t="s">
         <v>263</v>
       </c>
       <c r="E101" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="F101" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G101" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H101" s="5">
-        <v>4537.0</v>
+        <v>8185.0</v>
       </c>
       <c r="I101" s="5">
-        <v>5490</v>
+        <v>9904</v>
       </c>
       <c r="J101" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K101" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B102">
-        <v>5.85</v>
+        <v>11.37</v>
       </c>
       <c r="C102" t="s">
+        <v>173</v>
+      </c>
+      <c r="D102" t="s">
         <v>264</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" t="s">
         <v>265</v>
       </c>
-      <c r="E102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F102" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G102" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H102" s="5">
-        <v>8185.0</v>
+        <v>12772.0</v>
       </c>
       <c r="I102" s="5">
-        <v>9904</v>
+        <v>15454</v>
       </c>
       <c r="J102" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K102" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B103">
-        <v>11.37</v>
+        <v>5.51</v>
       </c>
       <c r="C103" t="s">
-        <v>174</v>
+        <v>266</v>
       </c>
       <c r="D103" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E103" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="F103" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G103" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H103" s="5">
-        <v>12772.0</v>
+        <v>7903.0</v>
       </c>
       <c r="I103" s="5">
-        <v>15454</v>
+        <v>9563</v>
       </c>
       <c r="J103" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K103" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B104">
-        <v>5.51</v>
+        <v>8.51</v>
       </c>
       <c r="C104" t="s">
+        <v>246</v>
+      </c>
+      <c r="D104" t="s">
         <v>268</v>
       </c>
-      <c r="D104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" t="s">
-        <v>267</v>
+        <v>123</v>
       </c>
       <c r="F104" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G104" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H104" s="5">
-        <v>7903.0</v>
+        <v>5198.0</v>
       </c>
       <c r="I104" s="5">
-        <v>9563</v>
+        <v>6290</v>
       </c>
       <c r="J104" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K104" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B105">
-        <v>8.51</v>
+        <v>6.91</v>
       </c>
       <c r="C105" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="D105" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E105" t="s">
-        <v>124</v>
+        <v>265</v>
       </c>
       <c r="F105" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G105" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H105" s="5">
-        <v>5198.0</v>
+        <v>4533.0</v>
       </c>
       <c r="I105" s="5">
-        <v>6290</v>
+        <v>5485</v>
       </c>
       <c r="J105" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K105" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B106">
-        <v>6.91</v>
+        <v>6.87</v>
       </c>
       <c r="C106" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D106" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="E106" t="s">
-        <v>267</v>
+        <v>240</v>
       </c>
       <c r="F106" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G106" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H106" s="5">
-        <v>4533.0</v>
+        <v>9033.0</v>
       </c>
       <c r="I106" s="5">
-        <v>5485</v>
+        <v>10930</v>
       </c>
       <c r="J106" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K106" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B107">
-        <v>6.87</v>
+        <v>10.14</v>
       </c>
       <c r="C107" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="D107" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="E107" t="s">
-        <v>241</v>
+        <v>123</v>
       </c>
       <c r="F107" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G107" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H107" s="5">
-        <v>9033.0</v>
+        <v>8225.0</v>
       </c>
       <c r="I107" s="5">
-        <v>10930</v>
+        <v>9952</v>
       </c>
       <c r="J107" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K107" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B108">
-        <v>10.14</v>
+        <v>9.34</v>
       </c>
       <c r="C108" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="D108" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="E108" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F108" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G108" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H108" s="5">
-        <v>8225.0</v>
+        <v>7760.0</v>
       </c>
       <c r="I108" s="5">
-        <v>9952</v>
+        <v>9390</v>
       </c>
       <c r="J108" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K108" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B109">
-        <v>9.34</v>
+        <v>9.14</v>
       </c>
       <c r="C109" t="s">
-        <v>254</v>
+        <v>141</v>
       </c>
       <c r="D109" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="E109" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="F109" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G109" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H109" s="5">
-        <v>7760.0</v>
+        <v>7644.0</v>
       </c>
       <c r="I109" s="5">
-        <v>9390</v>
+        <v>9249</v>
       </c>
       <c r="J109" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K109" t="s">
         <v>119</v>
-      </c>
-[...33 lines deleted...]
-        <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -5326,51 +5285,50 @@
     <hyperlink ref="K85" r:id="rId_hyperlink_83"/>
     <hyperlink ref="K86" r:id="rId_hyperlink_84"/>
     <hyperlink ref="K87" r:id="rId_hyperlink_85"/>
     <hyperlink ref="K88" r:id="rId_hyperlink_86"/>
     <hyperlink ref="K89" r:id="rId_hyperlink_87"/>
     <hyperlink ref="K90" r:id="rId_hyperlink_88"/>
     <hyperlink ref="K91" r:id="rId_hyperlink_89"/>
     <hyperlink ref="K92" r:id="rId_hyperlink_90"/>
     <hyperlink ref="K93" r:id="rId_hyperlink_91"/>
     <hyperlink ref="K94" r:id="rId_hyperlink_92"/>
     <hyperlink ref="K95" r:id="rId_hyperlink_93"/>
     <hyperlink ref="K96" r:id="rId_hyperlink_94"/>
     <hyperlink ref="K97" r:id="rId_hyperlink_95"/>
     <hyperlink ref="K98" r:id="rId_hyperlink_96"/>
     <hyperlink ref="K99" r:id="rId_hyperlink_97"/>
     <hyperlink ref="K100" r:id="rId_hyperlink_98"/>
     <hyperlink ref="K101" r:id="rId_hyperlink_99"/>
     <hyperlink ref="K102" r:id="rId_hyperlink_100"/>
     <hyperlink ref="K103" r:id="rId_hyperlink_101"/>
     <hyperlink ref="K104" r:id="rId_hyperlink_102"/>
     <hyperlink ref="K105" r:id="rId_hyperlink_103"/>
     <hyperlink ref="K106" r:id="rId_hyperlink_104"/>
     <hyperlink ref="K107" r:id="rId_hyperlink_105"/>
     <hyperlink ref="K108" r:id="rId_hyperlink_106"/>
     <hyperlink ref="K109" r:id="rId_hyperlink_107"/>
-    <hyperlink ref="K110" r:id="rId_hyperlink_108"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>