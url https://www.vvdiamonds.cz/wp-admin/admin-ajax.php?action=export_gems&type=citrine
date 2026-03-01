--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -17,91 +17,94 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/citrin-354ct-deep-brownish-yellow-s-igi-certifikatem-0102057.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/citrin-1068ct-yellow-s-igi-certifikatem-0101553.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-768ct-yellowish-orange-s-igi-certifikatem-0101552.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-761ct-deep-yellowish-orange-s-igi-certifikatem-0101551.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-715ct-orange-yellow-s-igi-certifikatem-0101550.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-601ct-yellowish-orange-s-igi-certifikatem-0101549.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-592ct-deep-yellowish-orange-s-igi-certifikatem-0101548.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-521ct-deep-yellowish-orange-s-igi-certifikatem-0101547.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-483ct-deep-yellowish-orange-s-igi-certifikatem-0101546.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-441ct-deep-yellowish-orange-s-igi-certifikatem-0101545.html</t>
@@ -142,53 +145,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101533.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101532.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-148ct-greenish-yellow-s-igi-certifikatem-0101531.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101528.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101526.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-144ct-yellow-s-igi-certifikatem-0101525.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-140ct-greenish-yellow-s-igi-certifikatem-0101524.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-227ct-yellowish-orange-s-igi-certifikatem-0101387.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/citrin-249ct-yellowish-orange-s-igi-certifikatem-0101386.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/citrin-844ct-yellowish-orange-s-igi-certifikatem-0101385.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-286ct-yellow-orange-s-igi-certifikatem-0101384.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-220ct-yellowish-orange-s-igi-certifikatem-0101383.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-803ct-yellowish-orange-s-igi-certifikatem-0101381.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-191ct-yellowish-orange-s-igi-certifikatem-0101380.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-395ct-orangy-yellow-s-igi-certifikatem-0101376.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-291ct-yellowish-orange-s-igi-certifikatem-0101375.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-309ct-yellowish-orange-s-igi-certifikatem-0101290.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-331ct-yellowish-orange-s-igi-certifikatem-0101284.html</t>
@@ -382,113 +382,119 @@
   <si>
     <t>https://www.vvdiamonds.cz/citrin-551ct-yellow-orange-s-igi-certifikatem-010139.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-851ct-yellow-s-igi-certifikatem-010138.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-691ct-yellow-orange-s-igi-certifikatem-010137.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-687ct-orange-s-igi-certifikatem-010136.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-1014ct-yellow-s-igi-certifikatem-010129.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-934ct-yellow-s-igi-certifikatem-010128.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/citrin-914ct-yellowish-orange-s-igi-certifikatem-010126.html</t>
   </si>
   <si>
     <t>Citrín</t>
   </si>
   <si>
+    <t>Emerald Cut</t>
+  </si>
+  <si>
+    <t>11.17mm x 8.15mm x 5.23mm</t>
+  </si>
+  <si>
+    <t>Deep Brownish Yellow</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
+  </si>
+  <si>
     <t>Round Mixed Cut</t>
   </si>
   <si>
     <t>14.08mm - 14.18mm x 8.83mm</t>
   </si>
   <si>
     <t>Yellow</t>
   </si>
   <si>
-    <t>Průhledný</t>
-[...7 lines deleted...]
-  <si>
     <t>12.97mm - 13.18mm x 8.60mm</t>
   </si>
   <si>
     <t>Yellowish Orange</t>
   </si>
   <si>
     <t>Oval Mixed Cut</t>
   </si>
   <si>
     <t>14.99 mm x 10.91mm x 7.78mm</t>
   </si>
   <si>
     <t>Deep Yellowish Orange</t>
   </si>
   <si>
     <t>Cushion Mixed Cut</t>
   </si>
   <si>
     <t>12.07mm x 10.02mm x 7.72mm</t>
   </si>
   <si>
     <t>Orange - Yellow</t>
   </si>
   <si>
     <t>Marquise Brilliant</t>
   </si>
   <si>
     <t>19.22mm x 10.15mm x 6.49mm</t>
   </si>
   <si>
     <t>Marquise Mixed Cut</t>
   </si>
   <si>
     <t>19.18mm x 10.16mm x 6.75mm</t>
   </si>
   <si>
     <t>Cut Cornered Mixed Cut</t>
   </si>
   <si>
     <t>12.04mm x 9.95mm x 6.83mm</t>
   </si>
   <si>
-    <t>Emerald Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>11.99mm x 10.07mm x 5.82mm</t>
   </si>
   <si>
     <t>Flower Cut</t>
   </si>
   <si>
     <t>10.69mm x 11.03mm x 7.28mm</t>
   </si>
   <si>
     <t>10.71mm x 10.99mm x 6.36mm</t>
   </si>
   <si>
     <t>10.20mm - 10.28mm x 6.82mm</t>
   </si>
   <si>
     <t>Cut Cornered Rectangular Mixed Cut</t>
   </si>
   <si>
     <t>12.10mm x 8.11mm x 5.05mm</t>
   </si>
   <si>
     <t>Deep Orangy Yellow</t>
   </si>
   <si>
     <t>Pear Mixed Cut</t>
@@ -529,114 +535,111 @@
   <si>
     <t>10.26mm x 6.25mm x 4.91mm</t>
   </si>
   <si>
     <t>10.28mm x 6.26mm x 4.90mm</t>
   </si>
   <si>
     <t>10.31mm x 6.26mm x 4.86mm</t>
   </si>
   <si>
     <t>10.30mm x 6.26mm x 4.72mm</t>
   </si>
   <si>
     <t>10.31mm x 6.27mm x 4.76mm</t>
   </si>
   <si>
     <t>10.34mm x 6.26mm x 4.78mm</t>
   </si>
   <si>
     <t>10.29mm x 6.22mm x 4.70mm</t>
   </si>
   <si>
     <t>9.98mm x 8.02mm x 5.13mm</t>
   </si>
   <si>
+    <t>13.83mm - 13.88mm x 8.93mm</t>
+  </si>
+  <si>
+    <t>Rectangular Mixed Cut</t>
+  </si>
+  <si>
+    <t>10.00mm x 8.17mm x 4.83mm</t>
+  </si>
+  <si>
+    <t>Yellow-Orange</t>
+  </si>
+  <si>
+    <t>9.06mm - 9.12mm x 5.02mm</t>
+  </si>
+  <si>
+    <t>13.14mm - 13.29mm x 8.91mm</t>
+  </si>
+  <si>
+    <t>10.56mm x 7.92mm x 5.10mm</t>
+  </si>
+  <si>
+    <t>Baguette</t>
+  </si>
+  <si>
+    <t>12.16mm x 8.14mm x 5.17mm</t>
+  </si>
+  <si>
+    <t>9.12mm - 9.18mm x 6.49mm</t>
+  </si>
+  <si>
+    <t>9.90mm - 9.98mm x 5.73mm</t>
+  </si>
+  <si>
+    <t>10.14mm x 10.24mm x 6.06mm</t>
+  </si>
+  <si>
+    <t>12.35mm x 9.18mm x 5.14mm</t>
+  </si>
+  <si>
+    <t>10.95mm - 11.06mm x 7.13mm</t>
+  </si>
+  <si>
+    <t>11.55mm x 9.27mm x 5.97mm</t>
+  </si>
+  <si>
+    <t>10.69mm x 9.77mm x 7.58mm</t>
+  </si>
+  <si>
+    <t>9.62mm - 9.76mm x 6.37mm</t>
+  </si>
+  <si>
+    <t>10.18mm - 10.37mm x 6.99mm</t>
+  </si>
+  <si>
+    <t>11.39mm x 8.48mm x 5.74mm</t>
+  </si>
+  <si>
+    <t>Orange Yellow</t>
+  </si>
+  <si>
     <t>Round Brilliant</t>
-  </si>
-[...61 lines deleted...]
-    <t>Orange Yellow</t>
   </si>
   <si>
     <t>9.80mm - 9.90mm x 7.14mm</t>
   </si>
   <si>
     <t>Cut Cornered Combination</t>
   </si>
   <si>
     <t>9.83mm x 8.13mm x 4.13mm</t>
   </si>
   <si>
     <t>10.72mm - 10.98mm x 7.22mm</t>
   </si>
   <si>
     <t>14.64mm x 8.68mm x 5.18mm</t>
   </si>
   <si>
     <t>10.09mm x 8.13mm x 4.50mm</t>
   </si>
   <si>
     <t>13.23mm x 10.17mm x 5.52mm</t>
   </si>
   <si>
     <t>18.03mm x 13.90mm x 8.06mm</t>
   </si>
@@ -1347,51 +1350,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1068ct-yellow-s-igi-certifikatem-0101553.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-768ct-yellowish-orange-s-igi-certifikatem-0101552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-761ct-deep-yellowish-orange-s-igi-certifikatem-0101551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-715ct-orange-yellow-s-igi-certifikatem-0101550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-601ct-yellowish-orange-s-igi-certifikatem-0101549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-592ct-deep-yellowish-orange-s-igi-certifikatem-0101548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-521ct-deep-yellowish-orange-s-igi-certifikatem-0101547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-483ct-deep-yellowish-orange-s-igi-certifikatem-0101546.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-441ct-deep-yellowish-orange-s-igi-certifikatem-0101545.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-391ct-deep-yellowish-orange-s-igi-certifikatem-0101544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-374ct-deep-yellowish-orange-s-igi-certifikatem-0101543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-335ct-deep-orangy-yellow-s-igi-certifikatem-0101542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-307ct-orange-yellow-s-igi-certifikatem-0101541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-305ct-orangy-yellow-s-igi-certifikatem-0101540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-222ct-yellow-s-igi-certifikatem-0101539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-204ct-deep-yellow-orange-s-igi-certifikatem-0101538.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-167ct-deep-yellow-orange-s-igi-certifikatem-0101537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101535.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-150ct-greenish-yellow-s-igi-certifikatem-0101534.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-148ct-greenish-yellow-s-igi-certifikatem-0101531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101526.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-144ct-yellow-s-igi-certifikatem-0101525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-140ct-greenish-yellow-s-igi-certifikatem-0101524.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-227ct-yellowish-orange-s-igi-certifikatem-0101387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-249ct-yellowish-orange-s-igi-certifikatem-0101386.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-844ct-yellowish-orange-s-igi-certifikatem-0101385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-286ct-yellow-orange-s-igi-certifikatem-0101384.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-220ct-yellowish-orange-s-igi-certifikatem-0101383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-803ct-yellowish-orange-s-igi-certifikatem-0101381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-191ct-yellowish-orange-s-igi-certifikatem-0101380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-395ct-orangy-yellow-s-igi-certifikatem-0101376.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-291ct-yellowish-orange-s-igi-certifikatem-0101375.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-309ct-yellowish-orange-s-igi-certifikatem-0101290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-331ct-yellowish-orange-s-igi-certifikatem-0101284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-421ct-orangy-yellow-s-igi-certifikatem-0101283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-490ct-greenish-yellow-s-igi-certifikatem-0101282.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-422ct-orangy-yellow-s-igi-certifikatem-0101281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-631ct-yellowish-orange-s-igi-certifikatem-0101280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-317ct-yellow-orange-s-igi-certifikatem-0101279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-397ct-yellowish-orange-s-igi-certifikatem-0101278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-404ct-orange-yellow-s-igi-certifikatem-0101277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-384ct-yellowish-orange-s-igi-certifikatem-0101276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-244ct-yellowish-orange-s-igi-certifikatem-0101273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-466ct-orangy-yellow-s-igi-certifikatem-0101141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-476ct-yellow-orange-s-igi-certifikatem-0101138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-266ct-yellowish-orange-s-igi-certifikatem-0101137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-420ct-yellow-orange-s-igi-certifikatem-0101073.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1227ct-orange-yellow-s-igi-certifikatem-0101070.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-760ct-yellowish-orange-s-igi-certifikatem-0101069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1177ct-orangy-yellow-s-igi-certifikatem-0101068.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-709ct-yellowish-orange-s-igi-certifikatem-0101067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-637ct-yellow-orange-s-igi-certifikatem-0101066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-705ct-orange-yellow-s-igi-certifikatem-0101064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-929ct-yellowish-orange-s-igi-certifikatem-0101063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-743ct-yellowish-orange-s-igi-certifikatem-0101061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-874ct-yellowish-orange-s-igi-certifikatem-0101060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-720ct-yellowish-orange-s-igi-certifikatem-0101059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-564ct-yellowish-orange-s-igi-certifikatem-0101058.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-855ct-yellow-s-igi-certifikatem-0101057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-568ct-orangy-yellow-s-igi-certifikatem-0101056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-685ct-yellow-s-igi-certifikatem-0101055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1348ct-yellowish-orange-s-igi-certifikatem-0101054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-890ct-yellowish-orange-s-igi-certifikatem-0101053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-303ct-yellowish-orange-s-igi-certifikatem-010887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-212ct-yellow-s-igi-certifikatem-010886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-653ct-yellowish-orange-s-igi-certifikatem-010751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-491ct-yellowish-orange-s-igi-certifikatem-010750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-474ct-orangy-yellow-s-igi-certifikatem-010748.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-455ct-brownish-orangy-yellow-s-igi-certifikatem-010747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-454ct-orangy-yellow-s-igi-certifikatem-010746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-brownish-yellow-s-igi-certifikatem-010744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-yellowish-orange-s-igi-certifikatem-010743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-413ct-yellow-orange-s-igi-certifikatem-010742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-412ct-orangy-yellow-s-igi-certifikatem-010741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-393ct-yellow-orange-s-igi-certifikatem-010740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-deep-orange-s-igi-certifikatem-010739.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-369ct-yellowish-orange-s-igi-certifikatem-010738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-352ct-brownish-orange-s-igi-certifikatem-010737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-346ct-yellowish-orange-s-igi-certifikatem-010736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-341ct-yellowish-orange-s-igi-certifikatem-010735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-326ct-orange-s-igi-certifikatem-010734.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-694ct-orangy-yellow-s-igi-certifikatem-010634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-496ct-yellowish-orange-s-igi-certifikatem-010632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1384ct-orangy-yellow-s-igi-certifikatem-010392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1888ct-yellow-s-igi-certifikatem-010391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1149ct-light-yellow-s-igi-certifikatem-010390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-2014ct-yellow-s-igi-certifikatem-010385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1310ct-deep-orange-s-igi-certifikatem-010383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1081ct-deep-orange-s-igi-certifikatem-010381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1838ct-brownish-orange-s-igi-certifikatem-010380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-833ct-yellowish-orange-s-igi-certifikatem-010251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-862ct-orangy-yellow-s-igi-certifikatem-010248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-725ct-yellow-s-igi-certifikatem-010244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-yellow-s-igi-certifikatem-010243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-585ct-yellowish-orange-s-igi-certifikatem-010242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1137ct-yellow-orange-s-igi-certifikatem-010241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-551ct-yellow-orange-s-igi-certifikatem-010139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-851ct-yellow-s-igi-certifikatem-010138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-691ct-yellow-orange-s-igi-certifikatem-010137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-687ct-orange-s-igi-certifikatem-010136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1014ct-yellow-s-igi-certifikatem-010129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-934ct-yellow-s-igi-certifikatem-010128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-914ct-yellowish-orange-s-igi-certifikatem-010126.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-354ct-deep-brownish-yellow-s-igi-certifikatem-0102057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1068ct-yellow-s-igi-certifikatem-0101553.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-768ct-yellowish-orange-s-igi-certifikatem-0101552.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-761ct-deep-yellowish-orange-s-igi-certifikatem-0101551.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-715ct-orange-yellow-s-igi-certifikatem-0101550.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-601ct-yellowish-orange-s-igi-certifikatem-0101549.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-592ct-deep-yellowish-orange-s-igi-certifikatem-0101548.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-521ct-deep-yellowish-orange-s-igi-certifikatem-0101547.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-483ct-deep-yellowish-orange-s-igi-certifikatem-0101546.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-441ct-deep-yellowish-orange-s-igi-certifikatem-0101545.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-391ct-deep-yellowish-orange-s-igi-certifikatem-0101544.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-374ct-deep-yellowish-orange-s-igi-certifikatem-0101543.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-335ct-deep-orangy-yellow-s-igi-certifikatem-0101542.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-307ct-orange-yellow-s-igi-certifikatem-0101541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-305ct-orangy-yellow-s-igi-certifikatem-0101540.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-222ct-yellow-s-igi-certifikatem-0101539.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-204ct-deep-yellow-orange-s-igi-certifikatem-0101538.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-167ct-deep-yellow-orange-s-igi-certifikatem-0101537.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101536.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-151ct-greenish-yellow-s-igi-certifikatem-0101535.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-150ct-greenish-yellow-s-igi-certifikatem-0101534.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101533.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-149ct-greenish-yellow-s-igi-certifikatem-0101532.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-148ct-greenish-yellow-s-igi-certifikatem-0101531.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101528.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-145ct-greenish-yellow-s-igi-certifikatem-0101526.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-144ct-yellow-s-igi-certifikatem-0101525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-140ct-greenish-yellow-s-igi-certifikatem-0101524.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-227ct-yellowish-orange-s-igi-certifikatem-0101387.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-844ct-yellowish-orange-s-igi-certifikatem-0101385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-286ct-yellow-orange-s-igi-certifikatem-0101384.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-220ct-yellowish-orange-s-igi-certifikatem-0101383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-803ct-yellowish-orange-s-igi-certifikatem-0101381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-191ct-yellowish-orange-s-igi-certifikatem-0101380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-395ct-orangy-yellow-s-igi-certifikatem-0101376.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-291ct-yellowish-orange-s-igi-certifikatem-0101375.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-309ct-yellowish-orange-s-igi-certifikatem-0101290.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-331ct-yellowish-orange-s-igi-certifikatem-0101284.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-421ct-orangy-yellow-s-igi-certifikatem-0101283.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-490ct-greenish-yellow-s-igi-certifikatem-0101282.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-422ct-orangy-yellow-s-igi-certifikatem-0101281.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-631ct-yellowish-orange-s-igi-certifikatem-0101280.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-317ct-yellow-orange-s-igi-certifikatem-0101279.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-397ct-yellowish-orange-s-igi-certifikatem-0101278.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-404ct-orange-yellow-s-igi-certifikatem-0101277.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-384ct-yellowish-orange-s-igi-certifikatem-0101276.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-244ct-yellowish-orange-s-igi-certifikatem-0101273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-466ct-orangy-yellow-s-igi-certifikatem-0101141.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-476ct-yellow-orange-s-igi-certifikatem-0101138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-266ct-yellowish-orange-s-igi-certifikatem-0101137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-420ct-yellow-orange-s-igi-certifikatem-0101073.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1227ct-orange-yellow-s-igi-certifikatem-0101070.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-760ct-yellowish-orange-s-igi-certifikatem-0101069.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1177ct-orangy-yellow-s-igi-certifikatem-0101068.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-709ct-yellowish-orange-s-igi-certifikatem-0101067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-637ct-yellow-orange-s-igi-certifikatem-0101066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-705ct-orange-yellow-s-igi-certifikatem-0101064.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-929ct-yellowish-orange-s-igi-certifikatem-0101063.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-743ct-yellowish-orange-s-igi-certifikatem-0101061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-874ct-yellowish-orange-s-igi-certifikatem-0101060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-720ct-yellowish-orange-s-igi-certifikatem-0101059.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-564ct-yellowish-orange-s-igi-certifikatem-0101058.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-855ct-yellow-s-igi-certifikatem-0101057.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-568ct-orangy-yellow-s-igi-certifikatem-0101056.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-685ct-yellow-s-igi-certifikatem-0101055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1348ct-yellowish-orange-s-igi-certifikatem-0101054.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-890ct-yellowish-orange-s-igi-certifikatem-0101053.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-303ct-yellowish-orange-s-igi-certifikatem-010887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-212ct-yellow-s-igi-certifikatem-010886.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-653ct-yellowish-orange-s-igi-certifikatem-010751.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-491ct-yellowish-orange-s-igi-certifikatem-010750.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-474ct-orangy-yellow-s-igi-certifikatem-010748.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-455ct-brownish-orangy-yellow-s-igi-certifikatem-010747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-454ct-orangy-yellow-s-igi-certifikatem-010746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-brownish-yellow-s-igi-certifikatem-010744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-419ct-yellowish-orange-s-igi-certifikatem-010743.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-413ct-yellow-orange-s-igi-certifikatem-010742.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-412ct-orangy-yellow-s-igi-certifikatem-010741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-393ct-yellow-orange-s-igi-certifikatem-010740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-deep-orange-s-igi-certifikatem-010739.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-369ct-yellowish-orange-s-igi-certifikatem-010738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-352ct-brownish-orange-s-igi-certifikatem-010737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-346ct-yellowish-orange-s-igi-certifikatem-010736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-341ct-yellowish-orange-s-igi-certifikatem-010735.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-326ct-orange-s-igi-certifikatem-010734.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-694ct-orangy-yellow-s-igi-certifikatem-010634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-496ct-yellowish-orange-s-igi-certifikatem-010632.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1384ct-orangy-yellow-s-igi-certifikatem-010392.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1888ct-yellow-s-igi-certifikatem-010391.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1149ct-light-yellow-s-igi-certifikatem-010390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-2014ct-yellow-s-igi-certifikatem-010385.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1310ct-deep-orange-s-igi-certifikatem-010383.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1081ct-deep-orange-s-igi-certifikatem-010381.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1838ct-brownish-orange-s-igi-certifikatem-010380.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-833ct-yellowish-orange-s-igi-certifikatem-010251.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-862ct-orangy-yellow-s-igi-certifikatem-010248.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-725ct-yellow-s-igi-certifikatem-010244.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-380ct-yellow-s-igi-certifikatem-010243.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-585ct-yellowish-orange-s-igi-certifikatem-010242.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1137ct-yellow-orange-s-igi-certifikatem-010241.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-551ct-yellow-orange-s-igi-certifikatem-010139.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-851ct-yellow-s-igi-certifikatem-010138.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-691ct-yellow-orange-s-igi-certifikatem-010137.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-687ct-orange-s-igi-certifikatem-010136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-1014ct-yellow-s-igi-certifikatem-010129.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-934ct-yellow-s-igi-certifikatem-010128.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/citrin-914ct-yellowish-orange-s-igi-certifikatem-010126.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I109" sqref="I109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
@@ -1429,1075 +1432,1075 @@
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>120</v>
       </c>
       <c r="B3">
-        <v>10.68</v>
+        <v>3.54</v>
       </c>
       <c r="C3" t="s">
         <v>121</v>
       </c>
       <c r="D3" t="s">
         <v>122</v>
       </c>
       <c r="E3" t="s">
         <v>123</v>
       </c>
       <c r="F3" t="s">
         <v>124</v>
       </c>
       <c r="G3" t="s">
         <v>125</v>
       </c>
       <c r="H3" s="5">
-        <v>17066.0</v>
+        <v>9792.0</v>
       </c>
       <c r="I3" s="5">
-        <v>20650</v>
+        <v>11848</v>
       </c>
       <c r="J3" t="s">
         <v>126</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>120</v>
       </c>
       <c r="B4">
-        <v>7.68</v>
+        <v>10.68</v>
       </c>
       <c r="C4" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F4" t="s">
         <v>124</v>
       </c>
       <c r="G4" t="s">
         <v>125</v>
       </c>
       <c r="H4" s="5">
-        <v>13440.0</v>
+        <v>17066.0</v>
       </c>
       <c r="I4" s="5">
-        <v>16262</v>
+        <v>20650</v>
       </c>
       <c r="J4" t="s">
         <v>126</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
         <v>120</v>
       </c>
       <c r="B5">
-        <v>7.61</v>
+        <v>7.68</v>
       </c>
       <c r="C5" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D5" t="s">
         <v>130</v>
       </c>
       <c r="E5" t="s">
         <v>131</v>
       </c>
       <c r="F5" t="s">
         <v>124</v>
       </c>
       <c r="G5" t="s">
         <v>125</v>
       </c>
       <c r="H5" s="5">
-        <v>13374.0</v>
+        <v>13440.0</v>
       </c>
       <c r="I5" s="5">
-        <v>16183</v>
+        <v>16262</v>
       </c>
       <c r="J5" t="s">
         <v>126</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
         <v>120</v>
       </c>
       <c r="B6">
-        <v>7.15</v>
+        <v>7.61</v>
       </c>
       <c r="C6" t="s">
         <v>132</v>
       </c>
       <c r="D6" t="s">
         <v>133</v>
       </c>
       <c r="E6" t="s">
         <v>134</v>
       </c>
       <c r="F6" t="s">
         <v>124</v>
       </c>
       <c r="G6" t="s">
         <v>125</v>
       </c>
       <c r="H6" s="5">
-        <v>12940.0</v>
+        <v>13374.0</v>
       </c>
       <c r="I6" s="5">
-        <v>15657</v>
+        <v>16183</v>
       </c>
       <c r="J6" t="s">
         <v>126</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
         <v>120</v>
       </c>
       <c r="B7">
-        <v>6.01</v>
+        <v>7.15</v>
       </c>
       <c r="C7" t="s">
         <v>135</v>
       </c>
       <c r="D7" t="s">
         <v>136</v>
       </c>
       <c r="E7" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="F7" t="s">
         <v>124</v>
       </c>
       <c r="G7" t="s">
         <v>125</v>
       </c>
       <c r="H7" s="5">
-        <v>14833.0</v>
+        <v>12940.0</v>
       </c>
       <c r="I7" s="5">
-        <v>17948</v>
+        <v>15657</v>
       </c>
       <c r="J7" t="s">
         <v>126</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
         <v>120</v>
       </c>
       <c r="B8">
-        <v>5.92</v>
+        <v>6.01</v>
       </c>
       <c r="C8" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D8" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E8" t="s">
         <v>131</v>
       </c>
       <c r="F8" t="s">
         <v>124</v>
       </c>
       <c r="G8" t="s">
         <v>125</v>
       </c>
       <c r="H8" s="5">
-        <v>14728.0</v>
+        <v>14833.0</v>
       </c>
       <c r="I8" s="5">
-        <v>17821</v>
+        <v>17948</v>
       </c>
       <c r="J8" t="s">
         <v>126</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
         <v>120</v>
       </c>
       <c r="B9">
-        <v>5.21</v>
+        <v>5.92</v>
       </c>
       <c r="C9" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D9" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E9" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F9" t="s">
         <v>124</v>
       </c>
       <c r="G9" t="s">
         <v>125</v>
       </c>
       <c r="H9" s="5">
-        <v>16671.0</v>
+        <v>14728.0</v>
       </c>
       <c r="I9" s="5">
-        <v>20172</v>
+        <v>17821</v>
       </c>
       <c r="J9" t="s">
         <v>126</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
         <v>120</v>
       </c>
       <c r="B10">
-        <v>4.83</v>
+        <v>5.21</v>
       </c>
       <c r="C10" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D10" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E10" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F10" t="s">
         <v>124</v>
       </c>
       <c r="G10" t="s">
         <v>125</v>
       </c>
       <c r="H10" s="5">
-        <v>11928.0</v>
+        <v>16671.0</v>
       </c>
       <c r="I10" s="5">
-        <v>14433</v>
+        <v>20172</v>
       </c>
       <c r="J10" t="s">
         <v>126</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
         <v>120</v>
       </c>
       <c r="B11">
-        <v>4.41</v>
+        <v>4.83</v>
       </c>
       <c r="C11" t="s">
-        <v>143</v>
+        <v>121</v>
       </c>
       <c r="D11" t="s">
         <v>144</v>
       </c>
       <c r="E11" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F11" t="s">
         <v>124</v>
       </c>
       <c r="G11" t="s">
         <v>125</v>
       </c>
       <c r="H11" s="5">
-        <v>7558.0</v>
+        <v>11928.0</v>
       </c>
       <c r="I11" s="5">
-        <v>9145</v>
+        <v>14433</v>
       </c>
       <c r="J11" t="s">
         <v>126</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
         <v>120</v>
       </c>
       <c r="B12">
-        <v>3.91</v>
+        <v>4.41</v>
       </c>
       <c r="C12" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D12" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E12" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F12" t="s">
         <v>124</v>
       </c>
       <c r="G12" t="s">
         <v>125</v>
       </c>
       <c r="H12" s="5">
-        <v>7086.0</v>
+        <v>7558.0</v>
       </c>
       <c r="I12" s="5">
-        <v>8574</v>
+        <v>9145</v>
       </c>
       <c r="J12" t="s">
         <v>126</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
         <v>120</v>
       </c>
       <c r="B13">
-        <v>3.74</v>
+        <v>3.91</v>
       </c>
       <c r="C13" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="D13" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E13" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F13" t="s">
         <v>124</v>
       </c>
       <c r="G13" t="s">
         <v>125</v>
       </c>
       <c r="H13" s="5">
-        <v>6926.0</v>
+        <v>7086.0</v>
       </c>
       <c r="I13" s="5">
-        <v>8380</v>
+        <v>8574</v>
       </c>
       <c r="J13" t="s">
         <v>126</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
         <v>120</v>
       </c>
       <c r="B14">
-        <v>3.35</v>
+        <v>3.74</v>
       </c>
       <c r="C14" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
         <v>148</v>
       </c>
       <c r="E14" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="F14" t="s">
         <v>124</v>
       </c>
       <c r="G14" t="s">
         <v>125</v>
       </c>
       <c r="H14" s="5">
-        <v>6318.0</v>
+        <v>6926.0</v>
       </c>
       <c r="I14" s="5">
-        <v>7645</v>
+        <v>8380</v>
       </c>
       <c r="J14" t="s">
         <v>126</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
         <v>120</v>
       </c>
       <c r="B15">
-        <v>3.07</v>
+        <v>3.35</v>
       </c>
       <c r="C15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D15" t="s">
         <v>150</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>151</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" t="s">
         <v>124</v>
       </c>
       <c r="G15" t="s">
         <v>125</v>
       </c>
       <c r="H15" s="5">
-        <v>9081.0</v>
+        <v>6318.0</v>
       </c>
       <c r="I15" s="5">
-        <v>10988</v>
+        <v>7645</v>
       </c>
       <c r="J15" t="s">
         <v>126</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
         <v>120</v>
       </c>
       <c r="B16">
-        <v>3.05</v>
+        <v>3.07</v>
       </c>
       <c r="C16" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D16" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E16" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="F16" t="s">
         <v>124</v>
       </c>
       <c r="G16" t="s">
         <v>125</v>
       </c>
       <c r="H16" s="5">
-        <v>9054.0</v>
+        <v>9081.0</v>
       </c>
       <c r="I16" s="5">
-        <v>10955</v>
+        <v>10988</v>
       </c>
       <c r="J16" t="s">
         <v>126</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
         <v>120</v>
       </c>
       <c r="B17">
-        <v>2.22</v>
+        <v>3.05</v>
       </c>
       <c r="C17" t="s">
-        <v>129</v>
+        <v>152</v>
       </c>
       <c r="D17" t="s">
         <v>154</v>
       </c>
       <c r="E17" t="s">
-        <v>123</v>
+        <v>155</v>
       </c>
       <c r="F17" t="s">
         <v>124</v>
       </c>
       <c r="G17" t="s">
         <v>125</v>
       </c>
       <c r="H17" s="5">
-        <v>7398.0</v>
+        <v>9054.0</v>
       </c>
       <c r="I17" s="5">
-        <v>8952</v>
+        <v>10955</v>
       </c>
       <c r="J17" t="s">
         <v>126</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
         <v>120</v>
       </c>
       <c r="B18">
-        <v>2.04</v>
+        <v>2.22</v>
       </c>
       <c r="C18" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="D18" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E18" t="s">
-        <v>156</v>
+        <v>129</v>
       </c>
       <c r="F18" t="s">
         <v>124</v>
       </c>
       <c r="G18" t="s">
         <v>125</v>
       </c>
       <c r="H18" s="5">
-        <v>7143.0</v>
+        <v>7398.0</v>
       </c>
       <c r="I18" s="5">
-        <v>8643</v>
+        <v>8952</v>
       </c>
       <c r="J18" t="s">
         <v>126</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
         <v>120</v>
       </c>
       <c r="B19">
-        <v>1.67</v>
+        <v>2.04</v>
       </c>
       <c r="C19" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D19" t="s">
         <v>157</v>
       </c>
       <c r="E19" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F19" t="s">
         <v>124</v>
       </c>
       <c r="G19" t="s">
         <v>125</v>
       </c>
       <c r="H19" s="5">
-        <v>3904.0</v>
+        <v>7143.0</v>
       </c>
       <c r="I19" s="5">
-        <v>4724</v>
+        <v>8643</v>
       </c>
       <c r="J19" t="s">
         <v>126</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
         <v>120</v>
       </c>
       <c r="B20">
-        <v>1.51</v>
+        <v>1.67</v>
       </c>
       <c r="C20" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
+        <v>159</v>
+      </c>
+      <c r="E20" t="s">
         <v>158</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>124</v>
       </c>
       <c r="G20" t="s">
         <v>125</v>
       </c>
       <c r="H20" s="5">
-        <v>7508.0</v>
+        <v>3904.0</v>
       </c>
       <c r="I20" s="5">
-        <v>9085</v>
+        <v>4724</v>
       </c>
       <c r="J20" t="s">
         <v>126</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
         <v>120</v>
       </c>
       <c r="B21">
         <v>1.51</v>
       </c>
       <c r="C21" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D21" t="s">
         <v>160</v>
       </c>
       <c r="E21" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F21" t="s">
         <v>124</v>
       </c>
       <c r="G21" t="s">
         <v>125</v>
       </c>
       <c r="H21" s="5">
         <v>7508.0</v>
       </c>
       <c r="I21" s="5">
         <v>9085</v>
       </c>
       <c r="J21" t="s">
         <v>126</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
         <v>120</v>
       </c>
       <c r="B22">
-        <v>1.5</v>
+        <v>1.51</v>
       </c>
       <c r="C22" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E22" t="s">
         <v>161</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
         <v>124</v>
       </c>
       <c r="G22" t="s">
         <v>125</v>
       </c>
       <c r="H22" s="5">
-        <v>7488.0</v>
+        <v>7508.0</v>
       </c>
       <c r="I22" s="5">
-        <v>9060</v>
+        <v>9085</v>
       </c>
       <c r="J22" t="s">
         <v>126</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
         <v>120</v>
       </c>
       <c r="B23">
-        <v>1.49</v>
+        <v>1.5</v>
       </c>
       <c r="C23" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E23" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F23" t="s">
         <v>124</v>
       </c>
       <c r="G23" t="s">
         <v>125</v>
       </c>
       <c r="H23" s="5">
-        <v>7048.0</v>
+        <v>7488.0</v>
       </c>
       <c r="I23" s="5">
-        <v>8528</v>
+        <v>9060</v>
       </c>
       <c r="J23" t="s">
         <v>126</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
         <v>120</v>
       </c>
       <c r="B24">
         <v>1.49</v>
       </c>
       <c r="C24" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E24" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F24" t="s">
         <v>124</v>
       </c>
       <c r="G24" t="s">
         <v>125</v>
       </c>
       <c r="H24" s="5">
         <v>7048.0</v>
       </c>
       <c r="I24" s="5">
         <v>8528</v>
       </c>
       <c r="J24" t="s">
         <v>126</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
         <v>120</v>
       </c>
       <c r="B25">
-        <v>1.48</v>
+        <v>1.49</v>
       </c>
       <c r="C25" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D25" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E25" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F25" t="s">
         <v>124</v>
       </c>
       <c r="G25" t="s">
         <v>125</v>
       </c>
       <c r="H25" s="5">
-        <v>7028.0</v>
+        <v>7048.0</v>
       </c>
       <c r="I25" s="5">
-        <v>8504</v>
+        <v>8528</v>
       </c>
       <c r="J25" t="s">
         <v>126</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
         <v>120</v>
       </c>
       <c r="B26">
-        <v>1.45</v>
+        <v>1.48</v>
       </c>
       <c r="C26" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D26" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E26" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F26" t="s">
         <v>124</v>
       </c>
       <c r="G26" t="s">
         <v>125</v>
       </c>
       <c r="H26" s="5">
-        <v>6972.0</v>
+        <v>7028.0</v>
       </c>
       <c r="I26" s="5">
-        <v>8436</v>
+        <v>8504</v>
       </c>
       <c r="J26" t="s">
         <v>126</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
         <v>120</v>
       </c>
       <c r="B27">
         <v>1.45</v>
       </c>
       <c r="C27" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D27" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E27" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F27" t="s">
         <v>124</v>
       </c>
       <c r="G27" t="s">
         <v>125</v>
       </c>
       <c r="H27" s="5">
         <v>6972.0</v>
       </c>
       <c r="I27" s="5">
         <v>8436</v>
       </c>
       <c r="J27" t="s">
         <v>126</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
         <v>120</v>
       </c>
       <c r="B28">
-        <v>1.44</v>
+        <v>1.45</v>
       </c>
       <c r="C28" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D28" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E28" t="s">
-        <v>123</v>
+        <v>161</v>
       </c>
       <c r="F28" t="s">
         <v>124</v>
       </c>
       <c r="G28" t="s">
         <v>125</v>
       </c>
       <c r="H28" s="5">
-        <v>6952.0</v>
+        <v>6972.0</v>
       </c>
       <c r="I28" s="5">
-        <v>8412</v>
+        <v>8436</v>
       </c>
       <c r="J28" t="s">
         <v>126</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
         <v>120</v>
       </c>
       <c r="B29">
-        <v>1.4</v>
+        <v>1.44</v>
       </c>
       <c r="C29" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D29" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E29" t="s">
-        <v>159</v>
+        <v>129</v>
       </c>
       <c r="F29" t="s">
         <v>124</v>
       </c>
       <c r="G29" t="s">
         <v>125</v>
       </c>
       <c r="H29" s="5">
-        <v>6876.0</v>
+        <v>6952.0</v>
       </c>
       <c r="I29" s="5">
-        <v>8320</v>
+        <v>8412</v>
       </c>
       <c r="J29" t="s">
         <v>126</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
         <v>120</v>
       </c>
       <c r="B30">
-        <v>2.27</v>
+        <v>1.4</v>
       </c>
       <c r="C30" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="D30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E30" t="s">
-        <v>128</v>
+        <v>161</v>
       </c>
       <c r="F30" t="s">
         <v>124</v>
       </c>
       <c r="G30" t="s">
         <v>125</v>
       </c>
       <c r="H30" s="5">
-        <v>5771.0</v>
+        <v>6876.0</v>
       </c>
       <c r="I30" s="5">
-        <v>6983</v>
+        <v>8320</v>
       </c>
       <c r="J30" t="s">
         <v>126</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
         <v>120</v>
       </c>
       <c r="B31">
-        <v>2.49</v>
+        <v>2.27</v>
       </c>
       <c r="C31" t="s">
-        <v>170</v>
+        <v>132</v>
       </c>
       <c r="D31" t="s">
         <v>171</v>
       </c>
       <c r="E31" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F31" t="s">
         <v>124</v>
       </c>
       <c r="G31" t="s">
         <v>125</v>
       </c>
       <c r="H31" s="5">
-        <v>5960.0</v>
+        <v>5771.0</v>
       </c>
       <c r="I31" s="5">
-        <v>7212</v>
+        <v>6983</v>
       </c>
       <c r="J31" t="s">
         <v>126</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
         <v>120</v>
       </c>
       <c r="B32">
         <v>8.44</v>
       </c>
       <c r="C32" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D32" t="s">
         <v>172</v>
       </c>
       <c r="E32" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F32" t="s">
         <v>124</v>
       </c>
       <c r="G32" t="s">
         <v>125</v>
       </c>
       <c r="H32" s="5">
         <v>11866.0</v>
       </c>
       <c r="I32" s="5">
         <v>14358</v>
       </c>
       <c r="J32" t="s">
         <v>126</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
         <v>120</v>
       </c>
       <c r="B33">
@@ -2517,2682 +2520,2682 @@
       </c>
       <c r="G33" t="s">
         <v>125</v>
       </c>
       <c r="H33" s="5">
         <v>4488.0</v>
       </c>
       <c r="I33" s="5">
         <v>5430</v>
       </c>
       <c r="J33" t="s">
         <v>126</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
         <v>120</v>
       </c>
       <c r="B34">
         <v>2.2</v>
       </c>
       <c r="C34" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D34" t="s">
         <v>176</v>
       </c>
       <c r="E34" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F34" t="s">
         <v>124</v>
       </c>
       <c r="G34" t="s">
         <v>125</v>
       </c>
       <c r="H34" s="5">
         <v>4077.0</v>
       </c>
       <c r="I34" s="5">
         <v>4933</v>
       </c>
       <c r="J34" t="s">
         <v>126</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
         <v>120</v>
       </c>
       <c r="B35">
         <v>8.03</v>
       </c>
       <c r="C35" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D35" t="s">
         <v>177</v>
       </c>
       <c r="E35" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F35" t="s">
         <v>124</v>
       </c>
       <c r="G35" t="s">
         <v>125</v>
       </c>
       <c r="H35" s="5">
         <v>9633.0</v>
       </c>
       <c r="I35" s="5">
         <v>11656</v>
       </c>
       <c r="J35" t="s">
         <v>126</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
         <v>120</v>
       </c>
       <c r="B36">
         <v>1.91</v>
       </c>
       <c r="C36" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D36" t="s">
         <v>178</v>
       </c>
       <c r="E36" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F36" t="s">
         <v>124</v>
       </c>
       <c r="G36" t="s">
         <v>125</v>
       </c>
       <c r="H36" s="5">
         <v>4372.0</v>
       </c>
       <c r="I36" s="5">
         <v>5290</v>
       </c>
       <c r="J36" t="s">
         <v>126</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
         <v>120</v>
       </c>
       <c r="B37">
         <v>3.95</v>
       </c>
       <c r="C37" t="s">
         <v>179</v>
       </c>
       <c r="D37" t="s">
         <v>180</v>
       </c>
       <c r="E37" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F37" t="s">
         <v>124</v>
       </c>
       <c r="G37" t="s">
         <v>125</v>
       </c>
       <c r="H37" s="5">
         <v>3614.0</v>
       </c>
       <c r="I37" s="5">
         <v>4373</v>
       </c>
       <c r="J37" t="s">
         <v>126</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
         <v>120</v>
       </c>
       <c r="B38">
         <v>2.91</v>
       </c>
       <c r="C38" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D38" t="s">
         <v>181</v>
       </c>
       <c r="E38" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F38" t="s">
         <v>124</v>
       </c>
       <c r="G38" t="s">
         <v>125</v>
       </c>
       <c r="H38" s="5">
         <v>6325.0</v>
       </c>
       <c r="I38" s="5">
         <v>7653</v>
       </c>
       <c r="J38" t="s">
         <v>126</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
         <v>120</v>
       </c>
       <c r="B39">
         <v>3.09</v>
       </c>
       <c r="C39" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D39" t="s">
         <v>182</v>
       </c>
       <c r="E39" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F39" t="s">
         <v>124</v>
       </c>
       <c r="G39" t="s">
         <v>125</v>
       </c>
       <c r="H39" s="5">
         <v>12306.0</v>
       </c>
       <c r="I39" s="5">
         <v>14890</v>
       </c>
       <c r="J39" t="s">
         <v>126</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
         <v>120</v>
       </c>
       <c r="B40">
         <v>3.31</v>
       </c>
       <c r="C40" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D40" t="s">
         <v>183</v>
       </c>
       <c r="E40" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F40" t="s">
         <v>124</v>
       </c>
       <c r="G40" t="s">
         <v>125</v>
       </c>
       <c r="H40" s="5">
         <v>5946.0</v>
       </c>
       <c r="I40" s="5">
         <v>7195</v>
       </c>
       <c r="J40" t="s">
         <v>126</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
         <v>120</v>
       </c>
       <c r="B41">
         <v>4.21</v>
       </c>
       <c r="C41" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D41" t="s">
         <v>184</v>
       </c>
       <c r="E41" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F41" t="s">
         <v>124</v>
       </c>
       <c r="G41" t="s">
         <v>125</v>
       </c>
       <c r="H41" s="5">
         <v>4841.0</v>
       </c>
       <c r="I41" s="5">
         <v>5858</v>
       </c>
       <c r="J41" t="s">
         <v>126</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
         <v>120</v>
       </c>
       <c r="B42">
         <v>4.9</v>
       </c>
       <c r="C42" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D42" t="s">
         <v>185</v>
       </c>
       <c r="E42" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F42" t="s">
         <v>124</v>
       </c>
       <c r="G42" t="s">
         <v>125</v>
       </c>
       <c r="H42" s="5">
         <v>5297.0</v>
       </c>
       <c r="I42" s="5">
         <v>6409</v>
       </c>
       <c r="J42" t="s">
         <v>126</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
         <v>120</v>
       </c>
       <c r="B43">
         <v>4.22</v>
       </c>
       <c r="C43" t="s">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="D43" t="s">
         <v>186</v>
       </c>
       <c r="E43" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F43" t="s">
         <v>124</v>
       </c>
       <c r="G43" t="s">
         <v>125</v>
       </c>
       <c r="H43" s="5">
         <v>9695.0</v>
       </c>
       <c r="I43" s="5">
         <v>11731</v>
       </c>
       <c r="J43" t="s">
         <v>126</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
         <v>120</v>
       </c>
       <c r="B44">
         <v>6.31</v>
       </c>
       <c r="C44" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D44" t="s">
         <v>187</v>
       </c>
       <c r="E44" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F44" t="s">
         <v>124</v>
       </c>
       <c r="G44" t="s">
         <v>125</v>
       </c>
       <c r="H44" s="5">
         <v>21156.0</v>
       </c>
       <c r="I44" s="5">
         <v>25599</v>
       </c>
       <c r="J44" t="s">
         <v>126</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
         <v>120</v>
       </c>
       <c r="B45">
         <v>3.17</v>
       </c>
       <c r="C45" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D45" t="s">
         <v>188</v>
       </c>
       <c r="E45" t="s">
         <v>175</v>
       </c>
       <c r="F45" t="s">
         <v>124</v>
       </c>
       <c r="G45" t="s">
         <v>125</v>
       </c>
       <c r="H45" s="5">
         <v>5817.0</v>
       </c>
       <c r="I45" s="5">
         <v>7039</v>
       </c>
       <c r="J45" t="s">
         <v>126</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
         <v>120</v>
       </c>
       <c r="B46">
         <v>3.97</v>
       </c>
       <c r="C46" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D46" t="s">
         <v>189</v>
       </c>
       <c r="E46" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F46" t="s">
         <v>124</v>
       </c>
       <c r="G46" t="s">
         <v>125</v>
       </c>
       <c r="H46" s="5">
         <v>14048.0</v>
       </c>
       <c r="I46" s="5">
         <v>16998</v>
       </c>
       <c r="J46" t="s">
         <v>126</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
         <v>120</v>
       </c>
       <c r="B47">
         <v>4.04</v>
       </c>
       <c r="C47" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D47" t="s">
         <v>190</v>
       </c>
       <c r="E47" t="s">
         <v>191</v>
       </c>
       <c r="F47" t="s">
         <v>124</v>
       </c>
       <c r="G47" t="s">
         <v>125</v>
       </c>
       <c r="H47" s="5">
         <v>4729.0</v>
       </c>
       <c r="I47" s="5">
         <v>5722</v>
       </c>
       <c r="J47" t="s">
         <v>126</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
         <v>120</v>
       </c>
       <c r="B48">
         <v>3.84</v>
       </c>
       <c r="C48" t="s">
-        <v>170</v>
+        <v>192</v>
       </c>
       <c r="D48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E48" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F48" t="s">
         <v>124</v>
       </c>
       <c r="G48" t="s">
         <v>125</v>
       </c>
       <c r="H48" s="5">
         <v>6436.0</v>
       </c>
       <c r="I48" s="5">
         <v>7788</v>
       </c>
       <c r="J48" t="s">
         <v>126</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
         <v>120</v>
       </c>
       <c r="B49">
         <v>2.44</v>
       </c>
       <c r="C49" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D49" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E49" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F49" t="s">
         <v>124</v>
       </c>
       <c r="G49" t="s">
         <v>125</v>
       </c>
       <c r="H49" s="5">
         <v>7346.0</v>
       </c>
       <c r="I49" s="5">
         <v>8889</v>
       </c>
       <c r="J49" t="s">
         <v>126</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
         <v>120</v>
       </c>
       <c r="B50">
         <v>4.66</v>
       </c>
       <c r="C50" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D50" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E50" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F50" t="s">
         <v>124</v>
       </c>
       <c r="G50" t="s">
         <v>125</v>
       </c>
       <c r="H50" s="5">
         <v>4764.0</v>
       </c>
       <c r="I50" s="5">
         <v>5764</v>
       </c>
       <c r="J50" t="s">
         <v>126</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
         <v>120</v>
       </c>
       <c r="B51">
         <v>4.76</v>
       </c>
       <c r="C51" t="s">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="D51" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E51" t="s">
         <v>175</v>
       </c>
       <c r="F51" t="s">
         <v>124</v>
       </c>
       <c r="G51" t="s">
         <v>125</v>
       </c>
       <c r="H51" s="5">
         <v>4825.0</v>
       </c>
       <c r="I51" s="5">
         <v>5838</v>
       </c>
       <c r="J51" t="s">
         <v>126</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
         <v>120</v>
       </c>
       <c r="B52">
         <v>2.66</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D52" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E52" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F52" t="s">
         <v>124</v>
       </c>
       <c r="G52" t="s">
         <v>125</v>
       </c>
       <c r="H52" s="5">
         <v>4957.0</v>
       </c>
       <c r="I52" s="5">
         <v>5998</v>
       </c>
       <c r="J52" t="s">
         <v>126</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
         <v>120</v>
       </c>
       <c r="B53">
         <v>4.2</v>
       </c>
       <c r="C53" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D53" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E53" t="s">
         <v>175</v>
       </c>
       <c r="F53" t="s">
         <v>124</v>
       </c>
       <c r="G53" t="s">
         <v>125</v>
       </c>
       <c r="H53" s="5">
         <v>6276.0</v>
       </c>
       <c r="I53" s="5">
         <v>7594</v>
       </c>
       <c r="J53" t="s">
         <v>126</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
         <v>120</v>
       </c>
       <c r="B54">
         <v>12.27</v>
       </c>
       <c r="C54" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D54" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E54" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F54" t="s">
         <v>124</v>
       </c>
       <c r="G54" t="s">
         <v>125</v>
       </c>
       <c r="H54" s="5">
         <v>14261.0</v>
       </c>
       <c r="I54" s="5">
         <v>17256</v>
       </c>
       <c r="J54" t="s">
         <v>126</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
         <v>120</v>
       </c>
       <c r="B55">
         <v>7.6</v>
       </c>
       <c r="C55" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D55" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E55" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F55" t="s">
         <v>124</v>
       </c>
       <c r="G55" t="s">
         <v>125</v>
       </c>
       <c r="H55" s="5">
         <v>10260.0</v>
       </c>
       <c r="I55" s="5">
         <v>12415</v>
       </c>
       <c r="J55" t="s">
         <v>126</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
         <v>120</v>
       </c>
       <c r="B56">
         <v>11.77</v>
       </c>
       <c r="C56" t="s">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="D56" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E56" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F56" t="s">
         <v>124</v>
       </c>
       <c r="G56" t="s">
         <v>125</v>
       </c>
       <c r="H56" s="5">
         <v>19761.0</v>
       </c>
       <c r="I56" s="5">
         <v>23911</v>
       </c>
       <c r="J56" t="s">
         <v>126</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
         <v>120</v>
       </c>
       <c r="B57">
         <v>7.09</v>
       </c>
       <c r="C57" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D57" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E57" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F57" t="s">
         <v>124</v>
       </c>
       <c r="G57" t="s">
         <v>125</v>
       </c>
       <c r="H57" s="5">
         <v>14033.0</v>
       </c>
       <c r="I57" s="5">
         <v>16980</v>
       </c>
       <c r="J57" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58">
         <v>6.37</v>
       </c>
       <c r="C58" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D58" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E58" t="s">
         <v>175</v>
       </c>
       <c r="F58" t="s">
         <v>124</v>
       </c>
       <c r="G58" t="s">
         <v>125</v>
       </c>
       <c r="H58" s="5">
         <v>6576.0</v>
       </c>
       <c r="I58" s="5">
         <v>7957</v>
       </c>
       <c r="J58" t="s">
         <v>126</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
         <v>120</v>
       </c>
       <c r="B59">
         <v>7.05</v>
       </c>
       <c r="C59" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D59" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E59" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F59" t="s">
         <v>124</v>
       </c>
       <c r="G59" t="s">
         <v>125</v>
       </c>
       <c r="H59" s="5">
         <v>9789.0</v>
       </c>
       <c r="I59" s="5">
         <v>11845</v>
       </c>
       <c r="J59" t="s">
         <v>126</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60">
         <v>9.29</v>
       </c>
       <c r="C60" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D60" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E60" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F60" t="s">
         <v>124</v>
       </c>
       <c r="G60" t="s">
         <v>125</v>
       </c>
       <c r="H60" s="5">
         <v>11708.0</v>
       </c>
       <c r="I60" s="5">
         <v>14167</v>
       </c>
       <c r="J60" t="s">
         <v>126</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
         <v>120</v>
       </c>
       <c r="B61">
         <v>7.43</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D61" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E61" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F61" t="s">
         <v>124</v>
       </c>
       <c r="G61" t="s">
         <v>125</v>
       </c>
       <c r="H61" s="5">
         <v>7225.0</v>
       </c>
       <c r="I61" s="5">
         <v>8742</v>
       </c>
       <c r="J61" t="s">
         <v>126</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
         <v>120</v>
       </c>
       <c r="B62">
         <v>8.74</v>
       </c>
       <c r="C62" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D62" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E62" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F62" t="s">
         <v>124</v>
       </c>
       <c r="G62" t="s">
         <v>125</v>
       </c>
       <c r="H62" s="5">
         <v>11237.0</v>
       </c>
       <c r="I62" s="5">
         <v>13597</v>
       </c>
       <c r="J62" t="s">
         <v>126</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
         <v>120</v>
       </c>
       <c r="B63">
         <v>7.2</v>
       </c>
       <c r="C63" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D63" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E63" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F63" t="s">
         <v>124</v>
       </c>
       <c r="G63" t="s">
         <v>125</v>
       </c>
       <c r="H63" s="5">
         <v>14168.0</v>
       </c>
       <c r="I63" s="5">
         <v>17143</v>
       </c>
       <c r="J63" t="s">
         <v>126</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
         <v>120</v>
       </c>
       <c r="B64">
         <v>5.64</v>
       </c>
       <c r="C64" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D64" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E64" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F64" t="s">
         <v>124</v>
       </c>
       <c r="G64" t="s">
         <v>125</v>
       </c>
       <c r="H64" s="5">
         <v>8581.0</v>
       </c>
       <c r="I64" s="5">
         <v>10383</v>
       </c>
       <c r="J64" t="s">
         <v>126</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
         <v>120</v>
       </c>
       <c r="B65">
         <v>8.55</v>
       </c>
       <c r="C65" t="s">
+        <v>132</v>
+      </c>
+      <c r="D65" t="s">
+        <v>213</v>
+      </c>
+      <c r="E65" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F65" t="s">
         <v>124</v>
       </c>
       <c r="G65" t="s">
         <v>125</v>
       </c>
       <c r="H65" s="5">
         <v>11074.0</v>
       </c>
       <c r="I65" s="5">
         <v>13400</v>
       </c>
       <c r="J65" t="s">
         <v>126</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
         <v>120</v>
       </c>
       <c r="B66">
         <v>5.68</v>
       </c>
       <c r="C66" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D66" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E66" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F66" t="s">
         <v>124</v>
       </c>
       <c r="G66" t="s">
         <v>125</v>
       </c>
       <c r="H66" s="5">
         <v>6154.0</v>
       </c>
       <c r="I66" s="5">
         <v>7446</v>
       </c>
       <c r="J66" t="s">
         <v>126</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
         <v>120</v>
       </c>
       <c r="B67">
         <v>6.85</v>
       </c>
       <c r="C67" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D67" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E67" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F67" t="s">
         <v>124</v>
       </c>
       <c r="G67" t="s">
         <v>125</v>
       </c>
       <c r="H67" s="5">
         <v>13739.0</v>
       </c>
       <c r="I67" s="5">
         <v>16624</v>
       </c>
       <c r="J67" t="s">
         <v>126</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
         <v>120</v>
       </c>
       <c r="B68">
         <v>13.48</v>
       </c>
       <c r="C68" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D68" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E68" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F68" t="s">
         <v>124</v>
       </c>
       <c r="G68" t="s">
         <v>125</v>
       </c>
       <c r="H68" s="5">
         <v>21855.0</v>
       </c>
       <c r="I68" s="5">
         <v>26445</v>
       </c>
       <c r="J68" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
         <v>120</v>
       </c>
       <c r="B69">
         <v>8.9</v>
       </c>
       <c r="C69" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D69" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E69" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F69" t="s">
         <v>124</v>
       </c>
       <c r="G69" t="s">
         <v>125</v>
       </c>
       <c r="H69" s="5">
         <v>11374.0</v>
       </c>
       <c r="I69" s="5">
         <v>13763</v>
       </c>
       <c r="J69" t="s">
         <v>126</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
         <v>120</v>
       </c>
       <c r="B70">
         <v>3.03</v>
       </c>
       <c r="C70" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D70" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E70" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F70" t="s">
         <v>124</v>
       </c>
       <c r="G70" t="s">
         <v>125</v>
       </c>
       <c r="H70" s="5">
         <v>5377.0</v>
       </c>
       <c r="I70" s="5">
         <v>6506</v>
       </c>
       <c r="J70" t="s">
         <v>126</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
         <v>120</v>
       </c>
       <c r="B71">
         <v>2.12</v>
       </c>
       <c r="C71" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D71" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E71" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F71" t="s">
         <v>124</v>
       </c>
       <c r="G71" t="s">
         <v>125</v>
       </c>
       <c r="H71" s="5">
         <v>6546.0</v>
       </c>
       <c r="I71" s="5">
         <v>7921</v>
       </c>
       <c r="J71" t="s">
         <v>126</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
         <v>120</v>
       </c>
       <c r="B72">
         <v>6.53</v>
       </c>
       <c r="C72" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D72" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E72" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F72" t="s">
         <v>124</v>
       </c>
       <c r="G72" t="s">
         <v>125</v>
       </c>
       <c r="H72" s="5">
         <v>5277.0</v>
       </c>
       <c r="I72" s="5">
         <v>6385</v>
       </c>
       <c r="J72" t="s">
         <v>126</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
         <v>120</v>
       </c>
       <c r="B73">
         <v>4.91</v>
       </c>
       <c r="C73" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D73" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E73" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F73" t="s">
         <v>124</v>
       </c>
       <c r="G73" t="s">
         <v>125</v>
       </c>
       <c r="H73" s="5">
         <v>5411.0</v>
       </c>
       <c r="I73" s="5">
         <v>6547</v>
       </c>
       <c r="J73" t="s">
         <v>126</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
         <v>120</v>
       </c>
       <c r="B74">
         <v>4.74</v>
       </c>
       <c r="C74" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D74" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E74" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F74" t="s">
         <v>124</v>
       </c>
       <c r="G74" t="s">
         <v>125</v>
       </c>
       <c r="H74" s="5">
         <v>3799.0</v>
       </c>
       <c r="I74" s="5">
         <v>4597</v>
       </c>
       <c r="J74" t="s">
         <v>126</v>
       </c>
       <c r="K74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
         <v>120</v>
       </c>
       <c r="B75">
         <v>4.55</v>
       </c>
       <c r="C75" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D75" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E75" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F75" t="s">
         <v>124</v>
       </c>
       <c r="G75" t="s">
         <v>125</v>
       </c>
       <c r="H75" s="5">
         <v>5214.0</v>
       </c>
       <c r="I75" s="5">
         <v>6309</v>
       </c>
       <c r="J75" t="s">
         <v>126</v>
       </c>
       <c r="K75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
         <v>120</v>
       </c>
       <c r="B76">
         <v>4.54</v>
       </c>
       <c r="C76" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D76" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E76" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F76" t="s">
         <v>124</v>
       </c>
       <c r="G76" t="s">
         <v>125</v>
       </c>
       <c r="H76" s="5">
         <v>5209.0</v>
       </c>
       <c r="I76" s="5">
         <v>6303</v>
       </c>
       <c r="J76" t="s">
         <v>126</v>
       </c>
       <c r="K76" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="s">
         <v>120</v>
       </c>
       <c r="B77">
         <v>4.19</v>
       </c>
       <c r="C77" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D77" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E77" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F77" t="s">
         <v>124</v>
       </c>
       <c r="G77" t="s">
         <v>125</v>
       </c>
       <c r="H77" s="5">
         <v>3584.0</v>
       </c>
       <c r="I77" s="5">
         <v>4337</v>
       </c>
       <c r="J77" t="s">
         <v>126</v>
       </c>
       <c r="K77" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" t="s">
         <v>120</v>
       </c>
       <c r="B78">
         <v>4.19</v>
       </c>
       <c r="C78" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D78" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E78" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F78" t="s">
         <v>124</v>
       </c>
       <c r="G78" t="s">
         <v>125</v>
       </c>
       <c r="H78" s="5">
         <v>3584.0</v>
       </c>
       <c r="I78" s="5">
         <v>4337</v>
       </c>
       <c r="J78" t="s">
         <v>126</v>
       </c>
       <c r="K78" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" t="s">
         <v>120</v>
       </c>
       <c r="B79">
         <v>4.13</v>
       </c>
       <c r="C79" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D79" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E79" t="s">
         <v>175</v>
       </c>
       <c r="F79" t="s">
         <v>124</v>
       </c>
       <c r="G79" t="s">
         <v>125</v>
       </c>
       <c r="H79" s="5">
         <v>3561.0</v>
       </c>
       <c r="I79" s="5">
         <v>4309</v>
       </c>
       <c r="J79" t="s">
         <v>126</v>
       </c>
       <c r="K79" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="s">
         <v>120</v>
       </c>
       <c r="B80">
         <v>4.12</v>
       </c>
       <c r="C80" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D80" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E80" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F80" t="s">
         <v>124</v>
       </c>
       <c r="G80" t="s">
         <v>125</v>
       </c>
       <c r="H80" s="5">
         <v>3557.0</v>
       </c>
       <c r="I80" s="5">
         <v>4304</v>
       </c>
       <c r="J80" t="s">
         <v>126</v>
       </c>
       <c r="K80" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" t="s">
         <v>120</v>
       </c>
       <c r="B81">
         <v>3.93</v>
       </c>
       <c r="C81" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D81" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E81" t="s">
         <v>175</v>
       </c>
       <c r="F81" t="s">
         <v>124</v>
       </c>
       <c r="G81" t="s">
         <v>125</v>
       </c>
       <c r="H81" s="5">
         <v>3483.0</v>
       </c>
       <c r="I81" s="5">
         <v>4214</v>
       </c>
       <c r="J81" t="s">
         <v>126</v>
       </c>
       <c r="K81" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" t="s">
         <v>120</v>
       </c>
       <c r="B82">
         <v>3.8</v>
       </c>
       <c r="C82" t="s">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="D82" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E82" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F82" t="s">
         <v>124</v>
       </c>
       <c r="G82" t="s">
         <v>125</v>
       </c>
       <c r="H82" s="5">
         <v>4805.0</v>
       </c>
       <c r="I82" s="5">
         <v>5814</v>
       </c>
       <c r="J82" t="s">
         <v>126</v>
       </c>
       <c r="K82" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="s">
         <v>120</v>
       </c>
       <c r="B83">
         <v>3.69</v>
       </c>
       <c r="C83" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D83" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E83" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F83" t="s">
         <v>124</v>
       </c>
       <c r="G83" t="s">
         <v>125</v>
       </c>
       <c r="H83" s="5">
         <v>4745.0</v>
       </c>
       <c r="I83" s="5">
         <v>5741</v>
       </c>
       <c r="J83" t="s">
         <v>126</v>
       </c>
       <c r="K83" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" t="s">
         <v>120</v>
       </c>
       <c r="B84">
         <v>3.52</v>
       </c>
       <c r="C84" t="s">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="D84" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E84" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F84" t="s">
         <v>124</v>
       </c>
       <c r="G84" t="s">
         <v>125</v>
       </c>
       <c r="H84" s="5">
         <v>6646.0</v>
       </c>
       <c r="I84" s="5">
         <v>8042</v>
       </c>
       <c r="J84" t="s">
         <v>126</v>
       </c>
       <c r="K84" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" t="s">
         <v>120</v>
       </c>
       <c r="B85">
         <v>3.46</v>
       </c>
       <c r="C85" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D85" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E85" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F85" t="s">
         <v>124</v>
       </c>
       <c r="G85" t="s">
         <v>125</v>
       </c>
       <c r="H85" s="5">
         <v>4619.0</v>
       </c>
       <c r="I85" s="5">
         <v>5589</v>
       </c>
       <c r="J85" t="s">
         <v>126</v>
       </c>
       <c r="K85" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="s">
         <v>120</v>
       </c>
       <c r="B86">
         <v>3.41</v>
       </c>
       <c r="C86" t="s">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="D86" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E86" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F86" t="s">
         <v>124</v>
       </c>
       <c r="G86" t="s">
         <v>125</v>
       </c>
       <c r="H86" s="5">
         <v>4592.0</v>
       </c>
       <c r="I86" s="5">
         <v>5556</v>
       </c>
       <c r="J86" t="s">
         <v>126</v>
       </c>
       <c r="K86" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" t="s">
         <v>120</v>
       </c>
       <c r="B87">
         <v>3.26</v>
       </c>
       <c r="C87" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D87" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E87" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F87" t="s">
         <v>124</v>
       </c>
       <c r="G87" t="s">
         <v>125</v>
       </c>
       <c r="H87" s="5">
         <v>6443.0</v>
       </c>
       <c r="I87" s="5">
         <v>7796</v>
       </c>
       <c r="J87" t="s">
         <v>126</v>
       </c>
       <c r="K87" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" t="s">
         <v>120</v>
       </c>
       <c r="B88">
         <v>6.94</v>
       </c>
       <c r="C88" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D88" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E88" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F88" t="s">
         <v>124</v>
       </c>
       <c r="G88" t="s">
         <v>125</v>
       </c>
       <c r="H88" s="5">
         <v>7904.0</v>
       </c>
       <c r="I88" s="5">
         <v>9564</v>
       </c>
       <c r="J88" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K88" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" t="s">
         <v>120</v>
       </c>
       <c r="B89">
         <v>4.96</v>
       </c>
       <c r="C89" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D89" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E89" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F89" t="s">
         <v>124</v>
       </c>
       <c r="G89" t="s">
         <v>125</v>
       </c>
       <c r="H89" s="5">
         <v>5647.0</v>
       </c>
       <c r="I89" s="5">
         <v>6833</v>
       </c>
       <c r="J89" t="s">
         <v>126</v>
       </c>
       <c r="K89" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" t="s">
         <v>120</v>
       </c>
       <c r="B90">
         <v>13.84</v>
       </c>
       <c r="C90" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D90" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E90" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F90" t="s">
         <v>124</v>
       </c>
       <c r="G90" t="s">
         <v>125</v>
       </c>
       <c r="H90" s="5">
         <v>14825.0</v>
       </c>
       <c r="I90" s="5">
         <v>17938</v>
       </c>
       <c r="J90" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K90" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" t="s">
         <v>120</v>
       </c>
       <c r="B91">
         <v>18.88</v>
       </c>
       <c r="C91" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D91" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E91" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F91" t="s">
         <v>124</v>
       </c>
       <c r="G91" t="s">
         <v>125</v>
       </c>
       <c r="H91" s="5">
         <v>19013.0</v>
       </c>
       <c r="I91" s="5">
         <v>23006</v>
       </c>
       <c r="J91" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K91" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" t="s">
         <v>120</v>
       </c>
       <c r="B92">
         <v>11.49</v>
       </c>
       <c r="C92" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D92" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E92" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F92" t="s">
         <v>124</v>
       </c>
       <c r="G92" t="s">
         <v>125</v>
       </c>
       <c r="H92" s="5">
         <v>12782.0</v>
       </c>
       <c r="I92" s="5">
         <v>15466</v>
       </c>
       <c r="J92" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K92" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" t="s">
         <v>120</v>
       </c>
       <c r="B93">
         <v>20.14</v>
       </c>
       <c r="C93" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D93" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E93" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F93" t="s">
         <v>124</v>
       </c>
       <c r="G93" t="s">
         <v>125</v>
       </c>
       <c r="H93" s="5">
         <v>20060.0</v>
       </c>
       <c r="I93" s="5">
         <v>24273</v>
       </c>
       <c r="J93" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K93" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" t="s">
         <v>120</v>
       </c>
       <c r="B94">
         <v>13.1</v>
       </c>
       <c r="C94" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D94" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E94" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F94" t="s">
         <v>124</v>
       </c>
       <c r="G94" t="s">
         <v>125</v>
       </c>
       <c r="H94" s="5">
         <v>18473.0</v>
       </c>
       <c r="I94" s="5">
         <v>22352</v>
       </c>
       <c r="J94" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K94" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" t="s">
         <v>120</v>
       </c>
       <c r="B95">
         <v>10.81</v>
       </c>
       <c r="C95" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D95" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E95" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F95" t="s">
         <v>124</v>
       </c>
       <c r="G95" t="s">
         <v>125</v>
       </c>
       <c r="H95" s="5">
         <v>18461.0</v>
       </c>
       <c r="I95" s="5">
         <v>22338</v>
       </c>
       <c r="J95" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K95" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" t="s">
         <v>120</v>
       </c>
       <c r="B96">
         <v>18.38</v>
       </c>
       <c r="C96" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D96" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E96" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F96" t="s">
         <v>124</v>
       </c>
       <c r="G96" t="s">
         <v>125</v>
       </c>
       <c r="H96" s="5">
         <v>27897.0</v>
       </c>
       <c r="I96" s="5">
         <v>33755</v>
       </c>
       <c r="J96" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="K96" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" t="s">
         <v>120</v>
       </c>
       <c r="B97">
         <v>8.33</v>
       </c>
       <c r="C97" t="s">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="D97" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E97" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F97" t="s">
         <v>124</v>
       </c>
       <c r="G97" t="s">
         <v>125</v>
       </c>
       <c r="H97" s="5">
         <v>5123.0</v>
       </c>
       <c r="I97" s="5">
         <v>6199</v>
       </c>
       <c r="J97" t="s">
         <v>126</v>
       </c>
       <c r="K97" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" t="s">
         <v>120</v>
       </c>
       <c r="B98">
         <v>8.62</v>
       </c>
       <c r="C98" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D98" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E98" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F98" t="s">
         <v>124</v>
       </c>
       <c r="G98" t="s">
         <v>125</v>
       </c>
       <c r="H98" s="5">
         <v>7341.0</v>
       </c>
       <c r="I98" s="5">
         <v>8883</v>
       </c>
       <c r="J98" t="s">
         <v>126</v>
       </c>
       <c r="K98" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" t="s">
         <v>120</v>
       </c>
       <c r="B99">
         <v>7.25</v>
       </c>
       <c r="C99" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D99" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E99" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F99" t="s">
         <v>124</v>
       </c>
       <c r="G99" t="s">
         <v>125</v>
       </c>
       <c r="H99" s="5">
         <v>6544.0</v>
       </c>
       <c r="I99" s="5">
         <v>7918</v>
       </c>
       <c r="J99" t="s">
         <v>126</v>
       </c>
       <c r="K99" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" t="s">
         <v>120</v>
       </c>
       <c r="B100">
         <v>3.8</v>
       </c>
       <c r="C100" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D100" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E100" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F100" t="s">
         <v>124</v>
       </c>
       <c r="G100" t="s">
         <v>125</v>
       </c>
       <c r="H100" s="5">
         <v>4537.0</v>
       </c>
       <c r="I100" s="5">
         <v>5490</v>
       </c>
       <c r="J100" t="s">
         <v>126</v>
       </c>
       <c r="K100" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" t="s">
         <v>120</v>
       </c>
       <c r="B101">
         <v>5.85</v>
       </c>
       <c r="C101" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D101" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E101" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F101" t="s">
         <v>124</v>
       </c>
       <c r="G101" t="s">
         <v>125</v>
       </c>
       <c r="H101" s="5">
         <v>8185.0</v>
       </c>
       <c r="I101" s="5">
         <v>9904</v>
       </c>
       <c r="J101" t="s">
         <v>126</v>
       </c>
       <c r="K101" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" t="s">
         <v>120</v>
       </c>
       <c r="B102">
         <v>11.37</v>
       </c>
       <c r="C102" t="s">
         <v>173</v>
       </c>
       <c r="D102" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E102" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F102" t="s">
         <v>124</v>
       </c>
       <c r="G102" t="s">
         <v>125</v>
       </c>
       <c r="H102" s="5">
         <v>12772.0</v>
       </c>
       <c r="I102" s="5">
         <v>15454</v>
       </c>
       <c r="J102" t="s">
         <v>126</v>
       </c>
       <c r="K102" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" t="s">
         <v>120</v>
       </c>
       <c r="B103">
         <v>5.51</v>
       </c>
       <c r="C103" t="s">
+        <v>267</v>
+      </c>
+      <c r="D103" t="s">
+        <v>268</v>
+      </c>
+      <c r="E103" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F103" t="s">
         <v>124</v>
       </c>
       <c r="G103" t="s">
         <v>125</v>
       </c>
       <c r="H103" s="5">
         <v>7903.0</v>
       </c>
       <c r="I103" s="5">
         <v>9563</v>
       </c>
       <c r="J103" t="s">
         <v>126</v>
       </c>
       <c r="K103" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" t="s">
         <v>120</v>
       </c>
       <c r="B104">
         <v>8.51</v>
       </c>
       <c r="C104" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D104" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E104" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F104" t="s">
         <v>124</v>
       </c>
       <c r="G104" t="s">
         <v>125</v>
       </c>
       <c r="H104" s="5">
         <v>5198.0</v>
       </c>
       <c r="I104" s="5">
         <v>6290</v>
       </c>
       <c r="J104" t="s">
         <v>126</v>
       </c>
       <c r="K104" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" t="s">
         <v>120</v>
       </c>
       <c r="B105">
         <v>6.91</v>
       </c>
       <c r="C105" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D105" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E105" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F105" t="s">
         <v>124</v>
       </c>
       <c r="G105" t="s">
         <v>125</v>
       </c>
       <c r="H105" s="5">
         <v>4533.0</v>
       </c>
       <c r="I105" s="5">
         <v>5485</v>
       </c>
       <c r="J105" t="s">
         <v>126</v>
       </c>
       <c r="K105" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" t="s">
         <v>120</v>
       </c>
       <c r="B106">
         <v>6.87</v>
       </c>
       <c r="C106" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D106" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E106" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F106" t="s">
         <v>124</v>
       </c>
       <c r="G106" t="s">
         <v>125</v>
       </c>
       <c r="H106" s="5">
         <v>9033.0</v>
       </c>
       <c r="I106" s="5">
         <v>10930</v>
       </c>
       <c r="J106" t="s">
         <v>126</v>
       </c>
       <c r="K106" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" t="s">
         <v>120</v>
       </c>
       <c r="B107">
         <v>10.14</v>
       </c>
       <c r="C107" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D107" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E107" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F107" t="s">
         <v>124</v>
       </c>
       <c r="G107" t="s">
         <v>125</v>
       </c>
       <c r="H107" s="5">
         <v>8225.0</v>
       </c>
       <c r="I107" s="5">
         <v>9952</v>
       </c>
       <c r="J107" t="s">
         <v>126</v>
       </c>
       <c r="K107" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" t="s">
         <v>120</v>
       </c>
       <c r="B108">
         <v>9.34</v>
       </c>
       <c r="C108" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D108" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E108" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F108" t="s">
         <v>124</v>
       </c>
       <c r="G108" t="s">
         <v>125</v>
       </c>
       <c r="H108" s="5">
         <v>7760.0</v>
       </c>
       <c r="I108" s="5">
         <v>9390</v>
       </c>
       <c r="J108" t="s">
         <v>126</v>
       </c>
       <c r="K108" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" t="s">
         <v>120</v>
       </c>
       <c r="B109">
         <v>9.14</v>
       </c>
       <c r="C109" t="s">
-        <v>141</v>
+        <v>121</v>
       </c>
       <c r="D109" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E109" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F109" t="s">
         <v>124</v>
       </c>
       <c r="G109" t="s">
         <v>125</v>
       </c>
       <c r="H109" s="5">
         <v>7644.0</v>
       </c>
       <c r="I109" s="5">
         <v>9249</v>
       </c>
       <c r="J109" t="s">
         <v>126</v>
       </c>
       <c r="K109" t="s">
         <v>119</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>