--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -17,263 +17,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/smaragd-665ct-deep-bluish-green-minor-s-igi-certifikatem-0102067.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-110ct-deep-bluish-green-s-igi-certifikatem-0102036.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-184ct-deep-bluish-green-s-igi-certifikatem-0102035.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-077ct-bluish-green-s-igi-certifikatem-0102034.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-091ct-deep-bluish-green-s-igi-certifikatem-0102033.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-291ct-bluish-green-s-igi-certifikatem-0102032.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-067ct-deep-bluish-green-s-igi-certifikatem-0102031.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-150ct-bluish-green-s-igi-certifikatem-0102030.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-150ct-deep-bluish-green-s-igi-certifikatem-0102029.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-099ct-deep-bluish-green-s-igi-certifikatem-0102027.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-094ct-deep-bluish-green-s-igi-certifikatem-0102026.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-230ct-deep-bluish-green-s-igi-certifikatem-0102025.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-110ct-deep-bluish-green-s-igi-certifikatem-0102024.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-097ct-deep-bluish-green-s-igi-certifikatem-0102023.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-135ct-bluish-green-s-igi-certifikatem-0102022.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-113ct-bluish-green-s-igi-certifikatem-0102021.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/smaragd-272ct-deep-bluish-green-s-igi-certifikatem-0102020.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/smaragd-205ct-deep-bluish-green-s-igi-certifikatem-0101890.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-182ct-bluish-green-s-igi-certifikatem-0101889.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-161ct-deep-bluish-green-s-igi-certifikatem-0101888.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-127ct-bluish-green-s-igi-certifikatem-0101887.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/smaragd-091ct-deep-bluish-green-s-igi-certifikatem-0101877.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/smaragd-085ct-deep-bluish-green-s-igi-certifikatem-0101876.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-070ct-deep-bluish-green-s-igi-certifikatem-0101873.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-065ct-deep-bluish-green-s-igi-certifikatem-0101872.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/smaragd-064ct-deep-bluish-green-s-igi-certifikatem-0101871.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/smaragd-062ct-deep-bluish-green-s-igi-certifikatem-0101870.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-059ct-deep-bluish-green-s-igi-certifikatem-0101869.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-058ct-deep-bluish-green-s-igi-certifikatem-0101867.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-106ct-vivid-green-kolumbie-muzo-insignificant-s-cd-certifikatem-0101864.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-110ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101861.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-1076ct-deep-bluish-green-s-igi-certifikatem-0101562.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-574ct-deep-bluish-green-s-igi-certifikatem-0101561.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-525ct-bluish-green-s-igi-certifikatem-0101560.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-361ct-deep-green-s-igi-certifikatem-0101559.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-316ct-deep-green-s-igi-certifikatem-0101557.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-296ct-deep-bluish-green-s-igi-certifikatem-0101556.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-230ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101467.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/smaragd-104ct-green-kolumbie-muzo-no-oil-s-agl-certifikatem-0101465.html</t>
   </si>
   <si>
     <t>Smaragd</t>
   </si>
   <si>
+    <t>Emerald Cut</t>
+  </si>
+  <si>
+    <t>12.83mm x 10.45mm x 6.76mm</t>
+  </si>
+  <si>
+    <t>Deep Bluish Green</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Smaragd byl dodatečně upraven olejem a to stupněm MINOR na klasifikační stupnici. Jedná se o zcela běžnou úpravu smaragdů. Na smaragd nelze aplikovat 5% sleva pro registrované uživatele.</t>
+  </si>
+  <si>
+    <t>6.58mm x 6.02mm x 4.06mm</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Průhlednost smaragdu byla upravena bezbarvým olejem (jedná se o běžnou úpravu).</t>
+  </si>
+  <si>
+    <t>8.52mm x 7.00mm x 4.61mm</t>
+  </si>
+  <si>
+    <t>6.01mm x 4.96mm x 3.91mm</t>
+  </si>
+  <si>
+    <t>Bluish Green</t>
+  </si>
+  <si>
+    <t>Round Mixed Cut</t>
+  </si>
+  <si>
+    <t>5.91mm - 5.93mm x 4.10mm</t>
+  </si>
+  <si>
+    <t>Oval Cabochon</t>
+  </si>
+  <si>
+    <t>9.83mm x 7.83mm x 5.43mm</t>
+  </si>
+  <si>
     <t>Oval Mixed Cut</t>
   </si>
   <si>
+    <t>6.69mm x 4.93mm x 3.65mm</t>
+  </si>
+  <si>
+    <t>6.98mm - 6.83mm x 4.61mm</t>
+  </si>
+  <si>
+    <t>8.20mm x 5.76mm x 4.05mm</t>
+  </si>
+  <si>
+    <t>6.52mm x 6.07mm x 3.46mm</t>
+  </si>
+  <si>
+    <t>7.57mm x 5.30mm x 3.86mm</t>
+  </si>
+  <si>
+    <t>8.64mm x 6.95mm x 4.85mm</t>
+  </si>
+  <si>
+    <t>6.98mm x 5.96mm x 3.12mm</t>
+  </si>
+  <si>
+    <t>Pear Mixed Cut</t>
+  </si>
+  <si>
+    <t>7.77mm x 5.94mm x 3.50mm</t>
+  </si>
+  <si>
+    <t>6.74mm - 6.80mm x 4.48mm</t>
+  </si>
+  <si>
+    <t>6.75mm - 6.91mm x 3.64mm</t>
+  </si>
+  <si>
+    <t>9.43mm x 7.69mm x 4.29mm</t>
+  </si>
+  <si>
     <t>11.51mm x 7.32mm x 3.84mm</t>
   </si>
   <si>
-    <t>Deep Bluish Green</t>
-[...10 lines deleted...]
-  <si>
     <t>8.74mm x 7.77mm x 3.80mm</t>
   </si>
   <si>
-    <t>Bluish Green</t>
-[...1 lines deleted...]
-  <si>
     <t>Square Emerald Cut</t>
   </si>
   <si>
     <t>7.38mm x 6.98mm x 4.73mm</t>
   </si>
   <si>
-    <t>Round Mixed Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>6.80mm - 6.99mm x 3.99mm</t>
   </si>
   <si>
-    <t>Emerald Cut</t>
-[...4 lines deleted...]
-  <si>
     <t>7.48mm x 4.50mm x 3.08mm</t>
   </si>
   <si>
     <t>6.12mm x 4.43mm x 3.31mm</t>
   </si>
   <si>
     <t>Square Step Cut</t>
   </si>
   <si>
     <t>4.91mm x 4.74mm x 3.82mm</t>
   </si>
   <si>
-    <t>6.04mm x 4.09mm x 3.39mm</t>
-[...1 lines deleted...]
-  <si>
     <t>4.79mm x 4.46mm x 4.10mm</t>
   </si>
   <si>
     <t>5.23mm x 4.32mm x 3.58mm</t>
   </si>
   <si>
     <t>5.58mm x 4.39mm x 3.07mm</t>
   </si>
   <si>
     <t>Pear Modified Brilliant</t>
   </si>
   <si>
     <t>10.26mm x 5.75mm x 3.82mm</t>
   </si>
   <si>
     <t>Vivid Green</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kámen je včetně etablovaného certifikátu C. Dunaigre. Smaragd je původem z lokace Muzo v Kolumbii, která je celosvětově nejvíce ceněna. Součástí smaragdu je deklarace Muzo stvrzující jeho původ. Smaragd byl dodatečně upraven olejem a to stupněm INSIGNIFICANT na klasifikační stupnici. Jedná se o zcela běžnou úpravu smaragdů. Na smaragd nelze aplikovat 5% sleva pro registrované uživatele.</t>
   </si>
   <si>
     <t>Octagonal Step Cut</t>
   </si>
   <si>
     <t>6.56mm x 6.14mm x 4.27mm</t>
   </si>
   <si>
     <t>Kámen je včetně etablovaného certifikátu C. Dunaigre. Smaragd je původem z lokace Muzo v Kolumbii, která je celosvětově nejvíce ceněna. Součástí smaragdu je deklarace Muzo stvrzující jeho původ. Smaragd byl dodatečně upraven olejem a to stupněm MINOR na klasifikační stupnici. Jedná se o zcela běžnou úpravu smaragdů. Na smaragd nelze aplikovat 5% sleva pro registrované uživatele.</t>
   </si>
   <si>
     <t>12.74mm x 11.88mm x 10.41mm</t>
   </si>
   <si>
     <t>Částečně průhledný</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI. Průhlednost smaragdu byla upravena bezbarvým olejem (jedná se o běžnou úpravu).</t>
   </si>
   <si>
     <t>10.08mm x 9.48mm x 8.02mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pear Mixed Cut</t>
   </si>
   <si>
     <t>15.15mm x 10.44mm x 5.25mm</t>
   </si>
   <si>
     <t>11.05mm x 8.97mm x 5.57mm</t>
   </si>
   <si>
     <t>Deep Green</t>
   </si>
   <si>
     <t>Pear Brilliant</t>
   </si>
   <si>
     <t>12.25mm x 8.34mm x 5.42mm</t>
   </si>
   <si>
     <t>9.89mm x 8.21mm x 4.73mm</t>
   </si>
   <si>
     <t>12.38mm x 6.91mm x 5.31mm</t>
   </si>
   <si>
     <t>Rectangular Emerald Cut</t>
   </si>
@@ -774,62 +870,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-205ct-deep-bluish-green-s-igi-certifikatem-0101890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-182ct-bluish-green-s-igi-certifikatem-0101889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-161ct-deep-bluish-green-s-igi-certifikatem-0101888.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-127ct-bluish-green-s-igi-certifikatem-0101887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-091ct-deep-bluish-green-s-igi-certifikatem-0101877.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-085ct-deep-bluish-green-s-igi-certifikatem-0101876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-070ct-deep-bluish-green-s-igi-certifikatem-0101873.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-065ct-deep-bluish-green-s-igi-certifikatem-0101872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-064ct-deep-bluish-green-s-igi-certifikatem-0101871.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-062ct-deep-bluish-green-s-igi-certifikatem-0101870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-059ct-deep-bluish-green-s-igi-certifikatem-0101869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-058ct-deep-bluish-green-s-igi-certifikatem-0101867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-106ct-vivid-green-kolumbie-muzo-insignificant-s-cd-certifikatem-0101864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-110ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-1076ct-deep-bluish-green-s-igi-certifikatem-0101562.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-574ct-deep-bluish-green-s-igi-certifikatem-0101561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-525ct-bluish-green-s-igi-certifikatem-0101560.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-361ct-deep-green-s-igi-certifikatem-0101559.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-316ct-deep-green-s-igi-certifikatem-0101557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-296ct-deep-bluish-green-s-igi-certifikatem-0101556.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-230ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-104ct-green-kolumbie-muzo-no-oil-s-agl-certifikatem-0101465.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-665ct-deep-bluish-green-minor-s-igi-certifikatem-0102067.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-110ct-deep-bluish-green-s-igi-certifikatem-0102036.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-184ct-deep-bluish-green-s-igi-certifikatem-0102035.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-077ct-bluish-green-s-igi-certifikatem-0102034.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-091ct-deep-bluish-green-s-igi-certifikatem-0102033.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-291ct-bluish-green-s-igi-certifikatem-0102032.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-067ct-deep-bluish-green-s-igi-certifikatem-0102031.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-150ct-bluish-green-s-igi-certifikatem-0102030.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-150ct-deep-bluish-green-s-igi-certifikatem-0102029.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-099ct-deep-bluish-green-s-igi-certifikatem-0102027.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-094ct-deep-bluish-green-s-igi-certifikatem-0102026.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-230ct-deep-bluish-green-s-igi-certifikatem-0102025.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-110ct-deep-bluish-green-s-igi-certifikatem-0102024.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-097ct-deep-bluish-green-s-igi-certifikatem-0102023.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-135ct-bluish-green-s-igi-certifikatem-0102022.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-113ct-bluish-green-s-igi-certifikatem-0102021.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-272ct-deep-bluish-green-s-igi-certifikatem-0102020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-205ct-deep-bluish-green-s-igi-certifikatem-0101890.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-182ct-bluish-green-s-igi-certifikatem-0101889.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-161ct-deep-bluish-green-s-igi-certifikatem-0101888.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-127ct-bluish-green-s-igi-certifikatem-0101887.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-085ct-deep-bluish-green-s-igi-certifikatem-0101876.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-070ct-deep-bluish-green-s-igi-certifikatem-0101873.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-065ct-deep-bluish-green-s-igi-certifikatem-0101872.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-062ct-deep-bluish-green-s-igi-certifikatem-0101870.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-059ct-deep-bluish-green-s-igi-certifikatem-0101869.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-058ct-deep-bluish-green-s-igi-certifikatem-0101867.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-106ct-vivid-green-kolumbie-muzo-insignificant-s-cd-certifikatem-0101864.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-110ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101861.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-1076ct-deep-bluish-green-s-igi-certifikatem-0101562.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-574ct-deep-bluish-green-s-igi-certifikatem-0101561.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-525ct-bluish-green-s-igi-certifikatem-0101560.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-361ct-deep-green-s-igi-certifikatem-0101559.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-316ct-deep-green-s-igi-certifikatem-0101557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-296ct-deep-bluish-green-s-igi-certifikatem-0101556.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-230ct-vivid-green-kolumbie-muzo-minor-s-cd-certifikatem-0101467.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/smaragd-104ct-green-kolumbie-muzo-no-oil-s-agl-certifikatem-0101465.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M24"/>
+  <dimension ref="A1:M39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I24" sqref="I24"/>
+      <selection activeCell="I39" sqref="I39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -853,849 +949,1389 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B3">
-        <v>2.05</v>
+        <v>6.65</v>
       </c>
       <c r="C3" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D3" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F3" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G3" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H3" s="5">
-        <v>64320.0</v>
+        <v>1480000</v>
       </c>
       <c r="I3" s="5">
-        <v>77827</v>
+        <v>1790800</v>
       </c>
       <c r="J3" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B4">
-        <v>1.82</v>
+        <v>1.1</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="D4" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F4" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H4" s="5">
-        <v>53760.0</v>
+        <v>38940.0</v>
       </c>
       <c r="I4" s="5">
-        <v>65050</v>
+        <v>47117</v>
       </c>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B5">
-        <v>1.61</v>
+        <v>1.84</v>
       </c>
       <c r="C5" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G5" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H5" s="5">
-        <v>37695.0</v>
+        <v>323700.0</v>
       </c>
       <c r="I5" s="5">
-        <v>45611</v>
+        <v>391677</v>
       </c>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B6">
-        <v>1.27</v>
+        <v>0.77</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="F6" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H6" s="5">
-        <v>13239.0</v>
+        <v>21752.0</v>
       </c>
       <c r="I6" s="5">
-        <v>16019</v>
+        <v>26320</v>
       </c>
       <c r="J6" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B7">
         <v>0.91</v>
       </c>
       <c r="C7" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F7" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H7" s="5">
-        <v>16950.0</v>
+        <v>40343.0</v>
       </c>
       <c r="I7" s="5">
-        <v>20510</v>
+        <v>48815</v>
       </c>
       <c r="J7" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B8">
-        <v>0.85</v>
+        <v>2.91</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="F8" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H8" s="5">
-        <v>35650.0</v>
+        <v>45895.0</v>
       </c>
       <c r="I8" s="5">
-        <v>43137</v>
+        <v>55533</v>
       </c>
       <c r="J8" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B9">
-        <v>0.7</v>
+        <v>0.67</v>
       </c>
       <c r="C9" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="E9" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H9" s="5">
-        <v>13710.0</v>
+        <v>13908.0</v>
       </c>
       <c r="I9" s="5">
-        <v>16589</v>
+        <v>16829</v>
       </c>
       <c r="J9" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B10">
-        <v>0.65</v>
+        <v>1.5</v>
       </c>
       <c r="C10" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D10" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="F10" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G10" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H10" s="5">
-        <v>18326.0</v>
+        <v>15600.0</v>
       </c>
       <c r="I10" s="5">
-        <v>22174</v>
+        <v>18876</v>
       </c>
       <c r="J10" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B11">
-        <v>0.64</v>
+        <v>1.5</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="E11" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F11" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G11" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H11" s="5">
-        <v>18151.0</v>
+        <v>37681.0</v>
       </c>
       <c r="I11" s="5">
-        <v>21963</v>
+        <v>45594</v>
       </c>
       <c r="J11" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B12">
-        <v>0.62</v>
+        <v>0.99</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G12" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H12" s="5">
-        <v>17801.0</v>
+        <v>25121.0</v>
       </c>
       <c r="I12" s="5">
-        <v>21539</v>
+        <v>30396</v>
       </c>
       <c r="J12" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B13">
-        <v>0.59</v>
+        <v>0.94</v>
       </c>
       <c r="C13" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="D13" t="s">
-        <v>56</v>
+        <v>71</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F13" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G13" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H13" s="5">
-        <v>17276.0</v>
+        <v>33957.0</v>
       </c>
       <c r="I13" s="5">
-        <v>20904</v>
+        <v>41088</v>
       </c>
       <c r="J13" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B14">
-        <v>0.58</v>
+        <v>2.3</v>
       </c>
       <c r="C14" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F14" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G14" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H14" s="5">
-        <v>12215.0</v>
+        <v>36274.0</v>
       </c>
       <c r="I14" s="5">
-        <v>14780</v>
+        <v>43892</v>
       </c>
       <c r="J14" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B15">
-        <v>1.06</v>
+        <v>1.1</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="E15" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="F15" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G15" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="H15" s="5">
-        <v>230000</v>
+        <v>19250.0</v>
       </c>
       <c r="I15" s="5">
-        <v>278300</v>
+        <v>23293</v>
       </c>
       <c r="J15" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B16">
-        <v>1.1</v>
+        <v>0.97</v>
       </c>
       <c r="C16" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="E16" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="F16" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G16" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="H16" s="5">
-        <v>240000</v>
+        <v>16975.0</v>
       </c>
       <c r="I16" s="5">
-        <v>290400</v>
+        <v>20540</v>
       </c>
       <c r="J16" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B17">
-        <v>10.76</v>
+        <v>1.35</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="F17" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="G17" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H17" s="5">
-        <v>690000.0</v>
+        <v>14040.0</v>
       </c>
       <c r="I17" s="5">
-        <v>834900</v>
+        <v>16988</v>
       </c>
       <c r="J17" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B18">
-        <v>5.74</v>
+        <v>1.13</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="D18" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="F18" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G18" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H18" s="5">
-        <v>264000.0</v>
+        <v>11752.0</v>
       </c>
       <c r="I18" s="5">
-        <v>319440</v>
+        <v>14220</v>
       </c>
       <c r="J18" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B19">
-        <v>5.25</v>
+        <v>2.72</v>
       </c>
       <c r="C19" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="D19" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="F19" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G19" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H19" s="5">
-        <v>184000.0</v>
+        <v>52360.0</v>
       </c>
       <c r="I19" s="5">
-        <v>222640</v>
+        <v>63356</v>
       </c>
       <c r="J19" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B20">
-        <v>3.61</v>
+        <v>2.05</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="D20" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E20" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="F20" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G20" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H20" s="5">
-        <v>190000.0</v>
+        <v>64320.0</v>
       </c>
       <c r="I20" s="5">
-        <v>229900</v>
+        <v>77827</v>
       </c>
       <c r="J20" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B21">
-        <v>3.16</v>
+        <v>1.82</v>
       </c>
       <c r="C21" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="D21" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="F21" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G21" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H21" s="5">
-        <v>176000.0</v>
+        <v>53760.0</v>
       </c>
       <c r="I21" s="5">
-        <v>212960</v>
+        <v>65050</v>
       </c>
       <c r="J21" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B22">
-        <v>2.96</v>
+        <v>1.61</v>
       </c>
       <c r="C22" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E22" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F22" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G22" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="H22" s="5">
-        <v>110000.0</v>
+        <v>37695.0</v>
       </c>
       <c r="I22" s="5">
-        <v>133100</v>
+        <v>45611</v>
       </c>
       <c r="J22" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B23">
-        <v>2.3</v>
+        <v>1.27</v>
       </c>
       <c r="C23" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="E23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F23" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G23" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="H23" s="5">
-        <v>500000</v>
+        <v>13239.0</v>
       </c>
       <c r="I23" s="5">
-        <v>605000</v>
+        <v>16019</v>
       </c>
       <c r="J23" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="B24">
-        <v>1.04</v>
+        <v>0.85</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="D24" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="E24" t="s">
-        <v>80</v>
+        <v>53</v>
       </c>
       <c r="F24" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="G24" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="H24" s="5">
-        <v>375000</v>
+        <v>35650.0</v>
       </c>
       <c r="I24" s="5">
-        <v>453750</v>
+        <v>43137</v>
       </c>
       <c r="J24" t="s">
-        <v>82</v>
+        <v>58</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13">
+      <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25">
+        <v>0.7</v>
+      </c>
+      <c r="C25" t="s">
+        <v>51</v>
+      </c>
+      <c r="D25" t="s">
+        <v>85</v>
+      </c>
+      <c r="E25" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" t="s">
+        <v>54</v>
+      </c>
+      <c r="G25" t="s">
+        <v>55</v>
+      </c>
+      <c r="H25" s="5">
+        <v>13710.0</v>
+      </c>
+      <c r="I25" s="5">
+        <v>16589</v>
+      </c>
+      <c r="J25" t="s">
+        <v>58</v>
+      </c>
+      <c r="K25" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
+      <c r="A26" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26">
+        <v>0.65</v>
+      </c>
+      <c r="C26" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" t="s">
+        <v>87</v>
+      </c>
+      <c r="E26" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" t="s">
+        <v>54</v>
+      </c>
+      <c r="G26" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26" s="5">
+        <v>18326.0</v>
+      </c>
+      <c r="I26" s="5">
+        <v>22174</v>
+      </c>
+      <c r="J26" t="s">
+        <v>58</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13">
+      <c r="A27" t="s">
+        <v>50</v>
+      </c>
+      <c r="B27">
+        <v>0.62</v>
+      </c>
+      <c r="C27" t="s">
+        <v>51</v>
+      </c>
+      <c r="D27" t="s">
+        <v>88</v>
+      </c>
+      <c r="E27" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" t="s">
+        <v>55</v>
+      </c>
+      <c r="H27" s="5">
+        <v>17801.0</v>
+      </c>
+      <c r="I27" s="5">
+        <v>21539</v>
+      </c>
+      <c r="J27" t="s">
+        <v>58</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13">
+      <c r="A28" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28">
+        <v>0.59</v>
+      </c>
+      <c r="C28" t="s">
+        <v>51</v>
+      </c>
+      <c r="D28" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" t="s">
+        <v>54</v>
+      </c>
+      <c r="G28" t="s">
+        <v>55</v>
+      </c>
+      <c r="H28" s="5">
+        <v>17276.0</v>
+      </c>
+      <c r="I28" s="5">
+        <v>20904</v>
+      </c>
+      <c r="J28" t="s">
+        <v>58</v>
+      </c>
+      <c r="K28" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13">
+      <c r="A29" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29">
+        <v>0.58</v>
+      </c>
+      <c r="C29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D29" t="s">
+        <v>90</v>
+      </c>
+      <c r="E29" t="s">
+        <v>53</v>
+      </c>
+      <c r="F29" t="s">
+        <v>54</v>
+      </c>
+      <c r="G29" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29" s="5">
+        <v>12215.0</v>
+      </c>
+      <c r="I29" s="5">
+        <v>14780</v>
+      </c>
+      <c r="J29" t="s">
+        <v>58</v>
+      </c>
+      <c r="K29" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13">
+      <c r="A30" t="s">
+        <v>50</v>
+      </c>
+      <c r="B30">
+        <v>1.06</v>
+      </c>
+      <c r="C30" t="s">
+        <v>91</v>
+      </c>
+      <c r="D30" t="s">
+        <v>92</v>
+      </c>
+      <c r="E30" t="s">
+        <v>93</v>
+      </c>
+      <c r="F30" t="s">
+        <v>54</v>
+      </c>
+      <c r="G30" t="s">
+        <v>94</v>
+      </c>
+      <c r="H30" s="5">
+        <v>230000</v>
+      </c>
+      <c r="I30" s="5">
+        <v>278300</v>
+      </c>
+      <c r="J30" t="s">
+        <v>95</v>
+      </c>
+      <c r="K30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13">
+      <c r="A31" t="s">
+        <v>50</v>
+      </c>
+      <c r="B31">
+        <v>1.1</v>
+      </c>
+      <c r="C31" t="s">
+        <v>96</v>
+      </c>
+      <c r="D31" t="s">
+        <v>97</v>
+      </c>
+      <c r="E31" t="s">
+        <v>93</v>
+      </c>
+      <c r="F31" t="s">
+        <v>54</v>
+      </c>
+      <c r="G31" t="s">
+        <v>94</v>
+      </c>
+      <c r="H31" s="5">
+        <v>240000</v>
+      </c>
+      <c r="I31" s="5">
+        <v>290400</v>
+      </c>
+      <c r="J31" t="s">
+        <v>98</v>
+      </c>
+      <c r="K31" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13">
+      <c r="A32" t="s">
+        <v>50</v>
+      </c>
+      <c r="B32">
+        <v>10.76</v>
+      </c>
+      <c r="C32" t="s">
+        <v>51</v>
+      </c>
+      <c r="D32" t="s">
+        <v>99</v>
+      </c>
+      <c r="E32" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" t="s">
+        <v>100</v>
+      </c>
+      <c r="G32" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32" s="5">
+        <v>690000.0</v>
+      </c>
+      <c r="I32" s="5">
+        <v>834900</v>
+      </c>
+      <c r="J32" t="s">
+        <v>101</v>
+      </c>
+      <c r="K32" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13">
+      <c r="A33" t="s">
+        <v>50</v>
+      </c>
+      <c r="B33">
+        <v>5.74</v>
+      </c>
+      <c r="C33" t="s">
+        <v>51</v>
+      </c>
+      <c r="D33" t="s">
+        <v>102</v>
+      </c>
+      <c r="E33" t="s">
+        <v>53</v>
+      </c>
+      <c r="F33" t="s">
+        <v>54</v>
+      </c>
+      <c r="G33" t="s">
+        <v>55</v>
+      </c>
+      <c r="H33" s="5">
+        <v>264000.0</v>
+      </c>
+      <c r="I33" s="5">
+        <v>319440</v>
+      </c>
+      <c r="J33" t="s">
+        <v>58</v>
+      </c>
+      <c r="K33" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13">
+      <c r="A34" t="s">
+        <v>50</v>
+      </c>
+      <c r="B34">
+        <v>5.25</v>
+      </c>
+      <c r="C34" t="s">
+        <v>74</v>
+      </c>
+      <c r="D34" t="s">
+        <v>103</v>
+      </c>
+      <c r="E34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F34" t="s">
+        <v>54</v>
+      </c>
+      <c r="G34" t="s">
+        <v>55</v>
+      </c>
+      <c r="H34" s="5">
+        <v>184000.0</v>
+      </c>
+      <c r="I34" s="5">
+        <v>222640</v>
+      </c>
+      <c r="J34" t="s">
+        <v>58</v>
+      </c>
+      <c r="K34" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13">
+      <c r="A35" t="s">
+        <v>50</v>
+      </c>
+      <c r="B35">
+        <v>3.61</v>
+      </c>
+      <c r="C35" t="s">
+        <v>66</v>
+      </c>
+      <c r="D35" t="s">
+        <v>104</v>
+      </c>
+      <c r="E35" t="s">
+        <v>105</v>
+      </c>
+      <c r="F35" t="s">
+        <v>54</v>
+      </c>
+      <c r="G35" t="s">
+        <v>55</v>
+      </c>
+      <c r="H35" s="5">
+        <v>190000.0</v>
+      </c>
+      <c r="I35" s="5">
+        <v>229900</v>
+      </c>
+      <c r="J35" t="s">
+        <v>58</v>
+      </c>
+      <c r="K35" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13">
+      <c r="A36" t="s">
+        <v>50</v>
+      </c>
+      <c r="B36">
+        <v>3.16</v>
+      </c>
+      <c r="C36" t="s">
+        <v>106</v>
+      </c>
+      <c r="D36" t="s">
+        <v>107</v>
+      </c>
+      <c r="E36" t="s">
+        <v>105</v>
+      </c>
+      <c r="F36" t="s">
+        <v>54</v>
+      </c>
+      <c r="G36" t="s">
+        <v>55</v>
+      </c>
+      <c r="H36" s="5">
+        <v>176000.0</v>
+      </c>
+      <c r="I36" s="5">
+        <v>212960</v>
+      </c>
+      <c r="J36" t="s">
+        <v>58</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13">
+      <c r="A37" t="s">
+        <v>50</v>
+      </c>
+      <c r="B37">
+        <v>2.96</v>
+      </c>
+      <c r="C37" t="s">
+        <v>51</v>
+      </c>
+      <c r="D37" t="s">
+        <v>108</v>
+      </c>
+      <c r="E37" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" t="s">
+        <v>54</v>
+      </c>
+      <c r="G37" t="s">
+        <v>55</v>
+      </c>
+      <c r="H37" s="5">
+        <v>110000.0</v>
+      </c>
+      <c r="I37" s="5">
+        <v>133100</v>
+      </c>
+      <c r="J37" t="s">
+        <v>58</v>
+      </c>
+      <c r="K37" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13">
+      <c r="A38" t="s">
+        <v>50</v>
+      </c>
+      <c r="B38">
+        <v>2.3</v>
+      </c>
+      <c r="C38" t="s">
+        <v>91</v>
+      </c>
+      <c r="D38" t="s">
+        <v>109</v>
+      </c>
+      <c r="E38" t="s">
+        <v>93</v>
+      </c>
+      <c r="F38" t="s">
+        <v>54</v>
+      </c>
+      <c r="G38" t="s">
+        <v>94</v>
+      </c>
+      <c r="H38" s="5">
+        <v>500000</v>
+      </c>
+      <c r="I38" s="5">
+        <v>605000</v>
+      </c>
+      <c r="J38" t="s">
+        <v>98</v>
+      </c>
+      <c r="K38" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13">
+      <c r="A39" t="s">
+        <v>50</v>
+      </c>
+      <c r="B39">
+        <v>1.04</v>
+      </c>
+      <c r="C39" t="s">
+        <v>110</v>
+      </c>
+      <c r="D39" t="s">
+        <v>111</v>
+      </c>
+      <c r="E39" t="s">
+        <v>112</v>
+      </c>
+      <c r="F39" t="s">
+        <v>54</v>
+      </c>
+      <c r="G39" t="s">
+        <v>113</v>
+      </c>
+      <c r="H39" s="5">
+        <v>375000</v>
+      </c>
+      <c r="I39" s="5">
+        <v>453750</v>
+      </c>
+      <c r="J39" t="s">
+        <v>114</v>
+      </c>
+      <c r="K39" t="s">
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="K17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="K18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="K19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="K20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="K21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="K22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="K23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="K24" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="K25" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="K26" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="K27" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="K28" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="K29" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="K30" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="K31" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="K32" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="K33" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="K34" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="K35" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="K36" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="K37" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="K38" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="K39" r:id="rId_hyperlink_37"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>