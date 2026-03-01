--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -17,91 +17,97 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/peridot-299ct-deep-yellowish-green-s-igi-certifikatem-0102066.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/peridot-356ct-deep-yellowish-green-s-igi-certifikatem-0102065.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/peridot-372ct-yellow-green-s-igi-certifikatem-0101804.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-181ct-green-yellow-s-igi-certifikatem-0101801.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-179ct-yellow-green-s-igi-certifikatem-0101800.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-179ct-green-yellow-s-igi-certifikatem-0101799.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-173ct-yellow-green-s-igi-certifikatem-0101798.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-159ct-green-yellow-s-igi-certifikatem-0101797.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-100ct-yellow-green-s-igi-certifikatem-0101796.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-094ct-yellow-green-s-igi-certifikatem-0101795.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-079ct-greenish-yellow-s-igi-certifikatem-0101794.html</t>
@@ -157,99 +163,108 @@
   <si>
     <t>https://www.vvdiamonds.cz/peridot-052ct-greenish-yellow-s-igi-certifikatem-010569.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-062ct-yellowish-green-s-igi-certifikatem-010568.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-104ct-green-yellow-s-igi-certifikatem-010567.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-042ct-yellowish-green-s-igi-certifikatem-010565.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-162ct-yellowish-green-s-igi-certifikatem-010350.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-269ct-yellowish-green-s-igi-certifikatem-010123.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/peridot-147ct-yellowish-green-s-igi-certifikatem-010120.html</t>
   </si>
   <si>
     <t>Peridot</t>
   </si>
   <si>
+    <t>Oval Mixed Cut</t>
+  </si>
+  <si>
+    <t>11.07mm x 9.01mm x 4.64mm</t>
+  </si>
+  <si>
+    <t>Deep Yellowish Green</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
+  </si>
+  <si>
+    <t>11.17mm x 8.75mm x 5.22mm</t>
+  </si>
+  <si>
     <t>Round Mixed Cut</t>
   </si>
   <si>
     <t>10.01mm - 10.15mm x 5.38mm</t>
   </si>
   <si>
     <t>Yellow - Green</t>
   </si>
   <si>
-    <t>Průhledný</t>
-[...7 lines deleted...]
-  <si>
     <t>7.81mm - 7.97mm x 4.58mm</t>
   </si>
   <si>
     <t>Green - Yellow</t>
   </si>
   <si>
     <t>7.67mm - 7.80mm x 4.65mm</t>
   </si>
   <si>
     <t>7.98mm - 8.10mm x 4.39mm</t>
   </si>
   <si>
     <t>7.79mm - 7.97mm x 4.41mm</t>
   </si>
   <si>
     <t>7.74mm - 7.85mm x 4.14mm</t>
   </si>
   <si>
     <t>Emerald Cut</t>
   </si>
   <si>
     <t>7.02mm x 4.93mm x 3.27mm</t>
   </si>
   <si>
     <t>Pear Mixed Cut</t>
   </si>
   <si>
     <t>8.06mm x 4.89mm x 3.71mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Oval Mixed Cut</t>
   </si>
   <si>
     <t>7.05mm x 4.95mm x 3.06mm</t>
   </si>
   <si>
     <t>Greenish Yellow</t>
   </si>
   <si>
     <t>10.06mm - 10.22mm x 6.74mm</t>
   </si>
   <si>
     <t>Yellowish Green</t>
   </si>
   <si>
     <t>9.87mm - 9.98mm x 4.03mm</t>
   </si>
   <si>
     <t>9.11mm x 6.94mm x 5.08mm</t>
   </si>
   <si>
     <t>Yellow-Green</t>
   </si>
   <si>
     <t>8.00mm x 5.97mm x 3.43mm</t>
   </si>
@@ -819,62 +834,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-372ct-yellow-green-s-igi-certifikatem-0101804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-181ct-green-yellow-s-igi-certifikatem-0101801.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-179ct-yellow-green-s-igi-certifikatem-0101800.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-179ct-green-yellow-s-igi-certifikatem-0101799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-173ct-yellow-green-s-igi-certifikatem-0101798.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-159ct-green-yellow-s-igi-certifikatem-0101797.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-100ct-yellow-green-s-igi-certifikatem-0101796.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-094ct-yellow-green-s-igi-certifikatem-0101795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-079ct-greenish-yellow-s-igi-certifikatem-0101794.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-429ct-yellowish-green-s-igi-certifikatem-0101410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-271ct-yellowish-green-s-igi-certifikatem-0101409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-215ct-yellow-green-s-igi-certifikatem-0101296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-103ct-yellow-green-s-igi-certifikatem-0101294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-088ct-green-yellow-s-igi-certifikatem-0101293.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-184ct-yellowish-green-s-igi-certifikatem-0101193.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-127ct-yellow-green-s-igi-certifikatem-0101079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-109ct-yellow-green-s-igi-certifikatem-0101077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-098ct-yellow-green-s-igi-certifikatem-0101075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-136ct-yellow-green-s-igi-certifikatem-0101074.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-128ct-yellowish-green-s-igi-certifikatem-010909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-121ct-yellowish-green-s-igi-certifikatem-010908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-363ct-yellowish-green-s-igi-certifikatem-010758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-137ct-yellowish-green-s-igi-certifikatem-010650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-134ct-yellowish-green-s-igi-certifikatem-010644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-169ct-yellowish-green-s-igi-certifikatem-010636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-052ct-greenish-yellow-s-igi-certifikatem-010569.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-062ct-yellowish-green-s-igi-certifikatem-010568.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-104ct-green-yellow-s-igi-certifikatem-010567.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-042ct-yellowish-green-s-igi-certifikatem-010565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-162ct-yellowish-green-s-igi-certifikatem-010350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-269ct-yellowish-green-s-igi-certifikatem-010123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-147ct-yellowish-green-s-igi-certifikatem-010120.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-299ct-deep-yellowish-green-s-igi-certifikatem-0102066.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-356ct-deep-yellowish-green-s-igi-certifikatem-0102065.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-372ct-yellow-green-s-igi-certifikatem-0101804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-181ct-green-yellow-s-igi-certifikatem-0101801.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-179ct-yellow-green-s-igi-certifikatem-0101800.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-179ct-green-yellow-s-igi-certifikatem-0101799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-173ct-yellow-green-s-igi-certifikatem-0101798.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-159ct-green-yellow-s-igi-certifikatem-0101797.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-100ct-yellow-green-s-igi-certifikatem-0101796.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-094ct-yellow-green-s-igi-certifikatem-0101795.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-079ct-greenish-yellow-s-igi-certifikatem-0101794.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-429ct-yellowish-green-s-igi-certifikatem-0101410.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-271ct-yellowish-green-s-igi-certifikatem-0101409.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-215ct-yellow-green-s-igi-certifikatem-0101296.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-103ct-yellow-green-s-igi-certifikatem-0101294.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-088ct-green-yellow-s-igi-certifikatem-0101293.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-184ct-yellowish-green-s-igi-certifikatem-0101193.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-127ct-yellow-green-s-igi-certifikatem-0101079.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-109ct-yellow-green-s-igi-certifikatem-0101077.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-098ct-yellow-green-s-igi-certifikatem-0101075.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-136ct-yellow-green-s-igi-certifikatem-0101074.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-128ct-yellowish-green-s-igi-certifikatem-010909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-121ct-yellowish-green-s-igi-certifikatem-010908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-363ct-yellowish-green-s-igi-certifikatem-010758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-137ct-yellowish-green-s-igi-certifikatem-010650.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-134ct-yellowish-green-s-igi-certifikatem-010644.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-169ct-yellowish-green-s-igi-certifikatem-010636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-052ct-greenish-yellow-s-igi-certifikatem-010569.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-062ct-yellowish-green-s-igi-certifikatem-010568.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-104ct-green-yellow-s-igi-certifikatem-010567.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-042ct-yellowish-green-s-igi-certifikatem-010565.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-162ct-yellowish-green-s-igi-certifikatem-010350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-269ct-yellowish-green-s-igi-certifikatem-010123.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/peridot-147ct-yellowish-green-s-igi-certifikatem-010120.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M34"/>
+  <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I34" sqref="I34"/>
+      <selection activeCell="I36" sqref="I36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -898,1209 +913,1281 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B3">
-        <v>3.72</v>
+        <v>2.99</v>
       </c>
       <c r="C3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H3" s="5">
-        <v>23427.0</v>
+        <v>16980.0</v>
       </c>
       <c r="I3" s="5">
-        <v>28347</v>
+        <v>20546</v>
       </c>
       <c r="J3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B4">
-        <v>1.81</v>
+        <v>3.56</v>
       </c>
       <c r="C4" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E4" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="F4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H4" s="5">
-        <v>7809.0</v>
+        <v>20217.0</v>
       </c>
       <c r="I4" s="5">
-        <v>9449</v>
+        <v>24463</v>
       </c>
       <c r="J4" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B5">
-        <v>1.79</v>
+        <v>3.72</v>
       </c>
       <c r="C5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="F5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H5" s="5">
-        <v>7770.0</v>
+        <v>23427.0</v>
       </c>
       <c r="I5" s="5">
-        <v>9402</v>
+        <v>28347</v>
       </c>
       <c r="J5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B6">
-        <v>1.79</v>
+        <v>1.81</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H6" s="5">
-        <v>7770.0</v>
+        <v>7809.0</v>
       </c>
       <c r="I6" s="5">
-        <v>9402</v>
+        <v>9449</v>
       </c>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B7">
-        <v>1.73</v>
+        <v>1.79</v>
       </c>
       <c r="C7" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G7" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H7" s="5">
-        <v>7644.0</v>
+        <v>7770.0</v>
       </c>
       <c r="I7" s="5">
-        <v>9249</v>
+        <v>9402</v>
       </c>
       <c r="J7" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B8">
-        <v>1.59</v>
+        <v>1.79</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D8" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E8" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G8" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H8" s="5">
-        <v>7357.0</v>
+        <v>7770.0</v>
       </c>
       <c r="I8" s="5">
-        <v>8902</v>
+        <v>9402</v>
       </c>
       <c r="J8" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B9">
-        <v>1</v>
+        <v>1.73</v>
       </c>
       <c r="C9" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H9" s="5">
-        <v>5772.0</v>
+        <v>7644.0</v>
       </c>
       <c r="I9" s="5">
-        <v>6984</v>
+        <v>9249</v>
       </c>
       <c r="J9" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B10">
-        <v>0.94</v>
+        <v>1.59</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E10" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G10" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H10" s="5">
-        <v>5275.0</v>
+        <v>7357.0</v>
       </c>
       <c r="I10" s="5">
-        <v>6383</v>
+        <v>8902</v>
       </c>
       <c r="J10" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B11">
-        <v>0.79</v>
+        <v>1</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="F11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H11" s="5">
-        <v>4967.0</v>
+        <v>5772.0</v>
       </c>
       <c r="I11" s="5">
-        <v>6010</v>
+        <v>6984</v>
       </c>
       <c r="J11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B12">
-        <v>4.29</v>
+        <v>0.94</v>
       </c>
       <c r="C12" t="s">
-        <v>46</v>
+        <v>66</v>
       </c>
       <c r="D12" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E12" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="F12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H12" s="5">
-        <v>18490.0</v>
+        <v>5275.0</v>
       </c>
       <c r="I12" s="5">
-        <v>22373</v>
+        <v>6383</v>
       </c>
       <c r="J12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B13">
-        <v>2.71</v>
+        <v>0.79</v>
       </c>
       <c r="C13" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E13" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F13" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G13" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H13" s="5">
-        <v>8211.0</v>
+        <v>4967.0</v>
       </c>
       <c r="I13" s="5">
-        <v>9935</v>
+        <v>6010</v>
       </c>
       <c r="J13" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B14">
-        <v>2.15</v>
+        <v>4.29</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D14" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E14" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F14" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G14" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H14" s="5">
-        <v>10076.0</v>
+        <v>18490.0</v>
       </c>
       <c r="I14" s="5">
-        <v>12192</v>
+        <v>22373</v>
       </c>
       <c r="J14" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B15">
-        <v>1.03</v>
+        <v>2.71</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="D15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="E15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G15" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H15" s="5">
-        <v>5339.0</v>
+        <v>8211.0</v>
       </c>
       <c r="I15" s="5">
-        <v>6460</v>
+        <v>9935</v>
       </c>
       <c r="J15" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B16">
-        <v>0.88</v>
+        <v>2.15</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G16" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H16" s="5">
-        <v>4412.0</v>
+        <v>10076.0</v>
       </c>
       <c r="I16" s="5">
-        <v>5339</v>
+        <v>12192</v>
       </c>
       <c r="J16" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B17">
-        <v>1.84</v>
+        <v>1.03</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
+        <v>75</v>
+      </c>
+      <c r="E17" t="s">
         <v>74</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H17" s="5">
-        <v>8047.0</v>
+        <v>5339.0</v>
       </c>
       <c r="I17" s="5">
-        <v>9737</v>
+        <v>6460</v>
       </c>
       <c r="J17" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B18">
-        <v>1.27</v>
+        <v>0.88</v>
       </c>
       <c r="C18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E18" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="F18" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H18" s="5">
-        <v>6740.0</v>
+        <v>4412.0</v>
       </c>
       <c r="I18" s="5">
-        <v>8155</v>
+        <v>5339</v>
       </c>
       <c r="J18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B19">
-        <v>1.09</v>
+        <v>1.84</v>
       </c>
       <c r="C19" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E19" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F19" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G19" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H19" s="5">
-        <v>6327.0</v>
+        <v>8047.0</v>
       </c>
       <c r="I19" s="5">
-        <v>7656</v>
+        <v>9737</v>
       </c>
       <c r="J19" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B20">
-        <v>0.98</v>
+        <v>1.27</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E20" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H20" s="5">
-        <v>4252.0</v>
+        <v>6740.0</v>
       </c>
       <c r="I20" s="5">
-        <v>5145</v>
+        <v>8155</v>
       </c>
       <c r="J20" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B21">
-        <v>1.36</v>
+        <v>1.09</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="D21" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E21" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G21" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H21" s="5">
-        <v>6946.0</v>
+        <v>6327.0</v>
       </c>
       <c r="I21" s="5">
-        <v>8405</v>
+        <v>7656</v>
       </c>
       <c r="J21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B22">
-        <v>1.28</v>
+        <v>0.98</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E22" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="F22" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G22" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H22" s="5">
-        <v>4471.0</v>
+        <v>4252.0</v>
       </c>
       <c r="I22" s="5">
-        <v>5410</v>
+        <v>5145</v>
       </c>
       <c r="J22" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B23">
-        <v>1.21</v>
+        <v>1.36</v>
       </c>
       <c r="C23" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D23" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E23" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="F23" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G23" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H23" s="5">
-        <v>4360.0</v>
+        <v>6946.0</v>
       </c>
       <c r="I23" s="5">
-        <v>5276</v>
+        <v>8405</v>
       </c>
       <c r="J23" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B24">
-        <v>3.63</v>
+        <v>1.28</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="D24" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="E24" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F24" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H24" s="5">
-        <v>18591.0</v>
+        <v>4471.0</v>
       </c>
       <c r="I24" s="5">
-        <v>22495</v>
+        <v>5410</v>
       </c>
       <c r="J24" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B25">
-        <v>1.37</v>
+        <v>1.21</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
+        <v>48</v>
       </c>
       <c r="D25" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E25" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F25" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G25" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H25" s="5">
-        <v>7106.0</v>
+        <v>4360.0</v>
       </c>
       <c r="I25" s="5">
-        <v>8598</v>
+        <v>5276</v>
       </c>
       <c r="J25" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B26">
-        <v>1.34</v>
+        <v>3.63</v>
       </c>
       <c r="C26" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D26" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="E26" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F26" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G26" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H26" s="5">
-        <v>7036.0</v>
+        <v>18591.0</v>
       </c>
       <c r="I26" s="5">
-        <v>8514</v>
+        <v>22495</v>
       </c>
       <c r="J26" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B27">
-        <v>1.69</v>
+        <v>1.37</v>
       </c>
       <c r="C27" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="D27" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="E27" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F27" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G27" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H27" s="5">
-        <v>8157.0</v>
+        <v>7106.0</v>
       </c>
       <c r="I27" s="5">
-        <v>9870</v>
+        <v>8598</v>
       </c>
       <c r="J27" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B28">
-        <v>0.52</v>
+        <v>1.34</v>
       </c>
       <c r="C28" t="s">
-        <v>86</v>
+        <v>48</v>
       </c>
       <c r="D28" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E28" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="F28" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G28" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H28" s="5">
-        <v>5314.0</v>
+        <v>7036.0</v>
       </c>
       <c r="I28" s="5">
-        <v>6430</v>
+        <v>8514</v>
       </c>
       <c r="J28" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B29">
-        <v>0.62</v>
+        <v>1.69</v>
       </c>
       <c r="C29" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D29" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E29" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F29" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G29" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H29" s="5">
-        <v>5557.0</v>
+        <v>8157.0</v>
       </c>
       <c r="I29" s="5">
-        <v>6724</v>
+        <v>9870</v>
       </c>
       <c r="J29" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B30">
-        <v>1.04</v>
+        <v>0.52</v>
       </c>
       <c r="C30" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D30" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E30" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F30" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G30" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H30" s="5">
-        <v>6577.0</v>
+        <v>5314.0</v>
       </c>
       <c r="I30" s="5">
-        <v>7958</v>
+        <v>6430</v>
       </c>
       <c r="J30" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B31">
-        <v>0.42</v>
+        <v>0.62</v>
       </c>
       <c r="C31" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E31" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F31" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G31" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H31" s="5">
-        <v>5071.0</v>
+        <v>5557.0</v>
       </c>
       <c r="I31" s="5">
-        <v>6136</v>
+        <v>6724</v>
       </c>
       <c r="J31" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B32">
-        <v>1.62</v>
+        <v>1.04</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E32" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="F32" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G32" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H32" s="5">
-        <v>4418.0</v>
+        <v>6577.0</v>
       </c>
       <c r="I32" s="5">
-        <v>5346</v>
+        <v>7958</v>
       </c>
       <c r="J32" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B33">
-        <v>2.69</v>
+        <v>0.42</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="D33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E33" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F33" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G33" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H33" s="5">
-        <v>7021.0</v>
+        <v>5071.0</v>
       </c>
       <c r="I33" s="5">
-        <v>8495</v>
+        <v>6136</v>
       </c>
       <c r="J33" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B34">
-        <v>1.47</v>
+        <v>1.62</v>
       </c>
       <c r="C34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E34" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="F34" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="G34" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H34" s="5">
-        <v>6989.0</v>
+        <v>4418.0</v>
       </c>
       <c r="I34" s="5">
-        <v>8457</v>
+        <v>5346</v>
       </c>
       <c r="J34" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13">
+      <c r="A35" t="s">
+        <v>47</v>
+      </c>
+      <c r="B35">
+        <v>2.69</v>
+      </c>
+      <c r="C35" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" t="s">
+        <v>100</v>
+      </c>
+      <c r="E35" t="s">
+        <v>71</v>
+      </c>
+      <c r="F35" t="s">
+        <v>51</v>
+      </c>
+      <c r="G35" t="s">
+        <v>52</v>
+      </c>
+      <c r="H35" s="5">
+        <v>7021.0</v>
+      </c>
+      <c r="I35" s="5">
+        <v>8495</v>
+      </c>
+      <c r="J35" t="s">
+        <v>53</v>
+      </c>
+      <c r="K35" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13">
+      <c r="A36" t="s">
+        <v>47</v>
+      </c>
+      <c r="B36">
+        <v>1.47</v>
+      </c>
+      <c r="C36" t="s">
+        <v>101</v>
+      </c>
+      <c r="D36" t="s">
+        <v>102</v>
+      </c>
+      <c r="E36" t="s">
+        <v>71</v>
+      </c>
+      <c r="F36" t="s">
+        <v>51</v>
+      </c>
+      <c r="G36" t="s">
+        <v>52</v>
+      </c>
+      <c r="H36" s="5">
+        <v>6989.0</v>
+      </c>
+      <c r="I36" s="5">
+        <v>8457</v>
+      </c>
+      <c r="J36" t="s">
+        <v>53</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="K17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="K18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="K19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="K20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="K21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="K22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="K23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="K24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="K25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="K26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="K27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="K28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="K29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="K30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="K31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="K32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="K33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="K34" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="K35" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="K36" r:id="rId_hyperlink_34"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>