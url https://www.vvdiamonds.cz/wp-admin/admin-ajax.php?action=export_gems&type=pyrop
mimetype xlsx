--- v0 (2025-11-28)
+++ v1 (2026-01-15)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
@@ -70,53 +70,50 @@
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-233ct-deep-reddish-orange-s-igi-certifikatem-0101805.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-244ct-reddish-pink-s-igi-certifikatem-010930.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-145ct-orangy-red-s-igi-certifikatem-010669.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-343ct-dark-brownish-red-s-igi-certifikatem-010330.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/pyrop-308ct-dark-brownish-red-s-igi-certifikatem-010328.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/pyrop-364ct-dark-brownish-red-s-igi-certifikatem-010327.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-406ct-dark-brownish-red-s-igi-certifikatem-010325.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-348ct-dark-orangy-brown-s-igi-certifikatem-010324.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-890ct-dark-brownish-red-s-igi-certifikatem-010150.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-628ct-dark-brownish-red-s-igi-certifikatem-010040.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-487ct-dark-brownish-red-s-igi-certifikatem-010038.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-955ct-dark-brownish-red-s-igi-certifikatem-010037.html</t>
   </si>
   <si>
     <t>Pyrop</t>
   </si>
   <si>
     <t>Round Mixed Cut</t>
@@ -140,53 +137,50 @@
     <t>Marquise Mixed Cut</t>
   </si>
   <si>
     <t>11.77mm x 6.16mm x 4.14mm</t>
   </si>
   <si>
     <t>Reddish Pink</t>
   </si>
   <si>
     <t>Heart Mixed Cut</t>
   </si>
   <si>
     <t>7.09mm x 7.01mm x 4.19mm</t>
   </si>
   <si>
     <t>Orangy Red</t>
   </si>
   <si>
     <t>Oval Brilliant</t>
   </si>
   <si>
     <t>12.12mm x 8.17mm x 4.80mm</t>
   </si>
   <si>
     <t>Dark Brownish Red</t>
-  </si>
-[...1 lines deleted...]
-    <t>12.20mm x 8.16mm x 4.12mm</t>
   </si>
   <si>
     <t>15.05mm x 7.66mm x 3.38mm</t>
   </si>
   <si>
     <t>12.00mm x 9.86mm x 4.50mm</t>
   </si>
   <si>
     <t>12.79mm x 8.81mm x 4.33mm</t>
   </si>
   <si>
     <t>Dark Orangy Brown</t>
   </si>
   <si>
     <t>16.05mm x 12.07mm x 5.57mm</t>
   </si>
   <si>
     <t>15.75mm x 11.86mm x 5.04mm</t>
   </si>
   <si>
     <t>14.01mm x 10.12mm x 4.91mm</t>
   </si>
   <si>
     <t>Emerald Cut</t>
   </si>
@@ -678,62 +672,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-233ct-deep-reddish-orange-s-igi-certifikatem-0101805.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-244ct-reddish-pink-s-igi-certifikatem-010930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-145ct-orangy-red-s-igi-certifikatem-010669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-343ct-dark-brownish-red-s-igi-certifikatem-010330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-308ct-dark-brownish-red-s-igi-certifikatem-010328.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-364ct-dark-brownish-red-s-igi-certifikatem-010327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-406ct-dark-brownish-red-s-igi-certifikatem-010325.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-348ct-dark-orangy-brown-s-igi-certifikatem-010324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-890ct-dark-brownish-red-s-igi-certifikatem-010150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-628ct-dark-brownish-red-s-igi-certifikatem-010040.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-487ct-dark-brownish-red-s-igi-certifikatem-010038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-955ct-dark-brownish-red-s-igi-certifikatem-010037.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-233ct-deep-reddish-orange-s-igi-certifikatem-0101805.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-244ct-reddish-pink-s-igi-certifikatem-010930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-145ct-orangy-red-s-igi-certifikatem-010669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-343ct-dark-brownish-red-s-igi-certifikatem-010330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-364ct-dark-brownish-red-s-igi-certifikatem-010327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-406ct-dark-brownish-red-s-igi-certifikatem-010325.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-348ct-dark-orangy-brown-s-igi-certifikatem-010324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-890ct-dark-brownish-red-s-igi-certifikatem-010150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-628ct-dark-brownish-red-s-igi-certifikatem-010040.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-487ct-dark-brownish-red-s-igi-certifikatem-010038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-955ct-dark-brownish-red-s-igi-certifikatem-010037.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M14"/>
+  <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I14" sqref="I14"/>
+      <selection activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -757,489 +751,453 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3">
         <v>2.33</v>
       </c>
       <c r="C3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>28</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="H3" s="5">
         <v>10731.0</v>
       </c>
       <c r="I3" s="5">
         <v>12985</v>
       </c>
       <c r="J3" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B4">
         <v>2.44</v>
       </c>
       <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
         <v>32</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>33</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
+        <v>28</v>
+      </c>
+      <c r="G4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="H4" s="5">
         <v>5803.0</v>
       </c>
       <c r="I4" s="5">
         <v>7022</v>
       </c>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B5">
         <v>1.45</v>
       </c>
       <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
         <v>35</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>36</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="H5" s="5">
         <v>5031.0</v>
       </c>
       <c r="I5" s="5">
         <v>6088</v>
       </c>
       <c r="J5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B6">
         <v>3.43</v>
       </c>
       <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>39</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
+        <v>28</v>
+      </c>
+      <c r="G6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="H6" s="5">
         <v>3087.0</v>
       </c>
       <c r="I6" s="5">
         <v>3735</v>
       </c>
       <c r="J6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B7">
-        <v>3.08</v>
+        <v>3.64</v>
       </c>
       <c r="C7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F7" t="s">
+        <v>28</v>
+      </c>
+      <c r="G7" t="s">
         <v>29</v>
       </c>
-      <c r="G7" t="s">
+      <c r="H7" s="5">
+        <v>3174.0</v>
+      </c>
+      <c r="I7" s="5">
+        <v>3841</v>
+      </c>
+      <c r="J7" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B8">
-        <v>3.64</v>
+        <v>4.06</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F8" t="s">
+        <v>28</v>
+      </c>
+      <c r="G8" t="s">
         <v>29</v>
       </c>
-      <c r="G8" t="s">
+      <c r="H8" s="5">
+        <v>5358.0</v>
+      </c>
+      <c r="I8" s="5">
+        <v>6483</v>
+      </c>
+      <c r="J8" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B9">
-        <v>4.06</v>
+        <v>3.48</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" t="s">
         <v>43</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" t="s">
         <v>29</v>
       </c>
-      <c r="G9" t="s">
+      <c r="H9" s="5">
+        <v>4973.0</v>
+      </c>
+      <c r="I9" s="5">
+        <v>6017</v>
+      </c>
+      <c r="J9" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B10">
-        <v>3.48</v>
+        <v>8.9</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F10" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" t="s">
         <v>29</v>
       </c>
-      <c r="G10" t="s">
+      <c r="H10" s="5">
+        <v>5360.0</v>
+      </c>
+      <c r="I10" s="5">
+        <v>6486</v>
+      </c>
+      <c r="J10" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B11">
-        <v>8.9</v>
+        <v>6.28</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D11" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E11" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F11" t="s">
+        <v>28</v>
+      </c>
+      <c r="G11" t="s">
         <v>29</v>
       </c>
-      <c r="G11" t="s">
+      <c r="H11" s="5">
+        <v>6834.0</v>
+      </c>
+      <c r="I11" s="5">
+        <v>8269</v>
+      </c>
+      <c r="J11" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B12">
-        <v>6.28</v>
+        <v>4.87</v>
       </c>
       <c r="C12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F12" t="s">
+        <v>28</v>
+      </c>
+      <c r="G12" t="s">
         <v>29</v>
       </c>
-      <c r="G12" t="s">
+      <c r="H12" s="5">
+        <v>3685.0</v>
+      </c>
+      <c r="I12" s="5">
+        <v>4459</v>
+      </c>
+      <c r="J12" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B13">
-        <v>4.87</v>
+        <v>9.55</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F13" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" t="s">
         <v>29</v>
       </c>
-      <c r="G13" t="s">
+      <c r="H13" s="5">
+        <v>5630.0</v>
+      </c>
+      <c r="I13" s="5">
+        <v>6812</v>
+      </c>
+      <c r="J13" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
-      </c>
-[...33 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
-    <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>