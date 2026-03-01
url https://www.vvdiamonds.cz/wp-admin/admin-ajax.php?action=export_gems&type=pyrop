--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -17,143 +17,149 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/pyrop-159ct-deep-reddish-orange-s-igi-certifikatem-0102044.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/pyrop-233ct-deep-reddish-orange-s-igi-certifikatem-0101805.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-244ct-reddish-pink-s-igi-certifikatem-010930.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-145ct-orangy-red-s-igi-certifikatem-010669.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-343ct-dark-brownish-red-s-igi-certifikatem-010330.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-364ct-dark-brownish-red-s-igi-certifikatem-010327.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-406ct-dark-brownish-red-s-igi-certifikatem-010325.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-348ct-dark-orangy-brown-s-igi-certifikatem-010324.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-890ct-dark-brownish-red-s-igi-certifikatem-010150.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-628ct-dark-brownish-red-s-igi-certifikatem-010040.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-487ct-dark-brownish-red-s-igi-certifikatem-010038.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/pyrop-955ct-dark-brownish-red-s-igi-certifikatem-010037.html</t>
   </si>
   <si>
     <t>Pyrop</t>
   </si>
   <si>
     <t>Round Mixed Cut</t>
   </si>
   <si>
+    <t>7.02mm - 7.12mm x 3.95mm</t>
+  </si>
+  <si>
+    <t>Deep Reddish Orange</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
+  </si>
+  <si>
     <t>8.07mm - 8.10mm x 5.22mm</t>
-  </si>
-[...10 lines deleted...]
-    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
   </si>
   <si>
     <t>Marquise Mixed Cut</t>
   </si>
   <si>
     <t>11.77mm x 6.16mm x 4.14mm</t>
   </si>
   <si>
     <t>Reddish Pink</t>
   </si>
   <si>
     <t>Heart Mixed Cut</t>
   </si>
   <si>
     <t>7.09mm x 7.01mm x 4.19mm</t>
   </si>
   <si>
     <t>Orangy Red</t>
   </si>
   <si>
     <t>Oval Brilliant</t>
   </si>
   <si>
     <t>12.12mm x 8.17mm x 4.80mm</t>
   </si>
@@ -672,62 +678,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-233ct-deep-reddish-orange-s-igi-certifikatem-0101805.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-244ct-reddish-pink-s-igi-certifikatem-010930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-145ct-orangy-red-s-igi-certifikatem-010669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-343ct-dark-brownish-red-s-igi-certifikatem-010330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-364ct-dark-brownish-red-s-igi-certifikatem-010327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-406ct-dark-brownish-red-s-igi-certifikatem-010325.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-348ct-dark-orangy-brown-s-igi-certifikatem-010324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-890ct-dark-brownish-red-s-igi-certifikatem-010150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-628ct-dark-brownish-red-s-igi-certifikatem-010040.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-487ct-dark-brownish-red-s-igi-certifikatem-010038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-955ct-dark-brownish-red-s-igi-certifikatem-010037.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-159ct-deep-reddish-orange-s-igi-certifikatem-0102044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-233ct-deep-reddish-orange-s-igi-certifikatem-0101805.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-244ct-reddish-pink-s-igi-certifikatem-010930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-145ct-orangy-red-s-igi-certifikatem-010669.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-343ct-dark-brownish-red-s-igi-certifikatem-010330.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-364ct-dark-brownish-red-s-igi-certifikatem-010327.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-406ct-dark-brownish-red-s-igi-certifikatem-010325.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-348ct-dark-orangy-brown-s-igi-certifikatem-010324.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-890ct-dark-brownish-red-s-igi-certifikatem-010150.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-628ct-dark-brownish-red-s-igi-certifikatem-010040.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-487ct-dark-brownish-red-s-igi-certifikatem-010038.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/pyrop-955ct-dark-brownish-red-s-igi-certifikatem-010037.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M13"/>
+  <dimension ref="A1:M14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I13" sqref="I13"/>
+      <selection activeCell="I14" sqref="I14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -751,453 +757,489 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3">
-        <v>2.33</v>
+        <v>1.59</v>
       </c>
       <c r="C3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H3" s="5">
-        <v>10731.0</v>
+        <v>18126.0</v>
       </c>
       <c r="I3" s="5">
-        <v>12985</v>
+        <v>21932</v>
       </c>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B4">
-        <v>2.44</v>
+        <v>2.33</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H4" s="5">
-        <v>5803.0</v>
+        <v>10731.0</v>
       </c>
       <c r="I4" s="5">
-        <v>7022</v>
+        <v>12985</v>
       </c>
       <c r="J4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5">
-        <v>1.45</v>
+        <v>2.44</v>
       </c>
       <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>35</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H5" s="5">
-        <v>5031.0</v>
+        <v>5803.0</v>
       </c>
       <c r="I5" s="5">
-        <v>6088</v>
+        <v>7022</v>
       </c>
       <c r="J5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B6">
-        <v>3.43</v>
+        <v>1.45</v>
       </c>
       <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H6" s="5">
-        <v>3087.0</v>
+        <v>5031.0</v>
       </c>
       <c r="I6" s="5">
-        <v>3735</v>
+        <v>6088</v>
       </c>
       <c r="J6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B7">
-        <v>3.64</v>
+        <v>3.43</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H7" s="5">
-        <v>3174.0</v>
+        <v>3087.0</v>
       </c>
       <c r="I7" s="5">
-        <v>3841</v>
+        <v>3735</v>
       </c>
       <c r="J7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8">
-        <v>4.06</v>
+        <v>3.64</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
         <v>41</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H8" s="5">
-        <v>5358.0</v>
+        <v>3174.0</v>
       </c>
       <c r="I8" s="5">
-        <v>6483</v>
+        <v>3841</v>
       </c>
       <c r="J8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9">
-        <v>3.48</v>
+        <v>4.06</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E9" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H9" s="5">
-        <v>4973.0</v>
+        <v>5358.0</v>
       </c>
       <c r="I9" s="5">
-        <v>6017</v>
+        <v>6483</v>
       </c>
       <c r="J9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10">
-        <v>8.9</v>
+        <v>3.48</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H10" s="5">
-        <v>5360.0</v>
+        <v>4973.0</v>
       </c>
       <c r="I10" s="5">
-        <v>6486</v>
+        <v>6017</v>
       </c>
       <c r="J10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11">
-        <v>6.28</v>
+        <v>8.9</v>
       </c>
       <c r="C11" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E11" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H11" s="5">
-        <v>6834.0</v>
+        <v>5360.0</v>
       </c>
       <c r="I11" s="5">
-        <v>8269</v>
+        <v>6486</v>
       </c>
       <c r="J11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B12">
-        <v>4.87</v>
+        <v>6.28</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D12" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E12" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H12" s="5">
-        <v>3685.0</v>
+        <v>6834.0</v>
       </c>
       <c r="I12" s="5">
-        <v>4459</v>
+        <v>8269</v>
       </c>
       <c r="J12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B13">
-        <v>9.55</v>
+        <v>4.87</v>
       </c>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
         <v>48</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H13" s="5">
-        <v>5630.0</v>
+        <v>3685.0</v>
       </c>
       <c r="I13" s="5">
-        <v>6812</v>
+        <v>4459</v>
       </c>
       <c r="J13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13">
+      <c r="A14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14">
+        <v>9.55</v>
+      </c>
+      <c r="C14" t="s">
+        <v>49</v>
+      </c>
+      <c r="D14" t="s">
+        <v>50</v>
+      </c>
+      <c r="E14" t="s">
+        <v>41</v>
+      </c>
+      <c r="F14" t="s">
+        <v>29</v>
+      </c>
+      <c r="G14" t="s">
+        <v>30</v>
+      </c>
+      <c r="H14" s="5">
+        <v>5630.0</v>
+      </c>
+      <c r="I14" s="5">
+        <v>6812</v>
+      </c>
+      <c r="J14" t="s">
+        <v>31</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>