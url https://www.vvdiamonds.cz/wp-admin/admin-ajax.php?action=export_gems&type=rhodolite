--- v0 (2025-10-14)
+++ v1 (2026-03-18)
@@ -58,50 +58,53 @@
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/rhodolit-104ct-deep-purplish-pink-s-igi-certifikatem-0102043.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/rhodolit-278ct-deep-purplish-orange-red-s-igi-certifikatem-0101646.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-276ct-deep-purplish-pink-s-igi-certifikatem-0101645.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-234ct-purplish-red-s-igi-certifikatem-0101643.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-226ct-deep-purplish-pink-red-s-igi-certifikatem-0101642.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-199ct-deep-purplish-pink-s-igi-certifikatem-0101641.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-180ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101640.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-152ct-deep-pink-purple-s-igi-certifikatem-0101639.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-144ct-deep-purplish-red-s-igi-certifikatem-0101638.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-140ct-deep-purplish-red-s-igi-certifikatem-0101637.html</t>
@@ -133,53 +136,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-080ct-deep-purplish-pink-s-igi-certifikatem-0101626.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-077ct-deep-purplish-pink-s-igi-certifikatem-0101625.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-075ct-deep-purplish-pink-s-igi-certifikatem-0101624.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-073ct-purplish-pink-s-igi-certifikatem-0101623.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-072ct-deep-purplish-pink-s-igi-certifikatem-0101622.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-069ct-deep-pink-purple-s-igi-certifikatem-0101621.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-069ct-purplish-pink-s-igi-certifikatem-0101620.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-067ct-deep-pinkish-purple-s-igi-certifikatem-0101619.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rhodolit-064ct-deep-purplish-pink-s-igi-certifikatem-0101618.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rhodolit-063ct-pink-purple-s-igi-certifikatem-0101617.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-062ct-deep-reddish-pinkish-purple-s-igi-certifikatem-0101616.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-057ct-deep-pinkish-purple-s-igi-certifikatem-0101614.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-056ct-pinkish-purple-s-igi-certifikatem-0101613.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-077ct-deep-purple-pink-s-igi-certifikatem-0101577.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-116ct-purplish-pink-s-igi-certifikatem-0101415.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-109ct-purplish-pink-s-igi-certifikatem-0101297.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-084ct-purplish-reddish-pink-s-igi-certifikatem-0101136.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-134ct-purplish-pink-s-igi-certifikatem-0101135.html</t>
@@ -232,80 +232,83 @@
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-204ct-purplish-pink-red-s-igi-certifikatem-010642.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-082ct-purple-s-igi-certifikatem-010474.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-095ct-purple-s-igi-certifikatem-010473.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-082ct-dark-purple-s-igi-certifikatem-010472.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-299ct-purple-s-igi-certifikatem-010435.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-530ct-dark-brownish-red-s-igi-certifikatem-010039.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rhodolit-651ct-brownish-purplish-red-s-igi-certifikatem-010036.html</t>
   </si>
   <si>
     <t>Rhodolit</t>
   </si>
   <si>
+    <t>Oval Mixed Cut</t>
+  </si>
+  <si>
+    <t>7.08mm x 5.21mm x 3.49mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pink</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
+  </si>
+  <si>
     <t>Emerald Cut</t>
   </si>
   <si>
     <t>8.84mm x 7.79mm x 3.88mm</t>
   </si>
   <si>
     <t>Deep Purplish Orange - Red</t>
   </si>
   <si>
-    <t>Průhledný</t>
-[...7 lines deleted...]
-  <si>
     <t>Oval Brilliant</t>
   </si>
   <si>
     <t>10.07mm x 7.23mm x 4.75mm</t>
   </si>
   <si>
-    <t>Deep Purplish Pink</t>
-[...4 lines deleted...]
-  <si>
     <t>9.18mm x 7.03mm x 3.91mm</t>
   </si>
   <si>
     <t>Purplish Red</t>
   </si>
   <si>
     <t>Baguette</t>
   </si>
   <si>
     <t>8.15mm x 5.99mm x 3.97mm</t>
   </si>
   <si>
     <t>Deep Purplish Pink - Red</t>
   </si>
   <si>
     <t>Round Mixed Cut</t>
   </si>
   <si>
     <t>6.84mm - 7.13mm x 4.86mm</t>
   </si>
   <si>
     <t>7.00mm - 7.08mm x 4.81mm</t>
   </si>
   <si>
     <t>Deep Purplish Reddish Pink</t>
@@ -362,53 +365,50 @@
     <t>5.09mm x 5.09mm x 3.18mm</t>
   </si>
   <si>
     <t>5.12mm x 5.06mm x 3.18mm</t>
   </si>
   <si>
     <t>5.50mm - 5.57mm x 3.12mm</t>
   </si>
   <si>
     <t>6.19mm x 4.21mm x 3.15mm</t>
   </si>
   <si>
     <t>5.09mm x 5.09mm x 2.96mm</t>
   </si>
   <si>
     <t>5.03mm - 5.08mm x 3.29mm</t>
   </si>
   <si>
     <t>5.09mm x 5.05mm x 2.81mm</t>
   </si>
   <si>
     <t>5.00mm - 5.03mm x 3.53mm</t>
   </si>
   <si>
     <t>Deep Pinkish Purple</t>
-  </si>
-[...1 lines deleted...]
-    <t>5.06mm x 5.00mm x 2.81mm</t>
   </si>
   <si>
     <t>4.91mm - 4.97mm x 3.49mm</t>
   </si>
   <si>
     <t>Pink - Purple</t>
   </si>
   <si>
     <t>4.93mm - 4.97mm x 3.21mm</t>
   </si>
   <si>
     <t>Deep Reddish Pinkish Purple</t>
   </si>
   <si>
     <t>6.06mm x 4.06mm x 2.52mm</t>
   </si>
   <si>
     <t>5.02mm - 5.08mm x 2.84mm</t>
   </si>
   <si>
     <t>Pinkish Purple</t>
   </si>
   <si>
     <t>5.55mm - 5.60mm x 3.10mm</t>
   </si>
@@ -1029,51 +1029,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-278ct-deep-purplish-orange-red-s-igi-certifikatem-0101646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-276ct-deep-purplish-pink-s-igi-certifikatem-0101645.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-234ct-purplish-red-s-igi-certifikatem-0101643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-226ct-deep-purplish-pink-red-s-igi-certifikatem-0101642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-199ct-deep-purplish-pink-s-igi-certifikatem-0101641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-180ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-152ct-deep-pink-purple-s-igi-certifikatem-0101639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-144ct-deep-purplish-red-s-igi-certifikatem-0101638.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-140ct-deep-purplish-red-s-igi-certifikatem-0101637.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-140ct-deep-pink-purple-s-igi-certifikatem-0101636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-116ct-deep-purplish-pink-s-igi-certifikatem-0101635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-107ct-deep-purplish-pink-s-igi-certifikatem-0101634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-103ct-deep-purplish-pink-s-igi-certifikatem-0101633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-099ct-deep-purplish-pink-s-igi-certifikatem-0101630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-097ct-deep-purplish-pink-red-s-igi-certifikatem-0101629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-095ct-deep-purplish-pink-s-igi-certifikatem-0101628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-084ct-purplish-pink-s-igi-certifikatem-0101627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-080ct-deep-purplish-pink-s-igi-certifikatem-0101626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-077ct-deep-purplish-pink-s-igi-certifikatem-0101625.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-075ct-deep-purplish-pink-s-igi-certifikatem-0101624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-073ct-purplish-pink-s-igi-certifikatem-0101623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-072ct-deep-purplish-pink-s-igi-certifikatem-0101622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-069ct-deep-pink-purple-s-igi-certifikatem-0101621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-069ct-purplish-pink-s-igi-certifikatem-0101620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-067ct-deep-pinkish-purple-s-igi-certifikatem-0101619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-064ct-deep-purplish-pink-s-igi-certifikatem-0101618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-063ct-pink-purple-s-igi-certifikatem-0101617.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-062ct-deep-reddish-pinkish-purple-s-igi-certifikatem-0101616.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-057ct-deep-pinkish-purple-s-igi-certifikatem-0101614.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-056ct-pinkish-purple-s-igi-certifikatem-0101613.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-077ct-deep-purple-pink-s-igi-certifikatem-0101577.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-116ct-purplish-pink-s-igi-certifikatem-0101415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-109ct-purplish-pink-s-igi-certifikatem-0101297.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-084ct-purplish-reddish-pink-s-igi-certifikatem-0101136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-134ct-purplish-pink-s-igi-certifikatem-0101135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-238ct-purplish-reddish-pink-s-igi-certifikatem-0101134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-068ct-purplish-orangy-pink-s-igi-certifikatem-0101133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-169ct-purplish-pink-s-igi-certifikatem-010977.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-455ct-purplish-pink-red-s-igi-certifikatem-010976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-145ct-purplish-pink-red-s-igi-certifikatem-010933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-157ct-pinkish-purple-s-igi-certifikatem-010932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-509ct-deep-purplish-red-s-igi-certifikatem-010925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-399ct-reddish-purple-s-igi-certifikatem-010924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-338ct-reddish-purple-s-igi-certifikatem-010923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-470ct-purple-red-s-igi-certifikatem-010922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-122ct-purple-pink-s-igi-certifikatem-010763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-114ct-purple-pink-s-igi-certifikatem-010762.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-105ct-pinkish-purple-s-igi-certifikatem-010761.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-105ct-purplish-pink-s-igi-certifikatem-010760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-205ct-purplish-red-s-igi-certifikatem-010680.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-204ct-purplish-pink-red-s-igi-certifikatem-010642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-082ct-purple-s-igi-certifikatem-010474.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-095ct-purple-s-igi-certifikatem-010473.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-082ct-dark-purple-s-igi-certifikatem-010472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-299ct-purple-s-igi-certifikatem-010435.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-530ct-dark-brownish-red-s-igi-certifikatem-010039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-651ct-brownish-purplish-red-s-igi-certifikatem-010036.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-104ct-deep-purplish-pink-s-igi-certifikatem-0102043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-278ct-deep-purplish-orange-red-s-igi-certifikatem-0101646.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-276ct-deep-purplish-pink-s-igi-certifikatem-0101645.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-234ct-purplish-red-s-igi-certifikatem-0101643.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-226ct-deep-purplish-pink-red-s-igi-certifikatem-0101642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-199ct-deep-purplish-pink-s-igi-certifikatem-0101641.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-180ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101640.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-152ct-deep-pink-purple-s-igi-certifikatem-0101639.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-144ct-deep-purplish-red-s-igi-certifikatem-0101638.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-140ct-deep-purplish-red-s-igi-certifikatem-0101637.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-140ct-deep-pink-purple-s-igi-certifikatem-0101636.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-116ct-deep-purplish-pink-s-igi-certifikatem-0101635.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-107ct-deep-purplish-pink-s-igi-certifikatem-0101634.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-103ct-deep-purplish-pink-s-igi-certifikatem-0101633.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-099ct-deep-purplish-pink-s-igi-certifikatem-0101630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-097ct-deep-purplish-pink-red-s-igi-certifikatem-0101629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-095ct-deep-purplish-pink-s-igi-certifikatem-0101628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-084ct-purplish-pink-s-igi-certifikatem-0101627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-080ct-deep-purplish-pink-s-igi-certifikatem-0101626.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-077ct-deep-purplish-pink-s-igi-certifikatem-0101625.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-075ct-deep-purplish-pink-s-igi-certifikatem-0101624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-073ct-purplish-pink-s-igi-certifikatem-0101623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-072ct-deep-purplish-pink-s-igi-certifikatem-0101622.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-069ct-deep-pink-purple-s-igi-certifikatem-0101621.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-069ct-purplish-pink-s-igi-certifikatem-0101620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-067ct-deep-pinkish-purple-s-igi-certifikatem-0101619.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-063ct-pink-purple-s-igi-certifikatem-0101617.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-062ct-deep-reddish-pinkish-purple-s-igi-certifikatem-0101616.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-057ct-deep-pinkish-purple-s-igi-certifikatem-0101614.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-056ct-pinkish-purple-s-igi-certifikatem-0101613.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-077ct-deep-purple-pink-s-igi-certifikatem-0101577.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-116ct-purplish-pink-s-igi-certifikatem-0101415.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-109ct-purplish-pink-s-igi-certifikatem-0101297.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-084ct-purplish-reddish-pink-s-igi-certifikatem-0101136.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-134ct-purplish-pink-s-igi-certifikatem-0101135.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-238ct-purplish-reddish-pink-s-igi-certifikatem-0101134.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-068ct-purplish-orangy-pink-s-igi-certifikatem-0101133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-169ct-purplish-pink-s-igi-certifikatem-010977.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-455ct-purplish-pink-red-s-igi-certifikatem-010976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-145ct-purplish-pink-red-s-igi-certifikatem-010933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-157ct-pinkish-purple-s-igi-certifikatem-010932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-509ct-deep-purplish-red-s-igi-certifikatem-010925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-399ct-reddish-purple-s-igi-certifikatem-010924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-338ct-reddish-purple-s-igi-certifikatem-010923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-470ct-purple-red-s-igi-certifikatem-010922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-122ct-purple-pink-s-igi-certifikatem-010763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-114ct-purple-pink-s-igi-certifikatem-010762.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-105ct-pinkish-purple-s-igi-certifikatem-010761.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-105ct-purplish-pink-s-igi-certifikatem-010760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-205ct-purplish-red-s-igi-certifikatem-010680.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-204ct-purplish-pink-red-s-igi-certifikatem-010642.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-082ct-purple-s-igi-certifikatem-010474.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-095ct-purple-s-igi-certifikatem-010473.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-082ct-dark-purple-s-igi-certifikatem-010472.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-299ct-purple-s-igi-certifikatem-010435.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-530ct-dark-brownish-red-s-igi-certifikatem-010039.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rhodolit-651ct-brownish-purplish-red-s-igi-certifikatem-010036.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I59" sqref="I59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
@@ -1111,1355 +1111,1355 @@
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>70</v>
       </c>
       <c r="B3">
-        <v>2.78</v>
+        <v>1.04</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>72</v>
       </c>
       <c r="E3" t="s">
         <v>73</v>
       </c>
       <c r="F3" t="s">
         <v>74</v>
       </c>
       <c r="G3" t="s">
         <v>75</v>
       </c>
       <c r="H3" s="5">
-        <v>10914.0</v>
+        <v>10881.0</v>
       </c>
       <c r="I3" s="5">
-        <v>13206</v>
+        <v>13166</v>
       </c>
       <c r="J3" t="s">
         <v>76</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>70</v>
       </c>
       <c r="B4">
-        <v>2.76</v>
+        <v>2.78</v>
       </c>
       <c r="C4" t="s">
         <v>77</v>
       </c>
       <c r="D4" t="s">
         <v>78</v>
       </c>
       <c r="E4" t="s">
         <v>79</v>
       </c>
       <c r="F4" t="s">
         <v>74</v>
       </c>
       <c r="G4" t="s">
         <v>75</v>
       </c>
       <c r="H4" s="5">
-        <v>45372.0</v>
+        <v>10914.0</v>
       </c>
       <c r="I4" s="5">
-        <v>54900</v>
+        <v>13206</v>
       </c>
       <c r="J4" t="s">
         <v>76</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
         <v>70</v>
       </c>
       <c r="B5">
-        <v>2.34</v>
+        <v>2.76</v>
       </c>
       <c r="C5" t="s">
         <v>80</v>
       </c>
       <c r="D5" t="s">
         <v>81</v>
       </c>
       <c r="E5" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="F5" t="s">
         <v>74</v>
       </c>
       <c r="G5" t="s">
         <v>75</v>
       </c>
       <c r="H5" s="5">
-        <v>9219.0</v>
+        <v>45372.0</v>
       </c>
       <c r="I5" s="5">
-        <v>11155</v>
+        <v>54900</v>
       </c>
       <c r="J5" t="s">
         <v>76</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
         <v>70</v>
       </c>
       <c r="B6">
-        <v>2.26</v>
+        <v>2.34</v>
       </c>
       <c r="C6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E6" t="s">
         <v>83</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" t="s">
         <v>74</v>
       </c>
       <c r="G6" t="s">
         <v>75</v>
       </c>
       <c r="H6" s="5">
-        <v>9051.0</v>
+        <v>9219.0</v>
       </c>
       <c r="I6" s="5">
-        <v>10952</v>
+        <v>11155</v>
       </c>
       <c r="J6" t="s">
         <v>76</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
         <v>70</v>
       </c>
       <c r="B7">
-        <v>1.99</v>
+        <v>2.26</v>
       </c>
       <c r="C7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E7" t="s">
         <v>86</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" t="s">
         <v>74</v>
       </c>
       <c r="G7" t="s">
         <v>75</v>
       </c>
       <c r="H7" s="5">
-        <v>11934.0</v>
+        <v>9051.0</v>
       </c>
       <c r="I7" s="5">
-        <v>14440</v>
+        <v>10952</v>
       </c>
       <c r="J7" t="s">
         <v>76</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
         <v>70</v>
       </c>
       <c r="B8">
-        <v>1.8</v>
+        <v>1.99</v>
       </c>
       <c r="C8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D8" t="s">
         <v>88</v>
       </c>
       <c r="E8" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="F8" t="s">
         <v>74</v>
       </c>
       <c r="G8" t="s">
         <v>75</v>
       </c>
       <c r="H8" s="5">
-        <v>22254.0</v>
+        <v>11934.0</v>
       </c>
       <c r="I8" s="5">
-        <v>26927</v>
+        <v>14440</v>
       </c>
       <c r="J8" t="s">
         <v>76</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9">
-        <v>1.52</v>
+        <v>1.8</v>
       </c>
       <c r="C9" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
         <v>90</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
         <v>74</v>
       </c>
       <c r="G9" t="s">
         <v>75</v>
       </c>
       <c r="H9" s="5">
-        <v>19878.0</v>
+        <v>22254.0</v>
       </c>
       <c r="I9" s="5">
-        <v>24052</v>
+        <v>26927</v>
       </c>
       <c r="J9" t="s">
         <v>76</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
         <v>70</v>
       </c>
       <c r="B10">
-        <v>1.44</v>
+        <v>1.52</v>
       </c>
       <c r="C10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
         <v>92</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>74</v>
       </c>
       <c r="G10" t="s">
         <v>75</v>
       </c>
       <c r="H10" s="5">
-        <v>9282.0</v>
+        <v>19878.0</v>
       </c>
       <c r="I10" s="5">
-        <v>11231</v>
+        <v>24052</v>
       </c>
       <c r="J10" t="s">
         <v>76</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
         <v>70</v>
       </c>
       <c r="B11">
-        <v>1.4</v>
+        <v>1.44</v>
       </c>
       <c r="C11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
         <v>95</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" t="s">
         <v>74</v>
       </c>
       <c r="G11" t="s">
         <v>75</v>
       </c>
       <c r="H11" s="5">
-        <v>9114.0</v>
+        <v>9282.0</v>
       </c>
       <c r="I11" s="5">
-        <v>11028</v>
+        <v>11231</v>
       </c>
       <c r="J11" t="s">
         <v>76</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
         <v>70</v>
       </c>
       <c r="B12">
         <v>1.4</v>
       </c>
       <c r="C12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D12" t="s">
         <v>96</v>
       </c>
       <c r="E12" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="F12" t="s">
         <v>74</v>
       </c>
       <c r="G12" t="s">
         <v>75</v>
       </c>
       <c r="H12" s="5">
         <v>9114.0</v>
       </c>
       <c r="I12" s="5">
         <v>11028</v>
       </c>
       <c r="J12" t="s">
         <v>76</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
         <v>70</v>
       </c>
       <c r="B13">
-        <v>1.16</v>
+        <v>1.4</v>
       </c>
       <c r="C13" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="D13" t="s">
         <v>97</v>
       </c>
       <c r="E13" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="F13" t="s">
         <v>74</v>
       </c>
       <c r="G13" t="s">
         <v>75</v>
       </c>
       <c r="H13" s="5">
-        <v>12146.0</v>
+        <v>9114.0</v>
       </c>
       <c r="I13" s="5">
-        <v>14697</v>
+        <v>11028</v>
       </c>
       <c r="J13" t="s">
         <v>76</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
         <v>70</v>
       </c>
       <c r="B14">
-        <v>1.07</v>
+        <v>1.16</v>
       </c>
       <c r="C14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D14" t="s">
         <v>98</v>
       </c>
       <c r="E14" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="F14" t="s">
         <v>74</v>
       </c>
       <c r="G14" t="s">
         <v>75</v>
       </c>
       <c r="H14" s="5">
-        <v>11574.0</v>
+        <v>12146.0</v>
       </c>
       <c r="I14" s="5">
-        <v>14005</v>
+        <v>14697</v>
       </c>
       <c r="J14" t="s">
         <v>76</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
         <v>70</v>
       </c>
       <c r="B15">
-        <v>1.03</v>
+        <v>1.07</v>
       </c>
       <c r="C15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D15" t="s">
         <v>99</v>
       </c>
       <c r="E15" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="F15" t="s">
         <v>74</v>
       </c>
       <c r="G15" t="s">
         <v>75</v>
       </c>
       <c r="H15" s="5">
-        <v>11318.0</v>
+        <v>11574.0</v>
       </c>
       <c r="I15" s="5">
-        <v>13695</v>
+        <v>14005</v>
       </c>
       <c r="J15" t="s">
         <v>76</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
         <v>70</v>
       </c>
       <c r="B16">
-        <v>0.99</v>
+        <v>1.03</v>
       </c>
       <c r="C16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D16" t="s">
         <v>100</v>
       </c>
       <c r="E16" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="F16" t="s">
         <v>74</v>
       </c>
       <c r="G16" t="s">
         <v>75</v>
       </c>
       <c r="H16" s="5">
-        <v>10589.0</v>
+        <v>11318.0</v>
       </c>
       <c r="I16" s="5">
-        <v>12813</v>
+        <v>13695</v>
       </c>
       <c r="J16" t="s">
         <v>76</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17">
-        <v>0.97</v>
+        <v>0.99</v>
       </c>
       <c r="C17" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D17" t="s">
         <v>101</v>
       </c>
       <c r="E17" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="F17" t="s">
         <v>74</v>
       </c>
       <c r="G17" t="s">
         <v>75</v>
       </c>
       <c r="H17" s="5">
-        <v>10458.0</v>
+        <v>10589.0</v>
       </c>
       <c r="I17" s="5">
-        <v>12654</v>
+        <v>12813</v>
       </c>
       <c r="J17" t="s">
         <v>76</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
         <v>70</v>
       </c>
       <c r="B18">
-        <v>0.95</v>
+        <v>0.97</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D18" t="s">
         <v>102</v>
       </c>
       <c r="E18" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="F18" t="s">
         <v>74</v>
       </c>
       <c r="G18" t="s">
         <v>75</v>
       </c>
       <c r="H18" s="5">
-        <v>10332.0</v>
+        <v>10458.0</v>
       </c>
       <c r="I18" s="5">
-        <v>12502</v>
+        <v>12654</v>
       </c>
       <c r="J18" t="s">
         <v>76</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
         <v>70</v>
       </c>
       <c r="B19">
-        <v>0.84</v>
+        <v>0.95</v>
       </c>
       <c r="C19" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
         <v>103</v>
       </c>
       <c r="E19" t="s">
-        <v>104</v>
+        <v>73</v>
       </c>
       <c r="F19" t="s">
         <v>74</v>
       </c>
       <c r="G19" t="s">
         <v>75</v>
       </c>
       <c r="H19" s="5">
-        <v>6423.0</v>
+        <v>10332.0</v>
       </c>
       <c r="I19" s="5">
-        <v>7772</v>
+        <v>12502</v>
       </c>
       <c r="J19" t="s">
         <v>76</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
         <v>70</v>
       </c>
       <c r="B20">
-        <v>0.8</v>
+        <v>0.84</v>
       </c>
       <c r="C20" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" t="s">
+        <v>104</v>
+      </c>
+      <c r="E20" t="s">
         <v>105</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" t="s">
         <v>74</v>
       </c>
       <c r="G20" t="s">
         <v>75</v>
       </c>
       <c r="H20" s="5">
-        <v>9378.0</v>
+        <v>6423.0</v>
       </c>
       <c r="I20" s="5">
-        <v>11347</v>
+        <v>7772</v>
       </c>
       <c r="J20" t="s">
         <v>76</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
         <v>70</v>
       </c>
       <c r="B21">
-        <v>0.77</v>
+        <v>0.8</v>
       </c>
       <c r="C21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D21" t="s">
         <v>107</v>
       </c>
       <c r="E21" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
         <v>74</v>
       </c>
       <c r="G21" t="s">
         <v>75</v>
       </c>
       <c r="H21" s="5">
-        <v>9189.0</v>
+        <v>9378.0</v>
       </c>
       <c r="I21" s="5">
-        <v>11119</v>
+        <v>11347</v>
       </c>
       <c r="J21" t="s">
         <v>76</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
         <v>70</v>
       </c>
       <c r="B22">
-        <v>0.75</v>
+        <v>0.77</v>
       </c>
       <c r="C22" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
       <c r="D22" t="s">
         <v>108</v>
       </c>
       <c r="E22" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="F22" t="s">
         <v>74</v>
       </c>
       <c r="G22" t="s">
         <v>75</v>
       </c>
       <c r="H22" s="5">
-        <v>9063.0</v>
+        <v>9189.0</v>
       </c>
       <c r="I22" s="5">
-        <v>10966</v>
+        <v>11119</v>
       </c>
       <c r="J22" t="s">
         <v>76</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
         <v>70</v>
       </c>
       <c r="B23">
-        <v>0.73</v>
+        <v>0.75</v>
       </c>
       <c r="C23" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="D23" t="s">
         <v>109</v>
       </c>
       <c r="E23" t="s">
-        <v>104</v>
+        <v>73</v>
       </c>
       <c r="F23" t="s">
         <v>74</v>
       </c>
       <c r="G23" t="s">
         <v>75</v>
       </c>
       <c r="H23" s="5">
-        <v>8456.0</v>
+        <v>9063.0</v>
       </c>
       <c r="I23" s="5">
-        <v>10232</v>
+        <v>10966</v>
       </c>
       <c r="J23" t="s">
         <v>76</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
         <v>70</v>
       </c>
       <c r="B24">
-        <v>0.72</v>
+        <v>0.73</v>
       </c>
       <c r="C24" t="s">
-        <v>105</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
         <v>110</v>
       </c>
       <c r="E24" t="s">
-        <v>79</v>
+        <v>105</v>
       </c>
       <c r="F24" t="s">
         <v>74</v>
       </c>
       <c r="G24" t="s">
         <v>75</v>
       </c>
       <c r="H24" s="5">
-        <v>8393.0</v>
+        <v>8456.0</v>
       </c>
       <c r="I24" s="5">
-        <v>10156</v>
+        <v>10232</v>
       </c>
       <c r="J24" t="s">
         <v>76</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
         <v>70</v>
       </c>
       <c r="B25">
-        <v>0.69</v>
+        <v>0.72</v>
       </c>
       <c r="C25" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
       <c r="D25" t="s">
         <v>111</v>
       </c>
       <c r="E25" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="F25" t="s">
         <v>74</v>
       </c>
       <c r="G25" t="s">
         <v>75</v>
       </c>
       <c r="H25" s="5">
-        <v>8204.0</v>
+        <v>8393.0</v>
       </c>
       <c r="I25" s="5">
-        <v>9927</v>
+        <v>10156</v>
       </c>
       <c r="J25" t="s">
         <v>76</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
         <v>70</v>
       </c>
       <c r="B26">
         <v>0.69</v>
       </c>
       <c r="C26" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="D26" t="s">
         <v>112</v>
       </c>
       <c r="E26" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="F26" t="s">
         <v>74</v>
       </c>
       <c r="G26" t="s">
         <v>75</v>
       </c>
       <c r="H26" s="5">
         <v>8204.0</v>
       </c>
       <c r="I26" s="5">
         <v>9927</v>
       </c>
       <c r="J26" t="s">
         <v>76</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
         <v>70</v>
       </c>
       <c r="B27">
-        <v>0.67</v>
+        <v>0.69</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
       <c r="D27" t="s">
         <v>113</v>
       </c>
       <c r="E27" t="s">
-        <v>114</v>
+        <v>105</v>
       </c>
       <c r="F27" t="s">
         <v>74</v>
       </c>
       <c r="G27" t="s">
         <v>75</v>
       </c>
       <c r="H27" s="5">
-        <v>8078.0</v>
+        <v>8204.0</v>
       </c>
       <c r="I27" s="5">
-        <v>9774</v>
+        <v>9927</v>
       </c>
       <c r="J27" t="s">
         <v>76</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
         <v>70</v>
       </c>
       <c r="B28">
-        <v>0.64</v>
+        <v>0.67</v>
       </c>
       <c r="C28" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="D28" t="s">
+        <v>114</v>
+      </c>
+      <c r="E28" t="s">
         <v>115</v>
       </c>
-      <c r="E28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F28" t="s">
         <v>74</v>
       </c>
       <c r="G28" t="s">
         <v>75</v>
       </c>
       <c r="H28" s="5">
-        <v>7884.0</v>
+        <v>8078.0</v>
       </c>
       <c r="I28" s="5">
-        <v>9540</v>
+        <v>9774</v>
       </c>
       <c r="J28" t="s">
         <v>76</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
         <v>70</v>
       </c>
       <c r="B29">
         <v>0.63</v>
       </c>
       <c r="C29" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D29" t="s">
         <v>116</v>
       </c>
       <c r="E29" t="s">
         <v>117</v>
       </c>
       <c r="F29" t="s">
         <v>74</v>
       </c>
       <c r="G29" t="s">
         <v>75</v>
       </c>
       <c r="H29" s="5">
         <v>7821.0</v>
       </c>
       <c r="I29" s="5">
         <v>9463</v>
       </c>
       <c r="J29" t="s">
         <v>76</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
         <v>70</v>
       </c>
       <c r="B30">
         <v>0.62</v>
       </c>
       <c r="C30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
         <v>118</v>
       </c>
       <c r="E30" t="s">
         <v>119</v>
       </c>
       <c r="F30" t="s">
         <v>74</v>
       </c>
       <c r="G30" t="s">
         <v>75</v>
       </c>
       <c r="H30" s="5">
         <v>7758.0</v>
       </c>
       <c r="I30" s="5">
         <v>9387</v>
       </c>
       <c r="J30" t="s">
         <v>76</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
         <v>70</v>
       </c>
       <c r="B31">
         <v>0.57</v>
       </c>
       <c r="C31" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D31" t="s">
         <v>120</v>
       </c>
       <c r="E31" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F31" t="s">
         <v>74</v>
       </c>
       <c r="G31" t="s">
         <v>75</v>
       </c>
       <c r="H31" s="5">
         <v>7439.0</v>
       </c>
       <c r="I31" s="5">
         <v>9001</v>
       </c>
       <c r="J31" t="s">
         <v>76</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32">
         <v>0.56</v>
       </c>
       <c r="C32" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D32" t="s">
         <v>121</v>
       </c>
       <c r="E32" t="s">
         <v>122</v>
       </c>
       <c r="F32" t="s">
         <v>74</v>
       </c>
       <c r="G32" t="s">
         <v>75</v>
       </c>
       <c r="H32" s="5">
         <v>7376.0</v>
       </c>
       <c r="I32" s="5">
         <v>8925</v>
       </c>
       <c r="J32" t="s">
         <v>76</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33">
         <v>0.77</v>
       </c>
       <c r="C33" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
         <v>123</v>
       </c>
       <c r="E33" t="s">
         <v>124</v>
       </c>
       <c r="F33" t="s">
         <v>74</v>
       </c>
       <c r="G33" t="s">
         <v>75</v>
       </c>
       <c r="H33" s="5">
         <v>9189.0</v>
       </c>
       <c r="I33" s="5">
         <v>11119</v>
       </c>
       <c r="J33" t="s">
         <v>76</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34">
         <v>1.16</v>
       </c>
       <c r="C34" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D34" t="s">
         <v>125</v>
       </c>
       <c r="E34" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F34" t="s">
         <v>74</v>
       </c>
       <c r="G34" t="s">
         <v>75</v>
       </c>
       <c r="H34" s="5">
         <v>6493.0</v>
       </c>
       <c r="I34" s="5">
         <v>7857</v>
       </c>
       <c r="J34" t="s">
         <v>76</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
         <v>70</v>
       </c>
       <c r="B35">
         <v>1.09</v>
       </c>
       <c r="C35" t="s">
         <v>126</v>
       </c>
       <c r="D35" t="s">
         <v>127</v>
       </c>
       <c r="E35" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F35" t="s">
         <v>74</v>
       </c>
       <c r="G35" t="s">
         <v>75</v>
       </c>
       <c r="H35" s="5">
         <v>14355.0</v>
       </c>
       <c r="I35" s="5">
         <v>17370</v>
       </c>
       <c r="J35" t="s">
         <v>76</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
         <v>70</v>
       </c>
       <c r="B36">
         <v>0.84</v>
       </c>
       <c r="C36" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D36" t="s">
         <v>128</v>
       </c>
       <c r="E36" t="s">
         <v>129</v>
       </c>
       <c r="F36" t="s">
         <v>74</v>
       </c>
       <c r="G36" t="s">
         <v>75</v>
       </c>
       <c r="H36" s="5">
         <v>5376.0</v>
       </c>
       <c r="I36" s="5">
         <v>6505</v>
       </c>
       <c r="J36" t="s">
         <v>76</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
         <v>70</v>
       </c>
       <c r="B37">
         <v>1.34</v>
       </c>
       <c r="C37" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D37" t="s">
         <v>130</v>
       </c>
       <c r="E37" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F37" t="s">
         <v>74</v>
       </c>
       <c r="G37" t="s">
         <v>75</v>
       </c>
       <c r="H37" s="5">
         <v>6983.0</v>
       </c>
       <c r="I37" s="5">
         <v>8449</v>
       </c>
       <c r="J37" t="s">
         <v>76</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
         <v>70</v>
       </c>
       <c r="B38">
         <v>2.38</v>
       </c>
       <c r="C38" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D38" t="s">
         <v>131</v>
       </c>
       <c r="E38" t="s">
         <v>129</v>
       </c>
       <c r="F38" t="s">
         <v>74</v>
       </c>
       <c r="G38" t="s">
         <v>75</v>
       </c>
       <c r="H38" s="5">
         <v>14749.0</v>
       </c>
       <c r="I38" s="5">
         <v>17846</v>
       </c>
       <c r="J38" t="s">
         <v>76</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
         <v>70</v>
       </c>
       <c r="B39">
         <v>0.68</v>
       </c>
       <c r="C39" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D39" t="s">
         <v>132</v>
       </c>
       <c r="E39" t="s">
         <v>133</v>
       </c>
       <c r="F39" t="s">
         <v>74</v>
       </c>
       <c r="G39" t="s">
         <v>75</v>
       </c>
       <c r="H39" s="5">
         <v>4862.0</v>
       </c>
       <c r="I39" s="5">
         <v>5883</v>
       </c>
       <c r="J39" t="s">
         <v>76</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
         <v>70</v>
       </c>
       <c r="B40">
         <v>1.69</v>
       </c>
       <c r="C40" t="s">
         <v>134</v>
       </c>
       <c r="D40" t="s">
         <v>135</v>
       </c>
       <c r="E40" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F40" t="s">
         <v>74</v>
       </c>
       <c r="G40" t="s">
         <v>75</v>
       </c>
       <c r="H40" s="5">
         <v>9980.0</v>
       </c>
       <c r="I40" s="5">
         <v>12076</v>
       </c>
       <c r="J40" t="s">
         <v>76</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
         <v>70</v>
       </c>
       <c r="B41">
@@ -2514,156 +2514,156 @@
       </c>
       <c r="G42" t="s">
         <v>75</v>
       </c>
       <c r="H42" s="5">
         <v>5343.0</v>
       </c>
       <c r="I42" s="5">
         <v>6465</v>
       </c>
       <c r="J42" t="s">
         <v>76</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
         <v>70</v>
       </c>
       <c r="B43">
         <v>1.57</v>
       </c>
       <c r="C43" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D43" t="s">
         <v>140</v>
       </c>
       <c r="E43" t="s">
         <v>122</v>
       </c>
       <c r="F43" t="s">
         <v>74</v>
       </c>
       <c r="G43" t="s">
         <v>75</v>
       </c>
       <c r="H43" s="5">
         <v>11248.0</v>
       </c>
       <c r="I43" s="5">
         <v>13610</v>
       </c>
       <c r="J43" t="s">
         <v>76</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
         <v>70</v>
       </c>
       <c r="B44">
         <v>5.09</v>
       </c>
       <c r="C44" t="s">
         <v>126</v>
       </c>
       <c r="D44" t="s">
         <v>141</v>
       </c>
       <c r="E44" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F44" t="s">
         <v>74</v>
       </c>
       <c r="G44" t="s">
         <v>75</v>
       </c>
       <c r="H44" s="5">
         <v>8794.0</v>
       </c>
       <c r="I44" s="5">
         <v>10641</v>
       </c>
       <c r="J44" t="s">
         <v>76</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
         <v>70</v>
       </c>
       <c r="B45">
         <v>3.99</v>
       </c>
       <c r="C45" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D45" t="s">
         <v>142</v>
       </c>
       <c r="E45" t="s">
         <v>143</v>
       </c>
       <c r="F45" t="s">
         <v>74</v>
       </c>
       <c r="G45" t="s">
         <v>75</v>
       </c>
       <c r="H45" s="5">
         <v>11287.0</v>
       </c>
       <c r="I45" s="5">
         <v>13657</v>
       </c>
       <c r="J45" t="s">
         <v>76</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
         <v>70</v>
       </c>
       <c r="B46">
         <v>3.38</v>
       </c>
       <c r="C46" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="D46" t="s">
         <v>144</v>
       </c>
       <c r="E46" t="s">
         <v>143</v>
       </c>
       <c r="F46" t="s">
         <v>74</v>
       </c>
       <c r="G46" t="s">
         <v>75</v>
       </c>
       <c r="H46" s="5">
         <v>5916.0</v>
       </c>
       <c r="I46" s="5">
         <v>7158</v>
       </c>
       <c r="J46" t="s">
         <v>76</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
@@ -2800,115 +2800,115 @@
       </c>
       <c r="I50" s="5">
         <v>7466</v>
       </c>
       <c r="J50" t="s">
         <v>76</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
         <v>70</v>
       </c>
       <c r="B51">
         <v>1.05</v>
       </c>
       <c r="C51" t="s">
         <v>147</v>
       </c>
       <c r="D51" t="s">
         <v>152</v>
       </c>
       <c r="E51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F51" t="s">
         <v>74</v>
       </c>
       <c r="G51" t="s">
         <v>75</v>
       </c>
       <c r="H51" s="5">
         <v>6170.0</v>
       </c>
       <c r="I51" s="5">
         <v>7466</v>
       </c>
       <c r="J51" t="s">
         <v>76</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
         <v>70</v>
       </c>
       <c r="B52">
         <v>2.05</v>
       </c>
       <c r="C52" t="s">
         <v>153</v>
       </c>
       <c r="D52" t="s">
         <v>154</v>
       </c>
       <c r="E52" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F52" t="s">
         <v>74</v>
       </c>
       <c r="G52" t="s">
         <v>75</v>
       </c>
       <c r="H52" s="5">
         <v>14013.0</v>
       </c>
       <c r="I52" s="5">
         <v>16956</v>
       </c>
       <c r="J52" t="s">
         <v>76</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
         <v>70</v>
       </c>
       <c r="B53">
         <v>2.04</v>
       </c>
       <c r="C53" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D53" t="s">
         <v>155</v>
       </c>
       <c r="E53" t="s">
         <v>137</v>
       </c>
       <c r="F53" t="s">
         <v>74</v>
       </c>
       <c r="G53" t="s">
         <v>75</v>
       </c>
       <c r="H53" s="5">
         <v>13964.0</v>
       </c>
       <c r="I53" s="5">
         <v>16896</v>
       </c>
       <c r="J53" t="s">
         <v>76</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
@@ -3004,121 +3004,121 @@
       </c>
       <c r="G56" t="s">
         <v>75</v>
       </c>
       <c r="H56" s="5">
         <v>5650.0</v>
       </c>
       <c r="I56" s="5">
         <v>6837</v>
       </c>
       <c r="J56" t="s">
         <v>76</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
         <v>70</v>
       </c>
       <c r="B57">
         <v>2.99</v>
       </c>
       <c r="C57" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D57" t="s">
         <v>163</v>
       </c>
       <c r="E57" t="s">
         <v>158</v>
       </c>
       <c r="F57" t="s">
         <v>74</v>
       </c>
       <c r="G57" t="s">
         <v>75</v>
       </c>
       <c r="H57" s="5">
         <v>14865.0</v>
       </c>
       <c r="I57" s="5">
         <v>17987</v>
       </c>
       <c r="J57" t="s">
         <v>76</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
         <v>70</v>
       </c>
       <c r="B58">
         <v>5.3</v>
       </c>
       <c r="C58" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D58" t="s">
         <v>164</v>
       </c>
       <c r="E58" t="s">
         <v>165</v>
       </c>
       <c r="F58" t="s">
         <v>74</v>
       </c>
       <c r="G58" t="s">
         <v>75</v>
       </c>
       <c r="H58" s="5">
         <v>6066.0</v>
       </c>
       <c r="I58" s="5">
         <v>7340</v>
       </c>
       <c r="J58" t="s">
         <v>76</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
         <v>70</v>
       </c>
       <c r="B59">
         <v>6.51</v>
       </c>
       <c r="C59" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D59" t="s">
         <v>166</v>
       </c>
       <c r="E59" t="s">
         <v>167</v>
       </c>
       <c r="F59" t="s">
         <v>74</v>
       </c>
       <c r="G59" t="s">
         <v>75</v>
       </c>
       <c r="H59" s="5">
         <v>14144.0</v>
       </c>
       <c r="I59" s="5">
         <v>17114</v>
       </c>
       <c r="J59" t="s">
         <v>76</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>