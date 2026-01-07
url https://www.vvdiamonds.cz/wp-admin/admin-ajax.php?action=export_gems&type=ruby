--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
@@ -76,104 +76,98 @@
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-262ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101912.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-173ct-deep-purple-red-s-igi-certifikatem-0101911.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-160ct-deep-purplish-pink-red-s-igi-certifikatem-0101910.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-145ct-deep-purple-red-s-igi-certifikatem-0101909.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-122ct-deep-purplish-red-s-igi-certifikatem-0101908.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-110ct-deep-purple-red-s-igi-certifikatem-0101907.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rubin-101ct-deep-purplish-red-s-igi-certifikatem-0101906.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rubin-091ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101904.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-084ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101903.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-079ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101902.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-074ct-deep-purple-red-s-igi-certifikatem-0101900.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-070ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101899.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-066ct-deep-purplish-red-s-igi-certifikatem-0101897.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-053ct-deep-purplish-pink-red-tepelne-neupraven-s-igi-certifikatem-0101895.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-051ct-deep-purplish-pink-red-s-igi-certifikatem-0101894.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-046ct-deep-purplish-red-s-igi-certifikatem-0101893.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-032ct-deep-purplish-red-s-igi-certifikatem-0101892.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-028ct-purplish-pink-red-s-igi-certifikatem-0101891.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-148ct-deep-pink-red-s-igi-certifikatem-0101691.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-108ct-deep-purplish-red-s-igi-certifikatem-0101690.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-108ct-purplish-pink-red-s-igi-certifikatem-0101689.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-203ct-deep-red-tepelne-neupraven-s-igi-certifikatem-0101475.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-101ct-intense-red-mosambik-tepelne-neupraven-s-icl-certifikatem-0101471.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rubin-104ct-holubi-krev-barma-tepelne-neupraven-s-grs-certifikatem-0101462.html</t>
-[...1 lines deleted...]
-  <si>
     <t>Rubín</t>
   </si>
   <si>
     <t>Oval Mixed Cut</t>
   </si>
   <si>
     <t>9.04mm x 7.13mm x 4.09mm</t>
   </si>
   <si>
     <t>Deep Purplish Red</t>
   </si>
   <si>
     <t>Částečně průsvitný</t>
   </si>
   <si>
     <t>IGI</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín nebyl tepelně upraven.</t>
   </si>
   <si>
     <t>Round Mixed Cut</t>
   </si>
   <si>
     <t>6.71mm - 6.85mm x 4.10mm</t>
@@ -184,80 +178,77 @@
   <si>
     <t>Průhledný</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín byl tepelně upraven (jedná se o běžnou úpravu rubínů).</t>
   </si>
   <si>
     <t>8.21mm x 6.13mm x 3.10mm</t>
   </si>
   <si>
     <t>Deep Purplish Pink - Red</t>
   </si>
   <si>
     <t>7.86mm x 5.55mm x 3.78mm</t>
   </si>
   <si>
     <t>6.27mm x 5.61mm x 3.64mm</t>
   </si>
   <si>
     <t>Částečně průhledný</t>
   </si>
   <si>
     <t>6.40mm x 5.37mm x 3.57mm</t>
   </si>
   <si>
+    <t>Pear Mixed Cut</t>
+  </si>
+  <si>
+    <t>6.37mm x 5.35mm x 3.02mm</t>
+  </si>
+  <si>
+    <t>Oval Cabochon</t>
+  </si>
+  <si>
+    <t>6.06mm x 4.16mm x 3.21mm</t>
+  </si>
+  <si>
+    <t>Průsvitný</t>
+  </si>
+  <si>
+    <t>5.87mm x 4.06mm x 3.26mm</t>
+  </si>
+  <si>
+    <t>5.23mm - 5.32mm x 2.94mm</t>
+  </si>
+  <si>
+    <t>6.12mm x 4.20mm x 2.67mm</t>
+  </si>
+  <si>
     <t>Cushion Mixed Cut</t>
   </si>
   <si>
-    <t>6.21mm x 6.16mm x 2.47mm</t>
-[...25 lines deleted...]
-  <si>
     <t>5.62mm x 5.56mm x 2.15mm</t>
   </si>
   <si>
     <t>6.04mm x 4.24mm x 2.57mm</t>
   </si>
   <si>
     <t>4.94mm - 5.04mm x 2.49mm</t>
   </si>
   <si>
     <t>6.18mm x 4.33mm x 1.67mm</t>
   </si>
   <si>
     <t>4.02mm - 4.12mm x 2.10mm</t>
   </si>
   <si>
     <t>4.06mm - 4.26mm x 1.79mm</t>
   </si>
   <si>
     <t>Purplish Pink - Red</t>
   </si>
   <si>
     <t>7.13mm x 5.80mm x 4.71mm</t>
   </si>
   <si>
     <t>Deep Pink - Red</t>
@@ -272,65 +263,50 @@
     <t>6.24mm - 6.34mm x 3.15mm</t>
   </si>
   <si>
     <t>8.76mm x 7.38mm x 3.59mm</t>
   </si>
   <si>
     <t>Deep Red</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven v ochranném pouzdře laboratoře IGI.&amp;nbsp;Rubín nebyl tepelně upraven. Na rubín nelze aplikovat 5% sleva pro registrované uživatele.</t>
   </si>
   <si>
     <t>Cushion Brilliant</t>
   </si>
   <si>
     <t>5.65mm x 5.24mm x 3.62mm</t>
   </si>
   <si>
     <t>Intense Red</t>
   </si>
   <si>
     <t>ICL</t>
   </si>
   <si>
     <t>Rubín je včetně certifikátu ICL a nebyl tepelně upraven. Rubín byl vytěžen v Mosambiku. Na rubín nelze aplikovat 5% sleva pro registrované uživatele.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Kámen je včetně mezinárodně uznávaného certifikátu GRS (www.gemresearch.ch). Nabízený rubín je ve všech parametrech dokonalý: nejcennější odstín barvy holubí krve nejcennější původ rubínů: Barma rubín nebyl tepelně upraven &amp;nbsp; Na rubín nelze aplikovat 5% sleva pro registrované uživatele.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="20"/>
@@ -795,62 +771,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-262ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-173ct-deep-purple-red-s-igi-certifikatem-0101911.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-160ct-deep-purplish-pink-red-s-igi-certifikatem-0101910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-145ct-deep-purple-red-s-igi-certifikatem-0101909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-122ct-deep-purplish-red-s-igi-certifikatem-0101908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-110ct-deep-purple-red-s-igi-certifikatem-0101907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-101ct-deep-purplish-red-s-igi-certifikatem-0101906.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-091ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-084ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-079ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-074ct-deep-purple-red-s-igi-certifikatem-0101900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-070ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-066ct-deep-purplish-red-s-igi-certifikatem-0101897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-053ct-deep-purplish-pink-red-tepelne-neupraven-s-igi-certifikatem-0101895.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-051ct-deep-purplish-pink-red-s-igi-certifikatem-0101894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-046ct-deep-purplish-red-s-igi-certifikatem-0101893.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-032ct-deep-purplish-red-s-igi-certifikatem-0101892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-028ct-purplish-pink-red-s-igi-certifikatem-0101891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-148ct-deep-pink-red-s-igi-certifikatem-0101691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-deep-purplish-red-s-igi-certifikatem-0101690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-purplish-pink-red-s-igi-certifikatem-0101689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-203ct-deep-red-tepelne-neupraven-s-igi-certifikatem-0101475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-101ct-intense-red-mosambik-tepelne-neupraven-s-icl-certifikatem-0101471.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-104ct-holubi-krev-barma-tepelne-neupraven-s-grs-certifikatem-0101462.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-262ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-173ct-deep-purple-red-s-igi-certifikatem-0101911.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-160ct-deep-purplish-pink-red-s-igi-certifikatem-0101910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-145ct-deep-purple-red-s-igi-certifikatem-0101909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-122ct-deep-purplish-red-s-igi-certifikatem-0101908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-110ct-deep-purple-red-s-igi-certifikatem-0101907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-091ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-084ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-079ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-074ct-deep-purple-red-s-igi-certifikatem-0101900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-070ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-066ct-deep-purplish-red-s-igi-certifikatem-0101897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-053ct-deep-purplish-pink-red-tepelne-neupraven-s-igi-certifikatem-0101895.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-051ct-deep-purplish-pink-red-s-igi-certifikatem-0101894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-046ct-deep-purplish-red-s-igi-certifikatem-0101893.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-032ct-deep-purplish-red-s-igi-certifikatem-0101892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-028ct-purplish-pink-red-s-igi-certifikatem-0101891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-148ct-deep-pink-red-s-igi-certifikatem-0101691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-deep-purplish-red-s-igi-certifikatem-0101690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-purplish-pink-red-s-igi-certifikatem-0101689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-203ct-deep-red-tepelne-neupraven-s-igi-certifikatem-0101475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-101ct-intense-red-mosambik-tepelne-neupraven-s-icl-certifikatem-0101471.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M26"/>
+  <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I26" sqref="I26"/>
+      <selection activeCell="I24" sqref="I24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -874,921 +850,849 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B3">
         <v>2.62</v>
       </c>
       <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
         <v>38</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>39</v>
       </c>
-      <c r="E3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H3" s="5">
         <v>45794.0</v>
       </c>
       <c r="I3" s="5">
         <v>55411</v>
       </c>
       <c r="J3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B4">
         <v>1.73</v>
       </c>
       <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>44</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
         <v>45</v>
       </c>
-      <c r="E4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H4" s="5">
         <v>54830.0</v>
       </c>
       <c r="I4" s="5">
         <v>66344</v>
       </c>
       <c r="J4" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B5">
         <v>1.6</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H5" s="5">
         <v>45630.0</v>
       </c>
       <c r="I5" s="5">
         <v>55212</v>
       </c>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B6">
         <v>1.45</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G6" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H6" s="5">
         <v>66655.0</v>
       </c>
       <c r="I6" s="5">
         <v>80653</v>
       </c>
       <c r="J6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B7">
         <v>1.22</v>
       </c>
       <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
         <v>38</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H7" s="5">
         <v>23632.0</v>
       </c>
       <c r="I7" s="5">
         <v>28595</v>
       </c>
       <c r="J7" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B8">
         <v>1.1</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H8" s="5">
         <v>31660.0</v>
       </c>
       <c r="I8" s="5">
         <v>38309</v>
       </c>
       <c r="J8" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B9">
-        <v>1.01</v>
+        <v>0.91</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F9" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H9" s="5">
-        <v>40009.0</v>
+        <v>54200.0</v>
       </c>
       <c r="I9" s="5">
-        <v>48411</v>
+        <v>65582</v>
       </c>
       <c r="J9" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B10">
-        <v>0.91</v>
+        <v>0.84</v>
       </c>
       <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H10" s="5">
-        <v>54200.0</v>
+        <v>10352.0</v>
       </c>
       <c r="I10" s="5">
-        <v>65582</v>
+        <v>12526</v>
       </c>
       <c r="J10" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B11">
-        <v>0.84</v>
+        <v>0.79</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D11" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E11" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F11" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="G11" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H11" s="5">
-        <v>10352.0</v>
+        <v>10000.0</v>
       </c>
       <c r="I11" s="5">
-        <v>12526</v>
+        <v>12100</v>
       </c>
       <c r="J11" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B12">
-        <v>0.79</v>
+        <v>0.74</v>
       </c>
       <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
         <v>59</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
+        <v>45</v>
+      </c>
+      <c r="G12" t="s">
+        <v>40</v>
+      </c>
+      <c r="H12" s="5">
+        <v>18288.0</v>
+      </c>
+      <c r="I12" s="5">
+        <v>22128</v>
+      </c>
+      <c r="J12" t="s">
         <v>46</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B13">
-        <v>0.74</v>
+        <v>0.7</v>
       </c>
       <c r="C13" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="D13" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="F13" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G13" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H13" s="5">
-        <v>18288.0</v>
+        <v>8876.0</v>
       </c>
       <c r="I13" s="5">
-        <v>22128</v>
+        <v>10740</v>
       </c>
       <c r="J13" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B14">
-        <v>0.7</v>
+        <v>0.66</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="G14" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H14" s="5">
-        <v>8876.0</v>
+        <v>15043.0</v>
       </c>
       <c r="I14" s="5">
-        <v>10740</v>
+        <v>18202</v>
       </c>
       <c r="J14" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B15">
-        <v>0.66</v>
+        <v>0.53</v>
       </c>
       <c r="C15" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D15" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="F15" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G15" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H15" s="5">
-        <v>15043.0</v>
+        <v>34440.0</v>
       </c>
       <c r="I15" s="5">
-        <v>18202</v>
+        <v>41672</v>
       </c>
       <c r="J15" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B16">
-        <v>0.53</v>
+        <v>0.51</v>
       </c>
       <c r="C16" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E16" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F16" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H16" s="5">
-        <v>34440.0</v>
+        <v>9435.0</v>
       </c>
       <c r="I16" s="5">
-        <v>41672</v>
+        <v>11416</v>
       </c>
       <c r="J16" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B17">
-        <v>0.51</v>
+        <v>0.46</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E17" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="F17" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H17" s="5">
-        <v>9435.0</v>
+        <v>16400.0</v>
       </c>
       <c r="I17" s="5">
-        <v>11416</v>
+        <v>19844</v>
       </c>
       <c r="J17" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B18">
-        <v>0.46</v>
+        <v>0.32</v>
       </c>
       <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18" t="s">
         <v>38</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H18" s="5">
-        <v>16400.0</v>
+        <v>7780.0</v>
       </c>
       <c r="I18" s="5">
-        <v>19844</v>
+        <v>9414</v>
       </c>
       <c r="J18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B19">
-        <v>0.32</v>
+        <v>0.28</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="F19" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H19" s="5">
-        <v>7780.0</v>
+        <v>5944.0</v>
       </c>
       <c r="I19" s="5">
-        <v>9414</v>
+        <v>7192</v>
       </c>
       <c r="J19" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B20">
-        <v>0.28</v>
+        <v>1.48</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D20" t="s">
+        <v>69</v>
+      </c>
+      <c r="E20" t="s">
         <v>70</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>45</v>
+      </c>
+      <c r="G20" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20" s="5">
+        <v>190000.0</v>
+      </c>
+      <c r="I20" s="5">
+        <v>229900</v>
+      </c>
+      <c r="J20" t="s">
         <v>71</v>
-      </c>
-[...13 lines deleted...]
-        <v>48</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B21">
-        <v>1.48</v>
+        <v>1.08</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D21" t="s">
         <v>72</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="F21" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G21" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H21" s="5">
-        <v>190000.0</v>
+        <v>60830.0</v>
       </c>
       <c r="I21" s="5">
-        <v>229900</v>
+        <v>73604</v>
       </c>
       <c r="J21" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B22">
         <v>1.08</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D22" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E22" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="F22" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G22" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H22" s="5">
-        <v>60830.0</v>
+        <v>43450.0</v>
       </c>
       <c r="I22" s="5">
-        <v>73604</v>
+        <v>52575</v>
       </c>
       <c r="J22" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B23">
-        <v>1.08</v>
+        <v>2.03</v>
       </c>
       <c r="C23" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="D23" t="s">
+        <v>74</v>
+      </c>
+      <c r="E23" t="s">
+        <v>75</v>
+      </c>
+      <c r="F23" t="s">
+        <v>45</v>
+      </c>
+      <c r="G23" t="s">
+        <v>40</v>
+      </c>
+      <c r="H23" s="5">
+        <v>395000</v>
+      </c>
+      <c r="I23" s="5">
+        <v>477950</v>
+      </c>
+      <c r="J23" t="s">
         <v>76</v>
-      </c>
-[...16 lines deleted...]
-        <v>48</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B24">
-        <v>2.03</v>
+        <v>1.01</v>
       </c>
       <c r="C24" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="D24" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E24" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G24" t="s">
-        <v>42</v>
+        <v>80</v>
       </c>
       <c r="H24" s="5">
-        <v>395000</v>
+        <v>135500</v>
       </c>
       <c r="I24" s="5">
-        <v>477950</v>
+        <v>163955</v>
       </c>
       <c r="J24" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
-      </c>
-[...68 lines deleted...]
-        <v>36</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="K17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="K18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="K19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="K20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="K21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="K22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="K23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="K24" r:id="rId_hyperlink_22"/>
-    <hyperlink ref="K25" r:id="rId_hyperlink_23"/>
-    <hyperlink ref="K26" r:id="rId_hyperlink_24"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>