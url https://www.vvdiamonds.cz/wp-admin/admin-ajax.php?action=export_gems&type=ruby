--- v1 (2026-01-07)
+++ v2 (2026-03-03)
@@ -17,91 +17,115 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/rubin-093ct-deep-purplish-pink-red-s-igi-certifikatem-0102018.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-095ct-deep-purplish-pink-red-s-igi-certifikatem-0102017.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-069ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0102016.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-056ct-deep-purplish-pinkish-red-s-igi-certifikatem-0102015.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-096ct-deep-purplish-red-s-igi-certifikatem-0102014.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-100ct-deep-purplish-red-s-igi-certifikatem-0102013.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-124ct-deep-purplish-pink-red-puvod-barma-s-igi-certifikatem-0102012.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/rubin-061ct-deep-purplish-pink-red-s-igi-certifikatem-0102011.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/rubin-262ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101912.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-173ct-deep-purple-red-s-igi-certifikatem-0101911.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-160ct-deep-purplish-pink-red-s-igi-certifikatem-0101910.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-145ct-deep-purple-red-s-igi-certifikatem-0101909.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-122ct-deep-purplish-red-s-igi-certifikatem-0101908.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-110ct-deep-purple-red-s-igi-certifikatem-0101907.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-091ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101904.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-084ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101903.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-079ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101902.html</t>
@@ -109,174 +133,213 @@
   <si>
     <t>https://www.vvdiamonds.cz/rubin-074ct-deep-purple-red-s-igi-certifikatem-0101900.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-070ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101899.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-066ct-deep-purplish-red-s-igi-certifikatem-0101897.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-053ct-deep-purplish-pink-red-tepelne-neupraven-s-igi-certifikatem-0101895.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-051ct-deep-purplish-pink-red-s-igi-certifikatem-0101894.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-046ct-deep-purplish-red-s-igi-certifikatem-0101893.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-032ct-deep-purplish-red-s-igi-certifikatem-0101892.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-028ct-purplish-pink-red-s-igi-certifikatem-0101891.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/rubin-148ct-deep-pink-red-s-igi-certifikatem-0101691.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/rubin-108ct-deep-purplish-red-s-igi-certifikatem-0101690.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-108ct-purplish-pink-red-s-igi-certifikatem-0101689.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-203ct-deep-red-tepelne-neupraven-s-igi-certifikatem-0101475.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/rubin-101ct-intense-red-mosambik-tepelne-neupraven-s-icl-certifikatem-0101471.html</t>
   </si>
   <si>
     <t>Rubín</t>
   </si>
   <si>
     <t>Oval Mixed Cut</t>
   </si>
   <si>
+    <t>6.95mm x 5.13mm x 2.87mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pink - Red</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín byl tepelně upraven (jedná se o běžnou úpravu rubínů). Čistota rubínu byla dodatečně vylepšena.</t>
+  </si>
+  <si>
+    <t>Octagonal Step Cut</t>
+  </si>
+  <si>
+    <t>5.11mm x 7.47mm x 2.71mm</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín byl tepelně upraven (jedná se o běžnou úpravu rubínů).</t>
+  </si>
+  <si>
+    <t>Round Cabochon</t>
+  </si>
+  <si>
+    <t>4.91mm - 4.98mm x 2.79mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Red</t>
+  </si>
+  <si>
+    <t>Průsvitný</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín nebyl tepelně upraven. Čistota rubínu byla dodatečně vylepšena.</t>
+  </si>
+  <si>
+    <t>5.97mm x 4.10mm x 2.58mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pinkish Red</t>
+  </si>
+  <si>
+    <t>6.93mm x 5.09mm x 3.09mm</t>
+  </si>
+  <si>
+    <t>7.11mm x 5.29mm x 2.75mm</t>
+  </si>
+  <si>
+    <t>Částečně Průsvitný</t>
+  </si>
+  <si>
+    <t>7.11mm x 5.10mm x 3.28mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pink Red</t>
+  </si>
+  <si>
+    <t>Částečně Průhledný</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín byl tepelně upraven (jedná se o běžnou úpravu rubínů). Dle názoru gemologické laboratoře je původ rubínu: Mong Hsu, Barma.</t>
+  </si>
+  <si>
+    <t>5.62mm x 3.97mm x 2.82mm</t>
+  </si>
+  <si>
     <t>9.04mm x 7.13mm x 4.09mm</t>
   </si>
   <si>
-    <t>Deep Purplish Red</t>
-[...1 lines deleted...]
-  <si>
     <t>Částečně průsvitný</t>
   </si>
   <si>
-    <t>IGI</t>
-[...1 lines deleted...]
-  <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín nebyl tepelně upraven.</t>
   </si>
   <si>
     <t>Round Mixed Cut</t>
   </si>
   <si>
     <t>6.71mm - 6.85mm x 4.10mm</t>
   </si>
   <si>
     <t>Deep Purple - Red</t>
   </si>
   <si>
-    <t>Průhledný</t>
-[...4 lines deleted...]
-  <si>
     <t>8.21mm x 6.13mm x 3.10mm</t>
   </si>
   <si>
-    <t>Deep Purplish Pink - Red</t>
-[...1 lines deleted...]
-  <si>
     <t>7.86mm x 5.55mm x 3.78mm</t>
   </si>
   <si>
     <t>6.27mm x 5.61mm x 3.64mm</t>
   </si>
   <si>
     <t>Částečně průhledný</t>
   </si>
   <si>
     <t>6.40mm x 5.37mm x 3.57mm</t>
   </si>
   <si>
     <t>Pear Mixed Cut</t>
   </si>
   <si>
     <t>6.37mm x 5.35mm x 3.02mm</t>
   </si>
   <si>
     <t>Oval Cabochon</t>
   </si>
   <si>
     <t>6.06mm x 4.16mm x 3.21mm</t>
   </si>
   <si>
-    <t>Průsvitný</t>
-[...1 lines deleted...]
-  <si>
     <t>5.87mm x 4.06mm x 3.26mm</t>
   </si>
   <si>
     <t>5.23mm - 5.32mm x 2.94mm</t>
   </si>
   <si>
     <t>6.12mm x 4.20mm x 2.67mm</t>
   </si>
   <si>
     <t>Cushion Mixed Cut</t>
   </si>
   <si>
     <t>5.62mm x 5.56mm x 2.15mm</t>
   </si>
   <si>
     <t>6.04mm x 4.24mm x 2.57mm</t>
   </si>
   <si>
     <t>4.94mm - 5.04mm x 2.49mm</t>
   </si>
   <si>
     <t>6.18mm x 4.33mm x 1.67mm</t>
   </si>
   <si>
     <t>4.02mm - 4.12mm x 2.10mm</t>
   </si>
   <si>
     <t>4.06mm - 4.26mm x 1.79mm</t>
   </si>
   <si>
     <t>Purplish Pink - Red</t>
-  </si>
-[...7 lines deleted...]
-    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Rubín byl tepelně upraven (jedná se o běžnou úpravu rubínů).Velmi dobrá kvalita barvy.</t>
   </si>
   <si>
     <t>7.24mm x 5.20mm x 3.13mm</t>
   </si>
   <si>
     <t>6.24mm - 6.34mm x 3.15mm</t>
   </si>
   <si>
     <t>8.76mm x 7.38mm x 3.59mm</t>
   </si>
   <si>
     <t>Deep Red</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven v ochranném pouzdře laboratoře IGI.&amp;nbsp;Rubín nebyl tepelně upraven. Na rubín nelze aplikovat 5% sleva pro registrované uživatele.</t>
   </si>
   <si>
     <t>Cushion Brilliant</t>
   </si>
   <si>
     <t>5.65mm x 5.24mm x 3.62mm</t>
   </si>
   <si>
     <t>Intense Red</t>
   </si>
@@ -771,62 +834,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-262ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-173ct-deep-purple-red-s-igi-certifikatem-0101911.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-160ct-deep-purplish-pink-red-s-igi-certifikatem-0101910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-145ct-deep-purple-red-s-igi-certifikatem-0101909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-122ct-deep-purplish-red-s-igi-certifikatem-0101908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-110ct-deep-purple-red-s-igi-certifikatem-0101907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-091ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-084ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-079ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-074ct-deep-purple-red-s-igi-certifikatem-0101900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-070ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-066ct-deep-purplish-red-s-igi-certifikatem-0101897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-053ct-deep-purplish-pink-red-tepelne-neupraven-s-igi-certifikatem-0101895.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-051ct-deep-purplish-pink-red-s-igi-certifikatem-0101894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-046ct-deep-purplish-red-s-igi-certifikatem-0101893.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-032ct-deep-purplish-red-s-igi-certifikatem-0101892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-028ct-purplish-pink-red-s-igi-certifikatem-0101891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-148ct-deep-pink-red-s-igi-certifikatem-0101691.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-deep-purplish-red-s-igi-certifikatem-0101690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-purplish-pink-red-s-igi-certifikatem-0101689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-203ct-deep-red-tepelne-neupraven-s-igi-certifikatem-0101475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-101ct-intense-red-mosambik-tepelne-neupraven-s-icl-certifikatem-0101471.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-093ct-deep-purplish-pink-red-s-igi-certifikatem-0102018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-095ct-deep-purplish-pink-red-s-igi-certifikatem-0102017.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-069ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0102016.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-056ct-deep-purplish-pinkish-red-s-igi-certifikatem-0102015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-096ct-deep-purplish-red-s-igi-certifikatem-0102014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-100ct-deep-purplish-red-s-igi-certifikatem-0102013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-124ct-deep-purplish-pink-red-puvod-barma-s-igi-certifikatem-0102012.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-061ct-deep-purplish-pink-red-s-igi-certifikatem-0102011.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-262ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-173ct-deep-purple-red-s-igi-certifikatem-0101911.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-160ct-deep-purplish-pink-red-s-igi-certifikatem-0101910.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-145ct-deep-purple-red-s-igi-certifikatem-0101909.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-122ct-deep-purplish-red-s-igi-certifikatem-0101908.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-110ct-deep-purple-red-s-igi-certifikatem-0101907.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-091ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101904.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-084ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101903.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-079ct-deep-purple-red-tepelne-neupraven-s-igi-certifikatem-0101902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-074ct-deep-purple-red-s-igi-certifikatem-0101900.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-070ct-deep-purplish-red-tepelne-neupraven-s-igi-certifikatem-0101899.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-066ct-deep-purplish-red-s-igi-certifikatem-0101897.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-053ct-deep-purplish-pink-red-tepelne-neupraven-s-igi-certifikatem-0101895.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-051ct-deep-purplish-pink-red-s-igi-certifikatem-0101894.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-046ct-deep-purplish-red-s-igi-certifikatem-0101893.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-032ct-deep-purplish-red-s-igi-certifikatem-0101892.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-028ct-purplish-pink-red-s-igi-certifikatem-0101891.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-deep-purplish-red-s-igi-certifikatem-0101690.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-108ct-purplish-pink-red-s-igi-certifikatem-0101689.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-203ct-deep-red-tepelne-neupraven-s-igi-certifikatem-0101475.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/rubin-101ct-intense-red-mosambik-tepelne-neupraven-s-icl-certifikatem-0101471.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M24"/>
+  <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I24" sqref="I24"/>
+      <selection activeCell="I31" sqref="I31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -850,849 +913,1101 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B3">
-        <v>2.62</v>
+        <v>0.93</v>
       </c>
       <c r="C3" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D3" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F3" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="G3" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H3" s="5">
-        <v>45794.0</v>
+        <v>29521.0</v>
       </c>
       <c r="I3" s="5">
-        <v>55411</v>
+        <v>35720</v>
       </c>
       <c r="J3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B4">
-        <v>1.73</v>
+        <v>0.95</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H4" s="5">
-        <v>54830.0</v>
+        <v>51712.0</v>
       </c>
       <c r="I4" s="5">
-        <v>66344</v>
+        <v>62572</v>
       </c>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B5">
-        <v>1.6</v>
+        <v>0.69</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="F5" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="G5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H5" s="5">
-        <v>45630.0</v>
+        <v>6315.0</v>
       </c>
       <c r="I5" s="5">
-        <v>55212</v>
+        <v>7641</v>
       </c>
       <c r="J5" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B6">
-        <v>1.45</v>
+        <v>0.56</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D6" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H6" s="5">
-        <v>66655.0</v>
+        <v>15640.0</v>
       </c>
       <c r="I6" s="5">
-        <v>80653</v>
+        <v>18924</v>
       </c>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B7">
-        <v>1.22</v>
+        <v>0.96</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="F7" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H7" s="5">
-        <v>23632.0</v>
+        <v>41478.0</v>
       </c>
       <c r="I7" s="5">
-        <v>28595</v>
+        <v>50188</v>
       </c>
       <c r="J7" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B8">
-        <v>1.1</v>
+        <v>1</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="E8" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F8" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H8" s="5">
-        <v>31660.0</v>
+        <v>34411.0</v>
       </c>
       <c r="I8" s="5">
-        <v>38309</v>
+        <v>41637</v>
       </c>
       <c r="J8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B9">
-        <v>0.91</v>
+        <v>1.24</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="F9" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H9" s="5">
-        <v>54200.0</v>
+        <v>58649.0</v>
       </c>
       <c r="I9" s="5">
-        <v>65582</v>
+        <v>70965</v>
       </c>
       <c r="J9" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B10">
-        <v>0.84</v>
+        <v>0.61</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="G10" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H10" s="5">
-        <v>10352.0</v>
+        <v>22998.0</v>
       </c>
       <c r="I10" s="5">
-        <v>12526</v>
+        <v>27828</v>
       </c>
       <c r="J10" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B11">
-        <v>0.79</v>
+        <v>2.62</v>
       </c>
       <c r="C11" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="F11" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G11" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H11" s="5">
-        <v>10000.0</v>
+        <v>45794.0</v>
       </c>
       <c r="I11" s="5">
-        <v>12100</v>
+        <v>55411</v>
       </c>
       <c r="J11" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B12">
-        <v>0.74</v>
+        <v>1.73</v>
       </c>
       <c r="C12" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="D12" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="E12" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G12" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H12" s="5">
-        <v>18288.0</v>
+        <v>54830.0</v>
       </c>
       <c r="I12" s="5">
-        <v>22128</v>
+        <v>66344</v>
       </c>
       <c r="J12" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B13">
-        <v>0.7</v>
+        <v>1.6</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="D13" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F13" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G13" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H13" s="5">
-        <v>8876.0</v>
+        <v>45630.0</v>
       </c>
       <c r="I13" s="5">
-        <v>10740</v>
+        <v>55212</v>
       </c>
       <c r="J13" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B14">
-        <v>0.66</v>
+        <v>1.45</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G14" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H14" s="5">
-        <v>15043.0</v>
+        <v>66655.0</v>
       </c>
       <c r="I14" s="5">
-        <v>18202</v>
+        <v>80653</v>
       </c>
       <c r="J14" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B15">
-        <v>0.53</v>
+        <v>1.22</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="E15" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="F15" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="G15" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H15" s="5">
-        <v>34440.0</v>
+        <v>23632.0</v>
       </c>
       <c r="I15" s="5">
-        <v>41672</v>
+        <v>28595</v>
       </c>
       <c r="J15" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B16">
-        <v>0.51</v>
+        <v>1.1</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="E16" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="F16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G16" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H16" s="5">
-        <v>9435.0</v>
+        <v>31660.0</v>
       </c>
       <c r="I16" s="5">
-        <v>11416</v>
+        <v>38309</v>
       </c>
       <c r="J16" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B17">
-        <v>0.46</v>
+        <v>0.91</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="F17" t="s">
-        <v>45</v>
+        <v>76</v>
       </c>
       <c r="G17" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H17" s="5">
-        <v>16400.0</v>
+        <v>54200.0</v>
       </c>
       <c r="I17" s="5">
-        <v>19844</v>
+        <v>65582</v>
       </c>
       <c r="J17" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B18">
-        <v>0.32</v>
+        <v>0.84</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="F18" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G18" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H18" s="5">
-        <v>7780.0</v>
+        <v>10352.0</v>
       </c>
       <c r="I18" s="5">
-        <v>9414</v>
+        <v>12526</v>
       </c>
       <c r="J18" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B19">
-        <v>0.28</v>
+        <v>0.79</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>80</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="E19" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F19" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G19" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H19" s="5">
-        <v>5944.0</v>
+        <v>10000.0</v>
       </c>
       <c r="I19" s="5">
-        <v>7192</v>
+        <v>12100</v>
       </c>
       <c r="J19" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B20">
-        <v>1.48</v>
+        <v>0.74</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>70</v>
       </c>
       <c r="D20" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="E20" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G20" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H20" s="5">
-        <v>190000.0</v>
+        <v>18288.0</v>
       </c>
       <c r="I20" s="5">
-        <v>229900</v>
+        <v>22128</v>
       </c>
       <c r="J20" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B21">
-        <v>1.08</v>
+        <v>0.7</v>
       </c>
       <c r="C21" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="D21" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="F21" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G21" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H21" s="5">
-        <v>60830.0</v>
+        <v>8876.0</v>
       </c>
       <c r="I21" s="5">
-        <v>73604</v>
+        <v>10740</v>
       </c>
       <c r="J21" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B22">
-        <v>1.08</v>
+        <v>0.66</v>
       </c>
       <c r="C22" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="D22" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="E22" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="F22" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G22" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H22" s="5">
-        <v>43450.0</v>
+        <v>15043.0</v>
       </c>
       <c r="I22" s="5">
-        <v>52575</v>
+        <v>18202</v>
       </c>
       <c r="J22" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B23">
-        <v>2.03</v>
+        <v>0.53</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>78</v>
       </c>
       <c r="D23" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="E23" t="s">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="F23" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G23" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H23" s="5">
-        <v>395000</v>
+        <v>34440.0</v>
       </c>
       <c r="I23" s="5">
-        <v>477950</v>
+        <v>41672</v>
       </c>
       <c r="J23" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B24">
-        <v>1.01</v>
+        <v>0.51</v>
       </c>
       <c r="C24" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="E24" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="F24" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G24" t="s">
-        <v>80</v>
+        <v>47</v>
       </c>
       <c r="H24" s="5">
-        <v>135500</v>
+        <v>9435.0</v>
       </c>
       <c r="I24" s="5">
-        <v>163955</v>
+        <v>11416</v>
       </c>
       <c r="J24" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13">
+      <c r="A25" t="s">
+        <v>42</v>
+      </c>
+      <c r="B25">
+        <v>0.46</v>
+      </c>
+      <c r="C25" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" t="s">
+        <v>54</v>
+      </c>
+      <c r="F25" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" t="s">
+        <v>47</v>
+      </c>
+      <c r="H25" s="5">
+        <v>16400.0</v>
+      </c>
+      <c r="I25" s="5">
+        <v>19844</v>
+      </c>
+      <c r="J25" t="s">
+        <v>51</v>
+      </c>
+      <c r="K25" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13">
+      <c r="A26" t="s">
+        <v>42</v>
+      </c>
+      <c r="B26">
+        <v>0.32</v>
+      </c>
+      <c r="C26" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" t="s">
+        <v>90</v>
+      </c>
+      <c r="E26" t="s">
+        <v>54</v>
+      </c>
+      <c r="F26" t="s">
+        <v>46</v>
+      </c>
+      <c r="G26" t="s">
+        <v>47</v>
+      </c>
+      <c r="H26" s="5">
+        <v>7780.0</v>
+      </c>
+      <c r="I26" s="5">
+        <v>9414</v>
+      </c>
+      <c r="J26" t="s">
+        <v>51</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13">
+      <c r="A27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B27">
+        <v>0.28</v>
+      </c>
+      <c r="C27" t="s">
+        <v>70</v>
+      </c>
+      <c r="D27" t="s">
+        <v>91</v>
+      </c>
+      <c r="E27" t="s">
+        <v>92</v>
+      </c>
+      <c r="F27" t="s">
+        <v>46</v>
+      </c>
+      <c r="G27" t="s">
+        <v>47</v>
+      </c>
+      <c r="H27" s="5">
+        <v>5944.0</v>
+      </c>
+      <c r="I27" s="5">
+        <v>7192</v>
+      </c>
+      <c r="J27" t="s">
+        <v>51</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13">
+      <c r="A28" t="s">
+        <v>42</v>
+      </c>
+      <c r="B28">
+        <v>1.08</v>
+      </c>
+      <c r="C28" t="s">
+        <v>43</v>
+      </c>
+      <c r="D28" t="s">
+        <v>93</v>
+      </c>
+      <c r="E28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F28" t="s">
+        <v>46</v>
+      </c>
+      <c r="G28" t="s">
+        <v>47</v>
+      </c>
+      <c r="H28" s="5">
+        <v>60830.0</v>
+      </c>
+      <c r="I28" s="5">
+        <v>73604</v>
+      </c>
+      <c r="J28" t="s">
+        <v>51</v>
+      </c>
+      <c r="K28" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13">
+      <c r="A29" t="s">
+        <v>42</v>
+      </c>
+      <c r="B29">
+        <v>1.08</v>
+      </c>
+      <c r="C29" t="s">
+        <v>70</v>
+      </c>
+      <c r="D29" t="s">
+        <v>94</v>
+      </c>
+      <c r="E29" t="s">
+        <v>92</v>
+      </c>
+      <c r="F29" t="s">
+        <v>46</v>
+      </c>
+      <c r="G29" t="s">
+        <v>47</v>
+      </c>
+      <c r="H29" s="5">
+        <v>43450.0</v>
+      </c>
+      <c r="I29" s="5">
+        <v>52575</v>
+      </c>
+      <c r="J29" t="s">
+        <v>51</v>
+      </c>
+      <c r="K29" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13">
+      <c r="A30" t="s">
+        <v>42</v>
+      </c>
+      <c r="B30">
+        <v>2.03</v>
+      </c>
+      <c r="C30" t="s">
+        <v>43</v>
+      </c>
+      <c r="D30" t="s">
+        <v>95</v>
+      </c>
+      <c r="E30" t="s">
+        <v>96</v>
+      </c>
+      <c r="F30" t="s">
+        <v>46</v>
+      </c>
+      <c r="G30" t="s">
+        <v>47</v>
+      </c>
+      <c r="H30" s="5">
+        <v>395000</v>
+      </c>
+      <c r="I30" s="5">
+        <v>477950</v>
+      </c>
+      <c r="J30" t="s">
+        <v>97</v>
+      </c>
+      <c r="K30" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13">
+      <c r="A31" t="s">
+        <v>42</v>
+      </c>
+      <c r="B31">
+        <v>1.01</v>
+      </c>
+      <c r="C31" t="s">
+        <v>98</v>
+      </c>
+      <c r="D31" t="s">
+        <v>99</v>
+      </c>
+      <c r="E31" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" t="s">
+        <v>46</v>
+      </c>
+      <c r="G31" t="s">
+        <v>101</v>
+      </c>
+      <c r="H31" s="5">
+        <v>135500</v>
+      </c>
+      <c r="I31" s="5">
+        <v>163955</v>
+      </c>
+      <c r="J31" t="s">
+        <v>102</v>
+      </c>
+      <c r="K31" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
     <hyperlink ref="K17" r:id="rId_hyperlink_15"/>
     <hyperlink ref="K18" r:id="rId_hyperlink_16"/>
     <hyperlink ref="K19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="K20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="K21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="K22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="K23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="K24" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="K25" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="K26" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="K27" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="K28" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="K29" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="K30" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="K31" r:id="rId_hyperlink_29"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>