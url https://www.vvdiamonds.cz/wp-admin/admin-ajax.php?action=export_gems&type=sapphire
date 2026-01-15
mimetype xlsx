--- v0 (2025-11-28)
+++ v1 (2026-01-15)
@@ -17,103 +17,100 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="300">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-213ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101930.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-158ct-deep-blue-s-igi-certifikatem-0101929.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-153ct-deep-blue-s-igi-certifikatem-0101928.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-129ct-yellow-colorless-s-igi-certifikatem-0101927.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-125ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101925.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101924.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-107ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101923.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-106ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101922.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101921.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-103ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101920.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-100ct-deep-blue-s-igi-certifikatem-0101917.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-095ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101916.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101915.html</t>
@@ -229,53 +226,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101693.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-079ct-pinkish-purple-s-igi-certifikatem-0101609.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-066ct-deep-pinkish-purple-s-igi-certifikatem-0101608.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-114ct-deep-purplish-pink-s-igi-certifikatem-0101605.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-106ct-purple-pink-s-igi-certifikatem-0101604.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-092ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101603.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-091ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101602.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-090ct-deep-purplish-pink-s-igi-certifikatem-0101601.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-084ct-deep-purplish-pink-s-igi-certifikatem-0101600.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-068ct-purplish-pink-s-igi-certifikatem-0101598.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-065ct-deep-purplish-pink-s-igi-certifikatem-0101597.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-064ct-deep-purplish-pink-s-igi-certifikatem-0101596.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-059ct-deep-purplish-pink-s-igi-certifikatem-0101595.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-056ct-purplish-pink-s-igi-certifikatem-0101594.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-057ct-deep-yellowish-orange-s-igi-certifikatem-0101592.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-050ct-deep-orange-s-igi-certifikatem-0101586.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-047ct-deep-yellowish-orange-s-igi-certifikatem-0101585.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-045ct-deep-yellowish-orange-s-igi-certifikatem-0101584.html</t>
@@ -316,68 +310,62 @@
   <si>
     <t>https://www.vvdiamonds.cz/safir-056ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101308.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101227.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-066ct-greenish-blue-s-igi-certifikatem-0101206.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101201.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-095ct-blue-tepelne-neupraven-s-igi-certifikatem-0101199.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101196.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-276ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101101.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-434ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101100.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101099.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-137ct-deep-blue-s-igi-certifikatem-0101084.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-045ct-orange-yellow-s-igi-certifikatem-010990.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-068ct-deep-reddish-purple-pink-s-igi-certifikatem-010987.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-038ct-purplish-pink-s-igi-certifikatem-010985.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-124ct-blue-s-igi-certifikatem-010952.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-094ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010945.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-076ct-blue-tepelne-neupraven-s-igi-certifikatem-010944.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010902.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-124ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010804.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-103ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010799.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-087ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010793.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-084ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010790.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-078ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010789.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-072ct-deep-blue-s-igi-certifikatem-010597.html</t>
@@ -442,56 +430,50 @@
   <si>
     <t>IGI</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír nebyl tepelně upraven.</t>
   </si>
   <si>
     <t>Cushion Mixed Cut</t>
   </si>
   <si>
     <t>6.84mm x 6.28mm x 4.16mm</t>
   </si>
   <si>
     <t>Deep Blue</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír byl tepelně upraven (jedná se o běžnou úpravu).</t>
   </si>
   <si>
     <t>Pear Mixed Cut</t>
   </si>
   <si>
     <t>8.46mm x 6.03mm x 4.55mm</t>
   </si>
   <si>
-    <t>9.05mm x 6.26mm x 3.00mm</t>
-[...4 lines deleted...]
-  <si>
     <t>6.55mm x 5.46mm x 3.75mm</t>
   </si>
   <si>
     <t>7.82mm x 5.60mm x 2.87mm</t>
   </si>
   <si>
     <t>6.35mm x 5.24mm x 3.79mm</t>
   </si>
   <si>
     <t>6.84mm x 5.39mm x 3.25mm</t>
   </si>
   <si>
     <t>7.20mm x 5.09mm x 3.07mm</t>
   </si>
   <si>
     <t>7.11mm x 5.10mm x 3.41mm</t>
   </si>
   <si>
     <t>6.80mm x 5.03mm x 3.08mm</t>
   </si>
   <si>
     <t>6.09mm x 4.82mm x 3.68mm</t>
   </si>
   <si>
     <t>Deep Greenish Blue</t>
@@ -649,53 +631,50 @@
   <si>
     <t>7.04mm x 5.65mm x 2.41mm</t>
   </si>
   <si>
     <t>Purple - Pink</t>
   </si>
   <si>
     <t>Triangular Mixed Cut</t>
   </si>
   <si>
     <t>6.08mm x 5.16mm x 3.34mm</t>
   </si>
   <si>
     <t>Deep Purplish Reddish Pink</t>
   </si>
   <si>
     <t>6.54mm x 4.82mm x 3.04mm</t>
   </si>
   <si>
     <t>Deep Reddish Purplish Pink</t>
   </si>
   <si>
     <t>6.12mm - 6.24mm x 2.95mm</t>
   </si>
   <si>
-    <t>6.67mm x 4.74mm x 2.87mm</t>
-[...1 lines deleted...]
-  <si>
     <t>7.26mm x 4.97mm x 1.95mm</t>
   </si>
   <si>
     <t>Purplish Pink</t>
   </si>
   <si>
     <t>5.59mm x 4.82mm x 2.93mm</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír byl tepelně upraven (jedná se o běžnou úpravu). Známky dodatečné úpravy čistoty.</t>
   </si>
   <si>
     <t>5.76mm x 4.68mm x 2.68mm</t>
   </si>
   <si>
     <t>5.75mm x 4.91mm x 2.58mm</t>
   </si>
   <si>
     <t>5.72mm x 5.15mm x 2.26mm</t>
   </si>
   <si>
     <t>4.66mm - 4.71mm x 2.86mm</t>
   </si>
   <si>
     <t>Deep Yellowish Orange</t>
@@ -781,78 +760,69 @@
   <si>
     <t>6.07mm x 4.13mm x 2.95mm</t>
   </si>
   <si>
     <t>Deep Blue (tepelně neupraven)</t>
   </si>
   <si>
     <t>7.05mm x 5.18mm x 2.82mm</t>
   </si>
   <si>
     <t>Blue (tepelně neupraven)</t>
   </si>
   <si>
     <t>6.08mm x 4.07mm x 2.97mm</t>
   </si>
   <si>
     <t>10.39mm x 7.40mm x 3.81mm</t>
   </si>
   <si>
     <t>Dark Blue (tepelně neupraven)</t>
   </si>
   <si>
     <t>9.17mm x 7.61mm x 7.14mm</t>
   </si>
   <si>
-    <t>7.05mm x 5.12mm x 3.11mm</t>
-[...1 lines deleted...]
-  <si>
     <t>8.24mm x 6.23mm x 3.47mm</t>
   </si>
   <si>
     <t>4.91mm x 3.86mm x 2.70mm</t>
   </si>
   <si>
     <t>Orange-Yellow</t>
   </si>
   <si>
     <t>5.99mm x 4.23mm x 3.03mm</t>
   </si>
   <si>
     <t>Deep Reddish Purple Pink</t>
   </si>
   <si>
     <t>5.84mm x 3.86mm x 2.12 mm</t>
   </si>
   <si>
     <t>Částečně průhledný</t>
-  </si>
-[...4 lines deleted...]
-    <t>6.11mm x 6.01mm x 3.77mm</t>
   </si>
   <si>
     <t>7.12mm x 5.51mm x 2.65mm</t>
   </si>
   <si>
     <t>5.79mm x 4.63mm x 3.10mm</t>
   </si>
   <si>
     <t>6.33mm x 4.90mm x 3.10mm</t>
   </si>
   <si>
     <t>7.53mm x 5.76mm x 3.31mm</t>
   </si>
   <si>
     <t>6.83mm x 4.93mm x 3.41mm</t>
   </si>
   <si>
     <t>7.05mm x 5.09mm x 2.79mm</t>
   </si>
   <si>
     <t>5.96mm x 4.87mm x 3.39mm</t>
   </si>
   <si>
     <t>6.67mm x 4.77mm x 2.59mm</t>
   </si>
@@ -1425,62 +1395,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-158ct-deep-blue-s-igi-certifikatem-0101929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-153ct-deep-blue-s-igi-certifikatem-0101928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-129ct-yellow-colorless-s-igi-certifikatem-0101927.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-100ct-deep-blue-s-igi-certifikatem-0101917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-deep-blue-s-igi-certifikatem-0101914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-159ct-greenish-yellow-s-igi-certifikatem-0101792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-deep-orangy-yellow-s-igi-certifikatem-0101791.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-309ct-deep-violetish-blue-tepelne-neupraven-s-igi-certifikatem-0101747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-232ct-deep-blue-s-igi-certifikatem-0101746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-211ct-deep-blue-s-igi-certifikatem-0101745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-201ct-deep-blue-s-igi-certifikatem-0101744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0101741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-174ct-deep-blue-s-igi-certifikatem-0101740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-168ct-deep-blue-s-igi-certifikatem-0101738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-165ct-dark-blue-s-igi-certifikatem-0101737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-162ct-deep-blue-s-igi-certifikatem-0101736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-148ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-deep-blue-s-igi-certifikatem-0101732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-130ct-deep-blue-s-igi-certifikatem-0101731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-122ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-deep-blue-s-igi-certifikatem-0101728.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-111ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-s-igi-certifikatem-0101724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-099ct-deep-blue-s-igi-certifikatem-0101721.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-blue-s-igi-certifikatem-0101720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-s-igi-certifikatem-0101719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-blue-s-igi-certifikatem-0101718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-086ct-deep-blue-s-igi-certifikatem-0101715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-s-igi-certifikatem-0101713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-080ct-deep-blue-s-igi-certifikatem-0101711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-075ct-deep-greenish-blue-s-igi-certifikatem-0101707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-073ct-deep-blue-s-igi-certifikatem-0101705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-069ct-deep-blue-s-igi-certifikatem-0101703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-blue-s-igi-certifikatem-0101698.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-blue-s-igi-certifikatem-0101694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-pinkish-purple-s-igi-certifikatem-0101609.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-deep-pinkish-purple-s-igi-certifikatem-0101608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-114ct-deep-purplish-pink-s-igi-certifikatem-0101605.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-purple-pink-s-igi-certifikatem-0101604.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-092ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101603.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101602.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-purplish-pink-s-igi-certifikatem-0101601.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-084ct-deep-purplish-pink-s-igi-certifikatem-0101600.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-purplish-pink-s-igi-certifikatem-0101598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-purplish-pink-s-igi-certifikatem-0101597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-064ct-deep-purplish-pink-s-igi-certifikatem-0101596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-059ct-deep-purplish-pink-s-igi-certifikatem-0101595.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-purplish-pink-s-igi-certifikatem-0101594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-yellowish-orange-s-igi-certifikatem-0101592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-orange-s-igi-certifikatem-0101586.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-yellowish-orange-s-igi-certifikatem-0101585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-deep-yellowish-orange-s-igi-certifikatem-0101584.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-039ct-deep-yellowish-orange-s-igi-certifikatem-0101583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-037ct-deep-orange-s-igi-certifikatem-0101581.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-029ct-deep-yellowish-orange-s-igi-certifikatem-0101578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-338ct-blue-tepelne-neupraven-s-igi-certifikatem-0101477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-blue-sri-lanka-tepelne-neupraven-s-cd-certifikatem-0101463.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-093ct-deep-yellowish-orange-s-igi-certifikatem-0101455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-229ct-purplish-blue-tepelne-neupraven-s-igi-certifikatem-0101436.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-060ct-deep-blue-s-igi-certifikatem-0101434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-128ct-deep-blue-s-igi-certifikatem-0101425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101308.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-greenish-blue-s-igi-certifikatem-0101206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101201.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-blue-tepelne-neupraven-s-igi-certifikatem-0101199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-276ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-434ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-137ct-deep-blue-s-igi-certifikatem-0101084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-orange-yellow-s-igi-certifikatem-010990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-deep-reddish-purple-pink-s-igi-certifikatem-010987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-038ct-purplish-pink-s-igi-certifikatem-010985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-124ct-blue-s-igi-certifikatem-010952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010945.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-blue-tepelne-neupraven-s-igi-certifikatem-010944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-124ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-087ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-084ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-078ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-072ct-deep-blue-s-igi-certifikatem-010597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-051ct-purple-pink-s-igi-certifikatem-010593.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-010557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-133ct-blue-bluish-purple-tepelne-neupraven-s-igi-certifikatem-010523.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-049ct-blue-s-igi-certifikatem-010497.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010489.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010487.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-350ct-violet-tepelne-neupraven-s-gia-certifikatem-010398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-108ct-deep-greenish-blue-s-igi-certifikatem-010208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-098ct-dark-blue-s-igi-certifikatem-010206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-dark-blue-s-igi-certifikatem-010200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-126ct-dark-blue-s-igi-certifikatem-010174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-blue-s-igi-certifikatem-010165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-dark-blue-s-igi-certifikatem-010069.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-158ct-deep-blue-s-igi-certifikatem-0101929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-153ct-deep-blue-s-igi-certifikatem-0101928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-100ct-deep-blue-s-igi-certifikatem-0101917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-deep-blue-s-igi-certifikatem-0101914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-159ct-greenish-yellow-s-igi-certifikatem-0101792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-deep-orangy-yellow-s-igi-certifikatem-0101791.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-309ct-deep-violetish-blue-tepelne-neupraven-s-igi-certifikatem-0101747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-232ct-deep-blue-s-igi-certifikatem-0101746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-211ct-deep-blue-s-igi-certifikatem-0101745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-201ct-deep-blue-s-igi-certifikatem-0101744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0101741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-174ct-deep-blue-s-igi-certifikatem-0101740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-168ct-deep-blue-s-igi-certifikatem-0101738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-165ct-dark-blue-s-igi-certifikatem-0101737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-162ct-deep-blue-s-igi-certifikatem-0101736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-148ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-deep-blue-s-igi-certifikatem-0101732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-130ct-deep-blue-s-igi-certifikatem-0101731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-122ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-deep-blue-s-igi-certifikatem-0101728.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-111ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-s-igi-certifikatem-0101724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-099ct-deep-blue-s-igi-certifikatem-0101721.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-blue-s-igi-certifikatem-0101720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-s-igi-certifikatem-0101719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-blue-s-igi-certifikatem-0101718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-086ct-deep-blue-s-igi-certifikatem-0101715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-s-igi-certifikatem-0101713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-080ct-deep-blue-s-igi-certifikatem-0101711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-075ct-deep-greenish-blue-s-igi-certifikatem-0101707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-073ct-deep-blue-s-igi-certifikatem-0101705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-069ct-deep-blue-s-igi-certifikatem-0101703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-blue-s-igi-certifikatem-0101698.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-blue-s-igi-certifikatem-0101694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-pinkish-purple-s-igi-certifikatem-0101609.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-deep-pinkish-purple-s-igi-certifikatem-0101608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-114ct-deep-purplish-pink-s-igi-certifikatem-0101605.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-purple-pink-s-igi-certifikatem-0101604.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-092ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101603.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101602.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-purplish-pink-s-igi-certifikatem-0101601.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-purplish-pink-s-igi-certifikatem-0101598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-purplish-pink-s-igi-certifikatem-0101597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-064ct-deep-purplish-pink-s-igi-certifikatem-0101596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-059ct-deep-purplish-pink-s-igi-certifikatem-0101595.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-purplish-pink-s-igi-certifikatem-0101594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-yellowish-orange-s-igi-certifikatem-0101592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-orange-s-igi-certifikatem-0101586.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-yellowish-orange-s-igi-certifikatem-0101585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-deep-yellowish-orange-s-igi-certifikatem-0101584.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-039ct-deep-yellowish-orange-s-igi-certifikatem-0101583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-037ct-deep-orange-s-igi-certifikatem-0101581.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-029ct-deep-yellowish-orange-s-igi-certifikatem-0101578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-338ct-blue-tepelne-neupraven-s-igi-certifikatem-0101477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-blue-sri-lanka-tepelne-neupraven-s-cd-certifikatem-0101463.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-093ct-deep-yellowish-orange-s-igi-certifikatem-0101455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-229ct-purplish-blue-tepelne-neupraven-s-igi-certifikatem-0101436.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-060ct-deep-blue-s-igi-certifikatem-0101434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-128ct-deep-blue-s-igi-certifikatem-0101425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101308.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-greenish-blue-s-igi-certifikatem-0101206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101201.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-blue-tepelne-neupraven-s-igi-certifikatem-0101199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-276ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-434ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-137ct-deep-blue-s-igi-certifikatem-0101084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-orange-yellow-s-igi-certifikatem-010990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-deep-reddish-purple-pink-s-igi-certifikatem-010987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-038ct-purplish-pink-s-igi-certifikatem-010985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010945.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-blue-tepelne-neupraven-s-igi-certifikatem-010944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-124ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-087ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-084ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-078ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-072ct-deep-blue-s-igi-certifikatem-010597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-051ct-purple-pink-s-igi-certifikatem-010593.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-010557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-133ct-blue-bluish-purple-tepelne-neupraven-s-igi-certifikatem-010523.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-049ct-blue-s-igi-certifikatem-010497.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010489.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010487.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-350ct-violet-tepelne-neupraven-s-gia-certifikatem-010398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-108ct-deep-greenish-blue-s-igi-certifikatem-010208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-098ct-dark-blue-s-igi-certifikatem-010206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-dark-blue-s-igi-certifikatem-010200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-126ct-dark-blue-s-igi-certifikatem-010174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-blue-s-igi-certifikatem-010165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-dark-blue-s-igi-certifikatem-010069.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M117"/>
+  <dimension ref="A1:M113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I117" sqref="I117"/>
+      <selection activeCell="I113" sqref="I113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1504,4071 +1474,3931 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B3">
         <v>2.13</v>
       </c>
       <c r="C3" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D3" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="E3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F3" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G3" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H3" s="5">
         <v>149000.0</v>
       </c>
       <c r="I3" s="5">
         <v>180290</v>
       </c>
       <c r="J3" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B4">
         <v>1.58</v>
       </c>
       <c r="C4" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D4" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="E4" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F4" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G4" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H4" s="5">
         <v>38952.0</v>
       </c>
       <c r="I4" s="5">
         <v>47132</v>
       </c>
       <c r="J4" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B5">
         <v>1.53</v>
       </c>
       <c r="C5" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D5" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="E5" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F5" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G5" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H5" s="5">
         <v>44310.0</v>
       </c>
       <c r="I5" s="5">
         <v>53615</v>
       </c>
       <c r="J5" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B6">
-        <v>1.29</v>
+        <v>1.25</v>
       </c>
       <c r="C6" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="D6" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="E6" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="F6" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G6" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H6" s="5">
-        <v>20708.0</v>
+        <v>63576.0</v>
       </c>
       <c r="I6" s="5">
-        <v>25057</v>
+        <v>76927</v>
       </c>
       <c r="J6" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B7">
-        <v>1.25</v>
+        <v>1.21</v>
       </c>
       <c r="C7" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="D7" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="E7" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F7" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G7" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H7" s="5">
-        <v>63576.0</v>
+        <v>25840.0</v>
       </c>
       <c r="I7" s="5">
-        <v>76927</v>
+        <v>31266</v>
       </c>
       <c r="J7" t="s">
         <v>134</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B8">
-        <v>1.21</v>
+        <v>1.07</v>
       </c>
       <c r="C8" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D8" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="E8" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F8" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G8" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H8" s="5">
-        <v>25840.0</v>
+        <v>37712.0</v>
       </c>
       <c r="I8" s="5">
-        <v>31266</v>
+        <v>45632</v>
       </c>
       <c r="J8" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B9">
-        <v>1.07</v>
+        <v>1.06</v>
       </c>
       <c r="C9" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D9" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="E9" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F9" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G9" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H9" s="5">
-        <v>37712.0</v>
+        <v>46820.0</v>
       </c>
       <c r="I9" s="5">
-        <v>45632</v>
+        <v>56652</v>
       </c>
       <c r="J9" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B10">
         <v>1.06</v>
       </c>
       <c r="C10" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D10" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="E10" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F10" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G10" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H10" s="5">
-        <v>46820.0</v>
+        <v>18728.0</v>
       </c>
       <c r="I10" s="5">
-        <v>56652</v>
+        <v>22661</v>
       </c>
       <c r="J10" t="s">
         <v>134</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B11">
-        <v>1.06</v>
+        <v>1.03</v>
       </c>
       <c r="C11" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D11" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="E11" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="F11" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G11" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H11" s="5">
-        <v>18728.0</v>
+        <v>22925.0</v>
       </c>
       <c r="I11" s="5">
-        <v>22661</v>
+        <v>27739</v>
       </c>
       <c r="J11" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B12">
-        <v>1.03</v>
+        <v>1</v>
       </c>
       <c r="C12" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D12" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E12" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F12" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G12" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H12" s="5">
-        <v>22925.0</v>
+        <v>22435.0</v>
       </c>
       <c r="I12" s="5">
-        <v>27739</v>
+        <v>27146</v>
       </c>
       <c r="J12" t="s">
         <v>134</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B13">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="C13" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="D13" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="E13" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="F13" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G13" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H13" s="5">
-        <v>22435.0</v>
+        <v>36608.0</v>
       </c>
       <c r="I13" s="5">
-        <v>27146</v>
+        <v>44296</v>
       </c>
       <c r="J13" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B14">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="C14" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D14" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E14" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="F14" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G14" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H14" s="5">
-        <v>36608.0</v>
+        <v>32312.0</v>
       </c>
       <c r="I14" s="5">
-        <v>44296</v>
+        <v>39098</v>
       </c>
       <c r="J14" t="s">
         <v>134</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B15">
-        <v>0.9</v>
+        <v>0.79</v>
       </c>
       <c r="C15" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="D15" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E15" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F15" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G15" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H15" s="5">
-        <v>32312.0</v>
+        <v>19410.0</v>
       </c>
       <c r="I15" s="5">
-        <v>39098</v>
+        <v>23486</v>
       </c>
       <c r="J15" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B16">
-        <v>0.79</v>
+        <v>1.59</v>
       </c>
       <c r="C16" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D16" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="E16" t="s">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="F16" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G16" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H16" s="5">
-        <v>19410.0</v>
+        <v>14730.0</v>
       </c>
       <c r="I16" s="5">
-        <v>23486</v>
+        <v>17823</v>
       </c>
       <c r="J16" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B17">
-        <v>1.59</v>
+        <v>0.76</v>
       </c>
       <c r="C17" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D17" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E17" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F17" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G17" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H17" s="5">
-        <v>14730.0</v>
+        <v>7396.0</v>
       </c>
       <c r="I17" s="5">
-        <v>17823</v>
+        <v>8949</v>
       </c>
       <c r="J17" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B18">
-        <v>0.76</v>
+        <v>3.09</v>
       </c>
       <c r="C18" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="D18" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="E18" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="F18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G18" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H18" s="5">
-        <v>7396.0</v>
+        <v>330000.0</v>
       </c>
       <c r="I18" s="5">
-        <v>8949</v>
+        <v>399300</v>
       </c>
       <c r="J18" t="s">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B19">
-        <v>3.09</v>
+        <v>2.32</v>
       </c>
       <c r="C19" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D19" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E19" t="s">
-        <v>161</v>
+        <v>133</v>
       </c>
       <c r="F19" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G19" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H19" s="5">
-        <v>330000.0</v>
+        <v>92300.0</v>
       </c>
       <c r="I19" s="5">
-        <v>399300</v>
+        <v>111683</v>
       </c>
       <c r="J19" t="s">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B20">
-        <v>2.32</v>
+        <v>2.11</v>
       </c>
       <c r="C20" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="D20" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="E20" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F20" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G20" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H20" s="5">
-        <v>92300.0</v>
+        <v>89500.0</v>
       </c>
       <c r="I20" s="5">
-        <v>111683</v>
+        <v>108295</v>
       </c>
       <c r="J20" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B21">
-        <v>2.11</v>
+        <v>2.01</v>
       </c>
       <c r="C21" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D21" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="E21" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F21" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G21" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H21" s="5">
-        <v>89500.0</v>
+        <v>85152.0</v>
       </c>
       <c r="I21" s="5">
-        <v>108295</v>
+        <v>103034</v>
       </c>
       <c r="J21" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B22">
-        <v>2.01</v>
+        <v>1.82</v>
       </c>
       <c r="C22" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="D22" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="E22" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F22" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G22" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H22" s="5">
-        <v>85152.0</v>
+        <v>99000.0</v>
       </c>
       <c r="I22" s="5">
-        <v>103034</v>
+        <v>119790</v>
       </c>
       <c r="J22" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B23">
-        <v>1.82</v>
+        <v>1.74</v>
       </c>
       <c r="C23" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D23" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="E23" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F23" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G23" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H23" s="5">
-        <v>99000.0</v>
+        <v>47367.0</v>
       </c>
       <c r="I23" s="5">
-        <v>119790</v>
+        <v>57314</v>
       </c>
       <c r="J23" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B24">
-        <v>1.74</v>
+        <v>1.68</v>
       </c>
       <c r="C24" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D24" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E24" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F24" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G24" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H24" s="5">
-        <v>47367.0</v>
+        <v>35854.0</v>
       </c>
       <c r="I24" s="5">
-        <v>57314</v>
+        <v>43383</v>
       </c>
       <c r="J24" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B25">
-        <v>1.68</v>
+        <v>1.65</v>
       </c>
       <c r="C25" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D25" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="E25" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="F25" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G25" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H25" s="5">
-        <v>35854.0</v>
+        <v>25255.0</v>
       </c>
       <c r="I25" s="5">
-        <v>43383</v>
+        <v>30559</v>
       </c>
       <c r="J25" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B26">
-        <v>1.65</v>
+        <v>1.62</v>
       </c>
       <c r="C26" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D26" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="E26" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F26" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G26" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H26" s="5">
-        <v>25255.0</v>
+        <v>34867.0</v>
       </c>
       <c r="I26" s="5">
-        <v>30559</v>
+        <v>42189</v>
       </c>
       <c r="J26" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B27">
-        <v>1.62</v>
+        <v>1.48</v>
       </c>
       <c r="C27" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D27" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="E27" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F27" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G27" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H27" s="5">
-        <v>34867.0</v>
+        <v>77000.0</v>
       </c>
       <c r="I27" s="5">
-        <v>42189</v>
+        <v>93170</v>
       </c>
       <c r="J27" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B28">
-        <v>1.48</v>
+        <v>1.34</v>
       </c>
       <c r="C28" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D28" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="E28" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F28" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G28" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H28" s="5">
-        <v>77000.0</v>
+        <v>37935.0</v>
       </c>
       <c r="I28" s="5">
-        <v>93170</v>
+        <v>45901</v>
       </c>
       <c r="J28" t="s">
         <v>134</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B29">
-        <v>1.34</v>
+        <v>1.3</v>
       </c>
       <c r="C29" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D29" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="E29" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F29" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G29" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H29" s="5">
-        <v>37935.0</v>
+        <v>28847.0</v>
       </c>
       <c r="I29" s="5">
-        <v>45901</v>
+        <v>34905</v>
       </c>
       <c r="J29" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B30">
-        <v>1.3</v>
+        <v>1.22</v>
       </c>
       <c r="C30" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D30" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="E30" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F30" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G30" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H30" s="5">
-        <v>28847.0</v>
+        <v>53988.0</v>
       </c>
       <c r="I30" s="5">
-        <v>34905</v>
+        <v>65325</v>
       </c>
       <c r="J30" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B31">
-        <v>1.22</v>
+        <v>1.21</v>
       </c>
       <c r="C31" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D31" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="E31" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F31" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G31" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H31" s="5">
-        <v>53988.0</v>
+        <v>27363.0</v>
       </c>
       <c r="I31" s="5">
-        <v>65325</v>
+        <v>33109</v>
       </c>
       <c r="J31" t="s">
         <v>134</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B32">
-        <v>1.21</v>
+        <v>1.18</v>
       </c>
       <c r="C32" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="D32" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="E32" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F32" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G32" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H32" s="5">
-        <v>27363.0</v>
+        <v>26873.0</v>
       </c>
       <c r="I32" s="5">
-        <v>33109</v>
+        <v>32516</v>
       </c>
       <c r="J32" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B33">
-        <v>1.18</v>
+        <v>1.11</v>
       </c>
       <c r="C33" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D33" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="E33" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F33" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G33" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H33" s="5">
-        <v>26873.0</v>
+        <v>110000.0</v>
       </c>
       <c r="I33" s="5">
-        <v>32516</v>
+        <v>133100</v>
       </c>
       <c r="J33" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B34">
-        <v>1.11</v>
+        <v>1.07</v>
       </c>
       <c r="C34" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D34" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E34" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F34" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G34" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H34" s="5">
-        <v>110000.0</v>
+        <v>17900.0</v>
       </c>
       <c r="I34" s="5">
-        <v>133100</v>
+        <v>21659</v>
       </c>
       <c r="J34" t="s">
         <v>134</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B35">
-        <v>1.07</v>
+        <v>1.05</v>
       </c>
       <c r="C35" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="D35" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E35" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F35" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G35" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H35" s="5">
-        <v>17900.0</v>
+        <v>24731.0</v>
       </c>
       <c r="I35" s="5">
-        <v>21659</v>
+        <v>29925</v>
       </c>
       <c r="J35" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B36">
         <v>1.05</v>
       </c>
       <c r="C36" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D36" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="E36" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F36" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G36" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H36" s="5">
-        <v>24731.0</v>
+        <v>17665.0</v>
       </c>
       <c r="I36" s="5">
-        <v>29925</v>
+        <v>21375</v>
       </c>
       <c r="J36" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B37">
-        <v>1.05</v>
+        <v>0.99</v>
       </c>
       <c r="C37" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D37" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="E37" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F37" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G37" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H37" s="5">
-        <v>17665.0</v>
+        <v>14840.0</v>
       </c>
       <c r="I37" s="5">
-        <v>21375</v>
+        <v>17956</v>
       </c>
       <c r="J37" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B38">
-        <v>0.99</v>
+        <v>0.95</v>
       </c>
       <c r="C38" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D38" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="E38" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F38" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G38" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H38" s="5">
-        <v>14840.0</v>
+        <v>14504.0</v>
       </c>
       <c r="I38" s="5">
-        <v>17956</v>
+        <v>17550</v>
       </c>
       <c r="J38" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B39">
-        <v>0.95</v>
+        <v>0.94</v>
       </c>
       <c r="C39" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D39" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="E39" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F39" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G39" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H39" s="5">
-        <v>14504.0</v>
+        <v>18549.0</v>
       </c>
       <c r="I39" s="5">
-        <v>17550</v>
+        <v>22444</v>
       </c>
       <c r="J39" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B40">
-        <v>0.94</v>
+        <v>0.91</v>
       </c>
       <c r="C40" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D40" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="E40" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F40" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G40" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H40" s="5">
-        <v>18549.0</v>
+        <v>14175.0</v>
       </c>
       <c r="I40" s="5">
-        <v>22444</v>
+        <v>17152</v>
       </c>
       <c r="J40" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B41">
-        <v>0.91</v>
+        <v>0.9</v>
       </c>
       <c r="C41" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="D41" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="E41" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F41" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G41" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H41" s="5">
-        <v>14175.0</v>
+        <v>10070.0</v>
       </c>
       <c r="I41" s="5">
-        <v>17152</v>
+        <v>12185</v>
       </c>
       <c r="J41" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B42">
-        <v>0.9</v>
+        <v>0.86</v>
       </c>
       <c r="C42" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D42" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="E42" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F42" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G42" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H42" s="5">
-        <v>10070.0</v>
+        <v>13762.0</v>
       </c>
       <c r="I42" s="5">
-        <v>12185</v>
+        <v>16652</v>
       </c>
       <c r="J42" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B43">
-        <v>0.86</v>
+        <v>0.82</v>
       </c>
       <c r="C43" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D43" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="E43" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F43" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G43" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H43" s="5">
-        <v>13762.0</v>
+        <v>5757.0</v>
       </c>
       <c r="I43" s="5">
-        <v>16652</v>
+        <v>6966</v>
       </c>
       <c r="J43" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B44">
         <v>0.82</v>
       </c>
       <c r="C44" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D44" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="E44" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F44" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G44" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H44" s="5">
-        <v>5757.0</v>
+        <v>30852.0</v>
       </c>
       <c r="I44" s="5">
-        <v>6966</v>
+        <v>37331</v>
       </c>
       <c r="J44" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B45">
-        <v>0.82</v>
+        <v>0.8</v>
       </c>
       <c r="C45" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="D45" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="E45" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F45" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G45" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H45" s="5">
-        <v>30852.0</v>
+        <v>17064.0</v>
       </c>
       <c r="I45" s="5">
-        <v>37331</v>
+        <v>20647</v>
       </c>
       <c r="J45" t="s">
         <v>134</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B46">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="C46" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D46" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E46" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="F46" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G46" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H46" s="5">
-        <v>17064.0</v>
+        <v>5511.0</v>
       </c>
       <c r="I46" s="5">
-        <v>20647</v>
+        <v>6668</v>
       </c>
       <c r="J46" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B47">
-        <v>0.75</v>
+        <v>0.73</v>
       </c>
       <c r="C47" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D47" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="E47" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="F47" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G47" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H47" s="5">
-        <v>5511.0</v>
+        <v>11949.0</v>
       </c>
       <c r="I47" s="5">
-        <v>6668</v>
+        <v>14458</v>
       </c>
       <c r="J47" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B48">
-        <v>0.73</v>
+        <v>0.69</v>
       </c>
       <c r="C48" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D48" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="E48" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F48" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G48" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H48" s="5">
-        <v>11949.0</v>
+        <v>8300.0</v>
       </c>
       <c r="I48" s="5">
-        <v>14458</v>
+        <v>10043</v>
       </c>
       <c r="J48" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B49">
-        <v>0.69</v>
+        <v>0.57</v>
       </c>
       <c r="C49" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="D49" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="E49" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F49" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G49" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H49" s="5">
-        <v>8300.0</v>
+        <v>10633.0</v>
       </c>
       <c r="I49" s="5">
-        <v>10043</v>
+        <v>12866</v>
       </c>
       <c r="J49" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B50">
-        <v>0.57</v>
+        <v>0.5</v>
       </c>
       <c r="C50" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="D50" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="E50" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F50" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G50" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H50" s="5">
-        <v>10633.0</v>
+        <v>10059.0</v>
       </c>
       <c r="I50" s="5">
-        <v>12866</v>
+        <v>12171</v>
       </c>
       <c r="J50" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B51">
-        <v>0.5</v>
+        <v>0.47</v>
       </c>
       <c r="C51" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D51" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="E51" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F51" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G51" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H51" s="5">
-        <v>10059.0</v>
+        <v>8907.0</v>
       </c>
       <c r="I51" s="5">
-        <v>12171</v>
+        <v>10777</v>
       </c>
       <c r="J51" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B52">
-        <v>0.47</v>
+        <v>0.79</v>
       </c>
       <c r="C52" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D52" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="E52" t="s">
-        <v>137</v>
+        <v>191</v>
       </c>
       <c r="F52" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G52" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H52" s="5">
-        <v>8907.0</v>
+        <v>6420.0</v>
       </c>
       <c r="I52" s="5">
-        <v>10777</v>
+        <v>7768</v>
       </c>
       <c r="J52" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B53">
-        <v>0.79</v>
+        <v>0.66</v>
       </c>
       <c r="C53" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D53" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="E53" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="F53" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G53" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H53" s="5">
-        <v>6420.0</v>
+        <v>9744.0</v>
       </c>
       <c r="I53" s="5">
-        <v>7768</v>
+        <v>11790</v>
       </c>
       <c r="J53" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B54">
-        <v>0.66</v>
+        <v>1.14</v>
       </c>
       <c r="C54" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D54" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="E54" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F54" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G54" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H54" s="5">
-        <v>9744.0</v>
+        <v>26208.0</v>
       </c>
       <c r="I54" s="5">
-        <v>11790</v>
+        <v>31712</v>
       </c>
       <c r="J54" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B55">
-        <v>1.14</v>
+        <v>1.06</v>
       </c>
       <c r="C55" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D55" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="E55" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="F55" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G55" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H55" s="5">
-        <v>26208.0</v>
+        <v>7732.0</v>
       </c>
       <c r="I55" s="5">
-        <v>31712</v>
+        <v>9356</v>
       </c>
       <c r="J55" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B56">
-        <v>1.06</v>
+        <v>0.92</v>
       </c>
       <c r="C56" t="s">
-        <v>135</v>
+        <v>198</v>
       </c>
       <c r="D56" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="E56" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="F56" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G56" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H56" s="5">
-        <v>7732.0</v>
+        <v>8560.0</v>
       </c>
       <c r="I56" s="5">
-        <v>9356</v>
+        <v>10358</v>
       </c>
       <c r="J56" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B57">
-        <v>0.92</v>
+        <v>0.91</v>
       </c>
       <c r="C57" t="s">
-        <v>204</v>
+        <v>125</v>
       </c>
       <c r="D57" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="E57" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="F57" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G57" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H57" s="5">
-        <v>8560.0</v>
+        <v>11928.0</v>
       </c>
       <c r="I57" s="5">
-        <v>10358</v>
+        <v>14433</v>
       </c>
       <c r="J57" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B58">
-        <v>0.91</v>
+        <v>0.9</v>
       </c>
       <c r="C58" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D58" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="E58" t="s">
-        <v>208</v>
+        <v>195</v>
       </c>
       <c r="F58" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G58" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H58" s="5">
-        <v>11928.0</v>
+        <v>11872.0</v>
       </c>
       <c r="I58" s="5">
-        <v>14433</v>
+        <v>14365</v>
       </c>
       <c r="J58" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B59">
-        <v>0.9</v>
+        <v>0.68</v>
       </c>
       <c r="C59" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="D59" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="E59" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F59" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G59" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H59" s="5">
-        <v>11872.0</v>
+        <v>5632.0</v>
       </c>
       <c r="I59" s="5">
-        <v>14365</v>
+        <v>6815</v>
       </c>
       <c r="J59" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B60">
-        <v>0.84</v>
+        <v>0.65</v>
       </c>
       <c r="C60" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D60" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="E60" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="F60" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G60" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H60" s="5">
-        <v>8744.0</v>
+        <v>8304.0</v>
       </c>
       <c r="I60" s="5">
-        <v>10580</v>
+        <v>10048</v>
       </c>
       <c r="J60" t="s">
-        <v>138</v>
+        <v>207</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B61">
-        <v>0.68</v>
+        <v>0.64</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D61" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="E61" t="s">
-        <v>212</v>
+        <v>195</v>
       </c>
       <c r="F61" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G61" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H61" s="5">
-        <v>5632.0</v>
+        <v>9625.0</v>
       </c>
       <c r="I61" s="5">
-        <v>6815</v>
+        <v>11646</v>
       </c>
       <c r="J61" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B62">
-        <v>0.65</v>
+        <v>0.59</v>
       </c>
       <c r="C62" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D62" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="E62" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="F62" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G62" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H62" s="5">
-        <v>8304.0</v>
+        <v>9338.0</v>
       </c>
       <c r="I62" s="5">
-        <v>10048</v>
+        <v>11299</v>
       </c>
       <c r="J62" t="s">
-        <v>214</v>
+        <v>134</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B63">
-        <v>0.64</v>
+        <v>0.56</v>
       </c>
       <c r="C63" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="D63" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="E63" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F63" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G63" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H63" s="5">
-        <v>9625.0</v>
+        <v>5236.0</v>
       </c>
       <c r="I63" s="5">
-        <v>11646</v>
+        <v>6336</v>
       </c>
       <c r="J63" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B64">
-        <v>0.59</v>
+        <v>0.57</v>
       </c>
       <c r="C64" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D64" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="E64" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="F64" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G64" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H64" s="5">
-        <v>9338.0</v>
+        <v>6835.0</v>
       </c>
       <c r="I64" s="5">
-        <v>11299</v>
+        <v>8270</v>
       </c>
       <c r="J64" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B65">
-        <v>0.56</v>
+        <v>0.5</v>
       </c>
       <c r="C65" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D65" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="E65" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F65" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G65" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H65" s="5">
-        <v>5236.0</v>
+        <v>6464.0</v>
       </c>
       <c r="I65" s="5">
-        <v>6336</v>
+        <v>7821</v>
       </c>
       <c r="J65" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B66">
-        <v>0.57</v>
+        <v>0.47</v>
       </c>
       <c r="C66" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="D66" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E66" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="F66" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G66" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H66" s="5">
-        <v>6835.0</v>
+        <v>6306.0</v>
       </c>
       <c r="I66" s="5">
-        <v>8270</v>
+        <v>7630</v>
       </c>
       <c r="J66" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B67">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="C67" t="s">
-        <v>129</v>
+        <v>151</v>
       </c>
       <c r="D67" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="E67" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="F67" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G67" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H67" s="5">
-        <v>6464.0</v>
+        <v>6200.0</v>
       </c>
       <c r="I67" s="5">
-        <v>7821</v>
+        <v>7502</v>
       </c>
       <c r="J67" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B68">
-        <v>0.47</v>
+        <v>0.39</v>
       </c>
       <c r="C68" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="D68" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="E68" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="F68" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G68" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H68" s="5">
-        <v>6306.0</v>
+        <v>5882.0</v>
       </c>
       <c r="I68" s="5">
-        <v>7630</v>
+        <v>7117</v>
       </c>
       <c r="J68" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B69">
-        <v>0.45</v>
+        <v>0.37</v>
       </c>
       <c r="C69" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="D69" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="E69" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="F69" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G69" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H69" s="5">
-        <v>6200.0</v>
+        <v>5776.0</v>
       </c>
       <c r="I69" s="5">
-        <v>7502</v>
+        <v>6989</v>
       </c>
       <c r="J69" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B70">
-        <v>0.39</v>
+        <v>0.29</v>
       </c>
       <c r="C70" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="D70" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="E70" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="F70" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G70" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H70" s="5">
-        <v>5882.0</v>
+        <v>5352.0</v>
       </c>
       <c r="I70" s="5">
-        <v>7117</v>
+        <v>6476</v>
       </c>
       <c r="J70" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B71">
-        <v>0.37</v>
+        <v>3.38</v>
       </c>
       <c r="C71" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="D71" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="E71" t="s">
         <v>221</v>
       </c>
       <c r="F71" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G71" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H71" s="5">
-        <v>5776.0</v>
+        <v>99000</v>
       </c>
       <c r="I71" s="5">
-        <v>6989</v>
+        <v>119790</v>
       </c>
       <c r="J71" t="s">
-        <v>138</v>
+        <v>222</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B72">
-        <v>0.29</v>
+        <v>2.13</v>
       </c>
       <c r="C72" t="s">
-        <v>157</v>
+        <v>223</v>
       </c>
       <c r="D72" t="s">
+        <v>224</v>
+      </c>
+      <c r="E72" t="s">
+        <v>221</v>
+      </c>
+      <c r="F72" t="s">
+        <v>128</v>
+      </c>
+      <c r="G72" t="s">
+        <v>225</v>
+      </c>
+      <c r="H72" s="5">
+        <v>230000</v>
+      </c>
+      <c r="I72" s="5">
+        <v>278300</v>
+      </c>
+      <c r="J72" t="s">
         <v>226</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B73">
-        <v>3.38</v>
+        <v>0.93</v>
       </c>
       <c r="C73" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D73" t="s">
         <v>227</v>
       </c>
       <c r="E73" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="F73" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G73" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H73" s="5">
-        <v>99000</v>
+        <v>8202.0</v>
       </c>
       <c r="I73" s="5">
-        <v>119790</v>
+        <v>9924</v>
       </c>
       <c r="J73" t="s">
-        <v>229</v>
+        <v>134</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B74">
-        <v>2.13</v>
+        <v>0.79</v>
       </c>
       <c r="C74" t="s">
-        <v>230</v>
+        <v>151</v>
       </c>
       <c r="D74" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E74" t="s">
-        <v>228</v>
+        <v>205</v>
       </c>
       <c r="F74" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G74" t="s">
-        <v>232</v>
+        <v>129</v>
       </c>
       <c r="H74" s="5">
-        <v>230000</v>
+        <v>26181.0</v>
       </c>
       <c r="I74" s="5">
-        <v>278300</v>
+        <v>31679</v>
       </c>
       <c r="J74" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="K74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B75">
-        <v>0.93</v>
+        <v>2.29</v>
       </c>
       <c r="C75" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D75" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="E75" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="F75" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G75" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H75" s="5">
-        <v>8202.0</v>
+        <v>46697.0</v>
       </c>
       <c r="I75" s="5">
-        <v>9924</v>
+        <v>56503</v>
       </c>
       <c r="J75" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B76">
-        <v>0.79</v>
+        <v>0.6</v>
       </c>
       <c r="C76" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="D76" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E76" t="s">
-        <v>212</v>
+        <v>133</v>
       </c>
       <c r="F76" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G76" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H76" s="5">
-        <v>26181.0</v>
+        <v>7999.0</v>
       </c>
       <c r="I76" s="5">
-        <v>31679</v>
+        <v>9679</v>
       </c>
       <c r="J76" t="s">
         <v>134</v>
       </c>
       <c r="K76" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B77">
-        <v>2.29</v>
+        <v>0.94</v>
       </c>
       <c r="C77" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D77" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E77" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="F77" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G77" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H77" s="5">
-        <v>46697.0</v>
+        <v>39524.0</v>
       </c>
       <c r="I77" s="5">
-        <v>56503</v>
+        <v>47824</v>
       </c>
       <c r="J77" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K77" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B78">
-        <v>0.6</v>
+        <v>1.28</v>
       </c>
       <c r="C78" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D78" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="E78" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F78" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G78" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H78" s="5">
-        <v>7999.0</v>
+        <v>4917.0</v>
       </c>
       <c r="I78" s="5">
-        <v>9679</v>
+        <v>5950</v>
       </c>
       <c r="J78" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K78" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B79">
-        <v>0.94</v>
+        <v>0.56</v>
       </c>
       <c r="C79" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D79" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E79" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F79" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G79" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H79" s="5">
-        <v>39524.0</v>
+        <v>24748.0</v>
       </c>
       <c r="I79" s="5">
-        <v>47824</v>
+        <v>29945</v>
       </c>
       <c r="J79" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K79" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B80">
-        <v>1.28</v>
+        <v>0.47</v>
       </c>
       <c r="C80" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="D80" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="E80" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F80" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G80" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H80" s="5">
-        <v>4917.0</v>
+        <v>7179.0</v>
       </c>
       <c r="I80" s="5">
-        <v>5950</v>
+        <v>8687</v>
       </c>
       <c r="J80" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K80" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B81">
-        <v>0.56</v>
+        <v>0.66</v>
       </c>
       <c r="C81" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D81" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="E81" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="F81" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G81" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H81" s="5">
-        <v>24748.0</v>
+        <v>3427.0</v>
       </c>
       <c r="I81" s="5">
-        <v>29945</v>
+        <v>4147</v>
       </c>
       <c r="J81" t="s">
         <v>134</v>
       </c>
       <c r="K81" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B82">
-        <v>0.47</v>
+        <v>0.65</v>
       </c>
       <c r="C82" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D82" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="E82" t="s">
-        <v>137</v>
+        <v>240</v>
       </c>
       <c r="F82" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G82" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H82" s="5">
-        <v>7179.0</v>
+        <v>17307.0</v>
       </c>
       <c r="I82" s="5">
-        <v>8687</v>
+        <v>20941</v>
       </c>
       <c r="J82" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K82" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B83">
-        <v>0.66</v>
+        <v>0.95</v>
       </c>
       <c r="C83" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D83" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="E83" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F83" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G83" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H83" s="5">
-        <v>3427.0</v>
+        <v>45950.0</v>
       </c>
       <c r="I83" s="5">
-        <v>4147</v>
+        <v>55600</v>
       </c>
       <c r="J83" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K83" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B84">
         <v>0.65</v>
       </c>
       <c r="C84" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D84" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E84" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="F84" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G84" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H84" s="5">
-        <v>17307.0</v>
+        <v>16340.0</v>
       </c>
       <c r="I84" s="5">
-        <v>20941</v>
+        <v>19771</v>
       </c>
       <c r="J84" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K84" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B85">
-        <v>0.95</v>
+        <v>2.76</v>
       </c>
       <c r="C85" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D85" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E85" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="F85" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G85" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H85" s="5">
-        <v>45950.0</v>
+        <v>57350.0</v>
       </c>
       <c r="I85" s="5">
-        <v>55600</v>
+        <v>69394</v>
       </c>
       <c r="J85" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K85" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B86">
-        <v>0.65</v>
+        <v>4.34</v>
       </c>
       <c r="C86" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D86" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="E86" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="F86" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G86" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H86" s="5">
-        <v>16340.0</v>
+        <v>62990.0</v>
       </c>
       <c r="I86" s="5">
-        <v>19771</v>
+        <v>76218</v>
       </c>
       <c r="J86" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K86" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B87">
-        <v>2.76</v>
+        <v>1.37</v>
       </c>
       <c r="C87" t="s">
         <v>135</v>
       </c>
       <c r="D87" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="E87" t="s">
-        <v>252</v>
+        <v>133</v>
       </c>
       <c r="F87" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G87" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H87" s="5">
-        <v>57350.0</v>
+        <v>8091.0</v>
       </c>
       <c r="I87" s="5">
-        <v>69394</v>
+        <v>9790</v>
       </c>
       <c r="J87" t="s">
         <v>134</v>
       </c>
       <c r="K87" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B88">
-        <v>4.34</v>
+        <v>0.45</v>
       </c>
       <c r="C88" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D88" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="E88" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="F88" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G88" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H88" s="5">
-        <v>62990.0</v>
+        <v>6623.0</v>
       </c>
       <c r="I88" s="5">
-        <v>76218</v>
+        <v>8014</v>
       </c>
       <c r="J88" t="s">
         <v>134</v>
       </c>
       <c r="K88" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B89">
-        <v>1.06</v>
+        <v>0.68</v>
       </c>
       <c r="C89" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D89" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="E89" t="s">
-        <v>137</v>
+        <v>251</v>
       </c>
       <c r="F89" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G89" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H89" s="5">
-        <v>6952.0</v>
+        <v>10460.0</v>
       </c>
       <c r="I89" s="5">
-        <v>8412</v>
+        <v>12657</v>
       </c>
       <c r="J89" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K89" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B90">
-        <v>1.37</v>
+        <v>0.38</v>
       </c>
       <c r="C90" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D90" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E90" t="s">
-        <v>137</v>
+        <v>205</v>
       </c>
       <c r="F90" t="s">
-        <v>132</v>
+        <v>253</v>
       </c>
       <c r="G90" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H90" s="5">
-        <v>8091.0</v>
+        <v>5591.0</v>
       </c>
       <c r="I90" s="5">
-        <v>9790</v>
+        <v>6765</v>
       </c>
       <c r="J90" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K90" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B91">
-        <v>0.45</v>
+        <v>0.94</v>
       </c>
       <c r="C91" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D91" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="E91" t="s">
-        <v>257</v>
+        <v>133</v>
       </c>
       <c r="F91" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G91" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H91" s="5">
-        <v>6623.0</v>
+        <v>27600.0</v>
       </c>
       <c r="I91" s="5">
-        <v>8014</v>
+        <v>33396</v>
       </c>
       <c r="J91" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K91" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B92">
-        <v>0.68</v>
+        <v>0.76</v>
       </c>
       <c r="C92" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D92" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="E92" t="s">
-        <v>259</v>
+        <v>221</v>
       </c>
       <c r="F92" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G92" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H92" s="5">
-        <v>10460.0</v>
+        <v>15100.0</v>
       </c>
       <c r="I92" s="5">
-        <v>12657</v>
+        <v>18271</v>
       </c>
       <c r="J92" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K92" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B93">
-        <v>0.38</v>
+        <v>0.82</v>
       </c>
       <c r="C93" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D93" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="E93" t="s">
-        <v>212</v>
+        <v>133</v>
       </c>
       <c r="F93" t="s">
-        <v>261</v>
+        <v>128</v>
       </c>
       <c r="G93" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H93" s="5">
-        <v>5591.0</v>
+        <v>22700.0</v>
       </c>
       <c r="I93" s="5">
-        <v>6765</v>
+        <v>27467</v>
       </c>
       <c r="J93" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K93" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B94">
         <v>1.24</v>
       </c>
       <c r="C94" t="s">
-        <v>262</v>
+        <v>125</v>
       </c>
       <c r="D94" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="E94" t="s">
-        <v>228</v>
+        <v>127</v>
       </c>
       <c r="F94" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G94" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H94" s="5">
-        <v>7837.0</v>
+        <v>32079.0</v>
       </c>
       <c r="I94" s="5">
-        <v>9483</v>
+        <v>38816</v>
       </c>
       <c r="J94" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="K94" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B95">
-        <v>0.94</v>
+        <v>1.03</v>
       </c>
       <c r="C95" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D95" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="E95" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F95" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G95" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H95" s="5">
-        <v>27600.0</v>
+        <v>21048.0</v>
       </c>
       <c r="I95" s="5">
-        <v>33396</v>
+        <v>25468</v>
       </c>
       <c r="J95" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K95" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B96">
-        <v>0.76</v>
+        <v>0.87</v>
       </c>
       <c r="C96" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D96" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="E96" t="s">
-        <v>228</v>
+        <v>127</v>
       </c>
       <c r="F96" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G96" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H96" s="5">
-        <v>15100.0</v>
+        <v>23028.0</v>
       </c>
       <c r="I96" s="5">
-        <v>18271</v>
+        <v>27864</v>
       </c>
       <c r="J96" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K96" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B97">
-        <v>0.82</v>
+        <v>0.84</v>
       </c>
       <c r="C97" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D97" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="E97" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F97" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G97" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H97" s="5">
-        <v>22700.0</v>
+        <v>30096.0</v>
       </c>
       <c r="I97" s="5">
-        <v>27467</v>
+        <v>36416</v>
       </c>
       <c r="J97" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K97" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B98">
-        <v>1.24</v>
+        <v>0.78</v>
       </c>
       <c r="C98" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D98" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="E98" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F98" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G98" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H98" s="5">
-        <v>32079.0</v>
+        <v>12397.0</v>
       </c>
       <c r="I98" s="5">
-        <v>38816</v>
+        <v>15000</v>
       </c>
       <c r="J98" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K98" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B99">
-        <v>1.03</v>
+        <v>0.72</v>
       </c>
       <c r="C99" t="s">
-        <v>129</v>
+        <v>262</v>
       </c>
       <c r="D99" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E99" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F99" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G99" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H99" s="5">
-        <v>21048.0</v>
+        <v>6039.0</v>
       </c>
       <c r="I99" s="5">
-        <v>25468</v>
+        <v>7307</v>
       </c>
       <c r="J99" t="s">
         <v>134</v>
       </c>
       <c r="K99" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B100">
-        <v>0.87</v>
+        <v>0.51</v>
       </c>
       <c r="C100" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D100" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="E100" t="s">
-        <v>131</v>
+        <v>265</v>
       </c>
       <c r="F100" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G100" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H100" s="5">
-        <v>23028.0</v>
+        <v>8509.0</v>
       </c>
       <c r="I100" s="5">
-        <v>27864</v>
+        <v>10296</v>
       </c>
       <c r="J100" t="s">
         <v>134</v>
       </c>
       <c r="K100" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B101">
-        <v>0.84</v>
+        <v>1.07</v>
       </c>
       <c r="C101" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D101" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="E101" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="F101" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G101" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H101" s="5">
-        <v>30096.0</v>
+        <v>29700.0</v>
       </c>
       <c r="I101" s="5">
-        <v>36416</v>
+        <v>35937</v>
       </c>
       <c r="J101" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K101" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B102">
-        <v>0.78</v>
+        <v>1.25</v>
       </c>
       <c r="C102" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D102" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="E102" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="F102" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G102" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H102" s="5">
-        <v>12397.0</v>
+        <v>25500.0</v>
       </c>
       <c r="I102" s="5">
-        <v>15000</v>
+        <v>30855</v>
       </c>
       <c r="J102" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="K102" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B103">
-        <v>0.72</v>
+        <v>1.33</v>
       </c>
       <c r="C103" t="s">
-        <v>272</v>
+        <v>125</v>
       </c>
       <c r="D103" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="E103" t="s">
-        <v>137</v>
+        <v>269</v>
       </c>
       <c r="F103" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G103" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H103" s="5">
-        <v>6039.0</v>
+        <v>32600.0</v>
       </c>
       <c r="I103" s="5">
-        <v>7307</v>
+        <v>39446</v>
       </c>
       <c r="J103" t="s">
-        <v>138</v>
+        <v>270</v>
       </c>
       <c r="K103" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B104">
-        <v>0.51</v>
+        <v>0.49</v>
       </c>
       <c r="C104" t="s">
-        <v>129</v>
+        <v>271</v>
       </c>
       <c r="D104" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="E104" t="s">
-        <v>275</v>
+        <v>221</v>
       </c>
       <c r="F104" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G104" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H104" s="5">
-        <v>8509.0</v>
+        <v>7752.0</v>
       </c>
       <c r="I104" s="5">
-        <v>10296</v>
+        <v>9380</v>
       </c>
       <c r="J104" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K104" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B105">
-        <v>1.07</v>
+        <v>0.55</v>
       </c>
       <c r="C105" t="s">
-        <v>129</v>
+        <v>273</v>
       </c>
       <c r="D105" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="E105" t="s">
-        <v>151</v>
+        <v>221</v>
       </c>
       <c r="F105" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G105" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H105" s="5">
-        <v>29700.0</v>
+        <v>8103.0</v>
       </c>
       <c r="I105" s="5">
-        <v>35937</v>
+        <v>9805</v>
       </c>
       <c r="J105" t="s">
         <v>134</v>
       </c>
       <c r="K105" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B106">
-        <v>1.25</v>
+        <v>0.55</v>
       </c>
       <c r="C106" t="s">
-        <v>129</v>
+        <v>275</v>
       </c>
       <c r="D106" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="E106" t="s">
-        <v>131</v>
+        <v>221</v>
       </c>
       <c r="F106" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G106" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H106" s="5">
-        <v>25500.0</v>
+        <v>6078.0</v>
       </c>
       <c r="I106" s="5">
-        <v>30855</v>
+        <v>7354</v>
       </c>
       <c r="J106" t="s">
         <v>134</v>
       </c>
       <c r="K106" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B107">
-        <v>1.33</v>
+        <v>3.5</v>
       </c>
       <c r="C107" t="s">
-        <v>129</v>
+        <v>277</v>
       </c>
       <c r="D107" t="s">
         <v>278</v>
       </c>
       <c r="E107" t="s">
         <v>279</v>
       </c>
       <c r="F107" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G107" t="s">
-        <v>133</v>
+        <v>280</v>
       </c>
       <c r="H107" s="5">
-        <v>32600.0</v>
+        <v>89900.0</v>
       </c>
       <c r="I107" s="5">
-        <v>39446</v>
+        <v>108779</v>
       </c>
       <c r="J107" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K107" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B108">
-        <v>0.49</v>
+        <v>1.08</v>
       </c>
       <c r="C108" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D108" t="s">
         <v>282</v>
       </c>
       <c r="E108" t="s">
-        <v>228</v>
+        <v>145</v>
       </c>
       <c r="F108" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G108" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H108" s="5">
-        <v>7752.0</v>
+        <v>6967.0</v>
       </c>
       <c r="I108" s="5">
-        <v>9380</v>
+        <v>8430</v>
       </c>
       <c r="J108" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K108" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B109">
-        <v>0.55</v>
+        <v>0.98</v>
       </c>
       <c r="C109" t="s">
+        <v>271</v>
+      </c>
+      <c r="D109" t="s">
         <v>283</v>
       </c>
-      <c r="D109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" t="s">
-        <v>228</v>
+        <v>127</v>
       </c>
       <c r="F109" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G109" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H109" s="5">
-        <v>8103.0</v>
+        <v>9852.0</v>
       </c>
       <c r="I109" s="5">
-        <v>9805</v>
+        <v>11921</v>
       </c>
       <c r="J109" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K109" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B110">
-        <v>0.55</v>
+        <v>0.79</v>
       </c>
       <c r="C110" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
       <c r="D110" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="E110" t="s">
-        <v>228</v>
+        <v>127</v>
       </c>
       <c r="F110" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G110" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H110" s="5">
-        <v>6078.0</v>
+        <v>8716.0</v>
       </c>
       <c r="I110" s="5">
-        <v>7354</v>
+        <v>10546</v>
       </c>
       <c r="J110" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K110" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B111">
-        <v>3.5</v>
+        <v>1.26</v>
       </c>
       <c r="C111" t="s">
+        <v>285</v>
+      </c>
+      <c r="D111" t="s">
+        <v>286</v>
+      </c>
+      <c r="E111" t="s">
+        <v>127</v>
+      </c>
+      <c r="F111" t="s">
         <v>287</v>
       </c>
-      <c r="D111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G111" t="s">
-        <v>290</v>
+        <v>129</v>
       </c>
       <c r="H111" s="5">
-        <v>89900.0</v>
+        <v>7685.0</v>
       </c>
       <c r="I111" s="5">
-        <v>108779</v>
+        <v>9299</v>
       </c>
       <c r="J111" t="s">
-        <v>291</v>
+        <v>134</v>
       </c>
       <c r="K111" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B112">
-        <v>1.08</v>
+        <v>1.18</v>
       </c>
       <c r="C112" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="D112" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="E112" t="s">
-        <v>151</v>
+        <v>221</v>
       </c>
       <c r="F112" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G112" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H112" s="5">
-        <v>6967.0</v>
+        <v>7366.0</v>
       </c>
       <c r="I112" s="5">
-        <v>8430</v>
+        <v>8913</v>
       </c>
       <c r="J112" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K112" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B113">
-        <v>0.98</v>
+        <v>1.34</v>
       </c>
       <c r="C113" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="D113" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="E113" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F113" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="G113" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="H113" s="5">
-        <v>9852.0</v>
+        <v>8004.0</v>
       </c>
       <c r="I113" s="5">
-        <v>11921</v>
+        <v>9685</v>
       </c>
       <c r="J113" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="K113" t="s">
         <v>123</v>
-      </c>
-[...138 lines deleted...]
-        <v>127</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -5647,54 +5477,50 @@
     <hyperlink ref="K89" r:id="rId_hyperlink_87"/>
     <hyperlink ref="K90" r:id="rId_hyperlink_88"/>
     <hyperlink ref="K91" r:id="rId_hyperlink_89"/>
     <hyperlink ref="K92" r:id="rId_hyperlink_90"/>
     <hyperlink ref="K93" r:id="rId_hyperlink_91"/>
     <hyperlink ref="K94" r:id="rId_hyperlink_92"/>
     <hyperlink ref="K95" r:id="rId_hyperlink_93"/>
     <hyperlink ref="K96" r:id="rId_hyperlink_94"/>
     <hyperlink ref="K97" r:id="rId_hyperlink_95"/>
     <hyperlink ref="K98" r:id="rId_hyperlink_96"/>
     <hyperlink ref="K99" r:id="rId_hyperlink_97"/>
     <hyperlink ref="K100" r:id="rId_hyperlink_98"/>
     <hyperlink ref="K101" r:id="rId_hyperlink_99"/>
     <hyperlink ref="K102" r:id="rId_hyperlink_100"/>
     <hyperlink ref="K103" r:id="rId_hyperlink_101"/>
     <hyperlink ref="K104" r:id="rId_hyperlink_102"/>
     <hyperlink ref="K105" r:id="rId_hyperlink_103"/>
     <hyperlink ref="K106" r:id="rId_hyperlink_104"/>
     <hyperlink ref="K107" r:id="rId_hyperlink_105"/>
     <hyperlink ref="K108" r:id="rId_hyperlink_106"/>
     <hyperlink ref="K109" r:id="rId_hyperlink_107"/>
     <hyperlink ref="K110" r:id="rId_hyperlink_108"/>
     <hyperlink ref="K111" r:id="rId_hyperlink_109"/>
     <hyperlink ref="K112" r:id="rId_hyperlink_110"/>
     <hyperlink ref="K113" r:id="rId_hyperlink_111"/>
-    <hyperlink ref="K114" r:id="rId_hyperlink_112"/>
-[...2 lines deleted...]
-    <hyperlink ref="K117" r:id="rId_hyperlink_115"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>