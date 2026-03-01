--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -17,91 +17,193 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/safir-353ct-deep-blue-s-igi-certifikatem-0102010.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-140ct-deep-blue-s-igi-certifikatem-0102009.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0102008.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-120ct-deep-reddish-pink-purple-s-igi-certifikatem-0102007.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-302ct-yellow-tepelne-neupraven-s-igi-certifikatem-0102006.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-089ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102005.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-123ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102004.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-137ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102003.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102002.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-117ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102001.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-100ct-deep-reddish-purple-tepelne-neupraven-s-igi-certifikatem-0102000.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-145ct-purplish-blue-pink-purple-tepelne-neupraven-s-igi-certifikatem-0101999.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-112ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101998.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-193ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101996.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-075ct-deep-purple-pink-tepelne-neupraven-s-igi-certifikatem-0101995.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-199ct-deep-pink-purple-tepelne-neupraven-s-igi-certifikatem-0101994.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-109ct-deep-greenish-blue-s-igi-certifikatem-0101993.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-173ct-deep-greenish-blue-deep-green-s-igi-certifikatem-0101992.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-187ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101991.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-182ct-bluish-green-s-igi-certifikatem-0101990.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-293ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101989.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-121ct-deep-pinkish-purple-s-igi-certifikatem-0101988.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-104ct-deep-yellow-s-igi-certifikatem-0101987.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-122ct-deep-blue-s-igi-certifikatem-0101986.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-151ct-deep-pinkish-purple-s-igi-certifikatem-0101985.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-092ct-deep-pink-purple-s-igi-certifikatem-0101984.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-101ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101983.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-142ct-deep-blue-s-igi-certifikatem-0101982.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-231ct-purplish-blue-purple-tepelne-neupraven-s-igi-certifikatem-0101981.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-119ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101980.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-087ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101979.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-078ct-deep-blue-s-igi-certifikatem-0101978.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-055ct-deep-blue-s-igi-certifikatem-0101977.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/safir-111ct-deep-blue-s-igi-certifikatem-0101976.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/safir-213ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101930.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-158ct-deep-blue-s-igi-certifikatem-0101929.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-153ct-deep-blue-s-igi-certifikatem-0101928.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-125ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101925.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101924.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-107ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101923.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-106ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101922.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101921.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-103ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101920.html</t>
@@ -163,149 +265,140 @@
   <si>
     <t>https://www.vvdiamonds.cz/safir-122ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101730.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101729.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-118ct-deep-blue-s-igi-certifikatem-0101728.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-111ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101725.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-107ct-deep-blue-s-igi-certifikatem-0101724.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101723.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101722.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-099ct-deep-blue-s-igi-certifikatem-0101721.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-095ct-deep-blue-s-igi-certifikatem-0101720.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-094ct-deep-blue-s-igi-certifikatem-0101719.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-091ct-deep-blue-s-igi-certifikatem-0101718.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101717.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-086ct-deep-blue-s-igi-certifikatem-0101715.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-082ct-deep-blue-s-igi-certifikatem-0101713.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101712.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-080ct-deep-blue-s-igi-certifikatem-0101711.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-075ct-deep-greenish-blue-s-igi-certifikatem-0101707.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-073ct-deep-blue-s-igi-certifikatem-0101705.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-069ct-deep-blue-s-igi-certifikatem-0101703.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-057ct-deep-blue-s-igi-certifikatem-0101698.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-050ct-deep-blue-s-igi-certifikatem-0101694.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101693.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-079ct-pinkish-purple-s-igi-certifikatem-0101609.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-066ct-deep-pinkish-purple-s-igi-certifikatem-0101608.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-114ct-deep-purplish-pink-s-igi-certifikatem-0101605.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-106ct-purple-pink-s-igi-certifikatem-0101604.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-092ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101603.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-091ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101602.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-090ct-deep-purplish-pink-s-igi-certifikatem-0101601.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-068ct-purplish-pink-s-igi-certifikatem-0101598.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-065ct-deep-purplish-pink-s-igi-certifikatem-0101597.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-064ct-deep-purplish-pink-s-igi-certifikatem-0101596.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-059ct-deep-purplish-pink-s-igi-certifikatem-0101595.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-056ct-purplish-pink-s-igi-certifikatem-0101594.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-057ct-deep-yellowish-orange-s-igi-certifikatem-0101592.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-050ct-deep-orange-s-igi-certifikatem-0101586.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-047ct-deep-yellowish-orange-s-igi-certifikatem-0101585.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-045ct-deep-yellowish-orange-s-igi-certifikatem-0101584.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-039ct-deep-yellowish-orange-s-igi-certifikatem-0101583.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-037ct-deep-orange-s-igi-certifikatem-0101581.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-029ct-deep-yellowish-orange-s-igi-certifikatem-0101578.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-338ct-blue-tepelne-neupraven-s-igi-certifikatem-0101477.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-213ct-blue-sri-lanka-tepelne-neupraven-s-cd-certifikatem-0101463.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-093ct-deep-yellowish-orange-s-igi-certifikatem-0101455.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-079ct-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101446.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-229ct-purplish-blue-tepelne-neupraven-s-igi-certifikatem-0101436.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-060ct-deep-blue-s-igi-certifikatem-0101434.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-094ct-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101430.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-128ct-deep-blue-s-igi-certifikatem-0101425.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-056ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101308.html</t>
@@ -361,164 +454,317 @@
   <si>
     <t>https://www.vvdiamonds.cz/safir-087ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010793.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-084ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010790.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-078ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010789.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-072ct-deep-blue-s-igi-certifikatem-010597.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-051ct-purple-pink-s-igi-certifikatem-010593.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-107ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-010557.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-125ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010525.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-133ct-blue-bluish-purple-tepelne-neupraven-s-igi-certifikatem-010523.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-049ct-blue-s-igi-certifikatem-010497.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010489.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010487.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-350ct-violet-tepelne-neupraven-s-gia-certifikatem-010398.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-108ct-deep-greenish-blue-s-igi-certifikatem-010208.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-098ct-dark-blue-s-igi-certifikatem-010206.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-079ct-dark-blue-s-igi-certifikatem-010200.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/safir-126ct-dark-blue-s-igi-certifikatem-010174.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/safir-118ct-blue-s-igi-certifikatem-010165.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/safir-134ct-dark-blue-s-igi-certifikatem-010069.html</t>
   </si>
   <si>
     <t>Safír</t>
   </si>
   <si>
     <t>Oval Mixed Cut</t>
   </si>
   <si>
+    <t>10.75mm x 7.63mm x 4.49mm</t>
+  </si>
+  <si>
+    <t>Deep Blue</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír byl tepelně upraven (jedná se o běžnou úpravu).</t>
+  </si>
+  <si>
+    <t>7.34mm x 5.82mm x 3.78mm</t>
+  </si>
+  <si>
+    <t>7.10mm x 6.40mm x 4.79mm</t>
+  </si>
+  <si>
+    <t>8.06mm x 6.01mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>Deep Reddish Pink - Purple</t>
+  </si>
+  <si>
+    <t>Emerald Cut</t>
+  </si>
+  <si>
+    <t>8.29mm x 6.29mm x 5.56mm</t>
+  </si>
+  <si>
+    <t>Yellow</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír nebyl tepelně upraven.</t>
+  </si>
+  <si>
+    <t>6.02mm x 5.12mm x 3.64mm</t>
+  </si>
+  <si>
+    <t>6.65mm x 5.90mm x 3.96mm</t>
+  </si>
+  <si>
+    <t>6.91mm x 5.67mm x 3.84mm</t>
+  </si>
+  <si>
+    <t>6.45mm x 5.10mm x 2.92mm</t>
+  </si>
+  <si>
+    <t>7.02mm x 6.02mm x 3.25mm</t>
+  </si>
+  <si>
+    <t>5.87mm x 4.69mm x 4.04mm</t>
+  </si>
+  <si>
+    <t>Deep Reddish Purple</t>
+  </si>
+  <si>
+    <t>7.80mm x 6.08mm x 3.46mm</t>
+  </si>
+  <si>
+    <t>Purplish Blue/Pink-Purple</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír mění svou barvu: Denní světlo: Purpurově modrá (Purplish Blue) Umělé světlo: Růžově purpurová (Pink-Purple). Safír nebyl tepelně upraven.</t>
+  </si>
+  <si>
+    <t>6.58mm x 5.68mm x 3.46mm</t>
+  </si>
+  <si>
+    <t>Deep Purplish Pink</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír nebyl tepelně upraven. Safír jeví známky dodatečné úpravy čistoty.</t>
+  </si>
+  <si>
+    <t>9.27mm x 6.39mm x 3.75mm</t>
+  </si>
+  <si>
+    <t>Cushion Mixed Cut</t>
+  </si>
+  <si>
+    <t>5.50mm x 5.19mm x 2.66mm</t>
+  </si>
+  <si>
+    <t>Deep Purple - Pink</t>
+  </si>
+  <si>
+    <t>8.31mm x 6.61mm x 3.90mm</t>
+  </si>
+  <si>
+    <t>Deep Pink - Purple</t>
+  </si>
+  <si>
+    <t>7.10mm x 5.22mm x 3.25mm</t>
+  </si>
+  <si>
+    <t>Deep Greenish Blue</t>
+  </si>
+  <si>
+    <t>8.37mm x 6.15mm x 3.42mm</t>
+  </si>
+  <si>
+    <t>Deep Greenish Blue/Deep Green</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír mění svou barvu: Denní světlo: Hluboce nazelenale modrá (Deep Greenish Blue) Umělé světlo: Hluboce zelená (Deep Green). Safír byl tepelně upraven (jedná se o běžnou úpravu).</t>
+  </si>
+  <si>
+    <t>8.01mm x 5.96mm x 3.61mm</t>
+  </si>
+  <si>
+    <t>Dark Blue</t>
+  </si>
+  <si>
+    <t>7.41mm x 6.78mm x 4.16mm</t>
+  </si>
+  <si>
+    <t>Bluish Green</t>
+  </si>
+  <si>
+    <t>10.12mm x 7.33mm x 4.30mm</t>
+  </si>
+  <si>
+    <t>Marquise Mixed Cut</t>
+  </si>
+  <si>
+    <t>11.45mm x 5.13mm x 2.27mm</t>
+  </si>
+  <si>
+    <t>Deep Pinkish Purple</t>
+  </si>
+  <si>
+    <t>Round Mixed Cut</t>
+  </si>
+  <si>
+    <t>5.77mm - 5.90mm x 3.65mm</t>
+  </si>
+  <si>
+    <t>Deep Yellow</t>
+  </si>
+  <si>
+    <t>7.48mm x 5.54mm x 3.33mm</t>
+  </si>
+  <si>
+    <t>8.12mm x 6.11mm x 3.06mm</t>
+  </si>
+  <si>
+    <t>5.79mm x 5.14mm x 3.53mm</t>
+  </si>
+  <si>
+    <t>7.49mm x 5.35mm x 2.49mm</t>
+  </si>
+  <si>
+    <t>Deep Reddish Purplish Pink</t>
+  </si>
+  <si>
+    <t>8.40mm x 6.76mm x 2.90mm</t>
+  </si>
+  <si>
+    <t>8.51mm x 6.99mm x 3.97mm</t>
+  </si>
+  <si>
+    <t>Purplish Blue/Purple</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír mění svou barvu: Denní světlo: Purpurově modrá (Purplish Blue) Umělé světlo: Purpurová (Purple). Safír nebyl tepelně upraven.</t>
+  </si>
+  <si>
+    <t>6.57mm x 5.38mm x 3.36mm</t>
+  </si>
+  <si>
+    <t>6.21mm x 5.28mm x 3.08mm</t>
+  </si>
+  <si>
+    <t>Pear Mixed Cut</t>
+  </si>
+  <si>
+    <t>8.21mm x 4.88mm x 2.37mm</t>
+  </si>
+  <si>
+    <t>5.16mm x 4.04mm x 3.07mm</t>
+  </si>
+  <si>
+    <t>7.22mm x 5.06mm x 3.50mm</t>
+  </si>
+  <si>
     <t>8.94mm x 6.99mm x 3.84mm</t>
   </si>
   <si>
-    <t>Dark Blue</t>
-[...13 lines deleted...]
-  <si>
     <t>6.84mm x 6.28mm x 4.16mm</t>
   </si>
   <si>
-    <t>Deep Blue</t>
-[...7 lines deleted...]
-  <si>
     <t>8.46mm x 6.03mm x 4.55mm</t>
   </si>
   <si>
     <t>6.55mm x 5.46mm x 3.75mm</t>
   </si>
   <si>
     <t>7.82mm x 5.60mm x 2.87mm</t>
   </si>
   <si>
     <t>6.35mm x 5.24mm x 3.79mm</t>
   </si>
   <si>
     <t>6.84mm x 5.39mm x 3.25mm</t>
   </si>
   <si>
     <t>7.20mm x 5.09mm x 3.07mm</t>
   </si>
   <si>
     <t>7.11mm x 5.10mm x 3.41mm</t>
   </si>
   <si>
     <t>6.80mm x 5.03mm x 3.08mm</t>
   </si>
   <si>
     <t>6.09mm x 4.82mm x 3.68mm</t>
   </si>
   <si>
-    <t>Deep Greenish Blue</t>
-[...1 lines deleted...]
-  <si>
     <t>6.38mm x 5.62mm x 3.00mm</t>
   </si>
   <si>
     <t>7.17mm x 4.77mm x 3.43mm</t>
   </si>
   <si>
     <t>7.08mm x 6.01mm x 4.55mm</t>
   </si>
   <si>
     <t>Greenish Yellow</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.&amp;nbsp;Safír byl tepelně upraven (jedná se o běžnou úpravu).</t>
   </si>
   <si>
-    <t>Round Mixed Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>5.01mm - 5.12mm x 3.76mm</t>
   </si>
   <si>
     <t>Deep Orangy Yellow</t>
   </si>
   <si>
     <t>9.26mm x 6.77mm x 5.52mm</t>
   </si>
   <si>
     <t>Deep Violetish Blue</t>
   </si>
   <si>
     <t>7.95mm - 8.22mm x 4.36mm</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír byl tepelně upraven (jedná se o běžnou úpravu). Velmi dobrá kvalita barvy.</t>
   </si>
   <si>
     <t>8.22mm x 7.03mm x 3.98mm</t>
   </si>
   <si>
     <t>8.55mm x 6.77mm x 4.13mm</t>
   </si>
   <si>
     <t>9.20mm x 5.92mm x 4.11mm</t>
@@ -547,182 +793,161 @@
   <si>
     <t>7.31mm x 5.65mm x 3.26mm</t>
   </si>
   <si>
     <t>6.26mm - 6.34mm x 3.89mm</t>
   </si>
   <si>
     <t>7.20mm x 5.13mm x 3.59mm</t>
   </si>
   <si>
     <t>6.55mm x 5.65mm x 3.44mm</t>
   </si>
   <si>
     <t>7.36mm x 5.68mm x 2.65mm</t>
   </si>
   <si>
     <t>6.86mm x 4.93mm x 3.55mm</t>
   </si>
   <si>
     <t>7.06mm x 5.16mm x 3.12mm</t>
   </si>
   <si>
     <t>6.76mm x 5.51mm x 3.33mm</t>
   </si>
   <si>
-    <t>6.30mm x 5.04mm x 3.59mm</t>
-[...1 lines deleted...]
-  <si>
     <t>6.81mm x 4.92mm x 3.38mm</t>
   </si>
   <si>
     <t>6.14mm x 5.12mm x 3.20mm</t>
   </si>
   <si>
     <t>7.03mm x 5.15mm x 3.56mm</t>
   </si>
   <si>
     <t>7.06mm x 5.16mm x 2.84mm</t>
   </si>
   <si>
     <t>6.90mm x 5.44mm x 2.41mm</t>
   </si>
   <si>
     <t>5.63mm - 5.80mm x 3.27mm</t>
   </si>
   <si>
     <t>6.21mm x 5.12mm x 2.95mm</t>
   </si>
   <si>
     <t>5.96mm x 4.71mm x 3.27mm</t>
   </si>
   <si>
     <t>5.98mm x 4.82mm x 2.92mm</t>
   </si>
   <si>
     <t>6.33mm x 5.24mm x 2.43mm</t>
   </si>
   <si>
     <t>5.89mm x 4.65mm x 2.37mm</t>
   </si>
   <si>
     <t>5.93mm x 4.29mm x 2.67mm</t>
   </si>
   <si>
     <t>5.12mm x 4.00mm x 2.53mm</t>
   </si>
   <si>
     <t>7.09mm x 4.87mm x 2.16mm</t>
   </si>
   <si>
     <t>Pinkish Purple</t>
   </si>
   <si>
     <t>6.08mm x 4.58mm x 2.61mm</t>
   </si>
   <si>
-    <t>Deep Pinkish Purple</t>
-[...1 lines deleted...]
-  <si>
     <t>6.65mm x 5.91mm x 3.14mm</t>
   </si>
   <si>
-    <t>Deep Purplish Pink</t>
-[...7 lines deleted...]
-  <si>
     <t>Triangular Mixed Cut</t>
   </si>
   <si>
     <t>6.08mm x 5.16mm x 3.34mm</t>
   </si>
   <si>
     <t>Deep Purplish Reddish Pink</t>
   </si>
   <si>
     <t>6.54mm x 4.82mm x 3.04mm</t>
   </si>
   <si>
-    <t>Deep Reddish Purplish Pink</t>
-[...1 lines deleted...]
-  <si>
     <t>6.12mm - 6.24mm x 2.95mm</t>
   </si>
   <si>
     <t>7.26mm x 4.97mm x 1.95mm</t>
   </si>
   <si>
     <t>Purplish Pink</t>
   </si>
   <si>
     <t>5.59mm x 4.82mm x 2.93mm</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír byl tepelně upraven (jedná se o běžnou úpravu). Známky dodatečné úpravy čistoty.</t>
   </si>
   <si>
     <t>5.76mm x 4.68mm x 2.68mm</t>
   </si>
   <si>
     <t>5.75mm x 4.91mm x 2.58mm</t>
   </si>
   <si>
     <t>5.72mm x 5.15mm x 2.26mm</t>
   </si>
   <si>
     <t>4.66mm - 4.71mm x 2.86mm</t>
   </si>
   <si>
     <t>Deep Yellowish Orange</t>
   </si>
   <si>
     <t>4.86mm x 3.89mm x 2.93mm</t>
   </si>
   <si>
     <t>Deep Orange</t>
   </si>
   <si>
     <t>4.41mm - 4.46mm x 2.77mm</t>
   </si>
   <si>
     <t>4.32mm - 4.38mm x 2.69mm</t>
   </si>
   <si>
     <t>3.96mm - 4.01mm x 2.91mm</t>
   </si>
   <si>
     <t>4.17mm - 4.20mm x 2.48mm</t>
   </si>
   <si>
-    <t>3.73mm - 3.77mm x 2.50mm</t>
-[...1 lines deleted...]
-  <si>
     <t>9.49mm x 7.01mm x 5.07mm</t>
   </si>
   <si>
     <t>Blue</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír nebyl tepelně upraven. Na safír nelze aplikovat 5% sleva pro registrované uživatele.</t>
   </si>
   <si>
     <t>Cushion mixed cut</t>
   </si>
   <si>
     <t>6.72mm x 6.68mm x 5.12mm</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kámen je včetně etablovaného certifikátu C. Dunaigre a nebyl tepelně upraven. Safír je původem ze Šrí Lanky. Na safír nelze aplikovat 5% sleva pro registrované uživatele.</t>
   </si>
   <si>
     <t>7.03mm x 5.01mm x 2.74mm</t>
   </si>
   <si>
     <t>5.36mm - 5.45mm x 3.53mm</t>
@@ -832,99 +1057,87 @@
   <si>
     <t>5.91mm x 4.04mm x 2.95mm</t>
   </si>
   <si>
     <t>5.06mm x 4.02mm x 2.42mm</t>
   </si>
   <si>
     <t>Purple-Pink</t>
   </si>
   <si>
     <t>6.64mm x 5.40mm x 3.47mm</t>
   </si>
   <si>
     <t>6.76mm x 5.80mm x 3.55mm</t>
   </si>
   <si>
     <t>7.36mm x 4.57mm x 4.21mm</t>
   </si>
   <si>
     <t>Blue / Bluish Purple</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Safír mění svou barvu: Denní světlo: Modrá barva (Blue) Umělé světlo: Namodrale fialová barva (Bluish Purple) Safír není tepelně upraven. Původ: Srí Lanka</t>
   </si>
   <si>
+    <t>Oval Combination</t>
+  </si>
+  <si>
+    <t>6.07mm x 4.32mm x 2.36mm</t>
+  </si>
+  <si>
+    <t>Marquise Brilliant</t>
+  </si>
+  <si>
+    <t>7.23mm x 3.47mm x 2.64mm</t>
+  </si>
+  <si>
+    <t>Modified Brilliant Cut</t>
+  </si>
+  <si>
+    <t>10.25mm x 7.38mm x 4.82mm</t>
+  </si>
+  <si>
+    <t>Violet</t>
+  </si>
+  <si>
+    <t>GIA</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu GIA. Safír nebyl tepelně upraven.</t>
+  </si>
+  <si>
+    <t>6.63mm x 5.33mm x 3.28mm</t>
+  </si>
+  <si>
     <t>Oval Brilliant</t>
   </si>
   <si>
-    <t>5.01mm x 3.96mm x 2.65mm</t>
-[...31 lines deleted...]
-  <si>
     <t>6.99mm x 5.02mm x 3.18mm</t>
   </si>
   <si>
     <t>6.43mm x 4.94mm x 2.60mm</t>
-  </si>
-[...7 lines deleted...]
-    <t>Průsvitný</t>
   </si>
   <si>
     <t>7.76mm x 6.07mm x 2.87mm</t>
   </si>
   <si>
     <t>7.35mm x 5.55mm x 3.65mm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_- &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1395,62 +1608,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-158ct-deep-blue-s-igi-certifikatem-0101929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-153ct-deep-blue-s-igi-certifikatem-0101928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-100ct-deep-blue-s-igi-certifikatem-0101917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-deep-blue-s-igi-certifikatem-0101914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-159ct-greenish-yellow-s-igi-certifikatem-0101792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-deep-orangy-yellow-s-igi-certifikatem-0101791.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-309ct-deep-violetish-blue-tepelne-neupraven-s-igi-certifikatem-0101747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-232ct-deep-blue-s-igi-certifikatem-0101746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-211ct-deep-blue-s-igi-certifikatem-0101745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-201ct-deep-blue-s-igi-certifikatem-0101744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0101741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-174ct-deep-blue-s-igi-certifikatem-0101740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-168ct-deep-blue-s-igi-certifikatem-0101738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-165ct-dark-blue-s-igi-certifikatem-0101737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-162ct-deep-blue-s-igi-certifikatem-0101736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-148ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-deep-blue-s-igi-certifikatem-0101732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-130ct-deep-blue-s-igi-certifikatem-0101731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-122ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-deep-blue-s-igi-certifikatem-0101728.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-111ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-s-igi-certifikatem-0101724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-099ct-deep-blue-s-igi-certifikatem-0101721.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-blue-s-igi-certifikatem-0101720.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-s-igi-certifikatem-0101719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-blue-s-igi-certifikatem-0101718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-086ct-deep-blue-s-igi-certifikatem-0101715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-s-igi-certifikatem-0101713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-080ct-deep-blue-s-igi-certifikatem-0101711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-075ct-deep-greenish-blue-s-igi-certifikatem-0101707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-073ct-deep-blue-s-igi-certifikatem-0101705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-069ct-deep-blue-s-igi-certifikatem-0101703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-blue-s-igi-certifikatem-0101698.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-blue-s-igi-certifikatem-0101694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-pinkish-purple-s-igi-certifikatem-0101609.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-deep-pinkish-purple-s-igi-certifikatem-0101608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-114ct-deep-purplish-pink-s-igi-certifikatem-0101605.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-purple-pink-s-igi-certifikatem-0101604.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-092ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101603.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101602.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-purplish-pink-s-igi-certifikatem-0101601.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-purplish-pink-s-igi-certifikatem-0101598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-purplish-pink-s-igi-certifikatem-0101597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-064ct-deep-purplish-pink-s-igi-certifikatem-0101596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-059ct-deep-purplish-pink-s-igi-certifikatem-0101595.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-purplish-pink-s-igi-certifikatem-0101594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-yellowish-orange-s-igi-certifikatem-0101592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-orange-s-igi-certifikatem-0101586.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-yellowish-orange-s-igi-certifikatem-0101585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-deep-yellowish-orange-s-igi-certifikatem-0101584.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-039ct-deep-yellowish-orange-s-igi-certifikatem-0101583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-037ct-deep-orange-s-igi-certifikatem-0101581.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-029ct-deep-yellowish-orange-s-igi-certifikatem-0101578.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-338ct-blue-tepelne-neupraven-s-igi-certifikatem-0101477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-blue-sri-lanka-tepelne-neupraven-s-cd-certifikatem-0101463.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-093ct-deep-yellowish-orange-s-igi-certifikatem-0101455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-229ct-purplish-blue-tepelne-neupraven-s-igi-certifikatem-0101436.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-060ct-deep-blue-s-igi-certifikatem-0101434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-128ct-deep-blue-s-igi-certifikatem-0101425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101308.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-greenish-blue-s-igi-certifikatem-0101206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101201.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-blue-tepelne-neupraven-s-igi-certifikatem-0101199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-276ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-434ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-137ct-deep-blue-s-igi-certifikatem-0101084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-orange-yellow-s-igi-certifikatem-010990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-deep-reddish-purple-pink-s-igi-certifikatem-010987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-038ct-purplish-pink-s-igi-certifikatem-010985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010945.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-blue-tepelne-neupraven-s-igi-certifikatem-010944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-124ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-087ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-084ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-078ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-072ct-deep-blue-s-igi-certifikatem-010597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-051ct-purple-pink-s-igi-certifikatem-010593.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-010557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-133ct-blue-bluish-purple-tepelne-neupraven-s-igi-certifikatem-010523.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-049ct-blue-s-igi-certifikatem-010497.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010489.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010487.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-350ct-violet-tepelne-neupraven-s-gia-certifikatem-010398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-108ct-deep-greenish-blue-s-igi-certifikatem-010208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-098ct-dark-blue-s-igi-certifikatem-010206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-dark-blue-s-igi-certifikatem-010200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-126ct-dark-blue-s-igi-certifikatem-010174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-blue-s-igi-certifikatem-010165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-dark-blue-s-igi-certifikatem-010069.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-353ct-deep-blue-s-igi-certifikatem-0102010.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-140ct-deep-blue-s-igi-certifikatem-0102009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0102008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-120ct-deep-reddish-pink-purple-s-igi-certifikatem-0102007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-302ct-yellow-tepelne-neupraven-s-igi-certifikatem-0102006.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-089ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102005.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-123ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-137ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102002.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-117ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0102001.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-100ct-deep-reddish-purple-tepelne-neupraven-s-igi-certifikatem-0102000.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-145ct-purplish-blue-pink-purple-tepelne-neupraven-s-igi-certifikatem-0101999.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-112ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101998.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-193ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101996.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-075ct-deep-purple-pink-tepelne-neupraven-s-igi-certifikatem-0101995.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-199ct-deep-pink-purple-tepelne-neupraven-s-igi-certifikatem-0101994.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-109ct-deep-greenish-blue-s-igi-certifikatem-0101993.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-173ct-deep-greenish-blue-deep-green-s-igi-certifikatem-0101992.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-187ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101991.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-bluish-green-s-igi-certifikatem-0101990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-293ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101989.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-pinkish-purple-s-igi-certifikatem-0101988.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-104ct-deep-yellow-s-igi-certifikatem-0101987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-122ct-deep-blue-s-igi-certifikatem-0101986.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-151ct-deep-pinkish-purple-s-igi-certifikatem-0101985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-092ct-deep-pink-purple-s-igi-certifikatem-0101984.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-101ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101983.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-142ct-deep-blue-s-igi-certifikatem-0101982.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-231ct-purplish-blue-purple-tepelne-neupraven-s-igi-certifikatem-0101981.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-119ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101980.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-087ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101979.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-078ct-deep-blue-s-igi-certifikatem-0101978.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-deep-blue-s-igi-certifikatem-0101977.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-111ct-deep-blue-s-igi-certifikatem-0101976.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101930.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-158ct-deep-blue-s-igi-certifikatem-0101929.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-153ct-deep-blue-s-igi-certifikatem-0101928.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101925.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101924.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101923.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101922.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-106ct-deep-blue-s-igi-certifikatem-0101921.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101920.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-100ct-deep-blue-s-igi-certifikatem-0101917.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101916.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101915.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-deep-blue-s-igi-certifikatem-0101914.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-159ct-greenish-yellow-s-igi-certifikatem-0101792.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-deep-orangy-yellow-s-igi-certifikatem-0101791.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-309ct-deep-violetish-blue-tepelne-neupraven-s-igi-certifikatem-0101747.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-232ct-deep-blue-s-igi-certifikatem-0101746.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-211ct-deep-blue-s-igi-certifikatem-0101745.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-201ct-deep-blue-s-igi-certifikatem-0101744.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-182ct-deep-blue-s-igi-certifikatem-0101741.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-174ct-deep-blue-s-igi-certifikatem-0101740.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-168ct-deep-blue-s-igi-certifikatem-0101738.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-165ct-dark-blue-s-igi-certifikatem-0101737.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-162ct-deep-blue-s-igi-certifikatem-0101736.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-148ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101733.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-deep-blue-s-igi-certifikatem-0101732.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-130ct-deep-blue-s-igi-certifikatem-0101731.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-122ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101730.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-121ct-deep-blue-s-igi-certifikatem-0101729.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-deep-blue-s-igi-certifikatem-0101728.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-111ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101725.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-blue-s-igi-certifikatem-0101724.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101723.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-105ct-deep-blue-s-igi-certifikatem-0101722.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-099ct-deep-blue-s-igi-certifikatem-0101721.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-s-igi-certifikatem-0101719.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-blue-s-igi-certifikatem-0101718.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-blue-s-igi-certifikatem-0101717.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-086ct-deep-blue-s-igi-certifikatem-0101715.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-s-igi-certifikatem-0101713.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101712.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-080ct-deep-blue-s-igi-certifikatem-0101711.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-075ct-deep-greenish-blue-s-igi-certifikatem-0101707.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-073ct-deep-blue-s-igi-certifikatem-0101705.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-069ct-deep-blue-s-igi-certifikatem-0101703.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-blue-s-igi-certifikatem-0101698.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-blue-s-igi-certifikatem-0101694.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101693.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-pinkish-purple-s-igi-certifikatem-0101609.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-deep-pinkish-purple-s-igi-certifikatem-0101608.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-114ct-deep-purplish-pink-s-igi-certifikatem-0101605.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-092ct-deep-purplish-reddish-pink-s-igi-certifikatem-0101603.html" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-091ct-deep-reddish-purplish-pink-s-igi-certifikatem-0101602.html" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-090ct-deep-purplish-pink-s-igi-certifikatem-0101601.html" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-purplish-pink-s-igi-certifikatem-0101598.html" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-purplish-pink-s-igi-certifikatem-0101597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-064ct-deep-purplish-pink-s-igi-certifikatem-0101596.html" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-059ct-deep-purplish-pink-s-igi-certifikatem-0101595.html" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-purplish-pink-s-igi-certifikatem-0101594.html" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-057ct-deep-yellowish-orange-s-igi-certifikatem-0101592.html" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-050ct-deep-orange-s-igi-certifikatem-0101586.html" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-yellowish-orange-s-igi-certifikatem-0101585.html" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-deep-yellowish-orange-s-igi-certifikatem-0101584.html" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-039ct-deep-yellowish-orange-s-igi-certifikatem-0101583.html" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-037ct-deep-orange-s-igi-certifikatem-0101581.html" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-338ct-blue-tepelne-neupraven-s-igi-certifikatem-0101477.html" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-213ct-blue-sri-lanka-tepelne-neupraven-s-cd-certifikatem-0101463.html" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-093ct-deep-yellowish-orange-s-igi-certifikatem-0101455.html" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101446.html" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-229ct-purplish-blue-tepelne-neupraven-s-igi-certifikatem-0101436.html" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-060ct-deep-blue-s-igi-certifikatem-0101434.html" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-greenish-blue-tepelne-neupraven-s-igi-certifikatem-0101430.html" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-128ct-deep-blue-s-igi-certifikatem-0101425.html" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-056ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101308.html" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-047ct-deep-blue-s-igi-certifikatem-0101227.html" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-066ct-greenish-blue-s-igi-certifikatem-0101206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101201.html" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-095ct-blue-tepelne-neupraven-s-igi-certifikatem-0101199.html" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-065ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-0101196.html" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-276ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-0101101.html" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-434ct-deep-purplish-pink-tepelne-neupraven-s-igi-certifikatem-0101100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-137ct-deep-blue-s-igi-certifikatem-0101084.html" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-045ct-orange-yellow-s-igi-certifikatem-010990.html" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-068ct-deep-reddish-purple-pink-s-igi-certifikatem-010987.html" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-038ct-purplish-pink-s-igi-certifikatem-010985.html" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-094ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010945.html" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-076ct-blue-tepelne-neupraven-s-igi-certifikatem-010944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-082ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010902.html" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-124ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010804.html" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-103ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010799.html" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-087ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010793.html" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-084ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-078ct-deep-blue-tepelne-neupraven-s-igi-certifikatem-010789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-072ct-deep-blue-s-igi-certifikatem-010597.html" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-051ct-purple-pink-s-igi-certifikatem-010593.html" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-107ct-deep-greenish-blue-tepelne-neupraven-s-igi-certifikatem-010557.html" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-125ct-dark-blue-tepelne-neupraven-s-igi-certifikatem-010525.html" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-133ct-blue-bluish-purple-tepelne-neupraven-s-igi-certifikatem-010523.html" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010489.html" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-055ct-blue-s-igi-certifikatem-010487.html" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-350ct-violet-tepelne-neupraven-s-gia-certifikatem-010398.html" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-108ct-deep-greenish-blue-s-igi-certifikatem-010208.html" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-098ct-dark-blue-s-igi-certifikatem-010206.html" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-079ct-dark-blue-s-igi-certifikatem-010200.html" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-118ct-blue-s-igi-certifikatem-010165.html" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/safir-134ct-dark-blue-s-igi-certifikatem-010069.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M113"/>
+  <dimension ref="A1:M142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I113" sqref="I113"/>
+      <selection activeCell="I142" sqref="I142"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1474,3931 +1687,4946 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B3">
-        <v>2.13</v>
+        <v>3.53</v>
       </c>
       <c r="C3" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D3" t="s">
-        <v>126</v>
+        <v>155</v>
       </c>
       <c r="E3" t="s">
-        <v>127</v>
+        <v>156</v>
       </c>
       <c r="F3" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G3" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H3" s="5">
-        <v>149000.0</v>
+        <v>165785.0</v>
       </c>
       <c r="I3" s="5">
-        <v>180290</v>
+        <v>200600</v>
       </c>
       <c r="J3" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B4">
-        <v>1.58</v>
+        <v>1.4</v>
       </c>
       <c r="C4" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D4" t="s">
-        <v>132</v>
+        <v>160</v>
       </c>
       <c r="E4" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F4" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G4" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H4" s="5">
-        <v>38952.0</v>
+        <v>54211.0</v>
       </c>
       <c r="I4" s="5">
-        <v>47132</v>
+        <v>65595</v>
       </c>
       <c r="J4" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B5">
-        <v>1.53</v>
+        <v>1.82</v>
       </c>
       <c r="C5" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="D5" t="s">
-        <v>136</v>
+        <v>161</v>
       </c>
       <c r="E5" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F5" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G5" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H5" s="5">
-        <v>44310.0</v>
+        <v>68141.0</v>
       </c>
       <c r="I5" s="5">
-        <v>53615</v>
+        <v>82451</v>
       </c>
       <c r="J5" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B6">
-        <v>1.25</v>
+        <v>1.2</v>
       </c>
       <c r="C6" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D6" t="s">
-        <v>137</v>
+        <v>162</v>
       </c>
       <c r="E6" t="s">
-        <v>133</v>
+        <v>163</v>
       </c>
       <c r="F6" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G6" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H6" s="5">
-        <v>63576.0</v>
+        <v>10830.0</v>
       </c>
       <c r="I6" s="5">
-        <v>76927</v>
+        <v>13104</v>
       </c>
       <c r="J6" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B7">
-        <v>1.21</v>
+        <v>3.02</v>
       </c>
       <c r="C7" t="s">
-        <v>125</v>
+        <v>164</v>
       </c>
       <c r="D7" t="s">
-        <v>138</v>
+        <v>165</v>
       </c>
       <c r="E7" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="F7" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G7" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H7" s="5">
-        <v>25840.0</v>
+        <v>71925.0</v>
       </c>
       <c r="I7" s="5">
-        <v>31266</v>
+        <v>87029</v>
       </c>
       <c r="J7" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B8">
-        <v>1.07</v>
+        <v>0.89</v>
       </c>
       <c r="C8" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D8" t="s">
-        <v>139</v>
+        <v>168</v>
       </c>
       <c r="E8" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F8" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G8" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H8" s="5">
-        <v>37712.0</v>
+        <v>19365.0</v>
       </c>
       <c r="I8" s="5">
-        <v>45632</v>
+        <v>23432</v>
       </c>
       <c r="J8" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B9">
-        <v>1.06</v>
+        <v>1.23</v>
       </c>
       <c r="C9" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D9" t="s">
-        <v>140</v>
+        <v>169</v>
       </c>
       <c r="E9" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F9" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G9" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H9" s="5">
-        <v>46820.0</v>
+        <v>26005.0</v>
       </c>
       <c r="I9" s="5">
-        <v>56652</v>
+        <v>31466</v>
       </c>
       <c r="J9" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B10">
-        <v>1.06</v>
+        <v>1.37</v>
       </c>
       <c r="C10" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D10" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="E10" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F10" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G10" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H10" s="5">
-        <v>18728.0</v>
+        <v>37871.0</v>
       </c>
       <c r="I10" s="5">
-        <v>22661</v>
+        <v>45824</v>
       </c>
       <c r="J10" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B11">
-        <v>1.03</v>
+        <v>0.82</v>
       </c>
       <c r="C11" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D11" t="s">
-        <v>142</v>
+        <v>171</v>
       </c>
       <c r="E11" t="s">
-        <v>127</v>
+        <v>156</v>
       </c>
       <c r="F11" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G11" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H11" s="5">
-        <v>22925.0</v>
+        <v>33998.0</v>
       </c>
       <c r="I11" s="5">
-        <v>27739</v>
+        <v>41138</v>
       </c>
       <c r="J11" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B12">
-        <v>1</v>
+        <v>1.17</v>
       </c>
       <c r="C12" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D12" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="E12" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F12" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G12" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H12" s="5">
-        <v>22435.0</v>
+        <v>32940.0</v>
       </c>
       <c r="I12" s="5">
-        <v>27146</v>
+        <v>39857</v>
       </c>
       <c r="J12" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B13">
-        <v>0.95</v>
+        <v>1</v>
       </c>
       <c r="C13" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D13" t="s">
-        <v>144</v>
+        <v>173</v>
       </c>
       <c r="E13" t="s">
-        <v>145</v>
+        <v>174</v>
       </c>
       <c r="F13" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G13" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H13" s="5">
-        <v>36608.0</v>
+        <v>44162.0</v>
       </c>
       <c r="I13" s="5">
-        <v>44296</v>
+        <v>53436</v>
       </c>
       <c r="J13" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B14">
-        <v>0.9</v>
+        <v>1.45</v>
       </c>
       <c r="C14" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D14" t="s">
-        <v>146</v>
+        <v>175</v>
       </c>
       <c r="E14" t="s">
-        <v>133</v>
+        <v>176</v>
       </c>
       <c r="F14" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G14" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H14" s="5">
-        <v>32312.0</v>
+        <v>38957.0</v>
       </c>
       <c r="I14" s="5">
-        <v>39098</v>
+        <v>47138</v>
       </c>
       <c r="J14" t="s">
-        <v>134</v>
+        <v>177</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B15">
-        <v>0.79</v>
+        <v>1.12</v>
       </c>
       <c r="C15" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="D15" t="s">
-        <v>147</v>
+        <v>178</v>
       </c>
       <c r="E15" t="s">
-        <v>133</v>
+        <v>179</v>
       </c>
       <c r="F15" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G15" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H15" s="5">
-        <v>19410.0</v>
+        <v>67709.0</v>
       </c>
       <c r="I15" s="5">
-        <v>23486</v>
+        <v>81928</v>
       </c>
       <c r="J15" t="s">
-        <v>134</v>
+        <v>180</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B16">
-        <v>1.59</v>
+        <v>1.93</v>
       </c>
       <c r="C16" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D16" t="s">
-        <v>148</v>
+        <v>181</v>
       </c>
       <c r="E16" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="F16" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G16" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H16" s="5">
-        <v>14730.0</v>
+        <v>46296.0</v>
       </c>
       <c r="I16" s="5">
-        <v>17823</v>
+        <v>56018</v>
       </c>
       <c r="J16" t="s">
-        <v>150</v>
+        <v>167</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B17">
-        <v>0.76</v>
+        <v>0.75</v>
       </c>
       <c r="C17" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="D17" t="s">
-        <v>152</v>
+        <v>183</v>
       </c>
       <c r="E17" t="s">
-        <v>153</v>
+        <v>184</v>
       </c>
       <c r="F17" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G17" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H17" s="5">
-        <v>7396.0</v>
+        <v>21688.0</v>
       </c>
       <c r="I17" s="5">
-        <v>8949</v>
+        <v>26242</v>
       </c>
       <c r="J17" t="s">
-        <v>150</v>
+        <v>167</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B18">
-        <v>3.09</v>
+        <v>1.99</v>
       </c>
       <c r="C18" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D18" t="s">
-        <v>154</v>
+        <v>185</v>
       </c>
       <c r="E18" t="s">
-        <v>155</v>
+        <v>186</v>
       </c>
       <c r="F18" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G18" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H18" s="5">
-        <v>330000.0</v>
+        <v>42849.0</v>
       </c>
       <c r="I18" s="5">
-        <v>399300</v>
+        <v>51847</v>
       </c>
       <c r="J18" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B19">
-        <v>2.32</v>
+        <v>1.09</v>
       </c>
       <c r="C19" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D19" t="s">
-        <v>156</v>
+        <v>187</v>
       </c>
       <c r="E19" t="s">
-        <v>133</v>
+        <v>188</v>
       </c>
       <c r="F19" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G19" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H19" s="5">
-        <v>92300.0</v>
+        <v>12598.0</v>
       </c>
       <c r="I19" s="5">
-        <v>111683</v>
+        <v>15244</v>
       </c>
       <c r="J19" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B20">
-        <v>2.11</v>
+        <v>1.73</v>
       </c>
       <c r="C20" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D20" t="s">
-        <v>158</v>
+        <v>189</v>
       </c>
       <c r="E20" t="s">
-        <v>133</v>
+        <v>190</v>
       </c>
       <c r="F20" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G20" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H20" s="5">
-        <v>89500.0</v>
+        <v>12263.0</v>
       </c>
       <c r="I20" s="5">
-        <v>108295</v>
+        <v>14838</v>
       </c>
       <c r="J20" t="s">
-        <v>134</v>
+        <v>191</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B21">
-        <v>2.01</v>
+        <v>1.87</v>
       </c>
       <c r="C21" t="s">
-        <v>125</v>
+        <v>164</v>
       </c>
       <c r="D21" t="s">
-        <v>159</v>
+        <v>192</v>
       </c>
       <c r="E21" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="F21" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G21" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H21" s="5">
-        <v>85152.0</v>
+        <v>48712.0</v>
       </c>
       <c r="I21" s="5">
-        <v>103034</v>
+        <v>58942</v>
       </c>
       <c r="J21" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B22">
         <v>1.82</v>
       </c>
       <c r="C22" t="s">
-        <v>135</v>
+        <v>182</v>
       </c>
       <c r="D22" t="s">
-        <v>160</v>
+        <v>194</v>
       </c>
       <c r="E22" t="s">
-        <v>133</v>
+        <v>195</v>
       </c>
       <c r="F22" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G22" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H22" s="5">
-        <v>99000.0</v>
+        <v>26618.0</v>
       </c>
       <c r="I22" s="5">
-        <v>119790</v>
+        <v>32208</v>
       </c>
       <c r="J22" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B23">
-        <v>1.74</v>
+        <v>2.93</v>
       </c>
       <c r="C23" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D23" t="s">
-        <v>161</v>
+        <v>196</v>
       </c>
       <c r="E23" t="s">
-        <v>133</v>
+        <v>188</v>
       </c>
       <c r="F23" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G23" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H23" s="5">
-        <v>47367.0</v>
+        <v>129235.0</v>
       </c>
       <c r="I23" s="5">
-        <v>57314</v>
+        <v>156374</v>
       </c>
       <c r="J23" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B24">
-        <v>1.68</v>
+        <v>1.21</v>
       </c>
       <c r="C24" t="s">
-        <v>125</v>
+        <v>197</v>
       </c>
       <c r="D24" t="s">
-        <v>162</v>
+        <v>198</v>
       </c>
       <c r="E24" t="s">
-        <v>133</v>
+        <v>199</v>
       </c>
       <c r="F24" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G24" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H24" s="5">
-        <v>35854.0</v>
+        <v>9196.0</v>
       </c>
       <c r="I24" s="5">
-        <v>43383</v>
+        <v>11127</v>
       </c>
       <c r="J24" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B25">
-        <v>1.65</v>
+        <v>1.04</v>
       </c>
       <c r="C25" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="D25" t="s">
-        <v>163</v>
+        <v>201</v>
       </c>
       <c r="E25" t="s">
-        <v>127</v>
+        <v>202</v>
       </c>
       <c r="F25" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G25" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H25" s="5">
-        <v>25255.0</v>
+        <v>18032.0</v>
       </c>
       <c r="I25" s="5">
-        <v>30559</v>
+        <v>21819</v>
       </c>
       <c r="J25" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B26">
-        <v>1.62</v>
+        <v>1.22</v>
       </c>
       <c r="C26" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D26" t="s">
-        <v>164</v>
+        <v>203</v>
       </c>
       <c r="E26" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F26" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G26" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H26" s="5">
-        <v>34867.0</v>
+        <v>32493.0</v>
       </c>
       <c r="I26" s="5">
-        <v>42189</v>
+        <v>39317</v>
       </c>
       <c r="J26" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B27">
-        <v>1.48</v>
+        <v>1.51</v>
       </c>
       <c r="C27" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D27" t="s">
-        <v>165</v>
+        <v>204</v>
       </c>
       <c r="E27" t="s">
-        <v>133</v>
+        <v>199</v>
       </c>
       <c r="F27" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G27" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H27" s="5">
-        <v>77000.0</v>
+        <v>13763.0</v>
       </c>
       <c r="I27" s="5">
-        <v>93170</v>
+        <v>16653</v>
       </c>
       <c r="J27" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B28">
-        <v>1.34</v>
+        <v>0.92</v>
       </c>
       <c r="C28" t="s">
-        <v>125</v>
+        <v>182</v>
       </c>
       <c r="D28" t="s">
-        <v>166</v>
+        <v>205</v>
       </c>
       <c r="E28" t="s">
-        <v>133</v>
+        <v>186</v>
       </c>
       <c r="F28" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G28" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H28" s="5">
-        <v>37935.0</v>
+        <v>25638.0</v>
       </c>
       <c r="I28" s="5">
-        <v>45901</v>
+        <v>31022</v>
       </c>
       <c r="J28" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B29">
-        <v>1.3</v>
+        <v>1.01</v>
       </c>
       <c r="C29" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D29" t="s">
-        <v>167</v>
+        <v>206</v>
       </c>
       <c r="E29" t="s">
-        <v>133</v>
+        <v>207</v>
       </c>
       <c r="F29" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G29" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H29" s="5">
-        <v>28847.0</v>
+        <v>17652.0</v>
       </c>
       <c r="I29" s="5">
-        <v>34905</v>
+        <v>21359</v>
       </c>
       <c r="J29" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B30">
-        <v>1.22</v>
+        <v>1.42</v>
       </c>
       <c r="C30" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D30" t="s">
-        <v>168</v>
+        <v>208</v>
       </c>
       <c r="E30" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F30" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H30" s="5">
-        <v>53988.0</v>
+        <v>21984.0</v>
       </c>
       <c r="I30" s="5">
-        <v>65325</v>
+        <v>26601</v>
       </c>
       <c r="J30" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B31">
-        <v>1.21</v>
+        <v>2.31</v>
       </c>
       <c r="C31" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D31" t="s">
-        <v>169</v>
+        <v>209</v>
       </c>
       <c r="E31" t="s">
-        <v>133</v>
+        <v>210</v>
       </c>
       <c r="F31" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G31" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H31" s="5">
-        <v>27363.0</v>
+        <v>55494.0</v>
       </c>
       <c r="I31" s="5">
-        <v>33109</v>
+        <v>67148</v>
       </c>
       <c r="J31" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B32">
-        <v>1.18</v>
+        <v>1.19</v>
       </c>
       <c r="C32" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D32" t="s">
-        <v>170</v>
+        <v>212</v>
       </c>
       <c r="E32" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F32" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G32" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H32" s="5">
-        <v>26873.0</v>
+        <v>22734.0</v>
       </c>
       <c r="I32" s="5">
-        <v>32516</v>
+        <v>27508</v>
       </c>
       <c r="J32" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B33">
-        <v>1.11</v>
+        <v>0.87</v>
       </c>
       <c r="C33" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D33" t="s">
-        <v>171</v>
+        <v>213</v>
       </c>
       <c r="E33" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F33" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G33" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H33" s="5">
-        <v>110000.0</v>
+        <v>35750.0</v>
       </c>
       <c r="I33" s="5">
-        <v>133100</v>
+        <v>43258</v>
       </c>
       <c r="J33" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B34">
-        <v>1.07</v>
+        <v>0.78</v>
       </c>
       <c r="C34" t="s">
-        <v>131</v>
+        <v>214</v>
       </c>
       <c r="D34" t="s">
-        <v>172</v>
+        <v>215</v>
       </c>
       <c r="E34" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F34" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G34" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H34" s="5">
-        <v>17900.0</v>
+        <v>22803.0</v>
       </c>
       <c r="I34" s="5">
-        <v>21659</v>
+        <v>27592</v>
       </c>
       <c r="J34" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B35">
-        <v>1.05</v>
+        <v>0.55</v>
       </c>
       <c r="C35" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>173</v>
+        <v>216</v>
       </c>
       <c r="E35" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F35" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G35" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H35" s="5">
-        <v>24731.0</v>
+        <v>13027.0</v>
       </c>
       <c r="I35" s="5">
-        <v>29925</v>
+        <v>15763</v>
       </c>
       <c r="J35" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B36">
-        <v>1.05</v>
+        <v>1.11</v>
       </c>
       <c r="C36" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D36" t="s">
-        <v>174</v>
+        <v>217</v>
       </c>
       <c r="E36" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F36" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G36" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H36" s="5">
-        <v>17665.0</v>
+        <v>12059.0</v>
       </c>
       <c r="I36" s="5">
-        <v>21375</v>
+        <v>14591</v>
       </c>
       <c r="J36" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B37">
-        <v>0.99</v>
+        <v>2.13</v>
       </c>
       <c r="C37" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D37" t="s">
-        <v>175</v>
+        <v>218</v>
       </c>
       <c r="E37" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="F37" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G37" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H37" s="5">
-        <v>14840.0</v>
+        <v>149000.0</v>
       </c>
       <c r="I37" s="5">
-        <v>17956</v>
+        <v>180290</v>
       </c>
       <c r="J37" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B38">
-        <v>0.95</v>
+        <v>1.58</v>
       </c>
       <c r="C38" t="s">
-        <v>125</v>
+        <v>182</v>
       </c>
       <c r="D38" t="s">
-        <v>176</v>
+        <v>219</v>
       </c>
       <c r="E38" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F38" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G38" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H38" s="5">
-        <v>14504.0</v>
+        <v>38952.0</v>
       </c>
       <c r="I38" s="5">
-        <v>17550</v>
+        <v>47132</v>
       </c>
       <c r="J38" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B39">
-        <v>0.94</v>
+        <v>1.53</v>
       </c>
       <c r="C39" t="s">
-        <v>125</v>
+        <v>214</v>
       </c>
       <c r="D39" t="s">
-        <v>177</v>
+        <v>220</v>
       </c>
       <c r="E39" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F39" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G39" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H39" s="5">
-        <v>18549.0</v>
+        <v>44310.0</v>
       </c>
       <c r="I39" s="5">
-        <v>22444</v>
+        <v>53615</v>
       </c>
       <c r="J39" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B40">
-        <v>0.91</v>
+        <v>1.25</v>
       </c>
       <c r="C40" t="s">
-        <v>125</v>
+        <v>182</v>
       </c>
       <c r="D40" t="s">
-        <v>178</v>
+        <v>221</v>
       </c>
       <c r="E40" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F40" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G40" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H40" s="5">
-        <v>14175.0</v>
+        <v>63576.0</v>
       </c>
       <c r="I40" s="5">
-        <v>17152</v>
+        <v>76927</v>
       </c>
       <c r="J40" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B41">
-        <v>0.9</v>
+        <v>1.21</v>
       </c>
       <c r="C41" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="D41" t="s">
-        <v>179</v>
+        <v>222</v>
       </c>
       <c r="E41" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F41" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G41" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H41" s="5">
-        <v>10070.0</v>
+        <v>25840.0</v>
       </c>
       <c r="I41" s="5">
-        <v>12185</v>
+        <v>31266</v>
       </c>
       <c r="J41" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B42">
-        <v>0.86</v>
+        <v>1.07</v>
       </c>
       <c r="C42" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D42" t="s">
-        <v>180</v>
+        <v>223</v>
       </c>
       <c r="E42" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F42" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G42" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H42" s="5">
-        <v>13762.0</v>
+        <v>37712.0</v>
       </c>
       <c r="I42" s="5">
-        <v>16652</v>
+        <v>45632</v>
       </c>
       <c r="J42" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B43">
-        <v>0.82</v>
+        <v>1.06</v>
       </c>
       <c r="C43" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D43" t="s">
-        <v>181</v>
+        <v>224</v>
       </c>
       <c r="E43" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F43" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G43" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H43" s="5">
-        <v>5757.0</v>
+        <v>46820.0</v>
       </c>
       <c r="I43" s="5">
-        <v>6966</v>
+        <v>56652</v>
       </c>
       <c r="J43" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B44">
-        <v>0.82</v>
+        <v>1.06</v>
       </c>
       <c r="C44" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D44" t="s">
-        <v>182</v>
+        <v>225</v>
       </c>
       <c r="E44" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F44" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G44" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H44" s="5">
-        <v>30852.0</v>
+        <v>18728.0</v>
       </c>
       <c r="I44" s="5">
-        <v>37331</v>
+        <v>22661</v>
       </c>
       <c r="J44" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B45">
-        <v>0.8</v>
+        <v>1.03</v>
       </c>
       <c r="C45" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D45" t="s">
-        <v>183</v>
+        <v>226</v>
       </c>
       <c r="E45" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="F45" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G45" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H45" s="5">
-        <v>17064.0</v>
+        <v>22925.0</v>
       </c>
       <c r="I45" s="5">
-        <v>20647</v>
+        <v>27739</v>
       </c>
       <c r="J45" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B46">
-        <v>0.75</v>
+        <v>1</v>
       </c>
       <c r="C46" t="s">
-        <v>125</v>
+        <v>182</v>
       </c>
       <c r="D46" t="s">
-        <v>184</v>
+        <v>227</v>
       </c>
       <c r="E46" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="F46" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G46" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H46" s="5">
-        <v>5511.0</v>
+        <v>22435.0</v>
       </c>
       <c r="I46" s="5">
-        <v>6668</v>
+        <v>27146</v>
       </c>
       <c r="J46" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B47">
-        <v>0.73</v>
+        <v>0.95</v>
       </c>
       <c r="C47" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D47" t="s">
-        <v>185</v>
+        <v>228</v>
       </c>
       <c r="E47" t="s">
-        <v>133</v>
+        <v>188</v>
       </c>
       <c r="F47" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G47" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H47" s="5">
-        <v>11949.0</v>
+        <v>36608.0</v>
       </c>
       <c r="I47" s="5">
-        <v>14458</v>
+        <v>44296</v>
       </c>
       <c r="J47" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B48">
-        <v>0.69</v>
+        <v>0.9</v>
       </c>
       <c r="C48" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D48" t="s">
-        <v>186</v>
+        <v>229</v>
       </c>
       <c r="E48" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F48" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G48" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H48" s="5">
-        <v>8300.0</v>
+        <v>32312.0</v>
       </c>
       <c r="I48" s="5">
-        <v>10043</v>
+        <v>39098</v>
       </c>
       <c r="J48" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B49">
-        <v>0.57</v>
+        <v>0.79</v>
       </c>
       <c r="C49" t="s">
-        <v>125</v>
+        <v>214</v>
       </c>
       <c r="D49" t="s">
-        <v>187</v>
+        <v>230</v>
       </c>
       <c r="E49" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F49" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G49" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H49" s="5">
-        <v>10633.0</v>
+        <v>19410.0</v>
       </c>
       <c r="I49" s="5">
-        <v>12866</v>
+        <v>23486</v>
       </c>
       <c r="J49" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B50">
-        <v>0.5</v>
+        <v>1.59</v>
       </c>
       <c r="C50" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="D50" t="s">
-        <v>188</v>
+        <v>231</v>
       </c>
       <c r="E50" t="s">
-        <v>133</v>
+        <v>232</v>
       </c>
       <c r="F50" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G50" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H50" s="5">
-        <v>10059.0</v>
+        <v>14730.0</v>
       </c>
       <c r="I50" s="5">
-        <v>12171</v>
+        <v>17823</v>
       </c>
       <c r="J50" t="s">
-        <v>134</v>
+        <v>233</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B51">
-        <v>0.47</v>
+        <v>0.76</v>
       </c>
       <c r="C51" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="D51" t="s">
-        <v>189</v>
+        <v>234</v>
       </c>
       <c r="E51" t="s">
-        <v>133</v>
+        <v>235</v>
       </c>
       <c r="F51" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G51" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H51" s="5">
-        <v>8907.0</v>
+        <v>7396.0</v>
       </c>
       <c r="I51" s="5">
-        <v>10777</v>
+        <v>8949</v>
       </c>
       <c r="J51" t="s">
-        <v>134</v>
+        <v>233</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B52">
-        <v>0.79</v>
+        <v>3.09</v>
       </c>
       <c r="C52" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D52" t="s">
-        <v>190</v>
+        <v>236</v>
       </c>
       <c r="E52" t="s">
-        <v>191</v>
+        <v>237</v>
       </c>
       <c r="F52" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G52" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H52" s="5">
-        <v>6420.0</v>
+        <v>330000.0</v>
       </c>
       <c r="I52" s="5">
-        <v>7768</v>
+        <v>399300</v>
       </c>
       <c r="J52" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B53">
-        <v>0.66</v>
+        <v>2.32</v>
       </c>
       <c r="C53" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="D53" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="E53" t="s">
-        <v>193</v>
+        <v>156</v>
       </c>
       <c r="F53" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G53" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H53" s="5">
-        <v>9744.0</v>
+        <v>92300.0</v>
       </c>
       <c r="I53" s="5">
-        <v>11790</v>
+        <v>111683</v>
       </c>
       <c r="J53" t="s">
-        <v>134</v>
+        <v>239</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B54">
-        <v>1.14</v>
+        <v>2.11</v>
       </c>
       <c r="C54" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D54" t="s">
-        <v>194</v>
+        <v>240</v>
       </c>
       <c r="E54" t="s">
-        <v>195</v>
+        <v>156</v>
       </c>
       <c r="F54" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G54" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H54" s="5">
-        <v>26208.0</v>
+        <v>89500.0</v>
       </c>
       <c r="I54" s="5">
-        <v>31712</v>
+        <v>108295</v>
       </c>
       <c r="J54" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B55">
-        <v>1.06</v>
+        <v>2.01</v>
       </c>
       <c r="C55" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D55" t="s">
-        <v>196</v>
+        <v>241</v>
       </c>
       <c r="E55" t="s">
-        <v>197</v>
+        <v>156</v>
       </c>
       <c r="F55" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G55" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H55" s="5">
-        <v>7732.0</v>
+        <v>85152.0</v>
       </c>
       <c r="I55" s="5">
-        <v>9356</v>
+        <v>103034</v>
       </c>
       <c r="J55" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B56">
-        <v>0.92</v>
+        <v>1.82</v>
       </c>
       <c r="C56" t="s">
-        <v>198</v>
+        <v>214</v>
       </c>
       <c r="D56" t="s">
-        <v>199</v>
+        <v>242</v>
       </c>
       <c r="E56" t="s">
-        <v>200</v>
+        <v>156</v>
       </c>
       <c r="F56" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G56" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H56" s="5">
-        <v>8560.0</v>
+        <v>99000.0</v>
       </c>
       <c r="I56" s="5">
-        <v>10358</v>
+        <v>119790</v>
       </c>
       <c r="J56" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B57">
-        <v>0.91</v>
+        <v>1.74</v>
       </c>
       <c r="C57" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D57" t="s">
-        <v>201</v>
+        <v>243</v>
       </c>
       <c r="E57" t="s">
-        <v>202</v>
+        <v>156</v>
       </c>
       <c r="F57" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G57" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H57" s="5">
-        <v>11928.0</v>
+        <v>47367.0</v>
       </c>
       <c r="I57" s="5">
-        <v>14433</v>
+        <v>57314</v>
       </c>
       <c r="J57" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B58">
-        <v>0.9</v>
+        <v>1.68</v>
       </c>
       <c r="C58" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D58" t="s">
-        <v>203</v>
+        <v>244</v>
       </c>
       <c r="E58" t="s">
-        <v>195</v>
+        <v>156</v>
       </c>
       <c r="F58" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G58" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H58" s="5">
-        <v>11872.0</v>
+        <v>35854.0</v>
       </c>
       <c r="I58" s="5">
-        <v>14365</v>
+        <v>43383</v>
       </c>
       <c r="J58" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B59">
-        <v>0.68</v>
+        <v>1.65</v>
       </c>
       <c r="C59" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D59" t="s">
-        <v>204</v>
+        <v>245</v>
       </c>
       <c r="E59" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="F59" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G59" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H59" s="5">
-        <v>5632.0</v>
+        <v>25255.0</v>
       </c>
       <c r="I59" s="5">
-        <v>6815</v>
+        <v>30559</v>
       </c>
       <c r="J59" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B60">
-        <v>0.65</v>
+        <v>1.62</v>
       </c>
       <c r="C60" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D60" t="s">
-        <v>206</v>
+        <v>246</v>
       </c>
       <c r="E60" t="s">
-        <v>195</v>
+        <v>156</v>
       </c>
       <c r="F60" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G60" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H60" s="5">
-        <v>8304.0</v>
+        <v>34867.0</v>
       </c>
       <c r="I60" s="5">
-        <v>10048</v>
+        <v>42189</v>
       </c>
       <c r="J60" t="s">
-        <v>207</v>
+        <v>159</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B61">
-        <v>0.64</v>
+        <v>1.48</v>
       </c>
       <c r="C61" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D61" t="s">
-        <v>208</v>
+        <v>247</v>
       </c>
       <c r="E61" t="s">
-        <v>195</v>
+        <v>156</v>
       </c>
       <c r="F61" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G61" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H61" s="5">
-        <v>9625.0</v>
+        <v>77000.0</v>
       </c>
       <c r="I61" s="5">
-        <v>11646</v>
+        <v>93170</v>
       </c>
       <c r="J61" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B62">
-        <v>0.59</v>
+        <v>1.34</v>
       </c>
       <c r="C62" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D62" t="s">
-        <v>209</v>
+        <v>248</v>
       </c>
       <c r="E62" t="s">
-        <v>195</v>
+        <v>156</v>
       </c>
       <c r="F62" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G62" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H62" s="5">
-        <v>9338.0</v>
+        <v>37935.0</v>
       </c>
       <c r="I62" s="5">
-        <v>11299</v>
+        <v>45901</v>
       </c>
       <c r="J62" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B63">
-        <v>0.56</v>
+        <v>1.3</v>
       </c>
       <c r="C63" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="D63" t="s">
-        <v>210</v>
+        <v>249</v>
       </c>
       <c r="E63" t="s">
-        <v>205</v>
+        <v>156</v>
       </c>
       <c r="F63" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G63" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H63" s="5">
-        <v>5236.0</v>
+        <v>28847.0</v>
       </c>
       <c r="I63" s="5">
-        <v>6336</v>
+        <v>34905</v>
       </c>
       <c r="J63" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B64">
-        <v>0.57</v>
+        <v>1.22</v>
       </c>
       <c r="C64" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D64" t="s">
-        <v>211</v>
+        <v>250</v>
       </c>
       <c r="E64" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="F64" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G64" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H64" s="5">
-        <v>6835.0</v>
+        <v>53988.0</v>
       </c>
       <c r="I64" s="5">
-        <v>8270</v>
+        <v>65325</v>
       </c>
       <c r="J64" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B65">
-        <v>0.5</v>
+        <v>1.21</v>
       </c>
       <c r="C65" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="D65" t="s">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="E65" t="s">
-        <v>214</v>
+        <v>156</v>
       </c>
       <c r="F65" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G65" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H65" s="5">
-        <v>6464.0</v>
+        <v>27363.0</v>
       </c>
       <c r="I65" s="5">
-        <v>7821</v>
+        <v>33109</v>
       </c>
       <c r="J65" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B66">
-        <v>0.47</v>
+        <v>1.18</v>
       </c>
       <c r="C66" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D66" t="s">
-        <v>215</v>
+        <v>252</v>
       </c>
       <c r="E66" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="F66" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G66" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H66" s="5">
-        <v>6306.0</v>
+        <v>26873.0</v>
       </c>
       <c r="I66" s="5">
-        <v>7630</v>
+        <v>32516</v>
       </c>
       <c r="J66" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B67">
-        <v>0.45</v>
+        <v>1.11</v>
       </c>
       <c r="C67" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D67" t="s">
-        <v>216</v>
+        <v>253</v>
       </c>
       <c r="E67" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="F67" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G67" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H67" s="5">
-        <v>6200.0</v>
+        <v>110000.0</v>
       </c>
       <c r="I67" s="5">
-        <v>7502</v>
+        <v>133100</v>
       </c>
       <c r="J67" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B68">
-        <v>0.39</v>
+        <v>1.07</v>
       </c>
       <c r="C68" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="D68" t="s">
-        <v>217</v>
+        <v>254</v>
       </c>
       <c r="E68" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="F68" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G68" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H68" s="5">
-        <v>5882.0</v>
+        <v>17900.0</v>
       </c>
       <c r="I68" s="5">
-        <v>7117</v>
+        <v>21659</v>
       </c>
       <c r="J68" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B69">
-        <v>0.37</v>
+        <v>1.05</v>
       </c>
       <c r="C69" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D69" t="s">
-        <v>218</v>
+        <v>255</v>
       </c>
       <c r="E69" t="s">
-        <v>214</v>
+        <v>156</v>
       </c>
       <c r="F69" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G69" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H69" s="5">
-        <v>5776.0</v>
+        <v>24731.0</v>
       </c>
       <c r="I69" s="5">
-        <v>6989</v>
+        <v>29925</v>
       </c>
       <c r="J69" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B70">
-        <v>0.29</v>
+        <v>1.05</v>
       </c>
       <c r="C70" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D70" t="s">
-        <v>219</v>
+        <v>256</v>
       </c>
       <c r="E70" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="F70" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G70" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H70" s="5">
-        <v>5352.0</v>
+        <v>17665.0</v>
       </c>
       <c r="I70" s="5">
-        <v>6476</v>
+        <v>21375</v>
       </c>
       <c r="J70" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B71">
-        <v>3.38</v>
+        <v>0.99</v>
       </c>
       <c r="C71" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D71" t="s">
-        <v>220</v>
+        <v>257</v>
       </c>
       <c r="E71" t="s">
-        <v>221</v>
+        <v>156</v>
       </c>
       <c r="F71" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G71" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H71" s="5">
-        <v>99000</v>
+        <v>14840.0</v>
       </c>
       <c r="I71" s="5">
-        <v>119790</v>
+        <v>17956</v>
       </c>
       <c r="J71" t="s">
-        <v>222</v>
+        <v>159</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B72">
-        <v>2.13</v>
+        <v>0.94</v>
       </c>
       <c r="C72" t="s">
-        <v>223</v>
+        <v>154</v>
       </c>
       <c r="D72" t="s">
-        <v>224</v>
+        <v>258</v>
       </c>
       <c r="E72" t="s">
-        <v>221</v>
+        <v>156</v>
       </c>
       <c r="F72" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G72" t="s">
-        <v>225</v>
+        <v>158</v>
       </c>
       <c r="H72" s="5">
-        <v>230000</v>
+        <v>18549.0</v>
       </c>
       <c r="I72" s="5">
-        <v>278300</v>
+        <v>22444</v>
       </c>
       <c r="J72" t="s">
-        <v>226</v>
+        <v>159</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B73">
-        <v>0.93</v>
+        <v>0.91</v>
       </c>
       <c r="C73" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D73" t="s">
-        <v>227</v>
+        <v>259</v>
       </c>
       <c r="E73" t="s">
-        <v>212</v>
+        <v>156</v>
       </c>
       <c r="F73" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G73" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H73" s="5">
-        <v>8202.0</v>
+        <v>14175.0</v>
       </c>
       <c r="I73" s="5">
-        <v>9924</v>
+        <v>17152</v>
       </c>
       <c r="J73" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B74">
-        <v>0.79</v>
+        <v>0.9</v>
       </c>
       <c r="C74" t="s">
-        <v>151</v>
+        <v>214</v>
       </c>
       <c r="D74" t="s">
-        <v>228</v>
+        <v>260</v>
       </c>
       <c r="E74" t="s">
-        <v>205</v>
+        <v>156</v>
       </c>
       <c r="F74" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G74" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H74" s="5">
-        <v>26181.0</v>
+        <v>10070.0</v>
       </c>
       <c r="I74" s="5">
-        <v>31679</v>
+        <v>12185</v>
       </c>
       <c r="J74" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B75">
-        <v>2.29</v>
+        <v>0.86</v>
       </c>
       <c r="C75" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D75" t="s">
-        <v>229</v>
+        <v>261</v>
       </c>
       <c r="E75" t="s">
-        <v>230</v>
+        <v>156</v>
       </c>
       <c r="F75" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G75" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H75" s="5">
-        <v>46697.0</v>
+        <v>13762.0</v>
       </c>
       <c r="I75" s="5">
-        <v>56503</v>
+        <v>16652</v>
       </c>
       <c r="J75" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B76">
-        <v>0.6</v>
+        <v>0.82</v>
       </c>
       <c r="C76" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D76" t="s">
-        <v>231</v>
+        <v>262</v>
       </c>
       <c r="E76" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F76" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G76" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H76" s="5">
-        <v>7999.0</v>
+        <v>5757.0</v>
       </c>
       <c r="I76" s="5">
-        <v>9679</v>
+        <v>6966</v>
       </c>
       <c r="J76" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K76" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B77">
-        <v>0.94</v>
+        <v>0.82</v>
       </c>
       <c r="C77" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="D77" t="s">
-        <v>232</v>
+        <v>263</v>
       </c>
       <c r="E77" t="s">
-        <v>233</v>
+        <v>156</v>
       </c>
       <c r="F77" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G77" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H77" s="5">
-        <v>39524.0</v>
+        <v>30852.0</v>
       </c>
       <c r="I77" s="5">
-        <v>47824</v>
+        <v>37331</v>
       </c>
       <c r="J77" t="s">
-        <v>130</v>
+        <v>167</v>
       </c>
       <c r="K77" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B78">
-        <v>1.28</v>
+        <v>0.8</v>
       </c>
       <c r="C78" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D78" t="s">
-        <v>234</v>
+        <v>264</v>
       </c>
       <c r="E78" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F78" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G78" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H78" s="5">
-        <v>4917.0</v>
+        <v>17064.0</v>
       </c>
       <c r="I78" s="5">
-        <v>5950</v>
+        <v>20647</v>
       </c>
       <c r="J78" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K78" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B79">
-        <v>0.56</v>
+        <v>0.75</v>
       </c>
       <c r="C79" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D79" t="s">
-        <v>235</v>
+        <v>265</v>
       </c>
       <c r="E79" t="s">
-        <v>236</v>
+        <v>188</v>
       </c>
       <c r="F79" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G79" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H79" s="5">
-        <v>24748.0</v>
+        <v>5511.0</v>
       </c>
       <c r="I79" s="5">
-        <v>29945</v>
+        <v>6668</v>
       </c>
       <c r="J79" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K79" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B80">
-        <v>0.47</v>
+        <v>0.73</v>
       </c>
       <c r="C80" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="D80" t="s">
-        <v>237</v>
+        <v>266</v>
       </c>
       <c r="E80" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="F80" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G80" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H80" s="5">
-        <v>7179.0</v>
+        <v>11949.0</v>
       </c>
       <c r="I80" s="5">
-        <v>8687</v>
+        <v>14458</v>
       </c>
       <c r="J80" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K80" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B81">
-        <v>0.66</v>
+        <v>0.69</v>
       </c>
       <c r="C81" t="s">
-        <v>125</v>
+        <v>182</v>
       </c>
       <c r="D81" t="s">
-        <v>238</v>
+        <v>267</v>
       </c>
       <c r="E81" t="s">
-        <v>233</v>
+        <v>156</v>
       </c>
       <c r="F81" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G81" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H81" s="5">
-        <v>3427.0</v>
+        <v>8300.0</v>
       </c>
       <c r="I81" s="5">
-        <v>4147</v>
+        <v>10043</v>
       </c>
       <c r="J81" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K81" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B82">
-        <v>0.65</v>
+        <v>0.57</v>
       </c>
       <c r="C82" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D82" t="s">
-        <v>239</v>
+        <v>268</v>
       </c>
       <c r="E82" t="s">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="F82" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G82" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H82" s="5">
-        <v>17307.0</v>
+        <v>10633.0</v>
       </c>
       <c r="I82" s="5">
-        <v>20941</v>
+        <v>12866</v>
       </c>
       <c r="J82" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K82" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B83">
-        <v>0.95</v>
+        <v>0.5</v>
       </c>
       <c r="C83" t="s">
-        <v>125</v>
+        <v>214</v>
       </c>
       <c r="D83" t="s">
-        <v>241</v>
+        <v>269</v>
       </c>
       <c r="E83" t="s">
-        <v>242</v>
+        <v>156</v>
       </c>
       <c r="F83" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G83" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H83" s="5">
-        <v>45950.0</v>
+        <v>10059.0</v>
       </c>
       <c r="I83" s="5">
-        <v>55600</v>
+        <v>12171</v>
       </c>
       <c r="J83" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K83" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B84">
-        <v>0.65</v>
+        <v>0.47</v>
       </c>
       <c r="C84" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D84" t="s">
-        <v>243</v>
+        <v>270</v>
       </c>
       <c r="E84" t="s">
-        <v>240</v>
+        <v>156</v>
       </c>
       <c r="F84" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G84" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H84" s="5">
-        <v>16340.0</v>
+        <v>8907.0</v>
       </c>
       <c r="I84" s="5">
-        <v>19771</v>
+        <v>10777</v>
       </c>
       <c r="J84" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K84" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B85">
-        <v>2.76</v>
+        <v>0.79</v>
       </c>
       <c r="C85" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D85" t="s">
-        <v>244</v>
+        <v>271</v>
       </c>
       <c r="E85" t="s">
-        <v>245</v>
+        <v>272</v>
       </c>
       <c r="F85" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G85" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H85" s="5">
-        <v>57350.0</v>
+        <v>6420.0</v>
       </c>
       <c r="I85" s="5">
-        <v>69394</v>
+        <v>7768</v>
       </c>
       <c r="J85" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K85" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B86">
-        <v>4.34</v>
+        <v>0.66</v>
       </c>
       <c r="C86" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D86" t="s">
-        <v>246</v>
+        <v>273</v>
       </c>
       <c r="E86" t="s">
-        <v>236</v>
+        <v>199</v>
       </c>
       <c r="F86" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G86" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H86" s="5">
-        <v>62990.0</v>
+        <v>9744.0</v>
       </c>
       <c r="I86" s="5">
-        <v>76218</v>
+        <v>11790</v>
       </c>
       <c r="J86" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K86" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B87">
-        <v>1.37</v>
+        <v>1.14</v>
       </c>
       <c r="C87" t="s">
-        <v>135</v>
+        <v>182</v>
       </c>
       <c r="D87" t="s">
-        <v>247</v>
+        <v>274</v>
       </c>
       <c r="E87" t="s">
-        <v>133</v>
+        <v>179</v>
       </c>
       <c r="F87" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G87" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H87" s="5">
-        <v>8091.0</v>
+        <v>26208.0</v>
       </c>
       <c r="I87" s="5">
-        <v>9790</v>
+        <v>31712</v>
       </c>
       <c r="J87" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K87" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B88">
-        <v>0.45</v>
+        <v>0.92</v>
       </c>
       <c r="C88" t="s">
-        <v>125</v>
+        <v>275</v>
       </c>
       <c r="D88" t="s">
-        <v>248</v>
+        <v>276</v>
       </c>
       <c r="E88" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="F88" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G88" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H88" s="5">
-        <v>6623.0</v>
+        <v>8560.0</v>
       </c>
       <c r="I88" s="5">
-        <v>8014</v>
+        <v>10358</v>
       </c>
       <c r="J88" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K88" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B89">
-        <v>0.68</v>
+        <v>0.91</v>
       </c>
       <c r="C89" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D89" t="s">
-        <v>250</v>
+        <v>278</v>
       </c>
       <c r="E89" t="s">
-        <v>251</v>
+        <v>207</v>
       </c>
       <c r="F89" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G89" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H89" s="5">
-        <v>10460.0</v>
+        <v>11928.0</v>
       </c>
       <c r="I89" s="5">
-        <v>12657</v>
+        <v>14433</v>
       </c>
       <c r="J89" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K89" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B90">
-        <v>0.38</v>
+        <v>0.9</v>
       </c>
       <c r="C90" t="s">
-        <v>135</v>
+        <v>200</v>
       </c>
       <c r="D90" t="s">
-        <v>252</v>
+        <v>279</v>
       </c>
       <c r="E90" t="s">
-        <v>205</v>
+        <v>179</v>
       </c>
       <c r="F90" t="s">
-        <v>253</v>
+        <v>157</v>
       </c>
       <c r="G90" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H90" s="5">
-        <v>5591.0</v>
+        <v>11872.0</v>
       </c>
       <c r="I90" s="5">
-        <v>6765</v>
+        <v>14365</v>
       </c>
       <c r="J90" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K90" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B91">
-        <v>0.94</v>
+        <v>0.68</v>
       </c>
       <c r="C91" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D91" t="s">
-        <v>254</v>
+        <v>280</v>
       </c>
       <c r="E91" t="s">
-        <v>133</v>
+        <v>281</v>
       </c>
       <c r="F91" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G91" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H91" s="5">
-        <v>27600.0</v>
+        <v>5632.0</v>
       </c>
       <c r="I91" s="5">
-        <v>33396</v>
+        <v>6815</v>
       </c>
       <c r="J91" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K91" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B92">
-        <v>0.76</v>
+        <v>0.65</v>
       </c>
       <c r="C92" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D92" t="s">
-        <v>255</v>
+        <v>282</v>
       </c>
       <c r="E92" t="s">
-        <v>221</v>
+        <v>179</v>
       </c>
       <c r="F92" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G92" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H92" s="5">
-        <v>15100.0</v>
+        <v>8304.0</v>
       </c>
       <c r="I92" s="5">
-        <v>18271</v>
+        <v>10048</v>
       </c>
       <c r="J92" t="s">
-        <v>130</v>
+        <v>283</v>
       </c>
       <c r="K92" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B93">
-        <v>0.82</v>
+        <v>0.64</v>
       </c>
       <c r="C93" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D93" t="s">
-        <v>256</v>
+        <v>284</v>
       </c>
       <c r="E93" t="s">
-        <v>133</v>
+        <v>179</v>
       </c>
       <c r="F93" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G93" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H93" s="5">
-        <v>22700.0</v>
+        <v>9625.0</v>
       </c>
       <c r="I93" s="5">
-        <v>27467</v>
+        <v>11646</v>
       </c>
       <c r="J93" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K93" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B94">
-        <v>1.24</v>
+        <v>0.59</v>
       </c>
       <c r="C94" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D94" t="s">
-        <v>257</v>
+        <v>285</v>
       </c>
       <c r="E94" t="s">
-        <v>127</v>
+        <v>179</v>
       </c>
       <c r="F94" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G94" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H94" s="5">
-        <v>32079.0</v>
+        <v>9338.0</v>
       </c>
       <c r="I94" s="5">
-        <v>38816</v>
+        <v>11299</v>
       </c>
       <c r="J94" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K94" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B95">
-        <v>1.03</v>
+        <v>0.56</v>
       </c>
       <c r="C95" t="s">
-        <v>125</v>
+        <v>214</v>
       </c>
       <c r="D95" t="s">
-        <v>258</v>
+        <v>286</v>
       </c>
       <c r="E95" t="s">
-        <v>133</v>
+        <v>281</v>
       </c>
       <c r="F95" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G95" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H95" s="5">
-        <v>21048.0</v>
+        <v>5236.0</v>
       </c>
       <c r="I95" s="5">
-        <v>25468</v>
+        <v>6336</v>
       </c>
       <c r="J95" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K95" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B96">
-        <v>0.87</v>
+        <v>0.57</v>
       </c>
       <c r="C96" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="D96" t="s">
-        <v>259</v>
+        <v>287</v>
       </c>
       <c r="E96" t="s">
-        <v>127</v>
+        <v>288</v>
       </c>
       <c r="F96" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G96" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H96" s="5">
-        <v>23028.0</v>
+        <v>6835.0</v>
       </c>
       <c r="I96" s="5">
-        <v>27864</v>
+        <v>8270</v>
       </c>
       <c r="J96" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K96" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B97">
-        <v>0.84</v>
+        <v>0.5</v>
       </c>
       <c r="C97" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D97" t="s">
-        <v>260</v>
+        <v>289</v>
       </c>
       <c r="E97" t="s">
-        <v>133</v>
+        <v>290</v>
       </c>
       <c r="F97" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G97" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H97" s="5">
-        <v>30096.0</v>
+        <v>6464.0</v>
       </c>
       <c r="I97" s="5">
-        <v>36416</v>
+        <v>7821</v>
       </c>
       <c r="J97" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K97" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B98">
-        <v>0.78</v>
+        <v>0.47</v>
       </c>
       <c r="C98" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="D98" t="s">
-        <v>261</v>
+        <v>291</v>
       </c>
       <c r="E98" t="s">
-        <v>133</v>
+        <v>288</v>
       </c>
       <c r="F98" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G98" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H98" s="5">
-        <v>12397.0</v>
+        <v>6306.0</v>
       </c>
       <c r="I98" s="5">
-        <v>15000</v>
+        <v>7630</v>
       </c>
       <c r="J98" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K98" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B99">
-        <v>0.72</v>
+        <v>0.45</v>
       </c>
       <c r="C99" t="s">
-        <v>262</v>
+        <v>200</v>
       </c>
       <c r="D99" t="s">
-        <v>263</v>
+        <v>292</v>
       </c>
       <c r="E99" t="s">
-        <v>133</v>
+        <v>288</v>
       </c>
       <c r="F99" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G99" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H99" s="5">
-        <v>6039.0</v>
+        <v>6200.0</v>
       </c>
       <c r="I99" s="5">
-        <v>7307</v>
+        <v>7502</v>
       </c>
       <c r="J99" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K99" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B100">
-        <v>0.51</v>
+        <v>0.39</v>
       </c>
       <c r="C100" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="D100" t="s">
-        <v>264</v>
+        <v>293</v>
       </c>
       <c r="E100" t="s">
-        <v>265</v>
+        <v>288</v>
       </c>
       <c r="F100" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G100" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H100" s="5">
-        <v>8509.0</v>
+        <v>5882.0</v>
       </c>
       <c r="I100" s="5">
-        <v>10296</v>
+        <v>7117</v>
       </c>
       <c r="J100" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K100" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B101">
-        <v>1.07</v>
+        <v>0.37</v>
       </c>
       <c r="C101" t="s">
-        <v>125</v>
+        <v>200</v>
       </c>
       <c r="D101" t="s">
-        <v>266</v>
+        <v>294</v>
       </c>
       <c r="E101" t="s">
-        <v>145</v>
+        <v>290</v>
       </c>
       <c r="F101" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G101" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H101" s="5">
-        <v>29700.0</v>
+        <v>5776.0</v>
       </c>
       <c r="I101" s="5">
-        <v>35937</v>
+        <v>6989</v>
       </c>
       <c r="J101" t="s">
-        <v>130</v>
+        <v>159</v>
       </c>
       <c r="K101" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B102">
-        <v>1.25</v>
+        <v>3.38</v>
       </c>
       <c r="C102" t="s">
-        <v>125</v>
+        <v>154</v>
       </c>
       <c r="D102" t="s">
-        <v>267</v>
+        <v>295</v>
       </c>
       <c r="E102" t="s">
-        <v>127</v>
+        <v>296</v>
       </c>
       <c r="F102" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G102" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H102" s="5">
-        <v>25500.0</v>
+        <v>99000</v>
       </c>
       <c r="I102" s="5">
-        <v>30855</v>
+        <v>119790</v>
       </c>
       <c r="J102" t="s">
-        <v>130</v>
+        <v>297</v>
       </c>
       <c r="K102" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B103">
-        <v>1.33</v>
+        <v>2.13</v>
       </c>
       <c r="C103" t="s">
-        <v>125</v>
+        <v>298</v>
       </c>
       <c r="D103" t="s">
-        <v>268</v>
+        <v>299</v>
       </c>
       <c r="E103" t="s">
-        <v>269</v>
+        <v>296</v>
       </c>
       <c r="F103" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G103" t="s">
-        <v>129</v>
+        <v>300</v>
       </c>
       <c r="H103" s="5">
-        <v>32600.0</v>
+        <v>230000</v>
       </c>
       <c r="I103" s="5">
-        <v>39446</v>
+        <v>278300</v>
       </c>
       <c r="J103" t="s">
-        <v>270</v>
+        <v>301</v>
       </c>
       <c r="K103" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B104">
-        <v>0.49</v>
+        <v>0.93</v>
       </c>
       <c r="C104" t="s">
-        <v>271</v>
+        <v>154</v>
       </c>
       <c r="D104" t="s">
-        <v>272</v>
+        <v>302</v>
       </c>
       <c r="E104" t="s">
-        <v>221</v>
+        <v>288</v>
       </c>
       <c r="F104" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G104" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H104" s="5">
-        <v>7752.0</v>
+        <v>8202.0</v>
       </c>
       <c r="I104" s="5">
-        <v>9380</v>
+        <v>9924</v>
       </c>
       <c r="J104" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K104" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B105">
-        <v>0.55</v>
+        <v>0.79</v>
       </c>
       <c r="C105" t="s">
-        <v>273</v>
+        <v>200</v>
       </c>
       <c r="D105" t="s">
-        <v>274</v>
+        <v>303</v>
       </c>
       <c r="E105" t="s">
-        <v>221</v>
+        <v>281</v>
       </c>
       <c r="F105" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G105" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H105" s="5">
-        <v>8103.0</v>
+        <v>26181.0</v>
       </c>
       <c r="I105" s="5">
-        <v>9805</v>
+        <v>31679</v>
       </c>
       <c r="J105" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K105" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B106">
-        <v>0.55</v>
+        <v>2.29</v>
       </c>
       <c r="C106" t="s">
-        <v>275</v>
+        <v>154</v>
       </c>
       <c r="D106" t="s">
-        <v>276</v>
+        <v>304</v>
       </c>
       <c r="E106" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="F106" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G106" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H106" s="5">
-        <v>6078.0</v>
+        <v>46697.0</v>
       </c>
       <c r="I106" s="5">
-        <v>7354</v>
+        <v>56503</v>
       </c>
       <c r="J106" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K106" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B107">
-        <v>3.5</v>
+        <v>0.6</v>
       </c>
       <c r="C107" t="s">
-        <v>277</v>
+        <v>154</v>
       </c>
       <c r="D107" t="s">
-        <v>278</v>
+        <v>306</v>
       </c>
       <c r="E107" t="s">
-        <v>279</v>
+        <v>156</v>
       </c>
       <c r="F107" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G107" t="s">
-        <v>280</v>
+        <v>158</v>
       </c>
       <c r="H107" s="5">
-        <v>89900.0</v>
+        <v>7999.0</v>
       </c>
       <c r="I107" s="5">
-        <v>108779</v>
+        <v>9679</v>
       </c>
       <c r="J107" t="s">
-        <v>281</v>
+        <v>159</v>
       </c>
       <c r="K107" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B108">
-        <v>1.08</v>
+        <v>0.94</v>
       </c>
       <c r="C108" t="s">
-        <v>273</v>
+        <v>154</v>
       </c>
       <c r="D108" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="E108" t="s">
-        <v>145</v>
+        <v>308</v>
       </c>
       <c r="F108" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G108" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H108" s="5">
-        <v>6967.0</v>
+        <v>39524.0</v>
       </c>
       <c r="I108" s="5">
-        <v>8430</v>
+        <v>47824</v>
       </c>
       <c r="J108" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K108" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B109">
-        <v>0.98</v>
+        <v>1.28</v>
       </c>
       <c r="C109" t="s">
-        <v>271</v>
+        <v>154</v>
       </c>
       <c r="D109" t="s">
-        <v>283</v>
+        <v>309</v>
       </c>
       <c r="E109" t="s">
-        <v>127</v>
+        <v>156</v>
       </c>
       <c r="F109" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G109" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H109" s="5">
-        <v>9852.0</v>
+        <v>4917.0</v>
       </c>
       <c r="I109" s="5">
-        <v>11921</v>
+        <v>5950</v>
       </c>
       <c r="J109" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K109" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B110">
-        <v>0.79</v>
+        <v>0.56</v>
       </c>
       <c r="C110" t="s">
-        <v>271</v>
+        <v>154</v>
       </c>
       <c r="D110" t="s">
-        <v>284</v>
+        <v>310</v>
       </c>
       <c r="E110" t="s">
-        <v>127</v>
+        <v>311</v>
       </c>
       <c r="F110" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G110" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H110" s="5">
-        <v>8716.0</v>
+        <v>24748.0</v>
       </c>
       <c r="I110" s="5">
-        <v>10546</v>
+        <v>29945</v>
       </c>
       <c r="J110" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K110" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B111">
-        <v>1.26</v>
+        <v>0.47</v>
       </c>
       <c r="C111" t="s">
-        <v>285</v>
+        <v>214</v>
       </c>
       <c r="D111" t="s">
-        <v>286</v>
+        <v>312</v>
       </c>
       <c r="E111" t="s">
-        <v>127</v>
+        <v>156</v>
       </c>
       <c r="F111" t="s">
-        <v>287</v>
+        <v>157</v>
       </c>
       <c r="G111" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H111" s="5">
-        <v>7685.0</v>
+        <v>7179.0</v>
       </c>
       <c r="I111" s="5">
-        <v>9299</v>
+        <v>8687</v>
       </c>
       <c r="J111" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K111" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B112">
-        <v>1.18</v>
+        <v>0.66</v>
       </c>
       <c r="C112" t="s">
-        <v>271</v>
+        <v>154</v>
       </c>
       <c r="D112" t="s">
-        <v>288</v>
+        <v>313</v>
       </c>
       <c r="E112" t="s">
-        <v>221</v>
+        <v>308</v>
       </c>
       <c r="F112" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G112" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H112" s="5">
-        <v>7366.0</v>
+        <v>3427.0</v>
       </c>
       <c r="I112" s="5">
-        <v>8913</v>
+        <v>4147</v>
       </c>
       <c r="J112" t="s">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="K112" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" t="s">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="B113">
-        <v>1.34</v>
+        <v>0.65</v>
       </c>
       <c r="C113" t="s">
-        <v>271</v>
+        <v>154</v>
       </c>
       <c r="D113" t="s">
-        <v>289</v>
+        <v>314</v>
       </c>
       <c r="E113" t="s">
-        <v>127</v>
+        <v>315</v>
       </c>
       <c r="F113" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="G113" t="s">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H113" s="5">
-        <v>8004.0</v>
+        <v>17307.0</v>
       </c>
       <c r="I113" s="5">
-        <v>9685</v>
+        <v>20941</v>
       </c>
       <c r="J113" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="K113" t="s">
         <v>123</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13">
+      <c r="A114" t="s">
+        <v>153</v>
+      </c>
+      <c r="B114">
+        <v>0.95</v>
+      </c>
+      <c r="C114" t="s">
+        <v>154</v>
+      </c>
+      <c r="D114" t="s">
+        <v>316</v>
+      </c>
+      <c r="E114" t="s">
+        <v>317</v>
+      </c>
+      <c r="F114" t="s">
+        <v>157</v>
+      </c>
+      <c r="G114" t="s">
+        <v>158</v>
+      </c>
+      <c r="H114" s="5">
+        <v>45950.0</v>
+      </c>
+      <c r="I114" s="5">
+        <v>55600</v>
+      </c>
+      <c r="J114" t="s">
+        <v>167</v>
+      </c>
+      <c r="K114" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13">
+      <c r="A115" t="s">
+        <v>153</v>
+      </c>
+      <c r="B115">
+        <v>0.65</v>
+      </c>
+      <c r="C115" t="s">
+        <v>154</v>
+      </c>
+      <c r="D115" t="s">
+        <v>318</v>
+      </c>
+      <c r="E115" t="s">
+        <v>315</v>
+      </c>
+      <c r="F115" t="s">
+        <v>157</v>
+      </c>
+      <c r="G115" t="s">
+        <v>158</v>
+      </c>
+      <c r="H115" s="5">
+        <v>16340.0</v>
+      </c>
+      <c r="I115" s="5">
+        <v>19771</v>
+      </c>
+      <c r="J115" t="s">
+        <v>167</v>
+      </c>
+      <c r="K115" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13">
+      <c r="A116" t="s">
+        <v>153</v>
+      </c>
+      <c r="B116">
+        <v>2.76</v>
+      </c>
+      <c r="C116" t="s">
+        <v>182</v>
+      </c>
+      <c r="D116" t="s">
+        <v>319</v>
+      </c>
+      <c r="E116" t="s">
+        <v>320</v>
+      </c>
+      <c r="F116" t="s">
+        <v>157</v>
+      </c>
+      <c r="G116" t="s">
+        <v>158</v>
+      </c>
+      <c r="H116" s="5">
+        <v>57350.0</v>
+      </c>
+      <c r="I116" s="5">
+        <v>69394</v>
+      </c>
+      <c r="J116" t="s">
+        <v>167</v>
+      </c>
+      <c r="K116" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13">
+      <c r="A117" t="s">
+        <v>153</v>
+      </c>
+      <c r="B117">
+        <v>4.34</v>
+      </c>
+      <c r="C117" t="s">
+        <v>154</v>
+      </c>
+      <c r="D117" t="s">
+        <v>321</v>
+      </c>
+      <c r="E117" t="s">
+        <v>311</v>
+      </c>
+      <c r="F117" t="s">
+        <v>157</v>
+      </c>
+      <c r="G117" t="s">
+        <v>158</v>
+      </c>
+      <c r="H117" s="5">
+        <v>62990.0</v>
+      </c>
+      <c r="I117" s="5">
+        <v>76218</v>
+      </c>
+      <c r="J117" t="s">
+        <v>167</v>
+      </c>
+      <c r="K117" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13">
+      <c r="A118" t="s">
+        <v>153</v>
+      </c>
+      <c r="B118">
+        <v>1.37</v>
+      </c>
+      <c r="C118" t="s">
+        <v>214</v>
+      </c>
+      <c r="D118" t="s">
+        <v>322</v>
+      </c>
+      <c r="E118" t="s">
+        <v>156</v>
+      </c>
+      <c r="F118" t="s">
+        <v>157</v>
+      </c>
+      <c r="G118" t="s">
+        <v>158</v>
+      </c>
+      <c r="H118" s="5">
+        <v>8091.0</v>
+      </c>
+      <c r="I118" s="5">
+        <v>9790</v>
+      </c>
+      <c r="J118" t="s">
+        <v>159</v>
+      </c>
+      <c r="K118" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13">
+      <c r="A119" t="s">
+        <v>153</v>
+      </c>
+      <c r="B119">
+        <v>0.45</v>
+      </c>
+      <c r="C119" t="s">
+        <v>154</v>
+      </c>
+      <c r="D119" t="s">
+        <v>323</v>
+      </c>
+      <c r="E119" t="s">
+        <v>324</v>
+      </c>
+      <c r="F119" t="s">
+        <v>157</v>
+      </c>
+      <c r="G119" t="s">
+        <v>158</v>
+      </c>
+      <c r="H119" s="5">
+        <v>6623.0</v>
+      </c>
+      <c r="I119" s="5">
+        <v>8014</v>
+      </c>
+      <c r="J119" t="s">
+        <v>159</v>
+      </c>
+      <c r="K119" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13">
+      <c r="A120" t="s">
+        <v>153</v>
+      </c>
+      <c r="B120">
+        <v>0.68</v>
+      </c>
+      <c r="C120" t="s">
+        <v>154</v>
+      </c>
+      <c r="D120" t="s">
+        <v>325</v>
+      </c>
+      <c r="E120" t="s">
+        <v>326</v>
+      </c>
+      <c r="F120" t="s">
+        <v>157</v>
+      </c>
+      <c r="G120" t="s">
+        <v>158</v>
+      </c>
+      <c r="H120" s="5">
+        <v>10460.0</v>
+      </c>
+      <c r="I120" s="5">
+        <v>12657</v>
+      </c>
+      <c r="J120" t="s">
+        <v>159</v>
+      </c>
+      <c r="K120" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13">
+      <c r="A121" t="s">
+        <v>153</v>
+      </c>
+      <c r="B121">
+        <v>0.38</v>
+      </c>
+      <c r="C121" t="s">
+        <v>214</v>
+      </c>
+      <c r="D121" t="s">
+        <v>327</v>
+      </c>
+      <c r="E121" t="s">
+        <v>281</v>
+      </c>
+      <c r="F121" t="s">
+        <v>328</v>
+      </c>
+      <c r="G121" t="s">
+        <v>158</v>
+      </c>
+      <c r="H121" s="5">
+        <v>5591.0</v>
+      </c>
+      <c r="I121" s="5">
+        <v>6765</v>
+      </c>
+      <c r="J121" t="s">
+        <v>159</v>
+      </c>
+      <c r="K121" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13">
+      <c r="A122" t="s">
+        <v>153</v>
+      </c>
+      <c r="B122">
+        <v>0.94</v>
+      </c>
+      <c r="C122" t="s">
+        <v>154</v>
+      </c>
+      <c r="D122" t="s">
+        <v>329</v>
+      </c>
+      <c r="E122" t="s">
+        <v>156</v>
+      </c>
+      <c r="F122" t="s">
+        <v>157</v>
+      </c>
+      <c r="G122" t="s">
+        <v>158</v>
+      </c>
+      <c r="H122" s="5">
+        <v>27600.0</v>
+      </c>
+      <c r="I122" s="5">
+        <v>33396</v>
+      </c>
+      <c r="J122" t="s">
+        <v>167</v>
+      </c>
+      <c r="K122" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13">
+      <c r="A123" t="s">
+        <v>153</v>
+      </c>
+      <c r="B123">
+        <v>0.76</v>
+      </c>
+      <c r="C123" t="s">
+        <v>154</v>
+      </c>
+      <c r="D123" t="s">
+        <v>330</v>
+      </c>
+      <c r="E123" t="s">
+        <v>296</v>
+      </c>
+      <c r="F123" t="s">
+        <v>157</v>
+      </c>
+      <c r="G123" t="s">
+        <v>158</v>
+      </c>
+      <c r="H123" s="5">
+        <v>15100.0</v>
+      </c>
+      <c r="I123" s="5">
+        <v>18271</v>
+      </c>
+      <c r="J123" t="s">
+        <v>167</v>
+      </c>
+      <c r="K123" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13">
+      <c r="A124" t="s">
+        <v>153</v>
+      </c>
+      <c r="B124">
+        <v>0.82</v>
+      </c>
+      <c r="C124" t="s">
+        <v>154</v>
+      </c>
+      <c r="D124" t="s">
+        <v>331</v>
+      </c>
+      <c r="E124" t="s">
+        <v>156</v>
+      </c>
+      <c r="F124" t="s">
+        <v>157</v>
+      </c>
+      <c r="G124" t="s">
+        <v>158</v>
+      </c>
+      <c r="H124" s="5">
+        <v>22700.0</v>
+      </c>
+      <c r="I124" s="5">
+        <v>27467</v>
+      </c>
+      <c r="J124" t="s">
+        <v>167</v>
+      </c>
+      <c r="K124" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13">
+      <c r="A125" t="s">
+        <v>153</v>
+      </c>
+      <c r="B125">
+        <v>1.24</v>
+      </c>
+      <c r="C125" t="s">
+        <v>154</v>
+      </c>
+      <c r="D125" t="s">
+        <v>332</v>
+      </c>
+      <c r="E125" t="s">
+        <v>193</v>
+      </c>
+      <c r="F125" t="s">
+        <v>157</v>
+      </c>
+      <c r="G125" t="s">
+        <v>158</v>
+      </c>
+      <c r="H125" s="5">
+        <v>32079.0</v>
+      </c>
+      <c r="I125" s="5">
+        <v>38816</v>
+      </c>
+      <c r="J125" t="s">
+        <v>167</v>
+      </c>
+      <c r="K125" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13">
+      <c r="A126" t="s">
+        <v>153</v>
+      </c>
+      <c r="B126">
+        <v>1.03</v>
+      </c>
+      <c r="C126" t="s">
+        <v>154</v>
+      </c>
+      <c r="D126" t="s">
+        <v>333</v>
+      </c>
+      <c r="E126" t="s">
+        <v>156</v>
+      </c>
+      <c r="F126" t="s">
+        <v>157</v>
+      </c>
+      <c r="G126" t="s">
+        <v>158</v>
+      </c>
+      <c r="H126" s="5">
+        <v>21048.0</v>
+      </c>
+      <c r="I126" s="5">
+        <v>25468</v>
+      </c>
+      <c r="J126" t="s">
+        <v>167</v>
+      </c>
+      <c r="K126" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13">
+      <c r="A127" t="s">
+        <v>153</v>
+      </c>
+      <c r="B127">
+        <v>0.87</v>
+      </c>
+      <c r="C127" t="s">
+        <v>154</v>
+      </c>
+      <c r="D127" t="s">
+        <v>334</v>
+      </c>
+      <c r="E127" t="s">
+        <v>193</v>
+      </c>
+      <c r="F127" t="s">
+        <v>157</v>
+      </c>
+      <c r="G127" t="s">
+        <v>158</v>
+      </c>
+      <c r="H127" s="5">
+        <v>23028.0</v>
+      </c>
+      <c r="I127" s="5">
+        <v>27864</v>
+      </c>
+      <c r="J127" t="s">
+        <v>167</v>
+      </c>
+      <c r="K127" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13">
+      <c r="A128" t="s">
+        <v>153</v>
+      </c>
+      <c r="B128">
+        <v>0.84</v>
+      </c>
+      <c r="C128" t="s">
+        <v>154</v>
+      </c>
+      <c r="D128" t="s">
+        <v>335</v>
+      </c>
+      <c r="E128" t="s">
+        <v>156</v>
+      </c>
+      <c r="F128" t="s">
+        <v>157</v>
+      </c>
+      <c r="G128" t="s">
+        <v>158</v>
+      </c>
+      <c r="H128" s="5">
+        <v>30096.0</v>
+      </c>
+      <c r="I128" s="5">
+        <v>36416</v>
+      </c>
+      <c r="J128" t="s">
+        <v>167</v>
+      </c>
+      <c r="K128" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13">
+      <c r="A129" t="s">
+        <v>153</v>
+      </c>
+      <c r="B129">
+        <v>0.78</v>
+      </c>
+      <c r="C129" t="s">
+        <v>154</v>
+      </c>
+      <c r="D129" t="s">
+        <v>336</v>
+      </c>
+      <c r="E129" t="s">
+        <v>156</v>
+      </c>
+      <c r="F129" t="s">
+        <v>157</v>
+      </c>
+      <c r="G129" t="s">
+        <v>158</v>
+      </c>
+      <c r="H129" s="5">
+        <v>12397.0</v>
+      </c>
+      <c r="I129" s="5">
+        <v>15000</v>
+      </c>
+      <c r="J129" t="s">
+        <v>167</v>
+      </c>
+      <c r="K129" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13">
+      <c r="A130" t="s">
+        <v>153</v>
+      </c>
+      <c r="B130">
+        <v>0.72</v>
+      </c>
+      <c r="C130" t="s">
+        <v>337</v>
+      </c>
+      <c r="D130" t="s">
+        <v>338</v>
+      </c>
+      <c r="E130" t="s">
+        <v>156</v>
+      </c>
+      <c r="F130" t="s">
+        <v>157</v>
+      </c>
+      <c r="G130" t="s">
+        <v>158</v>
+      </c>
+      <c r="H130" s="5">
+        <v>6039.0</v>
+      </c>
+      <c r="I130" s="5">
+        <v>7307</v>
+      </c>
+      <c r="J130" t="s">
+        <v>159</v>
+      </c>
+      <c r="K130" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13">
+      <c r="A131" t="s">
+        <v>153</v>
+      </c>
+      <c r="B131">
+        <v>0.51</v>
+      </c>
+      <c r="C131" t="s">
+        <v>154</v>
+      </c>
+      <c r="D131" t="s">
+        <v>339</v>
+      </c>
+      <c r="E131" t="s">
+        <v>340</v>
+      </c>
+      <c r="F131" t="s">
+        <v>157</v>
+      </c>
+      <c r="G131" t="s">
+        <v>158</v>
+      </c>
+      <c r="H131" s="5">
+        <v>8509.0</v>
+      </c>
+      <c r="I131" s="5">
+        <v>10296</v>
+      </c>
+      <c r="J131" t="s">
+        <v>159</v>
+      </c>
+      <c r="K131" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13">
+      <c r="A132" t="s">
+        <v>153</v>
+      </c>
+      <c r="B132">
+        <v>1.07</v>
+      </c>
+      <c r="C132" t="s">
+        <v>154</v>
+      </c>
+      <c r="D132" t="s">
+        <v>341</v>
+      </c>
+      <c r="E132" t="s">
+        <v>188</v>
+      </c>
+      <c r="F132" t="s">
+        <v>157</v>
+      </c>
+      <c r="G132" t="s">
+        <v>158</v>
+      </c>
+      <c r="H132" s="5">
+        <v>29700.0</v>
+      </c>
+      <c r="I132" s="5">
+        <v>35937</v>
+      </c>
+      <c r="J132" t="s">
+        <v>167</v>
+      </c>
+      <c r="K132" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13">
+      <c r="A133" t="s">
+        <v>153</v>
+      </c>
+      <c r="B133">
+        <v>1.25</v>
+      </c>
+      <c r="C133" t="s">
+        <v>154</v>
+      </c>
+      <c r="D133" t="s">
+        <v>342</v>
+      </c>
+      <c r="E133" t="s">
+        <v>193</v>
+      </c>
+      <c r="F133" t="s">
+        <v>157</v>
+      </c>
+      <c r="G133" t="s">
+        <v>158</v>
+      </c>
+      <c r="H133" s="5">
+        <v>25500.0</v>
+      </c>
+      <c r="I133" s="5">
+        <v>30855</v>
+      </c>
+      <c r="J133" t="s">
+        <v>167</v>
+      </c>
+      <c r="K133" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13">
+      <c r="A134" t="s">
+        <v>153</v>
+      </c>
+      <c r="B134">
+        <v>1.33</v>
+      </c>
+      <c r="C134" t="s">
+        <v>154</v>
+      </c>
+      <c r="D134" t="s">
+        <v>343</v>
+      </c>
+      <c r="E134" t="s">
+        <v>344</v>
+      </c>
+      <c r="F134" t="s">
+        <v>157</v>
+      </c>
+      <c r="G134" t="s">
+        <v>158</v>
+      </c>
+      <c r="H134" s="5">
+        <v>32600.0</v>
+      </c>
+      <c r="I134" s="5">
+        <v>39446</v>
+      </c>
+      <c r="J134" t="s">
+        <v>345</v>
+      </c>
+      <c r="K134" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13">
+      <c r="A135" t="s">
+        <v>153</v>
+      </c>
+      <c r="B135">
+        <v>0.55</v>
+      </c>
+      <c r="C135" t="s">
+        <v>346</v>
+      </c>
+      <c r="D135" t="s">
+        <v>347</v>
+      </c>
+      <c r="E135" t="s">
+        <v>296</v>
+      </c>
+      <c r="F135" t="s">
+        <v>157</v>
+      </c>
+      <c r="G135" t="s">
+        <v>158</v>
+      </c>
+      <c r="H135" s="5">
+        <v>8103.0</v>
+      </c>
+      <c r="I135" s="5">
+        <v>9805</v>
+      </c>
+      <c r="J135" t="s">
+        <v>159</v>
+      </c>
+      <c r="K135" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13">
+      <c r="A136" t="s">
+        <v>153</v>
+      </c>
+      <c r="B136">
+        <v>0.55</v>
+      </c>
+      <c r="C136" t="s">
+        <v>348</v>
+      </c>
+      <c r="D136" t="s">
+        <v>349</v>
+      </c>
+      <c r="E136" t="s">
+        <v>296</v>
+      </c>
+      <c r="F136" t="s">
+        <v>157</v>
+      </c>
+      <c r="G136" t="s">
+        <v>158</v>
+      </c>
+      <c r="H136" s="5">
+        <v>6078.0</v>
+      </c>
+      <c r="I136" s="5">
+        <v>7354</v>
+      </c>
+      <c r="J136" t="s">
+        <v>159</v>
+      </c>
+      <c r="K136" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13">
+      <c r="A137" t="s">
+        <v>153</v>
+      </c>
+      <c r="B137">
+        <v>3.5</v>
+      </c>
+      <c r="C137" t="s">
+        <v>350</v>
+      </c>
+      <c r="D137" t="s">
+        <v>351</v>
+      </c>
+      <c r="E137" t="s">
+        <v>352</v>
+      </c>
+      <c r="F137" t="s">
+        <v>157</v>
+      </c>
+      <c r="G137" t="s">
+        <v>353</v>
+      </c>
+      <c r="H137" s="5">
+        <v>89900.0</v>
+      </c>
+      <c r="I137" s="5">
+        <v>108779</v>
+      </c>
+      <c r="J137" t="s">
+        <v>354</v>
+      </c>
+      <c r="K137" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13">
+      <c r="A138" t="s">
+        <v>153</v>
+      </c>
+      <c r="B138">
+        <v>1.08</v>
+      </c>
+      <c r="C138" t="s">
+        <v>346</v>
+      </c>
+      <c r="D138" t="s">
+        <v>355</v>
+      </c>
+      <c r="E138" t="s">
+        <v>188</v>
+      </c>
+      <c r="F138" t="s">
+        <v>157</v>
+      </c>
+      <c r="G138" t="s">
+        <v>158</v>
+      </c>
+      <c r="H138" s="5">
+        <v>6967.0</v>
+      </c>
+      <c r="I138" s="5">
+        <v>8430</v>
+      </c>
+      <c r="J138" t="s">
+        <v>159</v>
+      </c>
+      <c r="K138" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13">
+      <c r="A139" t="s">
+        <v>153</v>
+      </c>
+      <c r="B139">
+        <v>0.98</v>
+      </c>
+      <c r="C139" t="s">
+        <v>356</v>
+      </c>
+      <c r="D139" t="s">
+        <v>357</v>
+      </c>
+      <c r="E139" t="s">
+        <v>193</v>
+      </c>
+      <c r="F139" t="s">
+        <v>157</v>
+      </c>
+      <c r="G139" t="s">
+        <v>158</v>
+      </c>
+      <c r="H139" s="5">
+        <v>9852.0</v>
+      </c>
+      <c r="I139" s="5">
+        <v>11921</v>
+      </c>
+      <c r="J139" t="s">
+        <v>159</v>
+      </c>
+      <c r="K139" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13">
+      <c r="A140" t="s">
+        <v>153</v>
+      </c>
+      <c r="B140">
+        <v>0.79</v>
+      </c>
+      <c r="C140" t="s">
+        <v>356</v>
+      </c>
+      <c r="D140" t="s">
+        <v>358</v>
+      </c>
+      <c r="E140" t="s">
+        <v>193</v>
+      </c>
+      <c r="F140" t="s">
+        <v>157</v>
+      </c>
+      <c r="G140" t="s">
+        <v>158</v>
+      </c>
+      <c r="H140" s="5">
+        <v>8716.0</v>
+      </c>
+      <c r="I140" s="5">
+        <v>10546</v>
+      </c>
+      <c r="J140" t="s">
+        <v>159</v>
+      </c>
+      <c r="K140" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13">
+      <c r="A141" t="s">
+        <v>153</v>
+      </c>
+      <c r="B141">
+        <v>1.18</v>
+      </c>
+      <c r="C141" t="s">
+        <v>356</v>
+      </c>
+      <c r="D141" t="s">
+        <v>359</v>
+      </c>
+      <c r="E141" t="s">
+        <v>296</v>
+      </c>
+      <c r="F141" t="s">
+        <v>157</v>
+      </c>
+      <c r="G141" t="s">
+        <v>158</v>
+      </c>
+      <c r="H141" s="5">
+        <v>7366.0</v>
+      </c>
+      <c r="I141" s="5">
+        <v>8913</v>
+      </c>
+      <c r="J141" t="s">
+        <v>159</v>
+      </c>
+      <c r="K141" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13">
+      <c r="A142" t="s">
+        <v>153</v>
+      </c>
+      <c r="B142">
+        <v>1.34</v>
+      </c>
+      <c r="C142" t="s">
+        <v>356</v>
+      </c>
+      <c r="D142" t="s">
+        <v>360</v>
+      </c>
+      <c r="E142" t="s">
+        <v>193</v>
+      </c>
+      <c r="F142" t="s">
+        <v>157</v>
+      </c>
+      <c r="G142" t="s">
+        <v>158</v>
+      </c>
+      <c r="H142" s="5">
+        <v>8004.0</v>
+      </c>
+      <c r="I142" s="5">
+        <v>9685</v>
+      </c>
+      <c r="J142" t="s">
+        <v>159</v>
+      </c>
+      <c r="K142" t="s">
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -5477,50 +6705,79 @@
     <hyperlink ref="K89" r:id="rId_hyperlink_87"/>
     <hyperlink ref="K90" r:id="rId_hyperlink_88"/>
     <hyperlink ref="K91" r:id="rId_hyperlink_89"/>
     <hyperlink ref="K92" r:id="rId_hyperlink_90"/>
     <hyperlink ref="K93" r:id="rId_hyperlink_91"/>
     <hyperlink ref="K94" r:id="rId_hyperlink_92"/>
     <hyperlink ref="K95" r:id="rId_hyperlink_93"/>
     <hyperlink ref="K96" r:id="rId_hyperlink_94"/>
     <hyperlink ref="K97" r:id="rId_hyperlink_95"/>
     <hyperlink ref="K98" r:id="rId_hyperlink_96"/>
     <hyperlink ref="K99" r:id="rId_hyperlink_97"/>
     <hyperlink ref="K100" r:id="rId_hyperlink_98"/>
     <hyperlink ref="K101" r:id="rId_hyperlink_99"/>
     <hyperlink ref="K102" r:id="rId_hyperlink_100"/>
     <hyperlink ref="K103" r:id="rId_hyperlink_101"/>
     <hyperlink ref="K104" r:id="rId_hyperlink_102"/>
     <hyperlink ref="K105" r:id="rId_hyperlink_103"/>
     <hyperlink ref="K106" r:id="rId_hyperlink_104"/>
     <hyperlink ref="K107" r:id="rId_hyperlink_105"/>
     <hyperlink ref="K108" r:id="rId_hyperlink_106"/>
     <hyperlink ref="K109" r:id="rId_hyperlink_107"/>
     <hyperlink ref="K110" r:id="rId_hyperlink_108"/>
     <hyperlink ref="K111" r:id="rId_hyperlink_109"/>
     <hyperlink ref="K112" r:id="rId_hyperlink_110"/>
     <hyperlink ref="K113" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="K114" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="K115" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="K116" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="K117" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="K118" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="K119" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="K120" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="K121" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="K122" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="K123" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="K124" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="K125" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="K126" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="K127" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="K128" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="K129" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="K130" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="K131" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="K132" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="K133" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="K134" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="K135" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="K136" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="K137" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="K138" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="K139" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="K140" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="K141" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="K142" r:id="rId_hyperlink_140"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>