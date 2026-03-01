--- v0 (2025-11-28)
+++ v1 (2026-03-01)
@@ -17,97 +17,97 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/tanzanit-113ct-deep-violetish-blue-s-igi-certifikatem-0102055.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/tanzanit-473ct-deep-violetish-blue-s-igi-certifikatem-0101974.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/tanzanit-231ct-deep-violet-blue-s-igi-certifikatem-0101972.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/tanzanit-165ct-deep-violetish-blue-s-igi-certifikatem-0101970.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-165ct-deep-violet-blue-s-igi-certifikatem-0101969.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-157ct-deep-violetish-blue-s-igi-certifikatem-0101968.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-132ct-deep-bluish-violet-s-igi-certifikatem-0101967.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-119ct-deep-violet-blue-s-igi-certifikatem-0101965.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-111ct-deep-violetish-blue-s-igi-certifikatem-0101964.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-108ct-violetish-blue-s-igi-certifikatem-0101963.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-100ct-violetish-blue-s-igi-certifikatem-0101961.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-096ct-violetish-blue-s-igi-certifikatem-0101959.html</t>
@@ -151,140 +151,137 @@
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-075ct-violetish-blue-s-igi-certifikatem-0101942.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-072ct-deep-bluish-violet-s-igi-certifikatem-0101938.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101937.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101936.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-062ct-bluish-violet-s-igi-certifikatem-0101935.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-062ct-deep-bluish-violet-s-igi-certifikatem-0101934.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-060ct-violetish-blue-s-igi-certifikatem-0101933.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-050ct-bluish-violet-s-igi-certifikatem-0101932.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/tanzanit-037ct-violetish-blue-s-igi-certifikatem-0101931.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/tanzanit-301ct-violetish-blue-s-igi-certifikatem-0101771.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-255ct-violetish-blue-s-igi-certifikatem-0101766.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-245ct-bluish-violet-s-igi-certifikatem-0101765.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-241ct-violetish-green-blue-s-igi-certifikatem-0101763.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-219ct-greenish-violet-blue-s-igi-certifikatem-0101760.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-216ct-bluish-greenish-violet-s-igi-certifikatem-0101759.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-205ct-greenish-blue-violet-s-igi-certifikatem-0101758.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-177ct-violetish-blue-s-igi-certifikatem-0101756.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-165ct-bluish-violet-s-igi-certifikatem-0101754.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/tanzanit-092ct-greenish-blue-s-igi-certifikatem-0101750.html</t>
   </si>
   <si>
     <t>Tanzanit</t>
   </si>
   <si>
+    <t>Round Mixed Cut</t>
+  </si>
+  <si>
+    <t>6.57mm - 6.70mm x 4.08mm</t>
+  </si>
+  <si>
+    <t>Deep Violetish Blue</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Tanzanity jsou běžně tepelně vylepšovány; indikativní důkaz o úpravě obvykle chybí.</t>
+  </si>
+  <si>
     <t>Oval Mixed Cut</t>
   </si>
   <si>
     <t>11.83mm x 9.62mm x 6.12mm</t>
   </si>
   <si>
-    <t>Deep Violetish Blue</t>
-[...11 lines deleted...]
-    <t>8.96mm x 6.93mm x 5.17mm</t>
+    <t>Cushion Mixed Cut</t>
+  </si>
+  <si>
+    <t>7.86mm x 5.91mm x 4.48mm</t>
+  </si>
+  <si>
+    <t>Pear Mixed Cut</t>
+  </si>
+  <si>
+    <t>7.34mm x 8.60mm x 4.08mm</t>
   </si>
   <si>
     <t>Deep Violet - Blue</t>
   </si>
   <si>
-    <t>Cushion Mixed Cut</t>
-[...10 lines deleted...]
-  <si>
     <t>9.00mm x 6.96mm x 3.66mm</t>
   </si>
   <si>
     <t>7.79mm x 5.65mm x 3.62mm</t>
   </si>
   <si>
     <t>Deep Bluish Violet</t>
   </si>
   <si>
     <t xml:space="preserve">8.07mm x 6.06mm x 3.63mm </t>
   </si>
   <si>
     <t>8.01mm x 6.02mm x 3.46mm</t>
   </si>
   <si>
-    <t>Round Mixed Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>6.28mm - 6.42mm x 4.33mm</t>
   </si>
   <si>
     <t>Violetish Blue</t>
   </si>
   <si>
     <t>Emerald Cut</t>
   </si>
   <si>
     <t>6.99mm x 4.96mm x 3.25mm</t>
   </si>
   <si>
     <t>6.06mm - 6.12mm x 3.89mm</t>
   </si>
   <si>
     <t>6.67mm x 5.17mm x 3.55mm</t>
   </si>
   <si>
     <t>Violet - Blue</t>
   </si>
   <si>
     <t>7.52mm x 5.47mm x 2.85mm</t>
   </si>
   <si>
     <t>6.01mm - 6.07mm x 3.58mm</t>
@@ -323,53 +320,50 @@
     <t>7.15mm x 5.14mm x 2.64mm</t>
   </si>
   <si>
     <t>5.80mm - 5.90mm x 2.95mm</t>
   </si>
   <si>
     <t>5.80mm - 5.85mm x 3.29mm</t>
   </si>
   <si>
     <t>5.82mm - 5.98mm x 3.21mm</t>
   </si>
   <si>
     <t>6.27mm x 4.04mm x 3.45mm</t>
   </si>
   <si>
     <t>5.74mm - 5.87mm x 2.71mm</t>
   </si>
   <si>
     <t>Half Moon Mixed Cut</t>
   </si>
   <si>
     <t>4.00mm x 6.12mm x 3.09mm</t>
   </si>
   <si>
     <t>4.94mm - 5.06mm x 3.03mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>5.98mm x 3.96mm x 2.44mm</t>
   </si>
   <si>
     <t>Fan Mixed Cut</t>
   </si>
   <si>
     <t>14.08mm x 8.31mm x 4.87mm</t>
   </si>
   <si>
     <t>8.54mm x 7.14mm x 5.48mm</t>
   </si>
   <si>
     <t>9.05mm x 6.79mm x 5.37mm</t>
   </si>
   <si>
     <t>8.52mm x 7.10mm x 5.57mm</t>
   </si>
   <si>
     <t>Violetish Green - Blue</t>
   </si>
   <si>
     <t>8.12mm x 6.97mm x 4.97mm</t>
   </si>
   <si>
     <t>Greenish Violet - Blue</t>
   </si>
@@ -885,62 +879,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-473ct-deep-violetish-blue-s-igi-certifikatem-0101974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-231ct-deep-violet-blue-s-igi-certifikatem-0101972.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-deep-violetish-blue-s-igi-certifikatem-0101970.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-deep-violet-blue-s-igi-certifikatem-0101969.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-157ct-deep-violetish-blue-s-igi-certifikatem-0101968.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-132ct-deep-bluish-violet-s-igi-certifikatem-0101967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-119ct-deep-violet-blue-s-igi-certifikatem-0101965.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-111ct-deep-violetish-blue-s-igi-certifikatem-0101964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-108ct-violetish-blue-s-igi-certifikatem-0101963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-100ct-violetish-blue-s-igi-certifikatem-0101961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-096ct-violetish-blue-s-igi-certifikatem-0101959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-violet-blue-s-igi-certifikatem-0101957.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-violetish-blue-s-igi-certifikatem-0101956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-deep-bluish-violet-s-igi-certifikatem-0101955.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-088ct-bluish-violet-s-igi-certifikatem-0101953.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-087ct-bluish-violet-s-igi-certifikatem-0101952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-086ct-bluish-violet-s-igi-certifikatem-0101951.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-085ct-deep-bluish-violet-s-igi-certifikatem-0101950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-084ct-bluish-violet-s-igi-certifikatem-0101949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-083ct-deep-violet-blue-s-igi-certifikatem-0101948.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-083ct-bluish-violet-s-igi-certifikatem-0101947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-080ct-violetish-blue-s-igi-certifikatem-0101946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-077ct-deep-bluish-violet-s-igi-certifikatem-0101944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-075ct-violetish-blue-s-igi-certifikatem-0101942.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-072ct-deep-bluish-violet-s-igi-certifikatem-0101938.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-062ct-bluish-violet-s-igi-certifikatem-0101935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-062ct-deep-bluish-violet-s-igi-certifikatem-0101934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-060ct-violetish-blue-s-igi-certifikatem-0101933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-050ct-bluish-violet-s-igi-certifikatem-0101932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-037ct-violetish-blue-s-igi-certifikatem-0101931.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-301ct-violetish-blue-s-igi-certifikatem-0101771.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-255ct-violetish-blue-s-igi-certifikatem-0101766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-245ct-bluish-violet-s-igi-certifikatem-0101765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-241ct-violetish-green-blue-s-igi-certifikatem-0101763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-219ct-greenish-violet-blue-s-igi-certifikatem-0101760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-216ct-bluish-greenish-violet-s-igi-certifikatem-0101759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-205ct-greenish-blue-violet-s-igi-certifikatem-0101758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-177ct-violetish-blue-s-igi-certifikatem-0101756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-bluish-violet-s-igi-certifikatem-0101754.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-092ct-greenish-blue-s-igi-certifikatem-0101750.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-113ct-deep-violetish-blue-s-igi-certifikatem-0102055.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-473ct-deep-violetish-blue-s-igi-certifikatem-0101974.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-deep-violetish-blue-s-igi-certifikatem-0101970.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-deep-violet-blue-s-igi-certifikatem-0101969.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-157ct-deep-violetish-blue-s-igi-certifikatem-0101968.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-132ct-deep-bluish-violet-s-igi-certifikatem-0101967.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-119ct-deep-violet-blue-s-igi-certifikatem-0101965.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-111ct-deep-violetish-blue-s-igi-certifikatem-0101964.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-108ct-violetish-blue-s-igi-certifikatem-0101963.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-100ct-violetish-blue-s-igi-certifikatem-0101961.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-096ct-violetish-blue-s-igi-certifikatem-0101959.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-violet-blue-s-igi-certifikatem-0101957.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-violetish-blue-s-igi-certifikatem-0101956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-091ct-deep-bluish-violet-s-igi-certifikatem-0101955.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-088ct-bluish-violet-s-igi-certifikatem-0101953.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-087ct-bluish-violet-s-igi-certifikatem-0101952.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-086ct-bluish-violet-s-igi-certifikatem-0101951.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-085ct-deep-bluish-violet-s-igi-certifikatem-0101950.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-084ct-bluish-violet-s-igi-certifikatem-0101949.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-083ct-deep-violet-blue-s-igi-certifikatem-0101948.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-083ct-bluish-violet-s-igi-certifikatem-0101947.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-080ct-violetish-blue-s-igi-certifikatem-0101946.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-077ct-deep-bluish-violet-s-igi-certifikatem-0101944.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-075ct-violetish-blue-s-igi-certifikatem-0101942.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-072ct-deep-bluish-violet-s-igi-certifikatem-0101938.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101937.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-067ct-deep-bluish-violet-s-igi-certifikatem-0101936.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-062ct-bluish-violet-s-igi-certifikatem-0101935.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-062ct-deep-bluish-violet-s-igi-certifikatem-0101934.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-060ct-violetish-blue-s-igi-certifikatem-0101933.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-050ct-bluish-violet-s-igi-certifikatem-0101932.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-301ct-violetish-blue-s-igi-certifikatem-0101771.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-255ct-violetish-blue-s-igi-certifikatem-0101766.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-245ct-bluish-violet-s-igi-certifikatem-0101765.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-241ct-violetish-green-blue-s-igi-certifikatem-0101763.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-219ct-greenish-violet-blue-s-igi-certifikatem-0101760.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-216ct-bluish-greenish-violet-s-igi-certifikatem-0101759.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-205ct-greenish-blue-violet-s-igi-certifikatem-0101758.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-177ct-violetish-blue-s-igi-certifikatem-0101756.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-165ct-bluish-violet-s-igi-certifikatem-0101754.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/tanzanit-092ct-greenish-blue-s-igi-certifikatem-0101750.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M44"/>
+  <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I44" sqref="I44"/>
+      <selection activeCell="I43" sqref="I43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -964,1516 +958,1481 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B3">
+        <v>1.13</v>
+      </c>
+      <c r="C3" t="s">
         <v>55</v>
       </c>
-      <c r="B3">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>56</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>57</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G3" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H3" s="5">
-        <v>116000.0</v>
+        <v>18805.0</v>
       </c>
       <c r="I3" s="5">
-        <v>140360</v>
+        <v>22754</v>
       </c>
       <c r="J3" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B4">
-        <v>2.31</v>
+        <v>4.73</v>
       </c>
       <c r="C4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D4" t="s">
         <v>62</v>
       </c>
       <c r="E4" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="F4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G4" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H4" s="5">
-        <v>60067.0</v>
+        <v>116000.0</v>
       </c>
       <c r="I4" s="5">
-        <v>72681</v>
+        <v>140360</v>
       </c>
       <c r="J4" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B5">
         <v>1.65</v>
       </c>
       <c r="C5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D5" t="s">
         <v>64</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G5" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H5" s="5">
         <v>44149.0</v>
       </c>
       <c r="I5" s="5">
         <v>53420</v>
       </c>
       <c r="J5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B6">
         <v>1.65</v>
       </c>
       <c r="C6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D6" t="s">
         <v>66</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>67</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H6" s="5">
         <v>31535.0</v>
       </c>
       <c r="I6" s="5">
         <v>38157</v>
       </c>
       <c r="J6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B7">
         <v>1.57</v>
       </c>
       <c r="C7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D7" t="s">
         <v>68</v>
       </c>
       <c r="E7" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H7" s="5">
         <v>42476.0</v>
       </c>
       <c r="I7" s="5">
         <v>51396</v>
       </c>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B8">
         <v>1.32</v>
       </c>
       <c r="C8" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D8" t="s">
         <v>69</v>
       </c>
       <c r="E8" t="s">
         <v>70</v>
       </c>
       <c r="F8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G8" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H8" s="5">
         <v>31170.0</v>
       </c>
       <c r="I8" s="5">
         <v>37716</v>
       </c>
       <c r="J8" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B9">
         <v>1.19</v>
       </c>
       <c r="C9" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
         <v>71</v>
       </c>
       <c r="E9" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F9" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G9" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H9" s="5">
         <v>19228.0</v>
       </c>
       <c r="I9" s="5">
         <v>23266</v>
       </c>
       <c r="J9" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B10">
         <v>1.11</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>72</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F10" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G10" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H10" s="5">
         <v>36536.0</v>
       </c>
       <c r="I10" s="5">
         <v>44209</v>
       </c>
       <c r="J10" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B11">
         <v>1.08</v>
       </c>
       <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
         <v>73</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>74</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G11" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H11" s="5">
         <v>11193.0</v>
       </c>
       <c r="I11" s="5">
         <v>13544</v>
       </c>
       <c r="J11" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B12">
         <v>1</v>
       </c>
       <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
         <v>76</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G12" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H12" s="5">
         <v>33904.0</v>
       </c>
       <c r="I12" s="5">
         <v>41024</v>
       </c>
       <c r="J12" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B13">
         <v>0.96</v>
       </c>
       <c r="C13" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D13" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E13" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F13" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G13" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H13" s="5">
         <v>15976.0</v>
       </c>
       <c r="I13" s="5">
         <v>19331</v>
       </c>
       <c r="J13" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B14">
         <v>0.91</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" t="s">
         <v>79</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G14" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H14" s="5">
         <v>7688.0</v>
       </c>
       <c r="I14" s="5">
         <v>9302</v>
       </c>
       <c r="J14" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B15">
         <v>0.91</v>
       </c>
       <c r="C15" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F15" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G15" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H15" s="5">
         <v>17298.0</v>
       </c>
       <c r="I15" s="5">
         <v>20931</v>
       </c>
       <c r="J15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B16">
         <v>0.91</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D16" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E16" t="s">
         <v>70</v>
       </c>
       <c r="F16" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G16" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H16" s="5">
         <v>15376.0</v>
       </c>
       <c r="I16" s="5">
         <v>18605</v>
       </c>
       <c r="J16" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B17">
         <v>0.88</v>
       </c>
       <c r="C17" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D17" t="s">
+        <v>82</v>
+      </c>
+      <c r="E17" t="s">
         <v>83</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G17" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H17" s="5">
         <v>11262.0</v>
       </c>
       <c r="I17" s="5">
         <v>13627</v>
       </c>
       <c r="J17" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B18">
         <v>0.87</v>
       </c>
       <c r="C18" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D18" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E18" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F18" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G18" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H18" s="5">
         <v>11175.0</v>
       </c>
       <c r="I18" s="5">
         <v>13522</v>
       </c>
       <c r="J18" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B19">
         <v>0.86</v>
       </c>
       <c r="C19" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E19" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F19" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G19" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H19" s="5">
         <v>7390.0</v>
       </c>
       <c r="I19" s="5">
         <v>8942</v>
       </c>
       <c r="J19" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B20">
         <v>0.85</v>
       </c>
       <c r="C20" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E20" t="s">
         <v>70</v>
       </c>
       <c r="F20" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G20" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H20" s="5">
         <v>14660.0</v>
       </c>
       <c r="I20" s="5">
         <v>17739</v>
       </c>
       <c r="J20" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B21">
         <v>0.84</v>
       </c>
       <c r="C21" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D21" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="E21" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F21" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G21" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H21" s="5">
         <v>7270.0</v>
       </c>
       <c r="I21" s="5">
         <v>8797</v>
       </c>
       <c r="J21" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B22">
         <v>0.83</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E22" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="F22" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G22" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H22" s="5">
         <v>28840.0</v>
       </c>
       <c r="I22" s="5">
         <v>34896</v>
       </c>
       <c r="J22" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B23">
         <v>0.83</v>
       </c>
       <c r="C23" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="E23" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F23" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G23" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H23" s="5">
         <v>9734.0</v>
       </c>
       <c r="I23" s="5">
         <v>11778</v>
       </c>
       <c r="J23" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B24">
         <v>0.8</v>
       </c>
       <c r="C24" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D24" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E24" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F24" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G24" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H24" s="5">
         <v>14060.0</v>
       </c>
       <c r="I24" s="5">
         <v>17013</v>
       </c>
       <c r="J24" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B25">
         <v>0.77</v>
       </c>
       <c r="C25" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D25" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="E25" t="s">
         <v>70</v>
       </c>
       <c r="F25" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G25" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H25" s="5">
         <v>13700.0</v>
       </c>
       <c r="I25" s="5">
         <v>16577</v>
       </c>
       <c r="J25" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B26">
         <v>0.75</v>
       </c>
       <c r="C26" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D26" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E26" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F26" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G26" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H26" s="5">
         <v>9088.0</v>
       </c>
       <c r="I26" s="5">
         <v>10996</v>
       </c>
       <c r="J26" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B27">
         <v>0.72</v>
       </c>
       <c r="C27" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D27" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E27" t="s">
         <v>70</v>
       </c>
       <c r="F27" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G27" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H27" s="5">
         <v>9453.0</v>
       </c>
       <c r="I27" s="5">
         <v>11438</v>
       </c>
       <c r="J27" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B28">
         <v>0.67</v>
       </c>
       <c r="C28" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D28" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E28" t="s">
         <v>70</v>
       </c>
       <c r="F28" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G28" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H28" s="5">
         <v>9006.0</v>
       </c>
       <c r="I28" s="5">
         <v>10897</v>
       </c>
       <c r="J28" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B29">
         <v>0.67</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D29" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="E29" t="s">
         <v>70</v>
       </c>
       <c r="F29" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G29" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H29" s="5">
         <v>12008.0</v>
       </c>
       <c r="I29" s="5">
         <v>14530</v>
       </c>
       <c r="J29" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B30">
         <v>0.62</v>
       </c>
       <c r="C30" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D30" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E30" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F30" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G30" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H30" s="5">
         <v>8556.0</v>
       </c>
       <c r="I30" s="5">
         <v>10353</v>
       </c>
       <c r="J30" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B31">
         <v>0.62</v>
       </c>
       <c r="C31" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D31" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E31" t="s">
         <v>70</v>
       </c>
       <c r="F31" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G31" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H31" s="5">
         <v>8556.0</v>
       </c>
       <c r="I31" s="5">
         <v>10353</v>
       </c>
       <c r="J31" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B32">
         <v>0.6</v>
       </c>
       <c r="C32" t="s">
+        <v>98</v>
+      </c>
+      <c r="D32" t="s">
         <v>99</v>
       </c>
-      <c r="D32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F32" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G32" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H32" s="5">
         <v>5584.0</v>
       </c>
       <c r="I32" s="5">
         <v>6757</v>
       </c>
       <c r="J32" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B33">
         <v>0.5</v>
       </c>
       <c r="C33" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="D33" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="E33" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F33" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G33" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H33" s="5">
         <v>9972.0</v>
       </c>
       <c r="I33" s="5">
         <v>12066</v>
       </c>
       <c r="J33" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B34">
-        <v>0.37</v>
+        <v>3.01</v>
       </c>
       <c r="C34" t="s">
-        <v>66</v>
+        <v>101</v>
       </c>
       <c r="D34" t="s">
         <v>102</v>
       </c>
       <c r="E34" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F34" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G34" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H34" s="5">
-        <v>6312.0</v>
+        <v>17150.0</v>
       </c>
       <c r="I34" s="5">
-        <v>7638</v>
+        <v>20752</v>
       </c>
       <c r="J34" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B35">
-        <v>3.01</v>
+        <v>2.55</v>
       </c>
       <c r="C35" t="s">
+        <v>61</v>
+      </c>
+      <c r="D35" t="s">
         <v>103</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F35" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G35" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H35" s="5">
-        <v>17150.0</v>
+        <v>35524.0</v>
       </c>
       <c r="I35" s="5">
-        <v>20752</v>
+        <v>42984</v>
       </c>
       <c r="J35" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B36">
-        <v>2.55</v>
+        <v>2.45</v>
       </c>
       <c r="C36" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E36" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="F36" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G36" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H36" s="5">
-        <v>35524.0</v>
+        <v>20860.0</v>
       </c>
       <c r="I36" s="5">
-        <v>42984</v>
+        <v>25241</v>
       </c>
       <c r="J36" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B37">
-        <v>2.45</v>
+        <v>2.41</v>
       </c>
       <c r="C37" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D37" t="s">
+        <v>105</v>
+      </c>
+      <c r="E37" t="s">
         <v>106</v>
       </c>
-      <c r="E37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G37" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H37" s="5">
-        <v>20860.0</v>
+        <v>16462.0</v>
       </c>
       <c r="I37" s="5">
-        <v>25241</v>
+        <v>19919</v>
       </c>
       <c r="J37" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B38">
-        <v>2.41</v>
+        <v>2.19</v>
       </c>
       <c r="C38" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="D38" t="s">
         <v>107</v>
       </c>
       <c r="E38" t="s">
         <v>108</v>
       </c>
       <c r="F38" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G38" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H38" s="5">
-        <v>16462.0</v>
+        <v>30436.0</v>
       </c>
       <c r="I38" s="5">
-        <v>19919</v>
+        <v>36828</v>
       </c>
       <c r="J38" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B39">
-        <v>2.19</v>
+        <v>2.16</v>
       </c>
       <c r="C39" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D39" t="s">
         <v>109</v>
       </c>
       <c r="E39" t="s">
         <v>110</v>
       </c>
       <c r="F39" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G39" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H39" s="5">
-        <v>30436.0</v>
+        <v>37620.0</v>
       </c>
       <c r="I39" s="5">
-        <v>36828</v>
+        <v>45520</v>
       </c>
       <c r="J39" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B40">
-        <v>2.16</v>
+        <v>2.05</v>
       </c>
       <c r="C40" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D40" t="s">
         <v>111</v>
       </c>
       <c r="E40" t="s">
         <v>112</v>
       </c>
       <c r="F40" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G40" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H40" s="5">
-        <v>37620.0</v>
+        <v>18033.0</v>
       </c>
       <c r="I40" s="5">
-        <v>45520</v>
+        <v>21820</v>
       </c>
       <c r="J40" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B41">
-        <v>2.05</v>
+        <v>1.77</v>
       </c>
       <c r="C41" t="s">
-        <v>56</v>
+        <v>113</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E41" t="s">
-        <v>114</v>
+        <v>74</v>
       </c>
       <c r="F41" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G41" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H41" s="5">
-        <v>18033.0</v>
+        <v>24672.0</v>
       </c>
       <c r="I41" s="5">
-        <v>21820</v>
+        <v>29853</v>
       </c>
       <c r="J41" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B42">
-        <v>1.77</v>
+        <v>1.65</v>
       </c>
       <c r="C42" t="s">
+        <v>113</v>
+      </c>
+      <c r="D42" t="s">
         <v>115</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="F42" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G42" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H42" s="5">
-        <v>24672.0</v>
+        <v>32060.0</v>
       </c>
       <c r="I42" s="5">
-        <v>29853</v>
+        <v>38793</v>
       </c>
       <c r="J42" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B43">
-        <v>1.65</v>
+        <v>0.92</v>
       </c>
       <c r="C43" t="s">
-        <v>115</v>
+        <v>75</v>
       </c>
       <c r="D43" t="s">
+        <v>116</v>
+      </c>
+      <c r="E43" t="s">
         <v>117</v>
       </c>
-      <c r="E43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G43" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H43" s="5">
-        <v>32060.0</v>
+        <v>7108.0</v>
       </c>
       <c r="I43" s="5">
-        <v>38793</v>
+        <v>8601</v>
       </c>
       <c r="J43" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
-      </c>
-[...33 lines deleted...]
-        <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -2482,51 +2441,50 @@
     <hyperlink ref="K19" r:id="rId_hyperlink_17"/>
     <hyperlink ref="K20" r:id="rId_hyperlink_18"/>
     <hyperlink ref="K21" r:id="rId_hyperlink_19"/>
     <hyperlink ref="K22" r:id="rId_hyperlink_20"/>
     <hyperlink ref="K23" r:id="rId_hyperlink_21"/>
     <hyperlink ref="K24" r:id="rId_hyperlink_22"/>
     <hyperlink ref="K25" r:id="rId_hyperlink_23"/>
     <hyperlink ref="K26" r:id="rId_hyperlink_24"/>
     <hyperlink ref="K27" r:id="rId_hyperlink_25"/>
     <hyperlink ref="K28" r:id="rId_hyperlink_26"/>
     <hyperlink ref="K29" r:id="rId_hyperlink_27"/>
     <hyperlink ref="K30" r:id="rId_hyperlink_28"/>
     <hyperlink ref="K31" r:id="rId_hyperlink_29"/>
     <hyperlink ref="K32" r:id="rId_hyperlink_30"/>
     <hyperlink ref="K33" r:id="rId_hyperlink_31"/>
     <hyperlink ref="K34" r:id="rId_hyperlink_32"/>
     <hyperlink ref="K35" r:id="rId_hyperlink_33"/>
     <hyperlink ref="K36" r:id="rId_hyperlink_34"/>
     <hyperlink ref="K37" r:id="rId_hyperlink_35"/>
     <hyperlink ref="K38" r:id="rId_hyperlink_36"/>
     <hyperlink ref="K39" r:id="rId_hyperlink_37"/>
     <hyperlink ref="K40" r:id="rId_hyperlink_38"/>
     <hyperlink ref="K41" r:id="rId_hyperlink_39"/>
     <hyperlink ref="K42" r:id="rId_hyperlink_40"/>
     <hyperlink ref="K43" r:id="rId_hyperlink_41"/>
-    <hyperlink ref="K44" r:id="rId_hyperlink_42"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>