--- v0 (2025-11-01)
+++ v1 (2026-01-29)
@@ -17,169 +17,163 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/topaz-465ct-orange-yellow-s-igi-certifikatem-0102062.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/topaz-737ct-blue-s-igi-certifikatem-0101854.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-686ct-deep-blue-s-igi-certifikatem-0101853.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-675ct-deep-blue-s-igi-certifikatem-0101852.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-573ct-blue-s-igi-certifikatem-0101847.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-571ct-blue-s-igi-certifikatem-0101846.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-550ct-deep-blue-s-igi-certifikatem-0101845.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-522ct-blue-s-igi-certifikatem-0101844.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-442ct-blue-s-igi-certifikatem-0101842.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-412ct-deep-blue-s-igi-certifikatem-0101841.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/topaz-372ct-blue-s-igi-certifikatem-0101839.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/topaz-368ct-yellowish-green-s-igi-certifikatem-0101838.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-336ct-deep-greenish-blue-s-igi-certifikatem-0101835.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-327ct-deep-blue-s-igi-certifikatem-0101834.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-0101833.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-309ct-deep-blue-s-igi-certifikatem-0101832.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-240ct-blue-s-igi-certifikatem-0101830.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-217ct-deep-blue-s-igi-certifikatem-0101827.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-206ct-blue-s-igi-certifikatem-0101826.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/topaz-187ct-blue-s-igi-certifikatem-0101823.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/topaz-174ct-blue-s-igi-certifikatem-0101822.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-165ct-blue-s-igi-certifikatem-0101821.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-164ct-deep-blue-s-igi-certifikatem-0101820.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-164ct-greenish-blue-s-igi-certifikatem-0101819.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-156ct-blue-s-igi-certifikatem-0101817.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-132ct-deep-blue-s-igi-certifikatem-0101815.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/topaz-131ct-deep-blue-s-igi-certifikatem-0101814.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/topaz-091ct-blue-s-igi-certifikatem-0101812.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-588ct-blue-s-igi-certifikatem-0101390.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-194ct-deep-blue-greenish-s-igi-certifikatem-0101388.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-199ct-blue-s-igi-certifikatem-0101350.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-236ct-blue-s-igi-certifikatem-0101345.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-293ct-blue-s-igi-certifikatem-0101344.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101343.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-391ct-light-blue-s-igi-certifikatem-0101342.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-356ct-blue-s-igi-certifikatem-0101339.html</t>
@@ -229,53 +223,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/topaz-545ct-blue-s-igi-certifikatem-0101111.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-508ct-blue-s-igi-certifikatem-0101109.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-581ct-blue-s-igi-certifikatem-0101107.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-506ct-blue-s-igi-certifikatem-0101106.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101013.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-350ct-blue-s-igi-certifikatem-0101009.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-332ct-blue-s-igi-certifikatem-0101008.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-365ct-blue-s-igi-certifikatem-0101007.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/topaz-255ct-blue-s-igi-certifikatem-0101004.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/topaz-462ct-blue-s-igi-certifikatem-0101003.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-404ct-colorless-s-igi-certifikatem-010960.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-394ct-blue-s-igi-certifikatem-010956.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010912.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010847.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-393ct-blue-s-igi-certifikatem-010841.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-384ct-blue-s-igi-certifikatem-010840.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-362ct-blue-s-igi-certifikatem-010838.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-346ct-blue-s-igi-certifikatem-010834.html</t>
@@ -319,185 +310,185 @@
   <si>
     <t>https://www.vvdiamonds.cz/topaz-518ct-blue-s-igi-certifikatem-010236.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-677ct-blue-s-igi-certifikatem-010233.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-304ct-blue-s-igi-certifikatem-010232.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-645ct-blue-s-igi-certifikatem-010157.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-299ct-deep-blue-s-igi-certifikatem-010100.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-503ct-blue-s-igi-certifikatem-010099.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-625ct-blue-s-igi-certifikatem-010048.html</t>
   </si>
   <si>
     <t>Topaz</t>
   </si>
   <si>
+    <t>Oval Mixed Cut</t>
+  </si>
+  <si>
+    <t>13.18mm x 9.35mm x 5.02mm</t>
+  </si>
+  <si>
+    <t>Orange - Yellow</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
+  </si>
+  <si>
     <t>Emerald Cut</t>
   </si>
   <si>
     <t>11.12mm x 8.79mm x 7.76mm</t>
   </si>
   <si>
     <t>Blue</t>
   </si>
   <si>
-    <t>Průhledný</t>
-[...4 lines deleted...]
-  <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Modré topazy jsou běžně upravovány ozařováním a tepelně vylepšovány; indikativní důkaz o úpravě obvykle chybí.</t>
   </si>
   <si>
     <t>Cushion Mixed Cut</t>
   </si>
   <si>
     <t>12.16mm x 10.20mm x 6.26mm</t>
   </si>
   <si>
     <t>Deep Blue</t>
   </si>
   <si>
     <t>Pear Mixed Cut</t>
   </si>
   <si>
     <t>15.06mm x 10.01mm x 6.93mm</t>
   </si>
   <si>
     <t>Princess Cut</t>
   </si>
   <si>
     <t>10.13mm x 10.05mm x 5.98mm</t>
   </si>
   <si>
-    <t>Oval Mixed Cut</t>
-[...1 lines deleted...]
-  <si>
     <t>11.94mm x 9.79mm x 6.61mm</t>
   </si>
   <si>
     <t>13.97mm x 8.98mm x 6.19mm</t>
   </si>
   <si>
     <t>13.09mm x 9.12mm x 6.07mm</t>
   </si>
   <si>
     <t>Triangular Mixed Cut</t>
   </si>
   <si>
     <t>10.49mm x 10.41mm x 6.93mm</t>
   </si>
   <si>
     <t>10.08mm x 7.90mm x 5.36mm</t>
   </si>
   <si>
-    <t>10.16mm x 8.03mm x 5.71mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Marquise Mixed Cut</t>
   </si>
   <si>
     <t>14.83mm x 7.04mm x 4.95mm</t>
   </si>
   <si>
     <t>Yellowish Green</t>
   </si>
   <si>
     <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra. Zelené topazy jsou běžně upravovány ozařováním a tepelně vylepšovány; indikativní důkaz o úpravě obvykle chybí.</t>
   </si>
   <si>
     <t>9.92mm x 7.95mm x 5.40mm</t>
   </si>
   <si>
     <t>Deep Greenish Blue</t>
   </si>
   <si>
     <t>10.12mm x 8.13mm x 5.39mm</t>
   </si>
   <si>
     <t>Round Mixed Cut</t>
   </si>
   <si>
     <t>9.03mm - 9.08mm x 5.63mm</t>
   </si>
   <si>
-    <t>Maquise Brilliant</t>
+    <t>Marquise Brilliant</t>
   </si>
   <si>
     <t>14.16mm x 7.00mm x 4.37mm</t>
   </si>
   <si>
     <t>7.23mm x 9.25mm x 4.76mm</t>
   </si>
   <si>
     <t>7.00mm x 9.13mm x 4.49mm</t>
   </si>
   <si>
     <t>7.12mm x 9.02mm x 4.50mm</t>
   </si>
   <si>
-    <t>8.17mm x 6.21mm x 4.03mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Cut Cornered Mixed Cut</t>
   </si>
   <si>
     <t>7.92mm x 5.93mm x 4.17mm</t>
   </si>
   <si>
     <t>9.11mm x 6.17mm x 4.23mm</t>
   </si>
   <si>
     <t>8.00mm x 6.00mm x 4.58mm</t>
   </si>
   <si>
     <t>8.01mm x 6.10mm x 4.58mm</t>
   </si>
   <si>
     <t>Greenish Blue</t>
   </si>
   <si>
     <t>8.02mm x 6.02mm x 4.21mm</t>
   </si>
   <si>
     <t>8.08mm x 6.02mm x 3.79mm</t>
   </si>
   <si>
-    <t>8.04mm x 6.05mm x 4.21mm</t>
-[...1 lines deleted...]
-  <si>
     <t>Heart Mixed Cut</t>
   </si>
   <si>
     <t>6.04mm x 6.16mm x 3.39mm</t>
   </si>
   <si>
     <t>12.18mm x 10.14mm x 6.39mm</t>
   </si>
   <si>
     <t>8.07mm x 6.09mm x 3.99mm</t>
   </si>
   <si>
     <t>Deep Blue Greenish</t>
   </si>
   <si>
     <t>8.86mm x 7.05mm x 4.43mm</t>
   </si>
   <si>
     <t>9.05mm x 7.04mm x 4.70mm</t>
   </si>
   <si>
     <t>10.16mm x 8.06mm x 4.67mm</t>
   </si>
   <si>
     <t>10.10mm x 8.16mm x 5.38mm</t>
@@ -511,105 +502,99 @@
   <si>
     <t>11.12mm x 7.14mm x 4.35mm</t>
   </si>
   <si>
     <t>11.02mm x 8.79mm x 4.99mm</t>
   </si>
   <si>
     <t>10.15mm x 8.12mm x 5.17mm</t>
   </si>
   <si>
     <t>7.89mm x 5.99mm x 3.95mm</t>
   </si>
   <si>
     <t>9.94mm x 8.01mm x 5.66mm</t>
   </si>
   <si>
     <t>8.91mm x 8.93mm x 5.03mm</t>
   </si>
   <si>
     <t>8.11mm x 6.22mm x 4.21mm</t>
   </si>
   <si>
     <t>11.93mm x 9.93mm x 5.76mm</t>
   </si>
   <si>
-    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
-[...1 lines deleted...]
-  <si>
     <t>Cut Cornered Rectangular Mixed Cut</t>
   </si>
   <si>
     <t>9.08mm x 7.04mm x 4.98mm</t>
   </si>
   <si>
     <t>Cut Cornered Combination</t>
   </si>
   <si>
     <t>9.97mm x 7.73mm x 5.13mm</t>
   </si>
   <si>
     <t>10.17mm x 8.09mm x 4.90mm</t>
   </si>
   <si>
     <t>14.00mm - 14.09mm x 6.78mm</t>
   </si>
   <si>
     <t>11.96mm x 9.94mm x 6.23mm</t>
   </si>
   <si>
     <t>13.02mm x 8.95mm x 6.21mm</t>
   </si>
   <si>
     <t>12.22mm x 10.10mm x 6.67mm</t>
   </si>
   <si>
     <t>11.10mm x 9.06mm x 5.95mm</t>
   </si>
   <si>
     <t>13.86mm x 9.12mm x 5.53mm</t>
   </si>
   <si>
     <t>12.03mm x 10.15mm x 5.76mm</t>
   </si>
   <si>
     <t>13.14mm x 9.02mm x 5.40mm</t>
   </si>
   <si>
     <t>10.14mm x 8.14mm x 5.09mm</t>
   </si>
   <si>
     <t>10.20mm x 8.17mm x 5.72mm</t>
   </si>
   <si>
     <t>9.96mm x 7.96mm x 5.42mm</t>
   </si>
   <si>
     <t>11.21mm x 9.10mm x 4.88mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.23mm x 7.18mm x 4.71mm</t>
   </si>
   <si>
     <t>Square Emerald Cut</t>
   </si>
   <si>
     <t>9.52mm x 9.49mm x 5.80mm</t>
   </si>
   <si>
     <t>9.88mm x 10.07mm x 6.06mm</t>
   </si>
   <si>
     <t>Colorless</t>
   </si>
   <si>
     <t>9.75mm - 9.84mm x 5.11mm</t>
   </si>
   <si>
     <t>15.13mm x 8.64mm x 4.43mm</t>
   </si>
   <si>
     <t>15.77mm x 7.97mm x 5.24mm</t>
   </si>
   <si>
     <t>12.16mm x 8.12mm x 4.76mm</t>
   </si>
@@ -1173,62 +1158,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-737ct-blue-s-igi-certifikatem-0101854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-686ct-deep-blue-s-igi-certifikatem-0101853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-675ct-deep-blue-s-igi-certifikatem-0101852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-573ct-blue-s-igi-certifikatem-0101847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-571ct-blue-s-igi-certifikatem-0101846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-550ct-deep-blue-s-igi-certifikatem-0101845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-522ct-blue-s-igi-certifikatem-0101844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-442ct-blue-s-igi-certifikatem-0101842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-412ct-deep-blue-s-igi-certifikatem-0101841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-372ct-blue-s-igi-certifikatem-0101839.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-368ct-yellowish-green-s-igi-certifikatem-0101838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-336ct-deep-greenish-blue-s-igi-certifikatem-0101835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-327ct-deep-blue-s-igi-certifikatem-0101834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-0101833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-deep-blue-s-igi-certifikatem-0101832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-240ct-blue-s-igi-certifikatem-0101830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-217ct-deep-blue-s-igi-certifikatem-0101827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-206ct-blue-s-igi-certifikatem-0101826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-187ct-blue-s-igi-certifikatem-0101823.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-174ct-blue-s-igi-certifikatem-0101822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-165ct-blue-s-igi-certifikatem-0101821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-deep-blue-s-igi-certifikatem-0101820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-greenish-blue-s-igi-certifikatem-0101819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-156ct-blue-s-igi-certifikatem-0101817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-132ct-deep-blue-s-igi-certifikatem-0101815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-131ct-deep-blue-s-igi-certifikatem-0101814.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-091ct-blue-s-igi-certifikatem-0101812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-588ct-blue-s-igi-certifikatem-0101390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-194ct-deep-blue-greenish-s-igi-certifikatem-0101388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-199ct-blue-s-igi-certifikatem-0101350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-236ct-blue-s-igi-certifikatem-0101345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-293ct-blue-s-igi-certifikatem-0101344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-391ct-light-blue-s-igi-certifikatem-0101342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-356ct-blue-s-igi-certifikatem-0101339.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-342ct-blue-s-igi-certifikatem-0101338.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-319ct-blue-s-igi-certifikatem-0101337.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-128ct-blue-s-igi-certifikatem-0101334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-0101329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-314ct-blue-s-igi-certifikatem-0101177.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-168ct-blue-s-igi-certifikatem-0101174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-496ct-blue-s-igi-certifikatem-0101130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-288ct-blue-s-igi-certifikatem-0101127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-379ct-blue-s-igi-certifikatem-0101125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-blue-s-igi-certifikatem-0101121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-1111ct-blue-s-igi-certifikatem-0101120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-566ct-blue-s-igi-certifikatem-0101115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-578ct-blue-s-igi-certifikatem-0101113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-561ct-blue-s-igi-certifikatem-0101112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-545ct-blue-s-igi-certifikatem-0101111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-508ct-blue-s-igi-certifikatem-0101109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-581ct-blue-s-igi-certifikatem-0101107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-506ct-blue-s-igi-certifikatem-0101106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-350ct-blue-s-igi-certifikatem-0101009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-332ct-blue-s-igi-certifikatem-0101008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-365ct-blue-s-igi-certifikatem-0101007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-255ct-blue-s-igi-certifikatem-0101004.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-462ct-blue-s-igi-certifikatem-0101003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-404ct-colorless-s-igi-certifikatem-010960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-394ct-blue-s-igi-certifikatem-010956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-393ct-blue-s-igi-certifikatem-010841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-384ct-blue-s-igi-certifikatem-010840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-362ct-blue-s-igi-certifikatem-010838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-346ct-blue-s-igi-certifikatem-010834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-010832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-333ct-blue-s-igi-certifikatem-010831.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-326ct-blue-s-igi-certifikatem-010830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-323ct-blue-s-igi-certifikatem-010828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-307ct-blue-s-igi-certifikatem-010825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-265ct-blue-s-igi-certifikatem-010822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-157ct-deep-blue-s-igi-certifikatem-010819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-010624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-335ct-blue-s-igi-certifikatem-010623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-blue-s-igi-certifikatem-010620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-498ct-blue-s-igi-certifikatem-010618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-179ct-deep-blue-s-igi-certifikatem-010541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-518ct-blue-s-igi-certifikatem-010236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-677ct-blue-s-igi-certifikatem-010233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-304ct-blue-s-igi-certifikatem-010232.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-645ct-blue-s-igi-certifikatem-010157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-deep-blue-s-igi-certifikatem-010100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-503ct-blue-s-igi-certifikatem-010099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-625ct-blue-s-igi-certifikatem-010048.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-465ct-orange-yellow-s-igi-certifikatem-0102062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-737ct-blue-s-igi-certifikatem-0101854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-686ct-deep-blue-s-igi-certifikatem-0101853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-675ct-deep-blue-s-igi-certifikatem-0101852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-573ct-blue-s-igi-certifikatem-0101847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-571ct-blue-s-igi-certifikatem-0101846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-550ct-deep-blue-s-igi-certifikatem-0101845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-522ct-blue-s-igi-certifikatem-0101844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-442ct-blue-s-igi-certifikatem-0101842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-412ct-deep-blue-s-igi-certifikatem-0101841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-368ct-yellowish-green-s-igi-certifikatem-0101838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-336ct-deep-greenish-blue-s-igi-certifikatem-0101835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-327ct-deep-blue-s-igi-certifikatem-0101834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-0101833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-deep-blue-s-igi-certifikatem-0101832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-240ct-blue-s-igi-certifikatem-0101830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-217ct-deep-blue-s-igi-certifikatem-0101827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-206ct-blue-s-igi-certifikatem-0101826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-174ct-blue-s-igi-certifikatem-0101822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-165ct-blue-s-igi-certifikatem-0101821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-deep-blue-s-igi-certifikatem-0101820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-greenish-blue-s-igi-certifikatem-0101819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-156ct-blue-s-igi-certifikatem-0101817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-132ct-deep-blue-s-igi-certifikatem-0101815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-091ct-blue-s-igi-certifikatem-0101812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-588ct-blue-s-igi-certifikatem-0101390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-194ct-deep-blue-greenish-s-igi-certifikatem-0101388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-199ct-blue-s-igi-certifikatem-0101350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-236ct-blue-s-igi-certifikatem-0101345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-293ct-blue-s-igi-certifikatem-0101344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-391ct-light-blue-s-igi-certifikatem-0101342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-356ct-blue-s-igi-certifikatem-0101339.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-342ct-blue-s-igi-certifikatem-0101338.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-319ct-blue-s-igi-certifikatem-0101337.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-128ct-blue-s-igi-certifikatem-0101334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-0101329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-314ct-blue-s-igi-certifikatem-0101177.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-168ct-blue-s-igi-certifikatem-0101174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-496ct-blue-s-igi-certifikatem-0101130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-288ct-blue-s-igi-certifikatem-0101127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-379ct-blue-s-igi-certifikatem-0101125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-blue-s-igi-certifikatem-0101121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-1111ct-blue-s-igi-certifikatem-0101120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-566ct-blue-s-igi-certifikatem-0101115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-578ct-blue-s-igi-certifikatem-0101113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-561ct-blue-s-igi-certifikatem-0101112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-545ct-blue-s-igi-certifikatem-0101111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-508ct-blue-s-igi-certifikatem-0101109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-581ct-blue-s-igi-certifikatem-0101107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-506ct-blue-s-igi-certifikatem-0101106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-350ct-blue-s-igi-certifikatem-0101009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-332ct-blue-s-igi-certifikatem-0101008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-365ct-blue-s-igi-certifikatem-0101007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-462ct-blue-s-igi-certifikatem-0101003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-404ct-colorless-s-igi-certifikatem-010960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-394ct-blue-s-igi-certifikatem-010956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-393ct-blue-s-igi-certifikatem-010841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-384ct-blue-s-igi-certifikatem-010840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-362ct-blue-s-igi-certifikatem-010838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-346ct-blue-s-igi-certifikatem-010834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-010832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-333ct-blue-s-igi-certifikatem-010831.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-326ct-blue-s-igi-certifikatem-010830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-323ct-blue-s-igi-certifikatem-010828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-307ct-blue-s-igi-certifikatem-010825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-265ct-blue-s-igi-certifikatem-010822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-157ct-deep-blue-s-igi-certifikatem-010819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-010624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-335ct-blue-s-igi-certifikatem-010623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-blue-s-igi-certifikatem-010620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-498ct-blue-s-igi-certifikatem-010618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-179ct-deep-blue-s-igi-certifikatem-010541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-518ct-blue-s-igi-certifikatem-010236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-677ct-blue-s-igi-certifikatem-010233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-304ct-blue-s-igi-certifikatem-010232.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-645ct-blue-s-igi-certifikatem-010157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-deep-blue-s-igi-certifikatem-010100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-503ct-blue-s-igi-certifikatem-010099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-625ct-blue-s-igi-certifikatem-010048.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M88"/>
+  <dimension ref="A1:M85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I88" sqref="I88"/>
+      <selection activeCell="I85" sqref="I85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1252,3056 +1237,2951 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B3">
+        <v>4.65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D3" t="s">
+        <v>98</v>
+      </c>
+      <c r="E3" t="s">
         <v>99</v>
       </c>
-      <c r="B3">
-[...10 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G3" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H3" s="5">
-        <v>14463.0</v>
+        <v>115274.0</v>
       </c>
       <c r="I3" s="5">
-        <v>17500</v>
+        <v>139482</v>
       </c>
       <c r="J3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B4">
-        <v>6.86</v>
+        <v>7.37</v>
       </c>
       <c r="C4" t="s">
+        <v>103</v>
+      </c>
+      <c r="D4" t="s">
+        <v>104</v>
+      </c>
+      <c r="E4" t="s">
+        <v>105</v>
+      </c>
+      <c r="F4" t="s">
+        <v>100</v>
+      </c>
+      <c r="G4" t="s">
+        <v>101</v>
+      </c>
+      <c r="H4" s="5">
+        <v>14463.0</v>
+      </c>
+      <c r="I4" s="5">
+        <v>17500</v>
+      </c>
+      <c r="J4" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>105</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B5">
-        <v>6.75</v>
+        <v>6.86</v>
       </c>
       <c r="C5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E5" t="s">
         <v>109</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G5" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H5" s="5">
-        <v>18846.0</v>
+        <v>12668.0</v>
       </c>
       <c r="I5" s="5">
-        <v>22804</v>
+        <v>15328</v>
       </c>
       <c r="J5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B6">
-        <v>5.73</v>
+        <v>6.75</v>
       </c>
       <c r="C6" t="s">
+        <v>110</v>
+      </c>
+      <c r="D6" t="s">
         <v>111</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="F6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G6" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H6" s="5">
-        <v>11604.0</v>
+        <v>18846.0</v>
       </c>
       <c r="I6" s="5">
-        <v>14041</v>
+        <v>22804</v>
       </c>
       <c r="J6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B7">
-        <v>5.71</v>
+        <v>5.73</v>
       </c>
       <c r="C7" t="s">
+        <v>112</v>
+      </c>
+      <c r="D7" t="s">
         <v>113</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F7" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G7" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H7" s="5">
-        <v>11584.0</v>
+        <v>11604.0</v>
       </c>
       <c r="I7" s="5">
-        <v>14017</v>
+        <v>14041</v>
       </c>
       <c r="J7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B8">
-        <v>5.5</v>
+        <v>5.71</v>
       </c>
       <c r="C8" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="D8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E8" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F8" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G8" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H8" s="5">
-        <v>17079.0</v>
+        <v>11584.0</v>
       </c>
       <c r="I8" s="5">
-        <v>20666</v>
+        <v>14017</v>
       </c>
       <c r="J8" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B9">
-        <v>5.22</v>
+        <v>5.5</v>
       </c>
       <c r="C9" t="s">
+        <v>110</v>
+      </c>
+      <c r="D9" t="s">
+        <v>115</v>
+      </c>
+      <c r="E9" t="s">
         <v>109</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G9" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H9" s="5">
-        <v>11122.0</v>
+        <v>17079.0</v>
       </c>
       <c r="I9" s="5">
-        <v>13458</v>
+        <v>20666</v>
       </c>
       <c r="J9" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B10">
-        <v>4.42</v>
+        <v>5.22</v>
       </c>
       <c r="C10" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="D10" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E10" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F10" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G10" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H10" s="5">
-        <v>7566.0</v>
+        <v>11122.0</v>
       </c>
       <c r="I10" s="5">
-        <v>9155</v>
+        <v>13458</v>
       </c>
       <c r="J10" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B11">
-        <v>4.12</v>
+        <v>4.42</v>
       </c>
       <c r="C11" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="D11" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E11" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F11" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G11" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H11" s="5">
-        <v>9105.0</v>
+        <v>7566.0</v>
       </c>
       <c r="I11" s="5">
-        <v>11017</v>
+        <v>9155</v>
       </c>
       <c r="J11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B12">
-        <v>3.72</v>
+        <v>4.12</v>
       </c>
       <c r="C12" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="D12" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E12" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="F12" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G12" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H12" s="5">
-        <v>6908.0</v>
+        <v>9105.0</v>
       </c>
       <c r="I12" s="5">
-        <v>8359</v>
+        <v>11017</v>
       </c>
       <c r="J12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B13">
         <v>3.68</v>
       </c>
       <c r="C13" t="s">
+        <v>120</v>
+      </c>
+      <c r="D13" t="s">
         <v>121</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>122</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G13" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H13" s="5">
         <v>6870.0</v>
       </c>
       <c r="I13" s="5">
         <v>8313</v>
       </c>
       <c r="J13" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B14">
         <v>3.36</v>
       </c>
       <c r="C14" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D14" t="s">
+        <v>124</v>
+      </c>
+      <c r="E14" t="s">
         <v>125</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G14" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H14" s="5">
         <v>9492.0</v>
       </c>
       <c r="I14" s="5">
         <v>11485</v>
       </c>
       <c r="J14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B15">
         <v>3.27</v>
       </c>
       <c r="C15" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="E15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F15" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G15" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H15" s="5">
         <v>7805.0</v>
       </c>
       <c r="I15" s="5">
         <v>9444</v>
       </c>
       <c r="J15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B16">
         <v>3.24</v>
       </c>
       <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
         <v>128</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F16" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G16" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H16" s="5">
         <v>6214.0</v>
       </c>
       <c r="I16" s="5">
         <v>7519</v>
       </c>
       <c r="J16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B17">
         <v>3.09</v>
       </c>
       <c r="C17" t="s">
+        <v>129</v>
+      </c>
+      <c r="D17" t="s">
         <v>130</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F17" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G17" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H17" s="5">
         <v>9111.0</v>
       </c>
       <c r="I17" s="5">
         <v>11024</v>
       </c>
       <c r="J17" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B18">
         <v>2.4</v>
       </c>
       <c r="C18" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D18" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E18" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G18" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H18" s="5">
         <v>6375.0</v>
       </c>
       <c r="I18" s="5">
         <v>7714</v>
       </c>
       <c r="J18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B19">
         <v>2.17</v>
       </c>
       <c r="C19" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D19" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F19" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H19" s="5">
         <v>6105.0</v>
       </c>
       <c r="I19" s="5">
         <v>7387</v>
       </c>
       <c r="J19" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B20">
         <v>2.06</v>
       </c>
       <c r="C20" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D20" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E20" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F20" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G20" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H20" s="5">
         <v>5975.0</v>
       </c>
       <c r="I20" s="5">
         <v>7230</v>
       </c>
       <c r="J20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B21">
-        <v>1.87</v>
+        <v>1.74</v>
       </c>
       <c r="C21" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="D21" t="s">
         <v>135</v>
       </c>
       <c r="E21" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F21" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G21" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H21" s="5">
-        <v>5115.0</v>
+        <v>4963.0</v>
       </c>
       <c r="I21" s="5">
-        <v>6189</v>
+        <v>6005</v>
       </c>
       <c r="J21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B22">
-        <v>1.74</v>
+        <v>1.65</v>
       </c>
       <c r="C22" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" t="s">
         <v>136</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F22" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G22" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H22" s="5">
-        <v>4963.0</v>
+        <v>4858.0</v>
       </c>
       <c r="I22" s="5">
-        <v>6005</v>
+        <v>5878</v>
       </c>
       <c r="J22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B23">
-        <v>1.65</v>
+        <v>1.64</v>
       </c>
       <c r="C23" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" t="s">
         <v>109</v>
       </c>
-      <c r="D23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G23" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H23" s="5">
-        <v>4858.0</v>
+        <v>5814.0</v>
       </c>
       <c r="I23" s="5">
-        <v>5878</v>
+        <v>7035</v>
       </c>
       <c r="J23" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B24">
         <v>1.64</v>
       </c>
       <c r="C24" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D24" t="s">
+        <v>138</v>
+      </c>
+      <c r="E24" t="s">
         <v>139</v>
       </c>
-      <c r="E24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G24" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H24" s="5">
-        <v>5814.0</v>
+        <v>4845.0</v>
       </c>
       <c r="I24" s="5">
-        <v>7035</v>
+        <v>5862</v>
       </c>
       <c r="J24" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B25">
-        <v>1.64</v>
+        <v>1.56</v>
       </c>
       <c r="C25" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D25" t="s">
         <v>140</v>
       </c>
       <c r="E25" t="s">
-        <v>141</v>
+        <v>105</v>
       </c>
       <c r="F25" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G25" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H25" s="5">
-        <v>4845.0</v>
+        <v>5700.0</v>
       </c>
       <c r="I25" s="5">
-        <v>5862</v>
+        <v>6897</v>
       </c>
       <c r="J25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B26">
-        <v>1.56</v>
+        <v>1.32</v>
       </c>
       <c r="C26" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D26" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E26" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="F26" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G26" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H26" s="5">
-        <v>5700.0</v>
+        <v>4203.0</v>
       </c>
       <c r="I26" s="5">
-        <v>6897</v>
+        <v>5086</v>
       </c>
       <c r="J26" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B27">
-        <v>1.32</v>
+        <v>0.91</v>
       </c>
       <c r="C27" t="s">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="D27" t="s">
         <v>143</v>
       </c>
       <c r="E27" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F27" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G27" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H27" s="5">
-        <v>4203.0</v>
+        <v>3455.0</v>
       </c>
       <c r="I27" s="5">
-        <v>5086</v>
+        <v>4181</v>
       </c>
       <c r="J27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B28">
-        <v>1.31</v>
+        <v>5.88</v>
       </c>
       <c r="C28" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D28" t="s">
         <v>144</v>
       </c>
       <c r="E28" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F28" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G28" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H28" s="5">
-        <v>4193.0</v>
+        <v>8867.0</v>
       </c>
       <c r="I28" s="5">
-        <v>5074</v>
+        <v>10729</v>
       </c>
       <c r="J28" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B29">
-        <v>0.91</v>
+        <v>1.94</v>
       </c>
       <c r="C29" t="s">
+        <v>103</v>
+      </c>
+      <c r="D29" t="s">
         <v>145</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>146</v>
       </c>
-      <c r="E29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F29" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G29" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H29" s="5">
-        <v>3455.0</v>
+        <v>9091.0</v>
       </c>
       <c r="I29" s="5">
-        <v>4181</v>
+        <v>11000</v>
       </c>
       <c r="J29" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B30">
-        <v>5.88</v>
+        <v>1.99</v>
       </c>
       <c r="C30" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D30" t="s">
         <v>147</v>
       </c>
       <c r="E30" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F30" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G30" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H30" s="5">
-        <v>8867.0</v>
+        <v>4876.0</v>
       </c>
       <c r="I30" s="5">
-        <v>10729</v>
+        <v>5900</v>
       </c>
       <c r="J30" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B31">
-        <v>1.94</v>
+        <v>2.36</v>
       </c>
       <c r="C31" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="D31" t="s">
         <v>148</v>
       </c>
       <c r="E31" t="s">
-        <v>149</v>
+        <v>105</v>
       </c>
       <c r="F31" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G31" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H31" s="5">
-        <v>9091.0</v>
+        <v>3877.0</v>
       </c>
       <c r="I31" s="5">
-        <v>11000</v>
+        <v>4691</v>
       </c>
       <c r="J31" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B32">
-        <v>1.99</v>
+        <v>2.93</v>
       </c>
       <c r="C32" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D32" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="E32" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F32" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G32" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H32" s="5">
-        <v>4876.0</v>
+        <v>4215.0</v>
       </c>
       <c r="I32" s="5">
-        <v>5900</v>
+        <v>5100</v>
       </c>
       <c r="J32" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B33">
-        <v>2.36</v>
+        <v>3.18</v>
       </c>
       <c r="C33" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33" t="s">
+        <v>150</v>
+      </c>
+      <c r="E33" t="s">
+        <v>105</v>
+      </c>
+      <c r="F33" t="s">
+        <v>100</v>
+      </c>
+      <c r="G33" t="s">
+        <v>101</v>
+      </c>
+      <c r="H33" s="5">
+        <v>5819.0</v>
+      </c>
+      <c r="I33" s="5">
+        <v>7041</v>
+      </c>
+      <c r="J33" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>105</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B34">
-        <v>2.93</v>
+        <v>3.91</v>
       </c>
       <c r="C34" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="D34" t="s">
+        <v>151</v>
+      </c>
+      <c r="E34" t="s">
         <v>152</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G34" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H34" s="5">
-        <v>4215.0</v>
+        <v>4798.0</v>
       </c>
       <c r="I34" s="5">
-        <v>5100</v>
+        <v>5806</v>
       </c>
       <c r="J34" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B35">
-        <v>3.18</v>
+        <v>3.56</v>
       </c>
       <c r="C35" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="D35" t="s">
         <v>153</v>
       </c>
       <c r="E35" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F35" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G35" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H35" s="5">
-        <v>5819.0</v>
+        <v>8414.0</v>
       </c>
       <c r="I35" s="5">
-        <v>7041</v>
+        <v>10181</v>
       </c>
       <c r="J35" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B36">
-        <v>3.91</v>
+        <v>3.42</v>
       </c>
       <c r="C36" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
         <v>154</v>
       </c>
       <c r="E36" t="s">
-        <v>155</v>
+        <v>105</v>
       </c>
       <c r="F36" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G36" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H36" s="5">
-        <v>4798.0</v>
+        <v>6009.0</v>
       </c>
       <c r="I36" s="5">
-        <v>5806</v>
+        <v>7271</v>
       </c>
       <c r="J36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B37">
-        <v>3.56</v>
+        <v>3.19</v>
       </c>
       <c r="C37" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D37" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E37" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F37" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G37" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H37" s="5">
-        <v>8414.0</v>
+        <v>5826.0</v>
       </c>
       <c r="I37" s="5">
-        <v>10181</v>
+        <v>7049</v>
       </c>
       <c r="J37" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B38">
-        <v>3.42</v>
+        <v>1.28</v>
       </c>
       <c r="C38" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D38" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E38" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F38" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G38" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H38" s="5">
-        <v>6009.0</v>
+        <v>5931.0</v>
       </c>
       <c r="I38" s="5">
-        <v>7271</v>
+        <v>7177</v>
       </c>
       <c r="J38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B39">
-        <v>3.19</v>
+        <v>3.34</v>
       </c>
       <c r="C39" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="D39" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E39" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G39" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H39" s="5">
-        <v>5826.0</v>
+        <v>8175.0</v>
       </c>
       <c r="I39" s="5">
-        <v>7049</v>
+        <v>9892</v>
       </c>
       <c r="J39" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B40">
-        <v>1.28</v>
+        <v>3.14</v>
       </c>
       <c r="C40" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D40" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E40" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F40" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G40" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H40" s="5">
-        <v>5931.0</v>
+        <v>4025.0</v>
       </c>
       <c r="I40" s="5">
-        <v>7177</v>
+        <v>4870</v>
       </c>
       <c r="J40" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B41">
-        <v>3.34</v>
+        <v>1.68</v>
       </c>
       <c r="C41" t="s">
+        <v>97</v>
+      </c>
+      <c r="D41" t="s">
+        <v>159</v>
+      </c>
+      <c r="E41" t="s">
+        <v>105</v>
+      </c>
+      <c r="F41" t="s">
+        <v>100</v>
+      </c>
+      <c r="G41" t="s">
+        <v>101</v>
+      </c>
+      <c r="H41" s="5">
+        <v>5904.0</v>
+      </c>
+      <c r="I41" s="5">
+        <v>7144</v>
+      </c>
+      <c r="J41" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>105</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B42">
-        <v>3.14</v>
+        <v>4.96</v>
       </c>
       <c r="C42" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D42" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E42" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F42" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G42" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H42" s="5">
-        <v>4025.0</v>
+        <v>6703.0</v>
       </c>
       <c r="I42" s="5">
-        <v>4870</v>
+        <v>8111</v>
       </c>
       <c r="J42" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B43">
-        <v>1.68</v>
+        <v>2.88</v>
       </c>
       <c r="C43" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c r="D43" t="s">
         <v>162</v>
       </c>
       <c r="E43" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F43" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G43" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H43" s="5">
-        <v>5904.0</v>
+        <v>5175.0</v>
       </c>
       <c r="I43" s="5">
-        <v>7144</v>
+        <v>6262</v>
       </c>
       <c r="J43" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B44">
-        <v>4.96</v>
+        <v>3.79</v>
       </c>
       <c r="C44" t="s">
-        <v>109</v>
+        <v>163</v>
       </c>
       <c r="D44" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E44" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F44" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G44" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H44" s="5">
-        <v>6703.0</v>
+        <v>5843.0</v>
       </c>
       <c r="I44" s="5">
-        <v>8111</v>
+        <v>7070</v>
       </c>
       <c r="J44" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B45">
-        <v>2.88</v>
+        <v>2.99</v>
       </c>
       <c r="C45" t="s">
+        <v>97</v>
+      </c>
+      <c r="D45" t="s">
         <v>165</v>
       </c>
-      <c r="D45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F45" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G45" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H45" s="5">
-        <v>5175.0</v>
+        <v>3942.0</v>
       </c>
       <c r="I45" s="5">
-        <v>6262</v>
+        <v>4770</v>
       </c>
       <c r="J45" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B46">
-        <v>3.79</v>
+        <v>11.11</v>
       </c>
       <c r="C46" t="s">
-        <v>167</v>
+        <v>127</v>
       </c>
       <c r="D46" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="E46" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F46" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G46" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H46" s="5">
-        <v>5843.0</v>
+        <v>9332.0</v>
       </c>
       <c r="I46" s="5">
-        <v>7070</v>
+        <v>11292</v>
       </c>
       <c r="J46" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B47">
-        <v>2.99</v>
+        <v>5.66</v>
       </c>
       <c r="C47" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D47" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E47" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F47" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G47" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H47" s="5">
-        <v>3942.0</v>
+        <v>8441.0</v>
       </c>
       <c r="I47" s="5">
-        <v>4770</v>
+        <v>10214</v>
       </c>
       <c r="J47" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B48">
-        <v>11.11</v>
+        <v>5.78</v>
       </c>
       <c r="C48" t="s">
-        <v>128</v>
+        <v>107</v>
       </c>
       <c r="D48" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E48" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F48" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G48" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H48" s="5">
-        <v>9332.0</v>
+        <v>8529.0</v>
       </c>
       <c r="I48" s="5">
-        <v>11292</v>
+        <v>10320</v>
       </c>
       <c r="J48" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B49">
-        <v>5.66</v>
+        <v>5.61</v>
       </c>
       <c r="C49" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D49" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E49" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F49" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G49" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H49" s="5">
-        <v>8441.0</v>
+        <v>8404.0</v>
       </c>
       <c r="I49" s="5">
-        <v>10214</v>
+        <v>10169</v>
       </c>
       <c r="J49" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B50">
-        <v>5.78</v>
+        <v>5.45</v>
       </c>
       <c r="C50" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D50" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E50" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F50" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G50" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H50" s="5">
-        <v>8529.0</v>
+        <v>8286.0</v>
       </c>
       <c r="I50" s="5">
-        <v>10320</v>
+        <v>10026</v>
       </c>
       <c r="J50" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B51">
-        <v>5.61</v>
+        <v>5.08</v>
       </c>
       <c r="C51" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D51" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="E51" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F51" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G51" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H51" s="5">
-        <v>8404.0</v>
+        <v>11020.0</v>
       </c>
       <c r="I51" s="5">
-        <v>10169</v>
+        <v>13334</v>
       </c>
       <c r="J51" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B52">
-        <v>5.45</v>
+        <v>5.81</v>
       </c>
       <c r="C52" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="D52" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E52" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F52" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G52" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H52" s="5">
-        <v>8286.0</v>
+        <v>8551.0</v>
       </c>
       <c r="I52" s="5">
-        <v>10026</v>
+        <v>10347</v>
       </c>
       <c r="J52" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B53">
-        <v>5.08</v>
+        <v>5.06</v>
       </c>
       <c r="C53" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D53" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E53" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F53" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G53" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H53" s="5">
-        <v>11020.0</v>
+        <v>6000.0</v>
       </c>
       <c r="I53" s="5">
-        <v>13334</v>
+        <v>7260</v>
       </c>
       <c r="J53" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B54">
-        <v>5.81</v>
+        <v>3.18</v>
       </c>
       <c r="C54" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D54" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E54" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F54" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G54" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H54" s="5">
-        <v>8551.0</v>
+        <v>4062.0</v>
       </c>
       <c r="I54" s="5">
-        <v>10347</v>
+        <v>4915</v>
       </c>
       <c r="J54" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B55">
-        <v>5.06</v>
+        <v>3.5</v>
       </c>
       <c r="C55" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D55" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E55" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F55" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G55" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H55" s="5">
-        <v>6000.0</v>
+        <v>4239.0</v>
       </c>
       <c r="I55" s="5">
-        <v>7260</v>
+        <v>5129</v>
       </c>
       <c r="J55" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B56">
-        <v>3.18</v>
+        <v>3.32</v>
       </c>
       <c r="C56" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D56" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E56" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F56" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G56" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H56" s="5">
-        <v>4062.0</v>
+        <v>5520.0</v>
       </c>
       <c r="I56" s="5">
-        <v>4915</v>
+        <v>6679</v>
       </c>
       <c r="J56" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B57">
-        <v>3.5</v>
+        <v>3.65</v>
       </c>
       <c r="C57" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D57" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="E57" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F57" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G57" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H57" s="5">
-        <v>4239.0</v>
+        <v>4322.0</v>
       </c>
       <c r="I57" s="5">
-        <v>5129</v>
+        <v>5230</v>
       </c>
       <c r="J57" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B58">
-        <v>3.32</v>
+        <v>4.62</v>
       </c>
       <c r="C58" t="s">
-        <v>113</v>
+        <v>178</v>
       </c>
       <c r="D58" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E58" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F58" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G58" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H58" s="5">
-        <v>5520.0</v>
+        <v>6478.0</v>
       </c>
       <c r="I58" s="5">
-        <v>6679</v>
+        <v>7838</v>
       </c>
       <c r="J58" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B59">
-        <v>3.65</v>
+        <v>4.04</v>
       </c>
       <c r="C59" t="s">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="D59" t="s">
+        <v>180</v>
+      </c>
+      <c r="E59" t="s">
         <v>181</v>
       </c>
-      <c r="E59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G59" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H59" s="5">
-        <v>4322.0</v>
+        <v>5641.0</v>
       </c>
       <c r="I59" s="5">
-        <v>5230</v>
+        <v>6826</v>
       </c>
       <c r="J59" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B60">
-        <v>2.55</v>
+        <v>3.94</v>
       </c>
       <c r="C60" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="D60" t="s">
         <v>182</v>
       </c>
       <c r="E60" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F60" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G60" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H60" s="5">
-        <v>3714.0</v>
+        <v>4553.0</v>
       </c>
       <c r="I60" s="5">
-        <v>4494</v>
+        <v>5509</v>
       </c>
       <c r="J60" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B61">
-        <v>4.62</v>
+        <v>4.73</v>
       </c>
       <c r="C61" t="s">
+        <v>97</v>
+      </c>
+      <c r="D61" t="s">
         <v>183</v>
       </c>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F61" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G61" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H61" s="5">
-        <v>6478.0</v>
+        <v>4996.0</v>
       </c>
       <c r="I61" s="5">
-        <v>7838</v>
+        <v>6045</v>
       </c>
       <c r="J61" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B62">
-        <v>4.04</v>
+        <v>4.73</v>
       </c>
       <c r="C62" t="s">
-        <v>145</v>
+        <v>110</v>
       </c>
       <c r="D62" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E62" t="s">
-        <v>186</v>
+        <v>105</v>
       </c>
       <c r="F62" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G62" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H62" s="5">
-        <v>5641.0</v>
+        <v>6072.0</v>
       </c>
       <c r="I62" s="5">
-        <v>6826</v>
+        <v>7347</v>
       </c>
       <c r="J62" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B63">
-        <v>3.94</v>
+        <v>3.93</v>
       </c>
       <c r="C63" t="s">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="D63" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E63" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F63" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G63" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H63" s="5">
-        <v>4553.0</v>
+        <v>4179.0</v>
       </c>
       <c r="I63" s="5">
-        <v>5509</v>
+        <v>5057</v>
       </c>
       <c r="J63" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B64">
-        <v>4.73</v>
+        <v>3.84</v>
       </c>
       <c r="C64" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D64" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E64" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F64" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G64" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H64" s="5">
-        <v>4996.0</v>
+        <v>4137.0</v>
       </c>
       <c r="I64" s="5">
-        <v>6045</v>
+        <v>5006</v>
       </c>
       <c r="J64" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B65">
-        <v>4.73</v>
+        <v>3.62</v>
       </c>
       <c r="C65" t="s">
-        <v>109</v>
+        <v>134</v>
       </c>
       <c r="D65" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="E65" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F65" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G65" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H65" s="5">
-        <v>6072.0</v>
+        <v>5379.0</v>
       </c>
       <c r="I65" s="5">
-        <v>7347</v>
+        <v>6509</v>
       </c>
       <c r="J65" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B66">
-        <v>3.93</v>
+        <v>3.46</v>
       </c>
       <c r="C66" t="s">
-        <v>113</v>
+        <v>188</v>
       </c>
       <c r="D66" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E66" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F66" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G66" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H66" s="5">
-        <v>4179.0</v>
+        <v>3959.0</v>
       </c>
       <c r="I66" s="5">
-        <v>5057</v>
+        <v>4790</v>
       </c>
       <c r="J66" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B67">
-        <v>3.84</v>
+        <v>3.34</v>
       </c>
       <c r="C67" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D67" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E67" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F67" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G67" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H67" s="5">
-        <v>4137.0</v>
+        <v>3903.0</v>
       </c>
       <c r="I67" s="5">
-        <v>5006</v>
+        <v>4723</v>
       </c>
       <c r="J67" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B68">
-        <v>3.62</v>
+        <v>3.33</v>
       </c>
       <c r="C68" t="s">
-        <v>136</v>
+        <v>97</v>
       </c>
       <c r="D68" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="E68" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F68" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G68" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H68" s="5">
-        <v>5379.0</v>
+        <v>3898.0</v>
       </c>
       <c r="I68" s="5">
-        <v>6509</v>
+        <v>4717</v>
       </c>
       <c r="J68" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B69">
-        <v>3.46</v>
+        <v>3.26</v>
       </c>
       <c r="C69" t="s">
-        <v>193</v>
+        <v>97</v>
       </c>
       <c r="D69" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="E69" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F69" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G69" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H69" s="5">
-        <v>3959.0</v>
+        <v>3866.0</v>
       </c>
       <c r="I69" s="5">
-        <v>4790</v>
+        <v>4678</v>
       </c>
       <c r="J69" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B70">
-        <v>3.34</v>
+        <v>3.23</v>
       </c>
       <c r="C70" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D70" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="E70" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F70" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G70" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H70" s="5">
-        <v>3903.0</v>
+        <v>3852.0</v>
       </c>
       <c r="I70" s="5">
-        <v>4723</v>
+        <v>4661</v>
       </c>
       <c r="J70" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B71">
-        <v>3.33</v>
+        <v>3.07</v>
       </c>
       <c r="C71" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D71" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E71" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F71" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G71" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H71" s="5">
-        <v>3898.0</v>
+        <v>3777.0</v>
       </c>
       <c r="I71" s="5">
-        <v>4717</v>
+        <v>4570</v>
       </c>
       <c r="J71" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B72">
-        <v>3.26</v>
+        <v>2.65</v>
       </c>
       <c r="C72" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D72" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="E72" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F72" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G72" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H72" s="5">
-        <v>3866.0</v>
+        <v>4774.0</v>
       </c>
       <c r="I72" s="5">
-        <v>4678</v>
+        <v>5777</v>
       </c>
       <c r="J72" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B73">
-        <v>3.23</v>
+        <v>1.57</v>
       </c>
       <c r="C73" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D73" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="E73" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="F73" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G73" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H73" s="5">
-        <v>3852.0</v>
+        <v>5637.0</v>
       </c>
       <c r="I73" s="5">
-        <v>4661</v>
+        <v>6821</v>
       </c>
       <c r="J73" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B74">
-        <v>3.07</v>
+        <v>3.24</v>
       </c>
       <c r="C74" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D74" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E74" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F74" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G74" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H74" s="5">
-        <v>3777.0</v>
+        <v>7342.0</v>
       </c>
       <c r="I74" s="5">
-        <v>4570</v>
+        <v>8884</v>
       </c>
       <c r="J74" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B75">
-        <v>2.65</v>
+        <v>3.35</v>
       </c>
       <c r="C75" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="D75" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E75" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F75" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G75" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H75" s="5">
-        <v>4774.0</v>
+        <v>7440.0</v>
       </c>
       <c r="I75" s="5">
-        <v>5777</v>
+        <v>9002</v>
       </c>
       <c r="J75" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B76">
-        <v>1.57</v>
+        <v>3.09</v>
       </c>
       <c r="C76" t="s">
-        <v>113</v>
+        <v>97</v>
       </c>
       <c r="D76" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="E76" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F76" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G76" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H76" s="5">
-        <v>5637.0</v>
+        <v>7208.0</v>
       </c>
       <c r="I76" s="5">
-        <v>6821</v>
+        <v>8722</v>
       </c>
       <c r="J76" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K76" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B77">
-        <v>3.24</v>
+        <v>4.98</v>
       </c>
       <c r="C77" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D77" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="E77" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F77" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G77" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H77" s="5">
-        <v>7342.0</v>
+        <v>6467.0</v>
       </c>
       <c r="I77" s="5">
-        <v>8884</v>
+        <v>7825</v>
       </c>
       <c r="J77" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K77" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B78">
-        <v>3.35</v>
+        <v>1.79</v>
       </c>
       <c r="C78" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="D78" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="E78" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="F78" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G78" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H78" s="5">
-        <v>7440.0</v>
+        <v>8800.0</v>
       </c>
       <c r="I78" s="5">
-        <v>9002</v>
+        <v>10648</v>
       </c>
       <c r="J78" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K78" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B79">
-        <v>3.09</v>
+        <v>5.18</v>
       </c>
       <c r="C79" t="s">
-        <v>113</v>
+        <v>202</v>
       </c>
       <c r="D79" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E79" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F79" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G79" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H79" s="5">
-        <v>7208.0</v>
+        <v>4577.0</v>
       </c>
       <c r="I79" s="5">
-        <v>8722</v>
+        <v>5538</v>
       </c>
       <c r="J79" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K79" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B80">
-        <v>4.98</v>
+        <v>6.77</v>
       </c>
       <c r="C80" t="s">
-        <v>109</v>
+        <v>202</v>
       </c>
       <c r="D80" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="E80" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F80" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G80" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H80" s="5">
-        <v>6467.0</v>
+        <v>7160.0</v>
       </c>
       <c r="I80" s="5">
-        <v>7825</v>
+        <v>8664</v>
       </c>
       <c r="J80" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K80" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B81">
-        <v>1.79</v>
+        <v>3.04</v>
       </c>
       <c r="C81" t="s">
-        <v>100</v>
+        <v>202</v>
       </c>
       <c r="D81" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E81" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F81" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G81" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H81" s="5">
-        <v>8800.0</v>
+        <v>4680.0</v>
       </c>
       <c r="I81" s="5">
-        <v>10648</v>
+        <v>5663</v>
       </c>
       <c r="J81" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K81" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B82">
-        <v>5.18</v>
+        <v>6.45</v>
       </c>
       <c r="C82" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="D82" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E82" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F82" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G82" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H82" s="5">
-        <v>4577.0</v>
+        <v>6947.0</v>
       </c>
       <c r="I82" s="5">
-        <v>5538</v>
+        <v>8406</v>
       </c>
       <c r="J82" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K82" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B83">
-        <v>6.77</v>
+        <v>2.99</v>
       </c>
       <c r="C83" t="s">
+        <v>202</v>
+      </c>
+      <c r="D83" t="s">
         <v>207</v>
       </c>
-      <c r="D83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="F83" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G83" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H83" s="5">
-        <v>7160.0</v>
+        <v>6390.0</v>
       </c>
       <c r="I83" s="5">
-        <v>8664</v>
+        <v>7732</v>
       </c>
       <c r="J83" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K83" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B84">
-        <v>3.04</v>
+        <v>5.03</v>
       </c>
       <c r="C84" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="D84" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="E84" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F84" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G84" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H84" s="5">
-        <v>4680.0</v>
+        <v>4502.0</v>
       </c>
       <c r="I84" s="5">
-        <v>5663</v>
+        <v>5447</v>
       </c>
       <c r="J84" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K84" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B85">
-        <v>6.45</v>
+        <v>6.25</v>
       </c>
       <c r="C85" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D85" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="E85" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F85" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G85" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H85" s="5">
-        <v>6947.0</v>
+        <v>5111.0</v>
       </c>
       <c r="I85" s="5">
-        <v>8406</v>
+        <v>6184</v>
       </c>
       <c r="J85" t="s">
-        <v>164</v>
+        <v>102</v>
       </c>
       <c r="K85" t="s">
         <v>95</v>
-      </c>
-[...103 lines deleted...]
-        <v>98</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -4352,53 +4232,50 @@
     <hyperlink ref="K61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="K62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="K63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="K64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="K65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="K66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="K67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="K68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="K69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="K70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="K71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="K72" r:id="rId_hyperlink_70"/>
     <hyperlink ref="K73" r:id="rId_hyperlink_71"/>
     <hyperlink ref="K74" r:id="rId_hyperlink_72"/>
     <hyperlink ref="K75" r:id="rId_hyperlink_73"/>
     <hyperlink ref="K76" r:id="rId_hyperlink_74"/>
     <hyperlink ref="K77" r:id="rId_hyperlink_75"/>
     <hyperlink ref="K78" r:id="rId_hyperlink_76"/>
     <hyperlink ref="K79" r:id="rId_hyperlink_77"/>
     <hyperlink ref="K80" r:id="rId_hyperlink_78"/>
     <hyperlink ref="K81" r:id="rId_hyperlink_79"/>
     <hyperlink ref="K82" r:id="rId_hyperlink_80"/>
     <hyperlink ref="K83" r:id="rId_hyperlink_81"/>
     <hyperlink ref="K84" r:id="rId_hyperlink_82"/>
     <hyperlink ref="K85" r:id="rId_hyperlink_83"/>
-    <hyperlink ref="K86" r:id="rId_hyperlink_84"/>
-[...1 lines deleted...]
-    <hyperlink ref="K88" r:id="rId_hyperlink_86"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>