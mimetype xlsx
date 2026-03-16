--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
@@ -124,53 +124,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/topaz-309ct-deep-blue-s-igi-certifikatem-0101832.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-240ct-blue-s-igi-certifikatem-0101830.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-217ct-deep-blue-s-igi-certifikatem-0101827.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-206ct-blue-s-igi-certifikatem-0101826.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-174ct-blue-s-igi-certifikatem-0101822.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-165ct-blue-s-igi-certifikatem-0101821.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-164ct-deep-blue-s-igi-certifikatem-0101820.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-164ct-greenish-blue-s-igi-certifikatem-0101819.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/topaz-156ct-blue-s-igi-certifikatem-0101817.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/topaz-132ct-deep-blue-s-igi-certifikatem-0101815.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-091ct-blue-s-igi-certifikatem-0101812.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-588ct-blue-s-igi-certifikatem-0101390.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-194ct-deep-blue-greenish-s-igi-certifikatem-0101388.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-199ct-blue-s-igi-certifikatem-0101350.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-236ct-blue-s-igi-certifikatem-0101345.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-293ct-blue-s-igi-certifikatem-0101344.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101343.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-391ct-light-blue-s-igi-certifikatem-0101342.html</t>
@@ -247,53 +244,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/topaz-462ct-blue-s-igi-certifikatem-0101003.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-404ct-colorless-s-igi-certifikatem-010960.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-394ct-blue-s-igi-certifikatem-010956.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010912.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010847.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-393ct-blue-s-igi-certifikatem-010841.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-384ct-blue-s-igi-certifikatem-010840.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-362ct-blue-s-igi-certifikatem-010838.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/topaz-346ct-blue-s-igi-certifikatem-010834.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-010832.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-333ct-blue-s-igi-certifikatem-010831.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-326ct-blue-s-igi-certifikatem-010830.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-323ct-blue-s-igi-certifikatem-010828.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-307ct-blue-s-igi-certifikatem-010825.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-265ct-blue-s-igi-certifikatem-010822.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-157ct-deep-blue-s-igi-certifikatem-010819.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-010624.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/topaz-335ct-blue-s-igi-certifikatem-010623.html</t>
@@ -439,53 +433,50 @@
   <si>
     <t>7.00mm x 9.13mm x 4.49mm</t>
   </si>
   <si>
     <t>7.12mm x 9.02mm x 4.50mm</t>
   </si>
   <si>
     <t>Cut Cornered Mixed Cut</t>
   </si>
   <si>
     <t>7.92mm x 5.93mm x 4.17mm</t>
   </si>
   <si>
     <t>9.11mm x 6.17mm x 4.23mm</t>
   </si>
   <si>
     <t>8.00mm x 6.00mm x 4.58mm</t>
   </si>
   <si>
     <t>8.01mm x 6.10mm x 4.58mm</t>
   </si>
   <si>
     <t>Greenish Blue</t>
   </si>
   <si>
-    <t>8.02mm x 6.02mm x 4.21mm</t>
-[...1 lines deleted...]
-  <si>
     <t>8.08mm x 6.02mm x 3.79mm</t>
   </si>
   <si>
     <t>Heart Mixed Cut</t>
   </si>
   <si>
     <t>6.04mm x 6.16mm x 3.39mm</t>
   </si>
   <si>
     <t>12.18mm x 10.14mm x 6.39mm</t>
   </si>
   <si>
     <t>8.07mm x 6.09mm x 3.99mm</t>
   </si>
   <si>
     <t>Deep Blue Greenish</t>
   </si>
   <si>
     <t>8.86mm x 7.05mm x 4.43mm</t>
   </si>
   <si>
     <t>9.05mm x 7.04mm x 4.70mm</t>
   </si>
   <si>
     <t>10.16mm x 8.06mm x 4.67mm</t>
@@ -581,56 +572,50 @@
     <t>9.52mm x 9.49mm x 5.80mm</t>
   </si>
   <si>
     <t>9.88mm x 10.07mm x 6.06mm</t>
   </si>
   <si>
     <t>Colorless</t>
   </si>
   <si>
     <t>9.75mm - 9.84mm x 5.11mm</t>
   </si>
   <si>
     <t>15.13mm x 8.64mm x 4.43mm</t>
   </si>
   <si>
     <t>15.77mm x 7.97mm x 5.24mm</t>
   </si>
   <si>
     <t>12.16mm x 8.12mm x 4.76mm</t>
   </si>
   <si>
     <t>10.96mm x 8.90mm x 5.23mm</t>
   </si>
   <si>
     <t>10.06mm x 8.09mm x 4.92mm</t>
-  </si>
-[...4 lines deleted...]
-    <t>8.03mm x 8.02mm x 5.51mm</t>
   </si>
   <si>
     <t>10.00mm x 7.99mm x 5.62mm</t>
   </si>
   <si>
     <t>10.14mm x 8.09mm x 5.46mm</t>
   </si>
   <si>
     <t>10.07mm x 8.02mm x 4.89mm</t>
   </si>
   <si>
     <t>12.18mm x 7.18mm x 4.44mm</t>
   </si>
   <si>
     <t>10.15mm x 8.24mm x 5.27mm</t>
   </si>
   <si>
     <t>10.25mm x 7.16mm x 5.25mm</t>
   </si>
   <si>
     <t>8.12mm x 6.12mm x 4.19mm</t>
   </si>
   <si>
     <t>12.23mm x 7.16mm x 4.46mm</t>
   </si>
@@ -1158,62 +1143,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-465ct-orange-yellow-s-igi-certifikatem-0102062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-737ct-blue-s-igi-certifikatem-0101854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-686ct-deep-blue-s-igi-certifikatem-0101853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-675ct-deep-blue-s-igi-certifikatem-0101852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-573ct-blue-s-igi-certifikatem-0101847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-571ct-blue-s-igi-certifikatem-0101846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-550ct-deep-blue-s-igi-certifikatem-0101845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-522ct-blue-s-igi-certifikatem-0101844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-442ct-blue-s-igi-certifikatem-0101842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-412ct-deep-blue-s-igi-certifikatem-0101841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-368ct-yellowish-green-s-igi-certifikatem-0101838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-336ct-deep-greenish-blue-s-igi-certifikatem-0101835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-327ct-deep-blue-s-igi-certifikatem-0101834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-0101833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-deep-blue-s-igi-certifikatem-0101832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-240ct-blue-s-igi-certifikatem-0101830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-217ct-deep-blue-s-igi-certifikatem-0101827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-206ct-blue-s-igi-certifikatem-0101826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-174ct-blue-s-igi-certifikatem-0101822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-165ct-blue-s-igi-certifikatem-0101821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-deep-blue-s-igi-certifikatem-0101820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-greenish-blue-s-igi-certifikatem-0101819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-156ct-blue-s-igi-certifikatem-0101817.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-132ct-deep-blue-s-igi-certifikatem-0101815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-091ct-blue-s-igi-certifikatem-0101812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-588ct-blue-s-igi-certifikatem-0101390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-194ct-deep-blue-greenish-s-igi-certifikatem-0101388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-199ct-blue-s-igi-certifikatem-0101350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-236ct-blue-s-igi-certifikatem-0101345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-293ct-blue-s-igi-certifikatem-0101344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-391ct-light-blue-s-igi-certifikatem-0101342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-356ct-blue-s-igi-certifikatem-0101339.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-342ct-blue-s-igi-certifikatem-0101338.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-319ct-blue-s-igi-certifikatem-0101337.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-128ct-blue-s-igi-certifikatem-0101334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-0101329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-314ct-blue-s-igi-certifikatem-0101177.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-168ct-blue-s-igi-certifikatem-0101174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-496ct-blue-s-igi-certifikatem-0101130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-288ct-blue-s-igi-certifikatem-0101127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-379ct-blue-s-igi-certifikatem-0101125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-blue-s-igi-certifikatem-0101121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-1111ct-blue-s-igi-certifikatem-0101120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-566ct-blue-s-igi-certifikatem-0101115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-578ct-blue-s-igi-certifikatem-0101113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-561ct-blue-s-igi-certifikatem-0101112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-545ct-blue-s-igi-certifikatem-0101111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-508ct-blue-s-igi-certifikatem-0101109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-581ct-blue-s-igi-certifikatem-0101107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-506ct-blue-s-igi-certifikatem-0101106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-350ct-blue-s-igi-certifikatem-0101009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-332ct-blue-s-igi-certifikatem-0101008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-365ct-blue-s-igi-certifikatem-0101007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-462ct-blue-s-igi-certifikatem-0101003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-404ct-colorless-s-igi-certifikatem-010960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-394ct-blue-s-igi-certifikatem-010956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-393ct-blue-s-igi-certifikatem-010841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-384ct-blue-s-igi-certifikatem-010840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-362ct-blue-s-igi-certifikatem-010838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-346ct-blue-s-igi-certifikatem-010834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-010832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-333ct-blue-s-igi-certifikatem-010831.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-326ct-blue-s-igi-certifikatem-010830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-323ct-blue-s-igi-certifikatem-010828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-307ct-blue-s-igi-certifikatem-010825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-265ct-blue-s-igi-certifikatem-010822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-157ct-deep-blue-s-igi-certifikatem-010819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-010624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-335ct-blue-s-igi-certifikatem-010623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-blue-s-igi-certifikatem-010620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-498ct-blue-s-igi-certifikatem-010618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-179ct-deep-blue-s-igi-certifikatem-010541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-518ct-blue-s-igi-certifikatem-010236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-677ct-blue-s-igi-certifikatem-010233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-304ct-blue-s-igi-certifikatem-010232.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-645ct-blue-s-igi-certifikatem-010157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-deep-blue-s-igi-certifikatem-010100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-503ct-blue-s-igi-certifikatem-010099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-625ct-blue-s-igi-certifikatem-010048.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-465ct-orange-yellow-s-igi-certifikatem-0102062.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-737ct-blue-s-igi-certifikatem-0101854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-686ct-deep-blue-s-igi-certifikatem-0101853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-675ct-deep-blue-s-igi-certifikatem-0101852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-573ct-blue-s-igi-certifikatem-0101847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-571ct-blue-s-igi-certifikatem-0101846.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-550ct-deep-blue-s-igi-certifikatem-0101845.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-522ct-blue-s-igi-certifikatem-0101844.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-442ct-blue-s-igi-certifikatem-0101842.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-412ct-deep-blue-s-igi-certifikatem-0101841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-368ct-yellowish-green-s-igi-certifikatem-0101838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-336ct-deep-greenish-blue-s-igi-certifikatem-0101835.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-327ct-deep-blue-s-igi-certifikatem-0101834.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-0101833.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-deep-blue-s-igi-certifikatem-0101832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-240ct-blue-s-igi-certifikatem-0101830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-217ct-deep-blue-s-igi-certifikatem-0101827.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-206ct-blue-s-igi-certifikatem-0101826.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-174ct-blue-s-igi-certifikatem-0101822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-165ct-blue-s-igi-certifikatem-0101821.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-deep-blue-s-igi-certifikatem-0101820.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-164ct-greenish-blue-s-igi-certifikatem-0101819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-132ct-deep-blue-s-igi-certifikatem-0101815.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-091ct-blue-s-igi-certifikatem-0101812.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-588ct-blue-s-igi-certifikatem-0101390.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-194ct-deep-blue-greenish-s-igi-certifikatem-0101388.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-199ct-blue-s-igi-certifikatem-0101350.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-236ct-blue-s-igi-certifikatem-0101345.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-293ct-blue-s-igi-certifikatem-0101344.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101343.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-391ct-light-blue-s-igi-certifikatem-0101342.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-356ct-blue-s-igi-certifikatem-0101339.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-342ct-blue-s-igi-certifikatem-0101338.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-319ct-blue-s-igi-certifikatem-0101337.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-128ct-blue-s-igi-certifikatem-0101334.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-0101329.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-314ct-blue-s-igi-certifikatem-0101177.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-168ct-blue-s-igi-certifikatem-0101174.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-496ct-blue-s-igi-certifikatem-0101130.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-288ct-blue-s-igi-certifikatem-0101127.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-379ct-blue-s-igi-certifikatem-0101125.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-blue-s-igi-certifikatem-0101121.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-1111ct-blue-s-igi-certifikatem-0101120.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-566ct-blue-s-igi-certifikatem-0101115.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-578ct-blue-s-igi-certifikatem-0101113.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-561ct-blue-s-igi-certifikatem-0101112.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-545ct-blue-s-igi-certifikatem-0101111.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-508ct-blue-s-igi-certifikatem-0101109.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-581ct-blue-s-igi-certifikatem-0101107.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-506ct-blue-s-igi-certifikatem-0101106.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-318ct-blue-s-igi-certifikatem-0101013.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-350ct-blue-s-igi-certifikatem-0101009.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-332ct-blue-s-igi-certifikatem-0101008.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-365ct-blue-s-igi-certifikatem-0101007.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-462ct-blue-s-igi-certifikatem-0101003.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-404ct-colorless-s-igi-certifikatem-010960.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-394ct-blue-s-igi-certifikatem-010956.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010912.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-473ct-blue-s-igi-certifikatem-010847.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-393ct-blue-s-igi-certifikatem-010841.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-384ct-blue-s-igi-certifikatem-010840.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-362ct-blue-s-igi-certifikatem-010838.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-334ct-blue-s-igi-certifikatem-010832.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-333ct-blue-s-igi-certifikatem-010831.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-326ct-blue-s-igi-certifikatem-010830.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-323ct-blue-s-igi-certifikatem-010828.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-307ct-blue-s-igi-certifikatem-010825.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-265ct-blue-s-igi-certifikatem-010822.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-157ct-deep-blue-s-igi-certifikatem-010819.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-324ct-blue-s-igi-certifikatem-010624.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-335ct-blue-s-igi-certifikatem-010623.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-309ct-blue-s-igi-certifikatem-010620.html" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-498ct-blue-s-igi-certifikatem-010618.html" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-179ct-deep-blue-s-igi-certifikatem-010541.html" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-518ct-blue-s-igi-certifikatem-010236.html" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-677ct-blue-s-igi-certifikatem-010233.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-304ct-blue-s-igi-certifikatem-010232.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-645ct-blue-s-igi-certifikatem-010157.html" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-299ct-deep-blue-s-igi-certifikatem-010100.html" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-503ct-blue-s-igi-certifikatem-010099.html" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/topaz-625ct-blue-s-igi-certifikatem-010048.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M85"/>
+  <dimension ref="A1:M83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I85" sqref="I85"/>
+      <selection activeCell="I83" sqref="I83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1237,2951 +1222,2881 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B3">
         <v>4.65</v>
       </c>
       <c r="C3" t="s">
+        <v>95</v>
+      </c>
+      <c r="D3" t="s">
+        <v>96</v>
+      </c>
+      <c r="E3" t="s">
         <v>97</v>
       </c>
-      <c r="D3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G3" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H3" s="5">
         <v>115274.0</v>
       </c>
       <c r="I3" s="5">
         <v>139482</v>
       </c>
       <c r="J3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B4">
         <v>7.37</v>
       </c>
       <c r="C4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E4" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F4" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G4" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H4" s="5">
         <v>14463.0</v>
       </c>
       <c r="I4" s="5">
         <v>17500</v>
       </c>
       <c r="J4" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B5">
         <v>6.86</v>
       </c>
       <c r="C5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" t="s">
         <v>107</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G5" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H5" s="5">
         <v>12668.0</v>
       </c>
       <c r="I5" s="5">
         <v>15328</v>
       </c>
       <c r="J5" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B6">
         <v>6.75</v>
       </c>
       <c r="C6" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D6" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="E6" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F6" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G6" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H6" s="5">
         <v>18846.0</v>
       </c>
       <c r="I6" s="5">
         <v>22804</v>
       </c>
       <c r="J6" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B7">
         <v>5.73</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D7" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E7" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F7" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G7" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H7" s="5">
         <v>11604.0</v>
       </c>
       <c r="I7" s="5">
         <v>14041</v>
       </c>
       <c r="J7" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B8">
         <v>5.71</v>
       </c>
       <c r="C8" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D8" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E8" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F8" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G8" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H8" s="5">
         <v>11584.0</v>
       </c>
       <c r="I8" s="5">
         <v>14017</v>
       </c>
       <c r="J8" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B9">
         <v>5.5</v>
       </c>
       <c r="C9" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D9" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E9" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F9" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G9" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H9" s="5">
         <v>17079.0</v>
       </c>
       <c r="I9" s="5">
         <v>20666</v>
       </c>
       <c r="J9" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B10">
         <v>5.22</v>
       </c>
       <c r="C10" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D10" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E10" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F10" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G10" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H10" s="5">
         <v>11122.0</v>
       </c>
       <c r="I10" s="5">
         <v>13458</v>
       </c>
       <c r="J10" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B11">
         <v>4.42</v>
       </c>
       <c r="C11" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D11" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E11" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F11" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G11" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H11" s="5">
         <v>7566.0</v>
       </c>
       <c r="I11" s="5">
         <v>9155</v>
       </c>
       <c r="J11" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B12">
         <v>4.12</v>
       </c>
       <c r="C12" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D12" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E12" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G12" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H12" s="5">
         <v>9105.0</v>
       </c>
       <c r="I12" s="5">
         <v>11017</v>
       </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B13">
         <v>3.68</v>
       </c>
       <c r="C13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D13" t="s">
+        <v>119</v>
+      </c>
+      <c r="E13" t="s">
         <v>120</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G13" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H13" s="5">
         <v>6870.0</v>
       </c>
       <c r="I13" s="5">
         <v>8313</v>
       </c>
       <c r="J13" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B14">
         <v>3.36</v>
       </c>
       <c r="C14" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D14" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E14" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F14" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G14" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H14" s="5">
         <v>9492.0</v>
       </c>
       <c r="I14" s="5">
         <v>11485</v>
       </c>
       <c r="J14" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B15">
         <v>3.27</v>
       </c>
       <c r="C15" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D15" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E15" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F15" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G15" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H15" s="5">
         <v>7805.0</v>
       </c>
       <c r="I15" s="5">
         <v>9444</v>
       </c>
       <c r="J15" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B16">
         <v>3.24</v>
       </c>
       <c r="C16" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D16" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E16" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F16" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G16" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H16" s="5">
         <v>6214.0</v>
       </c>
       <c r="I16" s="5">
         <v>7519</v>
       </c>
       <c r="J16" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B17">
         <v>3.09</v>
       </c>
       <c r="C17" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D17" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="E17" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F17" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G17" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H17" s="5">
         <v>9111.0</v>
       </c>
       <c r="I17" s="5">
         <v>11024</v>
       </c>
       <c r="J17" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B18">
         <v>2.4</v>
       </c>
       <c r="C18" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D18" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E18" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F18" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G18" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H18" s="5">
         <v>6375.0</v>
       </c>
       <c r="I18" s="5">
         <v>7714</v>
       </c>
       <c r="J18" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B19">
         <v>2.17</v>
       </c>
       <c r="C19" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D19" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E19" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F19" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G19" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H19" s="5">
         <v>6105.0</v>
       </c>
       <c r="I19" s="5">
         <v>7387</v>
       </c>
       <c r="J19" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B20">
         <v>2.06</v>
       </c>
       <c r="C20" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D20" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="E20" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F20" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G20" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H20" s="5">
         <v>5975.0</v>
       </c>
       <c r="I20" s="5">
         <v>7230</v>
       </c>
       <c r="J20" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B21">
         <v>1.74</v>
       </c>
       <c r="C21" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D21" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="E21" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F21" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G21" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H21" s="5">
         <v>4963.0</v>
       </c>
       <c r="I21" s="5">
         <v>6005</v>
       </c>
       <c r="J21" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B22">
         <v>1.65</v>
       </c>
       <c r="C22" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D22" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E22" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F22" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G22" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H22" s="5">
         <v>4858.0</v>
       </c>
       <c r="I22" s="5">
         <v>5878</v>
       </c>
       <c r="J22" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B23">
         <v>1.64</v>
       </c>
       <c r="C23" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E23" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F23" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G23" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H23" s="5">
         <v>5814.0</v>
       </c>
       <c r="I23" s="5">
         <v>7035</v>
       </c>
       <c r="J23" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B24">
         <v>1.64</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D24" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="E24" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F24" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G24" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H24" s="5">
         <v>4845.0</v>
       </c>
       <c r="I24" s="5">
         <v>5862</v>
       </c>
       <c r="J24" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B25">
-        <v>1.56</v>
+        <v>1.32</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D25" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E25" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F25" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G25" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H25" s="5">
-        <v>5700.0</v>
+        <v>4203.0</v>
       </c>
       <c r="I25" s="5">
-        <v>6897</v>
+        <v>5086</v>
       </c>
       <c r="J25" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B26">
-        <v>1.32</v>
+        <v>0.91</v>
       </c>
       <c r="C26" t="s">
-        <v>97</v>
+        <v>139</v>
       </c>
       <c r="D26" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E26" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="F26" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G26" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H26" s="5">
-        <v>4203.0</v>
+        <v>3455.0</v>
       </c>
       <c r="I26" s="5">
-        <v>5086</v>
+        <v>4181</v>
       </c>
       <c r="J26" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B27">
-        <v>0.91</v>
+        <v>5.88</v>
       </c>
       <c r="C27" t="s">
-        <v>142</v>
+        <v>95</v>
       </c>
       <c r="D27" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E27" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F27" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G27" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H27" s="5">
-        <v>3455.0</v>
+        <v>8867.0</v>
       </c>
       <c r="I27" s="5">
-        <v>4181</v>
+        <v>10729</v>
       </c>
       <c r="J27" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B28">
-        <v>5.88</v>
+        <v>1.94</v>
       </c>
       <c r="C28" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E28" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="F28" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G28" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H28" s="5">
-        <v>8867.0</v>
+        <v>9091.0</v>
       </c>
       <c r="I28" s="5">
-        <v>10729</v>
+        <v>11000</v>
       </c>
       <c r="J28" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B29">
-        <v>1.94</v>
+        <v>1.99</v>
       </c>
       <c r="C29" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="D29" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="E29" t="s">
-        <v>146</v>
+        <v>103</v>
       </c>
       <c r="F29" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G29" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H29" s="5">
-        <v>9091.0</v>
+        <v>4876.0</v>
       </c>
       <c r="I29" s="5">
-        <v>11000</v>
+        <v>5900</v>
       </c>
       <c r="J29" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B30">
-        <v>1.99</v>
+        <v>2.36</v>
       </c>
       <c r="C30" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="D30" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="E30" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F30" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G30" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H30" s="5">
-        <v>4876.0</v>
+        <v>3877.0</v>
       </c>
       <c r="I30" s="5">
-        <v>5900</v>
+        <v>4691</v>
       </c>
       <c r="J30" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B31">
-        <v>2.36</v>
+        <v>2.93</v>
       </c>
       <c r="C31" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="D31" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="E31" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F31" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G31" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H31" s="5">
-        <v>3877.0</v>
+        <v>4215.0</v>
       </c>
       <c r="I31" s="5">
-        <v>4691</v>
+        <v>5100</v>
       </c>
       <c r="J31" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B32">
-        <v>2.93</v>
+        <v>3.18</v>
       </c>
       <c r="C32" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="E32" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F32" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G32" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H32" s="5">
-        <v>4215.0</v>
+        <v>5819.0</v>
       </c>
       <c r="I32" s="5">
-        <v>5100</v>
+        <v>7041</v>
       </c>
       <c r="J32" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B33">
-        <v>3.18</v>
+        <v>3.91</v>
       </c>
       <c r="C33" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D33" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E33" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="F33" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G33" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H33" s="5">
-        <v>5819.0</v>
+        <v>4798.0</v>
       </c>
       <c r="I33" s="5">
-        <v>7041</v>
+        <v>5806</v>
       </c>
       <c r="J33" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B34">
-        <v>3.91</v>
+        <v>3.56</v>
       </c>
       <c r="C34" t="s">
-        <v>103</v>
+        <v>132</v>
       </c>
       <c r="D34" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E34" t="s">
-        <v>152</v>
+        <v>103</v>
       </c>
       <c r="F34" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G34" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H34" s="5">
-        <v>4798.0</v>
+        <v>8414.0</v>
       </c>
       <c r="I34" s="5">
-        <v>5806</v>
+        <v>10181</v>
       </c>
       <c r="J34" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B35">
-        <v>3.56</v>
+        <v>3.42</v>
       </c>
       <c r="C35" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="D35" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E35" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F35" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G35" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H35" s="5">
-        <v>8414.0</v>
+        <v>6009.0</v>
       </c>
       <c r="I35" s="5">
-        <v>10181</v>
+        <v>7271</v>
       </c>
       <c r="J35" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B36">
-        <v>3.42</v>
+        <v>3.19</v>
       </c>
       <c r="C36" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D36" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E36" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F36" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G36" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H36" s="5">
-        <v>6009.0</v>
+        <v>5826.0</v>
       </c>
       <c r="I36" s="5">
-        <v>7271</v>
+        <v>7049</v>
       </c>
       <c r="J36" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B37">
-        <v>3.19</v>
+        <v>1.28</v>
       </c>
       <c r="C37" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D37" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="E37" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F37" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G37" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H37" s="5">
-        <v>5826.0</v>
+        <v>5931.0</v>
       </c>
       <c r="I37" s="5">
-        <v>7049</v>
+        <v>7177</v>
       </c>
       <c r="J37" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B38">
-        <v>1.28</v>
+        <v>3.34</v>
       </c>
       <c r="C38" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="D38" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E38" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F38" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G38" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H38" s="5">
-        <v>5931.0</v>
+        <v>8175.0</v>
       </c>
       <c r="I38" s="5">
-        <v>7177</v>
+        <v>9892</v>
       </c>
       <c r="J38" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B39">
-        <v>3.34</v>
+        <v>3.14</v>
       </c>
       <c r="C39" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D39" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E39" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F39" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G39" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H39" s="5">
-        <v>8175.0</v>
+        <v>4025.0</v>
       </c>
       <c r="I39" s="5">
-        <v>9892</v>
+        <v>4870</v>
       </c>
       <c r="J39" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B40">
-        <v>3.14</v>
+        <v>1.68</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="D40" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E40" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F40" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G40" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H40" s="5">
-        <v>4025.0</v>
+        <v>5904.0</v>
       </c>
       <c r="I40" s="5">
-        <v>4870</v>
+        <v>7144</v>
       </c>
       <c r="J40" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B41">
-        <v>1.68</v>
+        <v>4.96</v>
       </c>
       <c r="C41" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="D41" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="E41" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F41" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G41" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H41" s="5">
-        <v>5904.0</v>
+        <v>6703.0</v>
       </c>
       <c r="I41" s="5">
-        <v>7144</v>
+        <v>8111</v>
       </c>
       <c r="J41" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B42">
-        <v>4.96</v>
+        <v>2.88</v>
       </c>
       <c r="C42" t="s">
-        <v>110</v>
+        <v>158</v>
       </c>
       <c r="D42" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E42" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F42" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G42" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H42" s="5">
-        <v>6703.0</v>
+        <v>5175.0</v>
       </c>
       <c r="I42" s="5">
-        <v>8111</v>
+        <v>6262</v>
       </c>
       <c r="J42" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B43">
-        <v>2.88</v>
+        <v>3.79</v>
       </c>
       <c r="C43" t="s">
+        <v>160</v>
+      </c>
+      <c r="D43" t="s">
         <v>161</v>
       </c>
-      <c r="D43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F43" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G43" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H43" s="5">
-        <v>5175.0</v>
+        <v>5843.0</v>
       </c>
       <c r="I43" s="5">
-        <v>6262</v>
+        <v>7070</v>
       </c>
       <c r="J43" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B44">
-        <v>3.79</v>
+        <v>2.99</v>
       </c>
       <c r="C44" t="s">
-        <v>163</v>
+        <v>95</v>
       </c>
       <c r="D44" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="E44" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F44" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G44" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H44" s="5">
-        <v>5843.0</v>
+        <v>3942.0</v>
       </c>
       <c r="I44" s="5">
-        <v>7070</v>
+        <v>4770</v>
       </c>
       <c r="J44" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B45">
-        <v>2.99</v>
+        <v>11.11</v>
       </c>
       <c r="C45" t="s">
-        <v>97</v>
+        <v>125</v>
       </c>
       <c r="D45" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="E45" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F45" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G45" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H45" s="5">
-        <v>3942.0</v>
+        <v>9332.0</v>
       </c>
       <c r="I45" s="5">
-        <v>4770</v>
+        <v>11292</v>
       </c>
       <c r="J45" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B46">
-        <v>11.11</v>
+        <v>5.66</v>
       </c>
       <c r="C46" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="D46" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E46" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F46" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G46" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H46" s="5">
-        <v>9332.0</v>
+        <v>8441.0</v>
       </c>
       <c r="I46" s="5">
-        <v>11292</v>
+        <v>10214</v>
       </c>
       <c r="J46" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B47">
-        <v>5.66</v>
+        <v>5.78</v>
       </c>
       <c r="C47" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="D47" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="E47" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F47" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G47" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H47" s="5">
-        <v>8441.0</v>
+        <v>8529.0</v>
       </c>
       <c r="I47" s="5">
-        <v>10214</v>
+        <v>10320</v>
       </c>
       <c r="J47" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B48">
-        <v>5.78</v>
+        <v>5.61</v>
       </c>
       <c r="C48" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="D48" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="E48" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F48" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G48" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H48" s="5">
-        <v>8529.0</v>
+        <v>8404.0</v>
       </c>
       <c r="I48" s="5">
-        <v>10320</v>
+        <v>10169</v>
       </c>
       <c r="J48" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B49">
-        <v>5.61</v>
+        <v>5.45</v>
       </c>
       <c r="C49" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D49" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E49" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F49" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G49" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H49" s="5">
-        <v>8404.0</v>
+        <v>8286.0</v>
       </c>
       <c r="I49" s="5">
-        <v>10169</v>
+        <v>10026</v>
       </c>
       <c r="J49" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B50">
-        <v>5.45</v>
+        <v>5.08</v>
       </c>
       <c r="C50" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D50" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E50" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F50" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G50" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H50" s="5">
-        <v>8286.0</v>
+        <v>11020.0</v>
       </c>
       <c r="I50" s="5">
-        <v>10026</v>
+        <v>13334</v>
       </c>
       <c r="J50" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B51">
-        <v>5.08</v>
+        <v>5.81</v>
       </c>
       <c r="C51" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="D51" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="E51" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F51" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G51" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H51" s="5">
-        <v>11020.0</v>
+        <v>8551.0</v>
       </c>
       <c r="I51" s="5">
-        <v>13334</v>
+        <v>10347</v>
       </c>
       <c r="J51" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B52">
-        <v>5.81</v>
+        <v>5.06</v>
       </c>
       <c r="C52" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D52" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E52" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F52" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G52" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H52" s="5">
-        <v>8551.0</v>
+        <v>6000.0</v>
       </c>
       <c r="I52" s="5">
-        <v>10347</v>
+        <v>7260</v>
       </c>
       <c r="J52" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B53">
-        <v>5.06</v>
+        <v>3.18</v>
       </c>
       <c r="C53" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="D53" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="E53" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F53" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G53" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H53" s="5">
-        <v>6000.0</v>
+        <v>4062.0</v>
       </c>
       <c r="I53" s="5">
-        <v>7260</v>
+        <v>4915</v>
       </c>
       <c r="J53" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B54">
-        <v>3.18</v>
+        <v>3.5</v>
       </c>
       <c r="C54" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D54" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E54" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F54" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G54" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H54" s="5">
-        <v>4062.0</v>
+        <v>4239.0</v>
       </c>
       <c r="I54" s="5">
-        <v>4915</v>
+        <v>5129</v>
       </c>
       <c r="J54" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B55">
-        <v>3.5</v>
+        <v>3.32</v>
       </c>
       <c r="C55" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D55" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E55" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F55" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G55" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H55" s="5">
-        <v>4239.0</v>
+        <v>5520.0</v>
       </c>
       <c r="I55" s="5">
-        <v>5129</v>
+        <v>6679</v>
       </c>
       <c r="J55" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B56">
-        <v>3.32</v>
+        <v>3.65</v>
       </c>
       <c r="C56" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D56" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E56" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F56" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G56" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H56" s="5">
-        <v>5520.0</v>
+        <v>4322.0</v>
       </c>
       <c r="I56" s="5">
-        <v>6679</v>
+        <v>5230</v>
       </c>
       <c r="J56" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B57">
-        <v>3.65</v>
+        <v>4.62</v>
       </c>
       <c r="C57" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="D57" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E57" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F57" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G57" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H57" s="5">
-        <v>4322.0</v>
+        <v>6478.0</v>
       </c>
       <c r="I57" s="5">
-        <v>5230</v>
+        <v>7838</v>
       </c>
       <c r="J57" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B58">
-        <v>4.62</v>
+        <v>4.04</v>
       </c>
       <c r="C58" t="s">
+        <v>139</v>
+      </c>
+      <c r="D58" t="s">
+        <v>177</v>
+      </c>
+      <c r="E58" t="s">
         <v>178</v>
       </c>
-      <c r="D58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G58" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H58" s="5">
-        <v>6478.0</v>
+        <v>5641.0</v>
       </c>
       <c r="I58" s="5">
-        <v>7838</v>
+        <v>6826</v>
       </c>
       <c r="J58" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B59">
-        <v>4.04</v>
+        <v>3.94</v>
       </c>
       <c r="C59" t="s">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="D59" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E59" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="F59" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G59" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H59" s="5">
-        <v>5641.0</v>
+        <v>4553.0</v>
       </c>
       <c r="I59" s="5">
-        <v>6826</v>
+        <v>5509</v>
       </c>
       <c r="J59" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B60">
-        <v>3.94</v>
+        <v>4.73</v>
       </c>
       <c r="C60" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="D60" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E60" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F60" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G60" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H60" s="5">
-        <v>4553.0</v>
+        <v>4996.0</v>
       </c>
       <c r="I60" s="5">
-        <v>5509</v>
+        <v>6045</v>
       </c>
       <c r="J60" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B61">
         <v>4.73</v>
       </c>
       <c r="C61" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="D61" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="E61" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F61" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G61" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H61" s="5">
-        <v>4996.0</v>
+        <v>6072.0</v>
       </c>
       <c r="I61" s="5">
-        <v>6045</v>
+        <v>7347</v>
       </c>
       <c r="J61" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B62">
-        <v>4.73</v>
+        <v>3.93</v>
       </c>
       <c r="C62" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="D62" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="E62" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F62" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G62" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H62" s="5">
-        <v>6072.0</v>
+        <v>4179.0</v>
       </c>
       <c r="I62" s="5">
-        <v>7347</v>
+        <v>5057</v>
       </c>
       <c r="J62" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B63">
-        <v>3.93</v>
+        <v>3.84</v>
       </c>
       <c r="C63" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D63" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="E63" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F63" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G63" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H63" s="5">
-        <v>4179.0</v>
+        <v>4137.0</v>
       </c>
       <c r="I63" s="5">
-        <v>5057</v>
+        <v>5006</v>
       </c>
       <c r="J63" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B64">
-        <v>3.84</v>
+        <v>3.62</v>
       </c>
       <c r="C64" t="s">
-        <v>97</v>
+        <v>132</v>
       </c>
       <c r="D64" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E64" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F64" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G64" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H64" s="5">
-        <v>4137.0</v>
+        <v>5379.0</v>
       </c>
       <c r="I64" s="5">
-        <v>5006</v>
+        <v>6509</v>
       </c>
       <c r="J64" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B65">
-        <v>3.62</v>
+        <v>3.34</v>
       </c>
       <c r="C65" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="D65" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E65" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F65" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G65" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H65" s="5">
-        <v>5379.0</v>
+        <v>3903.0</v>
       </c>
       <c r="I65" s="5">
-        <v>6509</v>
+        <v>4723</v>
       </c>
       <c r="J65" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B66">
-        <v>3.46</v>
+        <v>3.33</v>
       </c>
       <c r="C66" t="s">
-        <v>188</v>
+        <v>95</v>
       </c>
       <c r="D66" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="E66" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F66" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G66" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H66" s="5">
-        <v>3959.0</v>
+        <v>3898.0</v>
       </c>
       <c r="I66" s="5">
-        <v>4790</v>
+        <v>4717</v>
       </c>
       <c r="J66" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B67">
-        <v>3.34</v>
+        <v>3.26</v>
       </c>
       <c r="C67" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D67" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="E67" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F67" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G67" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H67" s="5">
-        <v>3903.0</v>
+        <v>3866.0</v>
       </c>
       <c r="I67" s="5">
-        <v>4723</v>
+        <v>4678</v>
       </c>
       <c r="J67" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B68">
-        <v>3.33</v>
+        <v>3.23</v>
       </c>
       <c r="C68" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D68" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="E68" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F68" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G68" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H68" s="5">
-        <v>3898.0</v>
+        <v>3852.0</v>
       </c>
       <c r="I68" s="5">
-        <v>4717</v>
+        <v>4661</v>
       </c>
       <c r="J68" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B69">
-        <v>3.26</v>
+        <v>3.07</v>
       </c>
       <c r="C69" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D69" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E69" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F69" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G69" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H69" s="5">
-        <v>3866.0</v>
+        <v>3777.0</v>
       </c>
       <c r="I69" s="5">
-        <v>4678</v>
+        <v>4570</v>
       </c>
       <c r="J69" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B70">
-        <v>3.23</v>
+        <v>2.65</v>
       </c>
       <c r="C70" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="D70" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="E70" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F70" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G70" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H70" s="5">
-        <v>3852.0</v>
+        <v>4774.0</v>
       </c>
       <c r="I70" s="5">
-        <v>4661</v>
+        <v>5777</v>
       </c>
       <c r="J70" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B71">
-        <v>3.07</v>
+        <v>1.57</v>
       </c>
       <c r="C71" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D71" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="E71" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F71" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G71" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H71" s="5">
-        <v>3777.0</v>
+        <v>5637.0</v>
       </c>
       <c r="I71" s="5">
-        <v>4570</v>
+        <v>6821</v>
       </c>
       <c r="J71" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B72">
-        <v>2.65</v>
+        <v>3.24</v>
       </c>
       <c r="C72" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="D72" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="E72" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F72" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G72" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H72" s="5">
-        <v>4774.0</v>
+        <v>7342.0</v>
       </c>
       <c r="I72" s="5">
-        <v>5777</v>
+        <v>8884</v>
       </c>
       <c r="J72" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B73">
-        <v>1.57</v>
+        <v>3.35</v>
       </c>
       <c r="C73" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D73" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E73" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="F73" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G73" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H73" s="5">
-        <v>5637.0</v>
+        <v>7440.0</v>
       </c>
       <c r="I73" s="5">
-        <v>6821</v>
+        <v>9002</v>
       </c>
       <c r="J73" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K73" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B74">
-        <v>3.24</v>
+        <v>3.09</v>
       </c>
       <c r="C74" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D74" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E74" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F74" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G74" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H74" s="5">
-        <v>7342.0</v>
+        <v>7208.0</v>
       </c>
       <c r="I74" s="5">
-        <v>8884</v>
+        <v>8722</v>
       </c>
       <c r="J74" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K74" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B75">
-        <v>3.35</v>
+        <v>4.98</v>
       </c>
       <c r="C75" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="D75" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="E75" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F75" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G75" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H75" s="5">
-        <v>7440.0</v>
+        <v>6467.0</v>
       </c>
       <c r="I75" s="5">
-        <v>9002</v>
+        <v>7825</v>
       </c>
       <c r="J75" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B76">
-        <v>3.09</v>
+        <v>1.79</v>
       </c>
       <c r="C76" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D76" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E76" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F76" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G76" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H76" s="5">
-        <v>7208.0</v>
+        <v>8800.0</v>
       </c>
       <c r="I76" s="5">
-        <v>8722</v>
+        <v>10648</v>
       </c>
       <c r="J76" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K76" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B77">
-        <v>4.98</v>
+        <v>5.18</v>
       </c>
       <c r="C77" t="s">
-        <v>110</v>
+        <v>197</v>
       </c>
       <c r="D77" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E77" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F77" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G77" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H77" s="5">
-        <v>6467.0</v>
+        <v>4577.0</v>
       </c>
       <c r="I77" s="5">
-        <v>7825</v>
+        <v>5538</v>
       </c>
       <c r="J77" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K77" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B78">
-        <v>1.79</v>
+        <v>6.77</v>
       </c>
       <c r="C78" t="s">
-        <v>103</v>
+        <v>197</v>
       </c>
       <c r="D78" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="E78" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="F78" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G78" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H78" s="5">
-        <v>8800.0</v>
+        <v>7160.0</v>
       </c>
       <c r="I78" s="5">
-        <v>10648</v>
+        <v>8664</v>
       </c>
       <c r="J78" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K78" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B79">
-        <v>5.18</v>
+        <v>3.04</v>
       </c>
       <c r="C79" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="D79" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E79" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F79" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G79" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H79" s="5">
-        <v>4577.0</v>
+        <v>4680.0</v>
       </c>
       <c r="I79" s="5">
-        <v>5538</v>
+        <v>5663</v>
       </c>
       <c r="J79" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K79" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B80">
-        <v>6.77</v>
+        <v>6.45</v>
       </c>
       <c r="C80" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="D80" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E80" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F80" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G80" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H80" s="5">
-        <v>7160.0</v>
+        <v>6947.0</v>
       </c>
       <c r="I80" s="5">
-        <v>8664</v>
+        <v>8406</v>
       </c>
       <c r="J80" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K80" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B81">
-        <v>3.04</v>
+        <v>2.99</v>
       </c>
       <c r="C81" t="s">
+        <v>197</v>
+      </c>
+      <c r="D81" t="s">
         <v>202</v>
       </c>
-      <c r="D81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F81" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G81" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H81" s="5">
-        <v>4680.0</v>
+        <v>6390.0</v>
       </c>
       <c r="I81" s="5">
-        <v>5663</v>
+        <v>7732</v>
       </c>
       <c r="J81" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K81" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B82">
-        <v>6.45</v>
+        <v>5.03</v>
       </c>
       <c r="C82" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="D82" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="E82" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F82" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G82" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H82" s="5">
-        <v>6947.0</v>
+        <v>4502.0</v>
       </c>
       <c r="I82" s="5">
-        <v>8406</v>
+        <v>5447</v>
       </c>
       <c r="J82" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K82" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B83">
-        <v>2.99</v>
+        <v>6.25</v>
       </c>
       <c r="C83" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D83" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="E83" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="F83" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G83" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="H83" s="5">
-        <v>6390.0</v>
+        <v>5111.0</v>
       </c>
       <c r="I83" s="5">
-        <v>7732</v>
+        <v>6184</v>
       </c>
       <c r="J83" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="K83" t="s">
         <v>93</v>
-      </c>
-[...68 lines deleted...]
-        <v>95</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -4230,52 +4145,50 @@
     <hyperlink ref="K59" r:id="rId_hyperlink_57"/>
     <hyperlink ref="K60" r:id="rId_hyperlink_58"/>
     <hyperlink ref="K61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="K62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="K63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="K64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="K65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="K66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="K67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="K68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="K69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="K70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="K71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="K72" r:id="rId_hyperlink_70"/>
     <hyperlink ref="K73" r:id="rId_hyperlink_71"/>
     <hyperlink ref="K74" r:id="rId_hyperlink_72"/>
     <hyperlink ref="K75" r:id="rId_hyperlink_73"/>
     <hyperlink ref="K76" r:id="rId_hyperlink_74"/>
     <hyperlink ref="K77" r:id="rId_hyperlink_75"/>
     <hyperlink ref="K78" r:id="rId_hyperlink_76"/>
     <hyperlink ref="K79" r:id="rId_hyperlink_77"/>
     <hyperlink ref="K80" r:id="rId_hyperlink_78"/>
     <hyperlink ref="K81" r:id="rId_hyperlink_79"/>
     <hyperlink ref="K82" r:id="rId_hyperlink_80"/>
     <hyperlink ref="K83" r:id="rId_hyperlink_81"/>
-    <hyperlink ref="K84" r:id="rId_hyperlink_82"/>
-    <hyperlink ref="K85" r:id="rId_hyperlink_83"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>