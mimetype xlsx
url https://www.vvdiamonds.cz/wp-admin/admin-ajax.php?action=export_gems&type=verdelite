--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -17,51 +17,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
@@ -205,53 +205,50 @@
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-130ct-yellowish-green-s-igi-certifikatem-010629.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-247ct-green-bluish-green-s-igi-certifikatem-010628.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-072ct-green-bluish-green-s-igi-certifikatem-010627.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-051ct-green-s-igi-certifikatem-010576.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-368ct-yellowish-green-s-igi-certifikatem-010443.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-1652ct-deep-bluish-green-s-igi-certifikatem-010441.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-1372ct-bluish-green-s-igi-certifikatem-010440.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-227ct-deep-green-s-igi-certifikatem-010439.html</t>
   </si>
   <si>
-    <t>https://www.vvdiamonds.cz/verdelit-265ct-yellowish-green-s-igi-certifikatem-010438.html</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.vvdiamonds.cz/verdelit-629ct-deep-green-s-igi-certifikatem-010273.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-010271.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-396ct-deep-green-s-igi-certifikatem-010270.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-274ct-deep-green-s-igi-certifikatem-010269.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-310ct-green-s-igi-certifikatem-010267.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-126ct-deep-green-s-igi-certifikatem-010266.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-171ct-deep-green-s-igi-certifikatem-010265.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-474ct-dark-bluish-green-s-igi-certifikatem-010156.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-201ct-green-s-igi-certifikatem-010155.html</t>
@@ -497,56 +494,50 @@
     <t>7.15mm x 5.11mm x 2.77mm</t>
   </si>
   <si>
     <t>Square Emerald Cut</t>
   </si>
   <si>
     <t>4.58mm x 4.55mm x 3.19mm</t>
   </si>
   <si>
     <t>Oval Brilliant</t>
   </si>
   <si>
     <t>12.71mm x 9.87mm x 4.23mm</t>
   </si>
   <si>
     <t>21.68mm x 12.28mm x 6.65mm</t>
   </si>
   <si>
     <t>20.70mm x 11.12mm x 6.73mm</t>
   </si>
   <si>
     <t>Emerald Combination</t>
   </si>
   <si>
     <t>9.68mm x 6.07mm x 4.03mm</t>
-  </si>
-[...4 lines deleted...]
-    <t>13.38mm x 6.74mm x 4.51mm</t>
   </si>
   <si>
     <t>Oval Cabachon</t>
   </si>
   <si>
     <t>13.84mm x 9.91mm x 6.00mm</t>
   </si>
   <si>
     <t>8.14mm x 5.93mm x 4.04mm</t>
   </si>
   <si>
     <t>Rectangular Step Cut</t>
   </si>
   <si>
     <t>14.17mm x 7.23mm x 3.66mm</t>
   </si>
   <si>
     <t>9.39mm x 6.85mm x 4.59mm</t>
   </si>
   <si>
     <t>11.40mm x 6.57mm x 4.44mm</t>
   </si>
   <si>
     <t>Round Modified Brilliant</t>
   </si>
@@ -1095,62 +1086,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-320ct-blue-green-s-igi-certifikatem-0101790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-312ct-bluish-green-s-igi-certifikatem-0101789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-208ct-blue-green-s-igi-certifikatem-0101788.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-199ct-blue-green-s-igi-certifikatem-0101787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-188ct-deep-bluish-green-s-igi-certifikatem-0101786.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-177ct-green-s-igi-certifikatem-0101785.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-170ct-deep-yellowish-green-s-igi-certifikatem-0101784.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-125ct-bluish-green-s-igi-certifikatem-0101783.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-bluish-green-s-igi-certifikatem-0101782.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-069ct-green-s-igi-certifikatem-0101781.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-068ct-deep-bluish-green-s-igi-certifikatem-0101780.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-deep-green-s-igi-certifikatem-0101779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-green-s-igi-certifikatem-0101778.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-065ct-deep-yellowish-green-s-igi-certifikatem-0101777.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-114ct-brownish-yellowish-green-s-igi-certifikatem-0101413.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-096ct-green-s-igi-certifikatem-0101355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-082ct-green-s-igi-certifikatem-0101354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-042ct-green-s-igi-certifikatem-0101353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-105ct-yellowish-green-s-igi-certifikatem-0101352.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-088ct-yellowish-brownish-green-s-igi-certifikatem-0101351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-134ct-yellowish-bluish-green-s-igi-certifikatem-0101148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-yellowish-green-s-igi-certifikatem-0101146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-091ct-yellowish-bluish-green-s-igi-certifikatem-0101145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-0101144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-143ct-blue-green-s-igi-certifikatem-0101143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-0101015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-yellowish-green-s-igi-certifikatem-0101014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-412ct-green-s-igi-certifikatem-010860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-255ct-deep-green-s-igi-certifikatem-010859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-207ct-green-s-igi-certifikatem-010858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-175ct-green-s-igi-certifikatem-010856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-163ct-green-s-igi-certifikatem-010855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-bluish-green-s-igi-certifikatem-010854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-green-s-igi-certifikatem-010853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-129ct-green-s-igi-certifikatem-010852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-120ct-deep-green-s-igi-certifikatem-010851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-117ct-bluish-green-s-igi-certifikatem-010850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-095ct-yellowish-green-s-igi-certifikatem-010849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-010848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-263ct-bluish-green-s-igi-certifikatem-010631.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-180ct-bluish-green-green-s-igi-certifikatem-010630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-yellowish-green-s-igi-certifikatem-010629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-247ct-green-bluish-green-s-igi-certifikatem-010628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-072ct-green-bluish-green-s-igi-certifikatem-010627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-051ct-green-s-igi-certifikatem-010576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-368ct-yellowish-green-s-igi-certifikatem-010443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1652ct-deep-bluish-green-s-igi-certifikatem-010441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1372ct-bluish-green-s-igi-certifikatem-010440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-deep-green-s-igi-certifikatem-010439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-265ct-yellowish-green-s-igi-certifikatem-010438.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-629ct-deep-green-s-igi-certifikatem-010273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-010271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-396ct-deep-green-s-igi-certifikatem-010270.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-274ct-deep-green-s-igi-certifikatem-010269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-310ct-green-s-igi-certifikatem-010267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-126ct-deep-green-s-igi-certifikatem-010266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-171ct-deep-green-s-igi-certifikatem-010265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-474ct-dark-bluish-green-s-igi-certifikatem-010156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-201ct-green-s-igi-certifikatem-010155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-243ct-green-s-igi-certifikatem-010154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-373ct-bluish-green-s-igi-certifikatem-010153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-587ct-dark-green-s-igi-certifikatem-010133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-449ct-deep-green-s-igi-certifikatem-010132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-167ct-green-s-igi-certifikatem-010131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-403ct-dark-green-s-igi-certifikatem-010045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-237ct-dark-green-s-igi-certifikatem-010044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-291ct-dark-green-s-igi-certifikatem-010043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-704ct-deep-green-s-igi-certifikatem-010042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-536ct-deep-green-s-igi-certifikatem-010020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-205ct-green-s-igi-certifikatem-010018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-155ct-deep-green-s-igi-certifikatem-010017.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-320ct-blue-green-s-igi-certifikatem-0101790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-312ct-bluish-green-s-igi-certifikatem-0101789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-208ct-blue-green-s-igi-certifikatem-0101788.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-199ct-blue-green-s-igi-certifikatem-0101787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-188ct-deep-bluish-green-s-igi-certifikatem-0101786.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-177ct-green-s-igi-certifikatem-0101785.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-170ct-deep-yellowish-green-s-igi-certifikatem-0101784.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-125ct-bluish-green-s-igi-certifikatem-0101783.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-bluish-green-s-igi-certifikatem-0101782.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-069ct-green-s-igi-certifikatem-0101781.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-068ct-deep-bluish-green-s-igi-certifikatem-0101780.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-deep-green-s-igi-certifikatem-0101779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-green-s-igi-certifikatem-0101778.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-065ct-deep-yellowish-green-s-igi-certifikatem-0101777.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-114ct-brownish-yellowish-green-s-igi-certifikatem-0101413.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-096ct-green-s-igi-certifikatem-0101355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-082ct-green-s-igi-certifikatem-0101354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-042ct-green-s-igi-certifikatem-0101353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-105ct-yellowish-green-s-igi-certifikatem-0101352.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-088ct-yellowish-brownish-green-s-igi-certifikatem-0101351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-134ct-yellowish-bluish-green-s-igi-certifikatem-0101148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-yellowish-green-s-igi-certifikatem-0101146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-091ct-yellowish-bluish-green-s-igi-certifikatem-0101145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-0101144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-143ct-blue-green-s-igi-certifikatem-0101143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-0101015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-yellowish-green-s-igi-certifikatem-0101014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-412ct-green-s-igi-certifikatem-010860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-255ct-deep-green-s-igi-certifikatem-010859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-207ct-green-s-igi-certifikatem-010858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-175ct-green-s-igi-certifikatem-010856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-163ct-green-s-igi-certifikatem-010855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-bluish-green-s-igi-certifikatem-010854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-green-s-igi-certifikatem-010853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-129ct-green-s-igi-certifikatem-010852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-120ct-deep-green-s-igi-certifikatem-010851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-117ct-bluish-green-s-igi-certifikatem-010850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-095ct-yellowish-green-s-igi-certifikatem-010849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-010848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-263ct-bluish-green-s-igi-certifikatem-010631.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-180ct-bluish-green-green-s-igi-certifikatem-010630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-yellowish-green-s-igi-certifikatem-010629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-247ct-green-bluish-green-s-igi-certifikatem-010628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-072ct-green-bluish-green-s-igi-certifikatem-010627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-051ct-green-s-igi-certifikatem-010576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-368ct-yellowish-green-s-igi-certifikatem-010443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1652ct-deep-bluish-green-s-igi-certifikatem-010441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1372ct-bluish-green-s-igi-certifikatem-010440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-deep-green-s-igi-certifikatem-010439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-629ct-deep-green-s-igi-certifikatem-010273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-010271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-396ct-deep-green-s-igi-certifikatem-010270.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-274ct-deep-green-s-igi-certifikatem-010269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-310ct-green-s-igi-certifikatem-010267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-126ct-deep-green-s-igi-certifikatem-010266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-171ct-deep-green-s-igi-certifikatem-010265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-474ct-dark-bluish-green-s-igi-certifikatem-010156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-201ct-green-s-igi-certifikatem-010155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-243ct-green-s-igi-certifikatem-010154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-373ct-bluish-green-s-igi-certifikatem-010153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-587ct-dark-green-s-igi-certifikatem-010133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-449ct-deep-green-s-igi-certifikatem-010132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-167ct-green-s-igi-certifikatem-010131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-403ct-dark-green-s-igi-certifikatem-010045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-237ct-dark-green-s-igi-certifikatem-010044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-291ct-dark-green-s-igi-certifikatem-010043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-704ct-deep-green-s-igi-certifikatem-010042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-536ct-deep-green-s-igi-certifikatem-010020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-205ct-green-s-igi-certifikatem-010018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-155ct-deep-green-s-igi-certifikatem-010017.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M73"/>
+  <dimension ref="A1:M72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I73" sqref="I73"/>
+      <selection activeCell="I72" sqref="I72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1174,2531 +1165,2496 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B3">
         <v>3.2</v>
       </c>
       <c r="C3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D3" t="s">
         <v>85</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>86</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H3" s="5">
         <v>13427.0</v>
       </c>
       <c r="I3" s="5">
         <v>16247</v>
       </c>
       <c r="J3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B4">
         <v>3.12</v>
       </c>
       <c r="C4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D4" t="s">
         <v>91</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>92</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G4" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H4" s="5">
         <v>17970.0</v>
       </c>
       <c r="I4" s="5">
         <v>21744</v>
       </c>
       <c r="J4" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B5">
         <v>2.08</v>
       </c>
       <c r="C5" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D5" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F5" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H5" s="5">
         <v>7450.0</v>
       </c>
       <c r="I5" s="5">
         <v>9015</v>
       </c>
       <c r="J5" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B6">
         <v>1.99</v>
       </c>
       <c r="C6" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E6" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F6" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G6" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H6" s="5">
         <v>8071.0</v>
       </c>
       <c r="I6" s="5">
         <v>9766</v>
       </c>
       <c r="J6" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B7">
         <v>1.88</v>
       </c>
       <c r="C7" t="s">
+        <v>95</v>
+      </c>
+      <c r="D7" t="s">
         <v>96</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>97</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H7" s="5">
         <v>13516.0</v>
       </c>
       <c r="I7" s="5">
         <v>16354</v>
       </c>
       <c r="J7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B8">
         <v>1.77</v>
       </c>
       <c r="C8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D8" t="s">
+        <v>98</v>
+      </c>
+      <c r="E8" t="s">
         <v>99</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H8" s="5">
         <v>9750.0</v>
       </c>
       <c r="I8" s="5">
         <v>11798</v>
       </c>
       <c r="J8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B9">
         <v>1.7</v>
       </c>
       <c r="C9" t="s">
+        <v>100</v>
+      </c>
+      <c r="D9" t="s">
         <v>101</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>102</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G9" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H9" s="5">
         <v>15835.0</v>
       </c>
       <c r="I9" s="5">
         <v>19160</v>
       </c>
       <c r="J9" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B10">
         <v>1.25</v>
       </c>
       <c r="C10" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D10" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E10" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F10" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H10" s="5">
         <v>8862.0</v>
       </c>
       <c r="I10" s="5">
         <v>10723</v>
       </c>
       <c r="J10" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B11">
         <v>0.81</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D11" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E11" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F11" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G11" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H11" s="5">
         <v>6296.0</v>
       </c>
       <c r="I11" s="5">
         <v>7618</v>
       </c>
       <c r="J11" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B12">
         <v>0.69</v>
       </c>
       <c r="C12" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D12" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E12" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F12" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G12" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H12" s="5">
         <v>6640.0</v>
       </c>
       <c r="I12" s="5">
         <v>8034</v>
       </c>
       <c r="J12" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B13">
         <v>0.68</v>
       </c>
       <c r="C13" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D13" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E13" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F13" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G13" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H13" s="5">
         <v>8245.0</v>
       </c>
       <c r="I13" s="5">
         <v>9976</v>
       </c>
       <c r="J13" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B14">
         <v>0.66</v>
       </c>
       <c r="C14" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
         <v>108</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G14" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H14" s="5">
         <v>4875.0</v>
       </c>
       <c r="I14" s="5">
         <v>5899</v>
       </c>
       <c r="J14" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B15">
         <v>0.66</v>
       </c>
       <c r="C15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F15" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G15" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H15" s="5">
         <v>6500.0</v>
       </c>
       <c r="I15" s="5">
         <v>7865</v>
       </c>
       <c r="J15" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B16">
         <v>0.65</v>
       </c>
       <c r="C16" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E16" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F16" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G16" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H16" s="5">
         <v>6452.0</v>
       </c>
       <c r="I16" s="5">
         <v>7807</v>
       </c>
       <c r="J16" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B17">
         <v>1.14</v>
       </c>
       <c r="C17" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
         <v>112</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G17" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H17" s="5">
         <v>9180.0</v>
       </c>
       <c r="I17" s="5">
         <v>11108</v>
       </c>
       <c r="J17" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B18">
         <v>0.96</v>
       </c>
       <c r="C18" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F18" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G18" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H18" s="5">
         <v>5326.0</v>
       </c>
       <c r="I18" s="5">
         <v>6444</v>
       </c>
       <c r="J18" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B19">
         <v>0.82</v>
       </c>
       <c r="C19" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D19" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E19" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F19" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G19" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H19" s="5">
         <v>7366.0</v>
       </c>
       <c r="I19" s="5">
         <v>8913</v>
       </c>
       <c r="J19" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B20">
         <v>0.42</v>
       </c>
       <c r="C20" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="E20" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F20" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G20" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H20" s="5">
         <v>5584.0</v>
       </c>
       <c r="I20" s="5">
         <v>6757</v>
       </c>
       <c r="J20" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B21">
         <v>1.05</v>
       </c>
       <c r="C21" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" t="s">
         <v>117</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G21" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H21" s="5">
         <v>10255.0</v>
       </c>
       <c r="I21" s="5">
         <v>12409</v>
       </c>
       <c r="J21" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B22">
         <v>0.88</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D22" t="s">
+        <v>118</v>
+      </c>
+      <c r="E22" t="s">
         <v>119</v>
       </c>
-      <c r="E22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G22" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H22" s="5">
         <v>5089.0</v>
       </c>
       <c r="I22" s="5">
         <v>6158</v>
       </c>
       <c r="J22" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B23">
         <v>1.34</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
+        <v>120</v>
+      </c>
+      <c r="E23" t="s">
         <v>121</v>
       </c>
-      <c r="E23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H23" s="5">
         <v>10973.0</v>
       </c>
       <c r="I23" s="5">
         <v>13277</v>
       </c>
       <c r="J23" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B24">
         <v>0.81</v>
       </c>
       <c r="C24" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D24" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E24" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F24" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G24" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H24" s="5">
         <v>8297.0</v>
       </c>
       <c r="I24" s="5">
         <v>10039</v>
       </c>
       <c r="J24" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B25">
         <v>0.91</v>
       </c>
       <c r="C25" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D25" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="E25" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F25" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G25" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H25" s="5">
         <v>8802.0</v>
       </c>
       <c r="I25" s="5">
         <v>10650</v>
       </c>
       <c r="J25" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B26">
         <v>0.89</v>
       </c>
       <c r="C26" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D26" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E26" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F26" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G26" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H26" s="5">
         <v>8701.0</v>
       </c>
       <c r="I26" s="5">
         <v>10528</v>
       </c>
       <c r="J26" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B27">
         <v>1.43</v>
       </c>
       <c r="C27" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D27" t="s">
+        <v>125</v>
+      </c>
+      <c r="E27" t="s">
         <v>126</v>
       </c>
-      <c r="E27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G27" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H27" s="5">
         <v>9350.0</v>
       </c>
       <c r="I27" s="5">
         <v>11314</v>
       </c>
       <c r="J27" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B28">
         <v>1.58</v>
       </c>
       <c r="C28" t="s">
+        <v>127</v>
+      </c>
+      <c r="D28" t="s">
         <v>128</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F28" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G28" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H28" s="5">
         <v>6672.0</v>
       </c>
       <c r="I28" s="5">
         <v>8073</v>
       </c>
       <c r="J28" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B29">
         <v>2.27</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="E29" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F29" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G29" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H29" s="5">
         <v>14300.0</v>
       </c>
       <c r="I29" s="5">
         <v>17303</v>
       </c>
       <c r="J29" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B30">
         <v>4.12</v>
       </c>
       <c r="C30" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D30" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E30" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F30" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G30" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H30" s="5">
         <v>16690.0</v>
       </c>
       <c r="I30" s="5">
         <v>20195</v>
       </c>
       <c r="J30" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B31">
         <v>2.55</v>
       </c>
       <c r="C31" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D31" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E31" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F31" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G31" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H31" s="5">
         <v>11400.0</v>
       </c>
       <c r="I31" s="5">
         <v>13794</v>
       </c>
       <c r="J31" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B32">
         <v>2.07</v>
       </c>
       <c r="C32" t="s">
+        <v>132</v>
+      </c>
+      <c r="D32" t="s">
         <v>133</v>
       </c>
-      <c r="D32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F32" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G32" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H32" s="5">
         <v>5435.0</v>
       </c>
       <c r="I32" s="5">
         <v>6576</v>
       </c>
       <c r="J32" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B33">
         <v>1.75</v>
       </c>
       <c r="C33" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D33" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E33" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F33" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G33" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H33" s="5">
         <v>7254.0</v>
       </c>
       <c r="I33" s="5">
         <v>8777</v>
       </c>
       <c r="J33" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B34">
         <v>1.63</v>
       </c>
       <c r="C34" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D34" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E34" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F34" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G34" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H34" s="5">
         <v>4611.0</v>
       </c>
       <c r="I34" s="5">
         <v>5579</v>
       </c>
       <c r="J34" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B35">
         <v>1.58</v>
       </c>
       <c r="C35" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D35" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E35" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F35" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G35" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H35" s="5">
         <v>10165.0</v>
       </c>
       <c r="I35" s="5">
         <v>12300</v>
       </c>
       <c r="J35" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B36">
         <v>1.3</v>
       </c>
       <c r="C36" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D36" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E36" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F36" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G36" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H36" s="5">
         <v>8986.0</v>
       </c>
       <c r="I36" s="5">
         <v>10873</v>
       </c>
       <c r="J36" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B37">
         <v>1.29</v>
       </c>
       <c r="C37" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D37" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E37" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F37" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G37" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H37" s="5">
         <v>8943.0</v>
       </c>
       <c r="I37" s="5">
         <v>10821</v>
       </c>
       <c r="J37" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B38">
         <v>1.2</v>
       </c>
       <c r="C38" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D38" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E38" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F38" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G38" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H38" s="5">
         <v>5710.0</v>
       </c>
       <c r="I38" s="5">
         <v>6909</v>
       </c>
       <c r="J38" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B39">
         <v>1.17</v>
       </c>
       <c r="C39" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D39" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E39" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F39" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G39" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H39" s="5">
         <v>8438.0</v>
       </c>
       <c r="I39" s="5">
         <v>10210</v>
       </c>
       <c r="J39" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B40">
         <v>0.95</v>
       </c>
       <c r="C40" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D40" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E40" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F40" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G40" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H40" s="5">
         <v>5008.0</v>
       </c>
       <c r="I40" s="5">
         <v>6060</v>
       </c>
       <c r="J40" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B41">
         <v>0.89</v>
       </c>
       <c r="C41" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D41" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E41" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F41" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G41" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H41" s="5">
         <v>4839.0</v>
       </c>
       <c r="I41" s="5">
         <v>5855</v>
       </c>
       <c r="J41" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B42">
         <v>2.63</v>
       </c>
       <c r="C42" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D42" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E42" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F42" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G42" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H42" s="5">
         <v>8416.0</v>
       </c>
       <c r="I42" s="5">
         <v>10183</v>
       </c>
       <c r="J42" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B43">
         <v>1.8</v>
       </c>
       <c r="C43" t="s">
+        <v>144</v>
+      </c>
+      <c r="D43" t="s">
         <v>145</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>146</v>
       </c>
-      <c r="E43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G43" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H43" s="5">
         <v>14078.0</v>
       </c>
       <c r="I43" s="5">
         <v>17034</v>
       </c>
       <c r="J43" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B44">
         <v>1.3</v>
       </c>
       <c r="C44" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D44" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E44" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F44" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G44" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H44" s="5">
         <v>8294.0</v>
       </c>
       <c r="I44" s="5">
         <v>10036</v>
       </c>
       <c r="J44" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B45">
         <v>2.47</v>
       </c>
       <c r="C45" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D45" t="s">
+        <v>148</v>
+      </c>
+      <c r="E45" t="s">
         <v>149</v>
       </c>
-      <c r="E45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G45" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H45" s="5">
         <v>17660.0</v>
       </c>
       <c r="I45" s="5">
         <v>21369</v>
       </c>
       <c r="J45" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B46">
         <v>0.72</v>
       </c>
       <c r="C46" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D46" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E46" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F46" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G46" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H46" s="5">
         <v>4530.0</v>
       </c>
       <c r="I46" s="5">
         <v>5481</v>
       </c>
       <c r="J46" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B47">
         <v>0.51</v>
       </c>
       <c r="C47" t="s">
+        <v>151</v>
+      </c>
+      <c r="D47" t="s">
         <v>152</v>
       </c>
-      <c r="D47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F47" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G47" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H47" s="5">
         <v>5900.0</v>
       </c>
       <c r="I47" s="5">
         <v>7139</v>
       </c>
       <c r="J47" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B48">
         <v>3.68</v>
       </c>
       <c r="C48" t="s">
+        <v>153</v>
+      </c>
+      <c r="D48" t="s">
         <v>154</v>
       </c>
-      <c r="D48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F48" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G48" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H48" s="5">
         <v>15354.0</v>
       </c>
       <c r="I48" s="5">
         <v>18578</v>
       </c>
       <c r="J48" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B49">
         <v>16.52</v>
       </c>
       <c r="C49" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D49" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E49" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F49" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G49" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H49" s="5">
         <v>42169.0</v>
       </c>
       <c r="I49" s="5">
         <v>51024</v>
       </c>
       <c r="J49" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B50">
         <v>13.72</v>
       </c>
       <c r="C50" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D50" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="E50" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F50" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G50" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H50" s="5">
         <v>35365.0</v>
       </c>
       <c r="I50" s="5">
         <v>42792</v>
       </c>
       <c r="J50" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B51">
         <v>2.27</v>
       </c>
       <c r="C51" t="s">
+        <v>157</v>
+      </c>
+      <c r="D51" t="s">
         <v>158</v>
       </c>
-      <c r="D51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F51" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G51" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H51" s="5">
         <v>12066.0</v>
       </c>
       <c r="I51" s="5">
         <v>14600</v>
       </c>
       <c r="J51" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B52">
-        <v>2.65</v>
+        <v>6.29</v>
       </c>
       <c r="C52" t="s">
+        <v>159</v>
+      </c>
+      <c r="D52" t="s">
         <v>160</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="F52" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G52" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H52" s="5">
-        <v>6772.0</v>
+        <v>9016.0</v>
       </c>
       <c r="I52" s="5">
-        <v>8194</v>
+        <v>10909</v>
       </c>
       <c r="J52" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
+        <v>83</v>
+      </c>
+      <c r="B53">
+        <v>1.58</v>
+      </c>
+      <c r="C53" t="s">
         <v>84</v>
       </c>
-      <c r="B53">
-[...4 lines deleted...]
-      </c>
       <c r="D53" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="E53" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F53" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G53" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H53" s="5">
-        <v>9016.0</v>
+        <v>6721.0</v>
       </c>
       <c r="I53" s="5">
-        <v>10909</v>
+        <v>8132</v>
       </c>
       <c r="J53" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B54">
-        <v>1.58</v>
+        <v>3.96</v>
       </c>
       <c r="C54" t="s">
-        <v>85</v>
+        <v>162</v>
       </c>
       <c r="D54" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E54" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F54" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G54" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H54" s="5">
-        <v>6721.0</v>
+        <v>13841.0</v>
       </c>
       <c r="I54" s="5">
-        <v>8132</v>
+        <v>16748</v>
       </c>
       <c r="J54" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
+        <v>83</v>
+      </c>
+      <c r="B55">
+        <v>2.74</v>
+      </c>
+      <c r="C55" t="s">
         <v>84</v>
       </c>
-      <c r="B55">
-[...4 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E55" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F55" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G55" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H55" s="5">
-        <v>13841.0</v>
+        <v>10191.0</v>
       </c>
       <c r="I55" s="5">
-        <v>16748</v>
+        <v>12331</v>
       </c>
       <c r="J55" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B56">
-        <v>2.74</v>
+        <v>3.1</v>
       </c>
       <c r="C56" t="s">
-        <v>85</v>
+        <v>162</v>
       </c>
       <c r="D56" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="E56" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="F56" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G56" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H56" s="5">
-        <v>10191.0</v>
+        <v>15494.0</v>
       </c>
       <c r="I56" s="5">
-        <v>12331</v>
+        <v>18748</v>
       </c>
       <c r="J56" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B57">
-        <v>3.1</v>
+        <v>1.26</v>
       </c>
       <c r="C57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D57" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="E57" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F57" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G57" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H57" s="5">
-        <v>15494.0</v>
+        <v>10567.0</v>
       </c>
       <c r="I57" s="5">
-        <v>18748</v>
+        <v>12786</v>
       </c>
       <c r="J57" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B58">
-        <v>1.26</v>
+        <v>1.71</v>
       </c>
       <c r="C58" t="s">
+        <v>168</v>
+      </c>
+      <c r="D58" t="s">
         <v>169</v>
       </c>
-      <c r="D58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F58" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G58" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H58" s="5">
-        <v>10567.0</v>
+        <v>13035.0</v>
       </c>
       <c r="I58" s="5">
-        <v>12786</v>
+        <v>15772</v>
       </c>
       <c r="J58" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B59">
-        <v>1.71</v>
+        <v>4.74</v>
       </c>
       <c r="C59" t="s">
+        <v>159</v>
+      </c>
+      <c r="D59" t="s">
+        <v>170</v>
+      </c>
+      <c r="E59" t="s">
         <v>171</v>
       </c>
-      <c r="D59" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G59" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H59" s="5">
-        <v>13035.0</v>
+        <v>10783.0</v>
       </c>
       <c r="I59" s="5">
-        <v>15772</v>
+        <v>13047</v>
       </c>
       <c r="J59" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B60">
-        <v>4.74</v>
+        <v>2.01</v>
       </c>
       <c r="C60" t="s">
         <v>162</v>
       </c>
       <c r="D60" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="E60" t="s">
-        <v>174</v>
+        <v>99</v>
       </c>
       <c r="F60" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G60" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H60" s="5">
-        <v>10783.0</v>
+        <v>12011.0</v>
       </c>
       <c r="I60" s="5">
-        <v>13047</v>
+        <v>14533</v>
       </c>
       <c r="J60" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B61">
-        <v>2.01</v>
+        <v>2.43</v>
       </c>
       <c r="C61" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D61" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E61" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F61" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G61" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H61" s="5">
-        <v>12011.0</v>
+        <v>13896.0</v>
       </c>
       <c r="I61" s="5">
-        <v>14533</v>
+        <v>16814</v>
       </c>
       <c r="J61" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
+        <v>83</v>
+      </c>
+      <c r="B62">
+        <v>3.73</v>
+      </c>
+      <c r="C62" t="s">
         <v>84</v>
       </c>
-      <c r="B62">
-[...4 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E62" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="F62" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G62" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H62" s="5">
-        <v>13896.0</v>
+        <v>15800.0</v>
       </c>
       <c r="I62" s="5">
-        <v>16814</v>
+        <v>19118</v>
       </c>
       <c r="J62" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B63">
-        <v>3.73</v>
+        <v>5.87</v>
       </c>
       <c r="C63" t="s">
-        <v>85</v>
+        <v>159</v>
       </c>
       <c r="D63" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E63" t="s">
-        <v>93</v>
+        <v>176</v>
       </c>
       <c r="F63" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G63" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H63" s="5">
-        <v>15800.0</v>
+        <v>8472.0</v>
       </c>
       <c r="I63" s="5">
-        <v>19118</v>
+        <v>10251</v>
       </c>
       <c r="J63" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
+        <v>83</v>
+      </c>
+      <c r="B64">
+        <v>4.49</v>
+      </c>
+      <c r="C64" t="s">
         <v>84</v>
       </c>
-      <c r="B64">
-[...4 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E64" t="s">
-        <v>179</v>
+        <v>108</v>
       </c>
       <c r="F64" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G64" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H64" s="5">
-        <v>8472.0</v>
+        <v>16800.0</v>
       </c>
       <c r="I64" s="5">
-        <v>10251</v>
+        <v>20328</v>
       </c>
       <c r="J64" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
+        <v>83</v>
+      </c>
+      <c r="B65">
+        <v>1.67</v>
+      </c>
+      <c r="C65" t="s">
         <v>84</v>
       </c>
-      <c r="B65">
-[...4 lines deleted...]
-      </c>
       <c r="D65" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E65" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="F65" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G65" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H65" s="5">
-        <v>16800.0</v>
+        <v>12816.0</v>
       </c>
       <c r="I65" s="5">
-        <v>20328</v>
+        <v>15507</v>
       </c>
       <c r="J65" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B66">
-        <v>1.67</v>
+        <v>4.03</v>
       </c>
       <c r="C66" t="s">
-        <v>85</v>
+        <v>159</v>
       </c>
       <c r="D66" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="E66" t="s">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="F66" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G66" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H66" s="5">
-        <v>12816.0</v>
+        <v>6087.0</v>
       </c>
       <c r="I66" s="5">
-        <v>15507</v>
+        <v>7365</v>
       </c>
       <c r="J66" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B67">
-        <v>4.03</v>
+        <v>2.37</v>
       </c>
       <c r="C67" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D67" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E67" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F67" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G67" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H67" s="5">
-        <v>6087.0</v>
+        <v>6056.0</v>
       </c>
       <c r="I67" s="5">
-        <v>7365</v>
+        <v>7328</v>
       </c>
       <c r="J67" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B68">
-        <v>2.37</v>
+        <v>2.91</v>
       </c>
       <c r="C68" t="s">
-        <v>162</v>
+        <v>181</v>
       </c>
       <c r="D68" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E68" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F68" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G68" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H68" s="5">
-        <v>6056.0</v>
+        <v>10700.0</v>
       </c>
       <c r="I68" s="5">
-        <v>7328</v>
+        <v>12947</v>
       </c>
       <c r="J68" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B69">
-        <v>2.91</v>
+        <v>7.04</v>
       </c>
       <c r="C69" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D69" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="E69" t="s">
-        <v>179</v>
+        <v>108</v>
       </c>
       <c r="F69" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G69" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H69" s="5">
-        <v>10700.0</v>
+        <v>32950.0</v>
       </c>
       <c r="I69" s="5">
-        <v>12947</v>
+        <v>39870</v>
       </c>
       <c r="J69" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B70">
-        <v>7.04</v>
+        <v>5.36</v>
       </c>
       <c r="C70" t="s">
+        <v>181</v>
+      </c>
+      <c r="D70" t="s">
         <v>184</v>
       </c>
-      <c r="D70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F70" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G70" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H70" s="5">
-        <v>32950.0</v>
+        <v>24900.0</v>
       </c>
       <c r="I70" s="5">
-        <v>39870</v>
+        <v>30129</v>
       </c>
       <c r="J70" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B71">
-        <v>5.36</v>
+        <v>2.05</v>
       </c>
       <c r="C71" t="s">
-        <v>184</v>
+        <v>90</v>
       </c>
       <c r="D71" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E71" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="F71" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G71" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H71" s="5">
-        <v>24900.0</v>
+        <v>12191.0</v>
       </c>
       <c r="I71" s="5">
-        <v>30129</v>
+        <v>14751</v>
       </c>
       <c r="J71" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
+        <v>83</v>
+      </c>
+      <c r="B72">
+        <v>1.55</v>
+      </c>
+      <c r="C72" t="s">
         <v>84</v>
       </c>
-      <c r="B72">
-[...4 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E72" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="F72" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G72" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H72" s="5">
-        <v>12191.0</v>
+        <v>12158.0</v>
       </c>
       <c r="I72" s="5">
-        <v>14751</v>
+        <v>14711</v>
       </c>
       <c r="J72" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
-      </c>
-[...33 lines deleted...]
-        <v>83</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -3736,51 +3692,50 @@
     <hyperlink ref="K48" r:id="rId_hyperlink_46"/>
     <hyperlink ref="K49" r:id="rId_hyperlink_47"/>
     <hyperlink ref="K50" r:id="rId_hyperlink_48"/>
     <hyperlink ref="K51" r:id="rId_hyperlink_49"/>
     <hyperlink ref="K52" r:id="rId_hyperlink_50"/>
     <hyperlink ref="K53" r:id="rId_hyperlink_51"/>
     <hyperlink ref="K54" r:id="rId_hyperlink_52"/>
     <hyperlink ref="K55" r:id="rId_hyperlink_53"/>
     <hyperlink ref="K56" r:id="rId_hyperlink_54"/>
     <hyperlink ref="K57" r:id="rId_hyperlink_55"/>
     <hyperlink ref="K58" r:id="rId_hyperlink_56"/>
     <hyperlink ref="K59" r:id="rId_hyperlink_57"/>
     <hyperlink ref="K60" r:id="rId_hyperlink_58"/>
     <hyperlink ref="K61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="K62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="K63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="K64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="K65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="K66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="K67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="K68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="K69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="K70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="K71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="K72" r:id="rId_hyperlink_70"/>
-    <hyperlink ref="K73" r:id="rId_hyperlink_71"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>