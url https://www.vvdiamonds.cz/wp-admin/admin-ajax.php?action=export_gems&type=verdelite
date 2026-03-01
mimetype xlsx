--- v1 (2025-11-28)
+++ v2 (2026-03-01)
@@ -17,91 +17,97 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$2:$M$9998</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
   <si>
     <t xml:space="preserve">        + 420 721 639 954</t>
   </si>
   <si>
     <t xml:space="preserve">        podpora@vvdiamonds.cz</t>
   </si>
   <si>
     <t>Typ drahokamu</t>
   </si>
   <si>
     <t>Velikost [ct]</t>
   </si>
   <si>
     <t>Tvar</t>
   </si>
   <si>
     <t>Rozměry</t>
   </si>
   <si>
     <t>Barva</t>
   </si>
   <si>
     <t>Průhlednost</t>
   </si>
   <si>
     <t>Certifikát</t>
   </si>
   <si>
     <t>Cena bez DPH</t>
   </si>
   <si>
     <t>Cena s DPH</t>
   </si>
   <si>
     <t>Další informace</t>
   </si>
   <si>
     <t>Detail produktu</t>
   </si>
   <si>
+    <t>https://www.vvdiamonds.cz/verdelit-281ct-deep-yellowish-green-s-igi-certifikatem-0102061.html</t>
+  </si>
+  <si>
+    <t>https://www.vvdiamonds.cz/verdelit-132ct-green-s-igi-certifikatem-0102060.html</t>
+  </si>
+  <si>
     <t>https://www.vvdiamonds.cz/verdelit-320ct-blue-green-s-igi-certifikatem-0101790.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-312ct-bluish-green-s-igi-certifikatem-0101789.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-208ct-blue-green-s-igi-certifikatem-0101788.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-199ct-blue-green-s-igi-certifikatem-0101787.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-188ct-deep-bluish-green-s-igi-certifikatem-0101786.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-177ct-green-s-igi-certifikatem-0101785.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-170ct-deep-yellowish-green-s-igi-certifikatem-0101784.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-125ct-bluish-green-s-igi-certifikatem-0101783.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-081ct-bluish-green-s-igi-certifikatem-0101782.html</t>
@@ -271,105 +277,114 @@
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-403ct-dark-green-s-igi-certifikatem-010045.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-237ct-dark-green-s-igi-certifikatem-010044.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-291ct-dark-green-s-igi-certifikatem-010043.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-704ct-deep-green-s-igi-certifikatem-010042.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-536ct-deep-green-s-igi-certifikatem-010020.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-205ct-green-s-igi-certifikatem-010018.html</t>
   </si>
   <si>
     <t>https://www.vvdiamonds.cz/verdelit-155ct-deep-green-s-igi-certifikatem-010017.html</t>
   </si>
   <si>
     <t>Verdelit</t>
   </si>
   <si>
+    <t>Square Mixed Cut</t>
+  </si>
+  <si>
+    <t>8.07mm x 8.01mm x 5.62mm</t>
+  </si>
+  <si>
+    <t>Deep Yellowish Green</t>
+  </si>
+  <si>
+    <t>Průhledný</t>
+  </si>
+  <si>
+    <t>IGI</t>
+  </si>
+  <si>
+    <t>Kámen je včetně mezinárodně uznávaného certifikátu IGI a je zataven do ochranného pouzdra.</t>
+  </si>
+  <si>
+    <t>Round Mixed Cut</t>
+  </si>
+  <si>
+    <t>7.05mm - 7.16mm x 4.37mm</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
     <t>Emerald Cut</t>
   </si>
   <si>
     <t>11.95mm x 6.06mm x 4.58mm</t>
   </si>
   <si>
     <t>Blue - Green</t>
   </si>
   <si>
-    <t>Průhledný</t>
-[...7 lines deleted...]
-  <si>
     <t>Baguette</t>
   </si>
   <si>
     <t>11.78mm x 6.07mm x 4.64mm</t>
   </si>
   <si>
     <t>Bluish Green</t>
   </si>
   <si>
     <t>9.19mm x 6.09mm x 3.99mm</t>
   </si>
   <si>
     <t>8.99mm x 6.09mm x 3.73mm</t>
   </si>
   <si>
     <t>Oval Mixed Cut</t>
   </si>
   <si>
     <t>9.25mm x 7.16mm x 4.79mm</t>
   </si>
   <si>
     <t>Deep Bluish Green</t>
   </si>
   <si>
     <t>9.94mm x 6.22mm x 3.96.mm</t>
   </si>
   <si>
-    <t>Green</t>
-[...4 lines deleted...]
-  <si>
     <t>7.07mm - 7.26mm x 5.42mm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Deep Yellowish Green</t>
   </si>
   <si>
     <t>6.46mm - 6.56mm x 4.85mm</t>
   </si>
   <si>
     <t>7.56mm x 5.22mm x 3.05mm</t>
   </si>
   <si>
     <t>6.47mm x 4.59mm x 2.99mm</t>
   </si>
   <si>
     <t>5.44mm - 5.54mm x 3.63mm</t>
   </si>
   <si>
     <t>7.12mm x 5.14mm x 2.60mm</t>
   </si>
   <si>
     <t>Deep Green</t>
   </si>
   <si>
     <t>6.92mm x 4.84mm x 2.80mm</t>
   </si>
   <si>
     <t>5.12mm - 5.18mm x 4.02mm</t>
   </si>
@@ -1086,62 +1101,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-320ct-blue-green-s-igi-certifikatem-0101790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-312ct-bluish-green-s-igi-certifikatem-0101789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-208ct-blue-green-s-igi-certifikatem-0101788.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-199ct-blue-green-s-igi-certifikatem-0101787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-188ct-deep-bluish-green-s-igi-certifikatem-0101786.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-177ct-green-s-igi-certifikatem-0101785.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-170ct-deep-yellowish-green-s-igi-certifikatem-0101784.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-125ct-bluish-green-s-igi-certifikatem-0101783.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-bluish-green-s-igi-certifikatem-0101782.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-069ct-green-s-igi-certifikatem-0101781.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-068ct-deep-bluish-green-s-igi-certifikatem-0101780.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-deep-green-s-igi-certifikatem-0101779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-green-s-igi-certifikatem-0101778.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-065ct-deep-yellowish-green-s-igi-certifikatem-0101777.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-114ct-brownish-yellowish-green-s-igi-certifikatem-0101413.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-096ct-green-s-igi-certifikatem-0101355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-082ct-green-s-igi-certifikatem-0101354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-042ct-green-s-igi-certifikatem-0101353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-105ct-yellowish-green-s-igi-certifikatem-0101352.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-088ct-yellowish-brownish-green-s-igi-certifikatem-0101351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-134ct-yellowish-bluish-green-s-igi-certifikatem-0101148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-yellowish-green-s-igi-certifikatem-0101146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-091ct-yellowish-bluish-green-s-igi-certifikatem-0101145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-0101144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-143ct-blue-green-s-igi-certifikatem-0101143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-0101015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-yellowish-green-s-igi-certifikatem-0101014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-412ct-green-s-igi-certifikatem-010860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-255ct-deep-green-s-igi-certifikatem-010859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-207ct-green-s-igi-certifikatem-010858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-175ct-green-s-igi-certifikatem-010856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-163ct-green-s-igi-certifikatem-010855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-bluish-green-s-igi-certifikatem-010854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-green-s-igi-certifikatem-010853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-129ct-green-s-igi-certifikatem-010852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-120ct-deep-green-s-igi-certifikatem-010851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-117ct-bluish-green-s-igi-certifikatem-010850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-095ct-yellowish-green-s-igi-certifikatem-010849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-010848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-263ct-bluish-green-s-igi-certifikatem-010631.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-180ct-bluish-green-green-s-igi-certifikatem-010630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-yellowish-green-s-igi-certifikatem-010629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-247ct-green-bluish-green-s-igi-certifikatem-010628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-072ct-green-bluish-green-s-igi-certifikatem-010627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-051ct-green-s-igi-certifikatem-010576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-368ct-yellowish-green-s-igi-certifikatem-010443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1652ct-deep-bluish-green-s-igi-certifikatem-010441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1372ct-bluish-green-s-igi-certifikatem-010440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-deep-green-s-igi-certifikatem-010439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-629ct-deep-green-s-igi-certifikatem-010273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-010271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-396ct-deep-green-s-igi-certifikatem-010270.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-274ct-deep-green-s-igi-certifikatem-010269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-310ct-green-s-igi-certifikatem-010267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-126ct-deep-green-s-igi-certifikatem-010266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-171ct-deep-green-s-igi-certifikatem-010265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-474ct-dark-bluish-green-s-igi-certifikatem-010156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-201ct-green-s-igi-certifikatem-010155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-243ct-green-s-igi-certifikatem-010154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-373ct-bluish-green-s-igi-certifikatem-010153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-587ct-dark-green-s-igi-certifikatem-010133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-449ct-deep-green-s-igi-certifikatem-010132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-167ct-green-s-igi-certifikatem-010131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-403ct-dark-green-s-igi-certifikatem-010045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-237ct-dark-green-s-igi-certifikatem-010044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-291ct-dark-green-s-igi-certifikatem-010043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-704ct-deep-green-s-igi-certifikatem-010042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-536ct-deep-green-s-igi-certifikatem-010020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-205ct-green-s-igi-certifikatem-010018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-155ct-deep-green-s-igi-certifikatem-010017.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-281ct-deep-yellowish-green-s-igi-certifikatem-0102061.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-132ct-green-s-igi-certifikatem-0102060.html" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-320ct-blue-green-s-igi-certifikatem-0101790.html" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-312ct-bluish-green-s-igi-certifikatem-0101789.html" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-208ct-blue-green-s-igi-certifikatem-0101788.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-199ct-blue-green-s-igi-certifikatem-0101787.html" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-188ct-deep-bluish-green-s-igi-certifikatem-0101786.html" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-177ct-green-s-igi-certifikatem-0101785.html" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-170ct-deep-yellowish-green-s-igi-certifikatem-0101784.html" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-125ct-bluish-green-s-igi-certifikatem-0101783.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-bluish-green-s-igi-certifikatem-0101782.html" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-069ct-green-s-igi-certifikatem-0101781.html" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-068ct-deep-bluish-green-s-igi-certifikatem-0101780.html" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-deep-green-s-igi-certifikatem-0101779.html" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-066ct-green-s-igi-certifikatem-0101778.html" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-065ct-deep-yellowish-green-s-igi-certifikatem-0101777.html" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-114ct-brownish-yellowish-green-s-igi-certifikatem-0101413.html" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-096ct-green-s-igi-certifikatem-0101355.html" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-082ct-green-s-igi-certifikatem-0101354.html" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-042ct-green-s-igi-certifikatem-0101353.html" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-105ct-yellowish-green-s-igi-certifikatem-0101352.html" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-088ct-yellowish-brownish-green-s-igi-certifikatem-0101351.html" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-134ct-yellowish-bluish-green-s-igi-certifikatem-0101148.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-081ct-yellowish-green-s-igi-certifikatem-0101146.html" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-091ct-yellowish-bluish-green-s-igi-certifikatem-0101145.html" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-0101144.html" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-143ct-blue-green-s-igi-certifikatem-0101143.html" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-0101015.html" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-yellowish-green-s-igi-certifikatem-0101014.html" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-412ct-green-s-igi-certifikatem-010860.html" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-255ct-deep-green-s-igi-certifikatem-010859.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-207ct-green-s-igi-certifikatem-010858.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-175ct-green-s-igi-certifikatem-010856.html" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-163ct-green-s-igi-certifikatem-010855.html" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-bluish-green-s-igi-certifikatem-010854.html" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-green-s-igi-certifikatem-010853.html" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-129ct-green-s-igi-certifikatem-010852.html" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-120ct-deep-green-s-igi-certifikatem-010851.html" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-117ct-bluish-green-s-igi-certifikatem-010850.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-095ct-yellowish-green-s-igi-certifikatem-010849.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-089ct-yellowish-green-s-igi-certifikatem-010848.html" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-263ct-bluish-green-s-igi-certifikatem-010631.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-180ct-bluish-green-green-s-igi-certifikatem-010630.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-130ct-yellowish-green-s-igi-certifikatem-010629.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-247ct-green-bluish-green-s-igi-certifikatem-010628.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-072ct-green-bluish-green-s-igi-certifikatem-010627.html" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-051ct-green-s-igi-certifikatem-010576.html" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-368ct-yellowish-green-s-igi-certifikatem-010443.html" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1652ct-deep-bluish-green-s-igi-certifikatem-010441.html" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-1372ct-bluish-green-s-igi-certifikatem-010440.html" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-227ct-deep-green-s-igi-certifikatem-010439.html" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-629ct-deep-green-s-igi-certifikatem-010273.html" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-158ct-deep-green-s-igi-certifikatem-010271.html" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-396ct-deep-green-s-igi-certifikatem-010270.html" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-274ct-deep-green-s-igi-certifikatem-010269.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-310ct-green-s-igi-certifikatem-010267.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-126ct-deep-green-s-igi-certifikatem-010266.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-171ct-deep-green-s-igi-certifikatem-010265.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-474ct-dark-bluish-green-s-igi-certifikatem-010156.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-201ct-green-s-igi-certifikatem-010155.html" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-243ct-green-s-igi-certifikatem-010154.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-373ct-bluish-green-s-igi-certifikatem-010153.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-587ct-dark-green-s-igi-certifikatem-010133.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-449ct-deep-green-s-igi-certifikatem-010132.html" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-167ct-green-s-igi-certifikatem-010131.html" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-403ct-dark-green-s-igi-certifikatem-010045.html" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-237ct-dark-green-s-igi-certifikatem-010044.html" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-291ct-dark-green-s-igi-certifikatem-010043.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-704ct-deep-green-s-igi-certifikatem-010042.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-536ct-deep-green-s-igi-certifikatem-010020.html" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-205ct-green-s-igi-certifikatem-010018.html" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vvdiamonds.cz/verdelit-155ct-deep-green-s-igi-certifikatem-010017.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M72"/>
+  <dimension ref="A1:M74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I72" sqref="I72"/>
+      <selection activeCell="I74" sqref="I74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.5703125" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.421875" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.421875" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.5625" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.9921875" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.8515625" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.28125" customWidth="true" style="0"/>
     <col min="9" max="9" width="15.28125" customWidth="true" style="0"/>
     <col min="10" max="10" width="107.2578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="111.9765625" customWidth="true" style="0"/>
     <col min="12" max="12" width="1.140625" customWidth="true" style="0"/>
     <col min="13" max="13" width="1.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" customHeight="1" ht="50">
       <c r="A1"/>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1165,2496 +1180,2566 @@
         <v>6</v>
       </c>
       <c r="F2" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J2" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B3">
-        <v>3.2</v>
+        <v>2.81</v>
       </c>
       <c r="C3" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E3" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H3" s="5">
-        <v>13427.0</v>
+        <v>26133.0</v>
       </c>
       <c r="I3" s="5">
-        <v>16247</v>
+        <v>31621</v>
       </c>
       <c r="J3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B4">
-        <v>3.12</v>
+        <v>1.32</v>
       </c>
       <c r="C4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D4" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E4" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H4" s="5">
-        <v>17970.0</v>
+        <v>12276.0</v>
       </c>
       <c r="I4" s="5">
-        <v>21744</v>
+        <v>14854</v>
       </c>
       <c r="J4" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B5">
-        <v>2.08</v>
+        <v>3.2</v>
       </c>
       <c r="C5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E5" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="F5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H5" s="5">
-        <v>7450.0</v>
+        <v>13427.0</v>
       </c>
       <c r="I5" s="5">
-        <v>9015</v>
+        <v>16247</v>
       </c>
       <c r="J5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B6">
-        <v>1.99</v>
+        <v>3.12</v>
       </c>
       <c r="C6" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="D6" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="E6" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="F6" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G6" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H6" s="5">
-        <v>8071.0</v>
+        <v>17970.0</v>
       </c>
       <c r="I6" s="5">
-        <v>9766</v>
+        <v>21744</v>
       </c>
       <c r="J6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B7">
-        <v>1.88</v>
+        <v>2.08</v>
       </c>
       <c r="C7" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D7" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="E7" t="s">
         <v>97</v>
       </c>
       <c r="F7" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G7" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H7" s="5">
-        <v>13516.0</v>
+        <v>7450.0</v>
       </c>
       <c r="I7" s="5">
-        <v>16354</v>
+        <v>9015</v>
       </c>
       <c r="J7" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B8">
-        <v>1.77</v>
+        <v>1.99</v>
       </c>
       <c r="C8" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E8" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H8" s="5">
-        <v>9750.0</v>
+        <v>8071.0</v>
       </c>
       <c r="I8" s="5">
-        <v>11798</v>
+        <v>9766</v>
       </c>
       <c r="J8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B9">
-        <v>1.7</v>
+        <v>1.88</v>
       </c>
       <c r="C9" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D9" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E9" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F9" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G9" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H9" s="5">
-        <v>15835.0</v>
+        <v>13516.0</v>
       </c>
       <c r="I9" s="5">
-        <v>19160</v>
+        <v>16354</v>
       </c>
       <c r="J9" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B10">
-        <v>1.25</v>
+        <v>1.77</v>
       </c>
       <c r="C10" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D10" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E10" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F10" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G10" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H10" s="5">
-        <v>8862.0</v>
+        <v>9750.0</v>
       </c>
       <c r="I10" s="5">
-        <v>10723</v>
+        <v>11798</v>
       </c>
       <c r="J10" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K10" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B11">
-        <v>0.81</v>
+        <v>1.7</v>
       </c>
       <c r="C11" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D11" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E11" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F11" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G11" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H11" s="5">
-        <v>6296.0</v>
+        <v>15835.0</v>
       </c>
       <c r="I11" s="5">
-        <v>7618</v>
+        <v>19160</v>
       </c>
       <c r="J11" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B12">
-        <v>0.69</v>
+        <v>1.25</v>
       </c>
       <c r="C12" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D12" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H12" s="5">
-        <v>6640.0</v>
+        <v>8862.0</v>
       </c>
       <c r="I12" s="5">
-        <v>8034</v>
+        <v>10723</v>
       </c>
       <c r="J12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B13">
-        <v>0.68</v>
+        <v>0.81</v>
       </c>
       <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E13" t="s">
         <v>100</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G13" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H13" s="5">
-        <v>8245.0</v>
+        <v>6296.0</v>
       </c>
       <c r="I13" s="5">
-        <v>9976</v>
+        <v>7618</v>
       </c>
       <c r="J13" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K13" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B14">
-        <v>0.66</v>
+        <v>0.69</v>
       </c>
       <c r="C14" t="s">
         <v>95</v>
       </c>
       <c r="D14" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E14" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="F14" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G14" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H14" s="5">
-        <v>4875.0</v>
+        <v>6640.0</v>
       </c>
       <c r="I14" s="5">
-        <v>5899</v>
+        <v>8034</v>
       </c>
       <c r="J14" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B15">
-        <v>0.66</v>
+        <v>0.68</v>
       </c>
       <c r="C15" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E15" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="F15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H15" s="5">
-        <v>6500.0</v>
+        <v>8245.0</v>
       </c>
       <c r="I15" s="5">
-        <v>7865</v>
+        <v>9976</v>
       </c>
       <c r="J15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B16">
-        <v>0.65</v>
+        <v>0.66</v>
       </c>
       <c r="C16" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E16" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="F16" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G16" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H16" s="5">
-        <v>6452.0</v>
+        <v>4875.0</v>
       </c>
       <c r="I16" s="5">
-        <v>7807</v>
+        <v>5899</v>
       </c>
       <c r="J16" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B17">
-        <v>1.14</v>
+        <v>0.66</v>
       </c>
       <c r="C17" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D17" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E17" t="s">
-        <v>112</v>
+        <v>94</v>
       </c>
       <c r="F17" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G17" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H17" s="5">
-        <v>9180.0</v>
+        <v>6500.0</v>
       </c>
       <c r="I17" s="5">
-        <v>11108</v>
+        <v>7865</v>
       </c>
       <c r="J17" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K17" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B18">
-        <v>0.96</v>
+        <v>0.65</v>
       </c>
       <c r="C18" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D18" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E18" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="F18" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G18" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H18" s="5">
-        <v>5326.0</v>
+        <v>6452.0</v>
       </c>
       <c r="I18" s="5">
-        <v>6444</v>
+        <v>7807</v>
       </c>
       <c r="J18" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K18" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B19">
-        <v>0.82</v>
+        <v>1.14</v>
       </c>
       <c r="C19" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D19" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E19" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="F19" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G19" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H19" s="5">
-        <v>7366.0</v>
+        <v>9180.0</v>
       </c>
       <c r="I19" s="5">
-        <v>8913</v>
+        <v>11108</v>
       </c>
       <c r="J19" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K19" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B20">
-        <v>0.42</v>
+        <v>0.96</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E20" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="F20" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G20" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H20" s="5">
-        <v>5584.0</v>
+        <v>5326.0</v>
       </c>
       <c r="I20" s="5">
-        <v>6757</v>
+        <v>6444</v>
       </c>
       <c r="J20" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K20" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B21">
-        <v>1.05</v>
+        <v>0.82</v>
       </c>
       <c r="C21" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E21" t="s">
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="F21" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G21" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H21" s="5">
-        <v>10255.0</v>
+        <v>7366.0</v>
       </c>
       <c r="I21" s="5">
-        <v>12409</v>
+        <v>8913</v>
       </c>
       <c r="J21" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B22">
-        <v>0.88</v>
+        <v>0.42</v>
       </c>
       <c r="C22" t="s">
         <v>95</v>
       </c>
       <c r="D22" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E22" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="F22" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H22" s="5">
-        <v>5089.0</v>
+        <v>5584.0</v>
       </c>
       <c r="I22" s="5">
-        <v>6158</v>
+        <v>6757</v>
       </c>
       <c r="J22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B23">
-        <v>1.34</v>
+        <v>1.05</v>
       </c>
       <c r="C23" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D23" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E23" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F23" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G23" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H23" s="5">
-        <v>10973.0</v>
+        <v>10255.0</v>
       </c>
       <c r="I23" s="5">
-        <v>13277</v>
+        <v>12409</v>
       </c>
       <c r="J23" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B24">
-        <v>0.81</v>
+        <v>0.88</v>
       </c>
       <c r="C24" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D24" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E24" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="F24" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G24" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H24" s="5">
-        <v>8297.0</v>
+        <v>5089.0</v>
       </c>
       <c r="I24" s="5">
-        <v>10039</v>
+        <v>6158</v>
       </c>
       <c r="J24" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B25">
-        <v>0.91</v>
+        <v>1.34</v>
       </c>
       <c r="C25" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D25" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E25" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="F25" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G25" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H25" s="5">
-        <v>8802.0</v>
+        <v>10973.0</v>
       </c>
       <c r="I25" s="5">
-        <v>10650</v>
+        <v>13277</v>
       </c>
       <c r="J25" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B26">
-        <v>0.89</v>
+        <v>0.81</v>
       </c>
       <c r="C26" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D26" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E26" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="F26" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G26" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H26" s="5">
-        <v>8701.0</v>
+        <v>8297.0</v>
       </c>
       <c r="I26" s="5">
-        <v>10528</v>
+        <v>10039</v>
       </c>
       <c r="J26" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K26" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B27">
-        <v>1.43</v>
+        <v>0.91</v>
       </c>
       <c r="C27" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D27" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E27" t="s">
         <v>126</v>
       </c>
       <c r="F27" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G27" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H27" s="5">
-        <v>9350.0</v>
+        <v>8802.0</v>
       </c>
       <c r="I27" s="5">
-        <v>11314</v>
+        <v>10650</v>
       </c>
       <c r="J27" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B28">
-        <v>1.58</v>
+        <v>0.89</v>
       </c>
       <c r="C28" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="D28" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E28" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="F28" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G28" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H28" s="5">
-        <v>6672.0</v>
+        <v>8701.0</v>
       </c>
       <c r="I28" s="5">
-        <v>8073</v>
+        <v>10528</v>
       </c>
       <c r="J28" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B29">
-        <v>2.27</v>
+        <v>1.43</v>
       </c>
       <c r="C29" t="s">
-        <v>127</v>
+        <v>92</v>
       </c>
       <c r="D29" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E29" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="F29" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G29" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H29" s="5">
-        <v>14300.0</v>
+        <v>9350.0</v>
       </c>
       <c r="I29" s="5">
-        <v>17303</v>
+        <v>11314</v>
       </c>
       <c r="J29" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K29" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B30">
-        <v>4.12</v>
+        <v>1.58</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>132</v>
       </c>
       <c r="D30" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E30" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="F30" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G30" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H30" s="5">
-        <v>16690.0</v>
+        <v>6672.0</v>
       </c>
       <c r="I30" s="5">
-        <v>20195</v>
+        <v>8073</v>
       </c>
       <c r="J30" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B31">
-        <v>2.55</v>
+        <v>2.27</v>
       </c>
       <c r="C31" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="D31" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E31" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="F31" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G31" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H31" s="5">
-        <v>11400.0</v>
+        <v>14300.0</v>
       </c>
       <c r="I31" s="5">
-        <v>13794</v>
+        <v>17303</v>
       </c>
       <c r="J31" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K31" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B32">
-        <v>2.07</v>
+        <v>4.12</v>
       </c>
       <c r="C32" t="s">
-        <v>132</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E32" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="F32" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G32" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H32" s="5">
-        <v>5435.0</v>
+        <v>16690.0</v>
       </c>
       <c r="I32" s="5">
-        <v>6576</v>
+        <v>20195</v>
       </c>
       <c r="J32" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B33">
-        <v>1.75</v>
+        <v>2.55</v>
       </c>
       <c r="C33" t="s">
-        <v>127</v>
+        <v>92</v>
       </c>
       <c r="D33" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E33" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="F33" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G33" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H33" s="5">
-        <v>7254.0</v>
+        <v>11400.0</v>
       </c>
       <c r="I33" s="5">
-        <v>8777</v>
+        <v>13794</v>
       </c>
       <c r="J33" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K33" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B34">
-        <v>1.63</v>
+        <v>2.07</v>
       </c>
       <c r="C34" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="D34" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E34" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="F34" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G34" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H34" s="5">
-        <v>4611.0</v>
+        <v>5435.0</v>
       </c>
       <c r="I34" s="5">
-        <v>5579</v>
+        <v>6576</v>
       </c>
       <c r="J34" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K34" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B35">
-        <v>1.58</v>
+        <v>1.75</v>
       </c>
       <c r="C35" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
       <c r="D35" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E35" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F35" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G35" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H35" s="5">
-        <v>10165.0</v>
+        <v>7254.0</v>
       </c>
       <c r="I35" s="5">
-        <v>12300</v>
+        <v>8777</v>
       </c>
       <c r="J35" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B36">
-        <v>1.3</v>
+        <v>1.63</v>
       </c>
       <c r="C36" t="s">
-        <v>132</v>
+        <v>95</v>
       </c>
       <c r="D36" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E36" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="F36" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G36" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H36" s="5">
-        <v>8986.0</v>
+        <v>4611.0</v>
       </c>
       <c r="I36" s="5">
-        <v>10873</v>
+        <v>5579</v>
       </c>
       <c r="J36" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K36" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B37">
-        <v>1.29</v>
+        <v>1.58</v>
       </c>
       <c r="C37" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D37" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E37" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F37" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G37" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H37" s="5">
-        <v>8943.0</v>
+        <v>10165.0</v>
       </c>
       <c r="I37" s="5">
-        <v>10821</v>
+        <v>12300</v>
       </c>
       <c r="J37" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B38">
-        <v>1.2</v>
+        <v>1.3</v>
       </c>
       <c r="C38" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="D38" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E38" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="F38" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G38" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H38" s="5">
-        <v>5710.0</v>
+        <v>8986.0</v>
       </c>
       <c r="I38" s="5">
-        <v>6909</v>
+        <v>10873</v>
       </c>
       <c r="J38" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K38" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B39">
-        <v>1.17</v>
+        <v>1.29</v>
       </c>
       <c r="C39" t="s">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="D39" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="E39" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F39" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G39" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H39" s="5">
-        <v>8438.0</v>
+        <v>8943.0</v>
       </c>
       <c r="I39" s="5">
-        <v>10210</v>
+        <v>10821</v>
       </c>
       <c r="J39" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K39" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B40">
-        <v>0.95</v>
+        <v>1.2</v>
       </c>
       <c r="C40" t="s">
-        <v>132</v>
+        <v>95</v>
       </c>
       <c r="D40" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E40" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="F40" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G40" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H40" s="5">
-        <v>5008.0</v>
+        <v>5710.0</v>
       </c>
       <c r="I40" s="5">
-        <v>6060</v>
+        <v>6909</v>
       </c>
       <c r="J40" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K40" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B41">
-        <v>0.89</v>
+        <v>1.17</v>
       </c>
       <c r="C41" t="s">
-        <v>132</v>
+        <v>95</v>
       </c>
       <c r="D41" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="E41" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="F41" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G41" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H41" s="5">
-        <v>4839.0</v>
+        <v>8438.0</v>
       </c>
       <c r="I41" s="5">
-        <v>5855</v>
+        <v>10210</v>
       </c>
       <c r="J41" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K41" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B42">
-        <v>2.63</v>
+        <v>0.95</v>
       </c>
       <c r="C42" t="s">
-        <v>95</v>
+        <v>137</v>
       </c>
       <c r="D42" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E42" t="s">
-        <v>92</v>
+        <v>122</v>
       </c>
       <c r="F42" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G42" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H42" s="5">
-        <v>8416.0</v>
+        <v>5008.0</v>
       </c>
       <c r="I42" s="5">
-        <v>10183</v>
+        <v>6060</v>
       </c>
       <c r="J42" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K42" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B43">
-        <v>1.8</v>
+        <v>0.89</v>
       </c>
       <c r="C43" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D43" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E43" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="F43" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G43" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H43" s="5">
-        <v>14078.0</v>
+        <v>4839.0</v>
       </c>
       <c r="I43" s="5">
-        <v>17034</v>
+        <v>5855</v>
       </c>
       <c r="J43" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K43" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B44">
-        <v>1.3</v>
+        <v>2.63</v>
       </c>
       <c r="C44" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D44" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E44" t="s">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="F44" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G44" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H44" s="5">
-        <v>8294.0</v>
+        <v>8416.0</v>
       </c>
       <c r="I44" s="5">
-        <v>10036</v>
+        <v>10183</v>
       </c>
       <c r="J44" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B45">
-        <v>2.47</v>
+        <v>1.8</v>
       </c>
       <c r="C45" t="s">
-        <v>100</v>
+        <v>149</v>
       </c>
       <c r="D45" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E45" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F45" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G45" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H45" s="5">
-        <v>17660.0</v>
+        <v>14078.0</v>
       </c>
       <c r="I45" s="5">
-        <v>21369</v>
+        <v>17034</v>
       </c>
       <c r="J45" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K45" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B46">
-        <v>0.72</v>
+        <v>1.3</v>
       </c>
       <c r="C46" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="D46" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E46" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="F46" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G46" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H46" s="5">
-        <v>4530.0</v>
+        <v>8294.0</v>
       </c>
       <c r="I46" s="5">
-        <v>5481</v>
+        <v>10036</v>
       </c>
       <c r="J46" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K46" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B47">
-        <v>0.51</v>
+        <v>2.47</v>
       </c>
       <c r="C47" t="s">
-        <v>151</v>
+        <v>92</v>
       </c>
       <c r="D47" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E47" t="s">
-        <v>99</v>
+        <v>154</v>
       </c>
       <c r="F47" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G47" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H47" s="5">
-        <v>5900.0</v>
+        <v>17660.0</v>
       </c>
       <c r="I47" s="5">
-        <v>7139</v>
+        <v>21369</v>
       </c>
       <c r="J47" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K47" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B48">
-        <v>3.68</v>
+        <v>0.72</v>
       </c>
       <c r="C48" t="s">
-        <v>153</v>
+        <v>103</v>
       </c>
       <c r="D48" t="s">
+        <v>155</v>
+      </c>
+      <c r="E48" t="s">
         <v>154</v>
       </c>
-      <c r="E48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G48" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H48" s="5">
-        <v>15354.0</v>
+        <v>4530.0</v>
       </c>
       <c r="I48" s="5">
-        <v>18578</v>
+        <v>5481</v>
       </c>
       <c r="J48" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B49">
-        <v>16.52</v>
+        <v>0.51</v>
       </c>
       <c r="C49" t="s">
-        <v>84</v>
+        <v>156</v>
       </c>
       <c r="D49" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E49" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F49" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G49" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H49" s="5">
-        <v>42169.0</v>
+        <v>5900.0</v>
       </c>
       <c r="I49" s="5">
-        <v>51024</v>
+        <v>7139</v>
       </c>
       <c r="J49" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K49" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B50">
-        <v>13.72</v>
+        <v>3.68</v>
       </c>
       <c r="C50" t="s">
-        <v>90</v>
+        <v>158</v>
       </c>
       <c r="D50" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E50" t="s">
-        <v>92</v>
+        <v>122</v>
       </c>
       <c r="F50" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G50" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H50" s="5">
-        <v>35365.0</v>
+        <v>15354.0</v>
       </c>
       <c r="I50" s="5">
-        <v>42792</v>
+        <v>18578</v>
       </c>
       <c r="J50" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K50" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B51">
-        <v>2.27</v>
+        <v>16.52</v>
       </c>
       <c r="C51" t="s">
-        <v>157</v>
+        <v>95</v>
       </c>
       <c r="D51" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E51" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F51" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G51" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H51" s="5">
-        <v>12066.0</v>
+        <v>42169.0</v>
       </c>
       <c r="I51" s="5">
-        <v>14600</v>
+        <v>51024</v>
       </c>
       <c r="J51" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K51" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B52">
-        <v>6.29</v>
+        <v>13.72</v>
       </c>
       <c r="C52" t="s">
-        <v>159</v>
+        <v>98</v>
       </c>
       <c r="D52" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E52" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="F52" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G52" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H52" s="5">
-        <v>9016.0</v>
+        <v>35365.0</v>
       </c>
       <c r="I52" s="5">
-        <v>10909</v>
+        <v>42792</v>
       </c>
       <c r="J52" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B53">
-        <v>1.58</v>
+        <v>2.27</v>
       </c>
       <c r="C53" t="s">
-        <v>84</v>
+        <v>162</v>
       </c>
       <c r="D53" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E53" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F53" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G53" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H53" s="5">
-        <v>6721.0</v>
+        <v>12066.0</v>
       </c>
       <c r="I53" s="5">
-        <v>8132</v>
+        <v>14600</v>
       </c>
       <c r="J53" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K53" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B54">
-        <v>3.96</v>
+        <v>6.29</v>
       </c>
       <c r="C54" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D54" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E54" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F54" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G54" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H54" s="5">
-        <v>13841.0</v>
+        <v>9016.0</v>
       </c>
       <c r="I54" s="5">
-        <v>16748</v>
+        <v>10909</v>
       </c>
       <c r="J54" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K54" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B55">
-        <v>2.74</v>
+        <v>1.58</v>
       </c>
       <c r="C55" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D55" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E55" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F55" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G55" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H55" s="5">
-        <v>10191.0</v>
+        <v>6721.0</v>
       </c>
       <c r="I55" s="5">
-        <v>12331</v>
+        <v>8132</v>
       </c>
       <c r="J55" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B56">
-        <v>3.1</v>
+        <v>3.96</v>
       </c>
       <c r="C56" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D56" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="E56" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="F56" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G56" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H56" s="5">
-        <v>15494.0</v>
+        <v>13841.0</v>
       </c>
       <c r="I56" s="5">
-        <v>18748</v>
+        <v>16748</v>
       </c>
       <c r="J56" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K56" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B57">
-        <v>1.26</v>
+        <v>2.74</v>
       </c>
       <c r="C57" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="D57" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="E57" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F57" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G57" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H57" s="5">
-        <v>10567.0</v>
+        <v>10191.0</v>
       </c>
       <c r="I57" s="5">
-        <v>12786</v>
+        <v>12331</v>
       </c>
       <c r="J57" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K57" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B58">
-        <v>1.71</v>
+        <v>3.1</v>
       </c>
       <c r="C58" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D58" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E58" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="F58" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G58" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H58" s="5">
-        <v>13035.0</v>
+        <v>15494.0</v>
       </c>
       <c r="I58" s="5">
-        <v>15772</v>
+        <v>18748</v>
       </c>
       <c r="J58" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K58" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B59">
-        <v>4.74</v>
+        <v>1.26</v>
       </c>
       <c r="C59" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="D59" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E59" t="s">
-        <v>171</v>
+        <v>113</v>
       </c>
       <c r="F59" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G59" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H59" s="5">
-        <v>10783.0</v>
+        <v>10567.0</v>
       </c>
       <c r="I59" s="5">
-        <v>13047</v>
+        <v>12786</v>
       </c>
       <c r="J59" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K59" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B60">
-        <v>2.01</v>
+        <v>1.71</v>
       </c>
       <c r="C60" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="D60" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E60" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="F60" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G60" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H60" s="5">
-        <v>12011.0</v>
+        <v>13035.0</v>
       </c>
       <c r="I60" s="5">
-        <v>14533</v>
+        <v>15772</v>
       </c>
       <c r="J60" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K60" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B61">
-        <v>2.43</v>
+        <v>4.74</v>
       </c>
       <c r="C61" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D61" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E61" t="s">
-        <v>99</v>
+        <v>176</v>
       </c>
       <c r="F61" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G61" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H61" s="5">
-        <v>13896.0</v>
+        <v>10783.0</v>
       </c>
       <c r="I61" s="5">
-        <v>16814</v>
+        <v>13047</v>
       </c>
       <c r="J61" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K61" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B62">
-        <v>3.73</v>
+        <v>2.01</v>
       </c>
       <c r="C62" t="s">
-        <v>84</v>
+        <v>167</v>
       </c>
       <c r="D62" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E62" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F62" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G62" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H62" s="5">
-        <v>15800.0</v>
+        <v>12011.0</v>
       </c>
       <c r="I62" s="5">
-        <v>19118</v>
+        <v>14533</v>
       </c>
       <c r="J62" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K62" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B63">
-        <v>5.87</v>
+        <v>2.43</v>
       </c>
       <c r="C63" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="D63" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E63" t="s">
-        <v>176</v>
+        <v>94</v>
       </c>
       <c r="F63" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G63" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H63" s="5">
-        <v>8472.0</v>
+        <v>13896.0</v>
       </c>
       <c r="I63" s="5">
-        <v>10251</v>
+        <v>16814</v>
       </c>
       <c r="J63" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K63" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B64">
-        <v>4.49</v>
+        <v>3.73</v>
       </c>
       <c r="C64" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D64" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E64" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="F64" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G64" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H64" s="5">
-        <v>16800.0</v>
+        <v>15800.0</v>
       </c>
       <c r="I64" s="5">
-        <v>20328</v>
+        <v>19118</v>
       </c>
       <c r="J64" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B65">
-        <v>1.67</v>
+        <v>5.87</v>
       </c>
       <c r="C65" t="s">
-        <v>84</v>
+        <v>164</v>
       </c>
       <c r="D65" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E65" t="s">
-        <v>99</v>
+        <v>181</v>
       </c>
       <c r="F65" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G65" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H65" s="5">
-        <v>12816.0</v>
+        <v>8472.0</v>
       </c>
       <c r="I65" s="5">
-        <v>15507</v>
+        <v>10251</v>
       </c>
       <c r="J65" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K65" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B66">
-        <v>4.03</v>
+        <v>4.49</v>
       </c>
       <c r="C66" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="D66" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E66" t="s">
-        <v>176</v>
+        <v>113</v>
       </c>
       <c r="F66" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G66" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H66" s="5">
-        <v>6087.0</v>
+        <v>16800.0</v>
       </c>
       <c r="I66" s="5">
-        <v>7365</v>
+        <v>20328</v>
       </c>
       <c r="J66" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K66" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B67">
-        <v>2.37</v>
+        <v>1.67</v>
       </c>
       <c r="C67" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="D67" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E67" t="s">
-        <v>176</v>
+        <v>94</v>
       </c>
       <c r="F67" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G67" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H67" s="5">
-        <v>6056.0</v>
+        <v>12816.0</v>
       </c>
       <c r="I67" s="5">
-        <v>7328</v>
+        <v>15507</v>
       </c>
       <c r="J67" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K67" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B68">
-        <v>2.91</v>
+        <v>4.03</v>
       </c>
       <c r="C68" t="s">
+        <v>164</v>
+      </c>
+      <c r="D68" t="s">
+        <v>184</v>
+      </c>
+      <c r="E68" t="s">
         <v>181</v>
       </c>
-      <c r="D68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F68" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G68" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H68" s="5">
-        <v>10700.0</v>
+        <v>6087.0</v>
       </c>
       <c r="I68" s="5">
-        <v>12947</v>
+        <v>7365</v>
       </c>
       <c r="J68" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K68" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B69">
-        <v>7.04</v>
+        <v>2.37</v>
       </c>
       <c r="C69" t="s">
+        <v>164</v>
+      </c>
+      <c r="D69" t="s">
+        <v>185</v>
+      </c>
+      <c r="E69" t="s">
         <v>181</v>
       </c>
-      <c r="D69" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G69" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H69" s="5">
-        <v>32950.0</v>
+        <v>6056.0</v>
       </c>
       <c r="I69" s="5">
-        <v>39870</v>
+        <v>7328</v>
       </c>
       <c r="J69" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K69" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B70">
-        <v>5.36</v>
+        <v>2.91</v>
       </c>
       <c r="C70" t="s">
+        <v>186</v>
+      </c>
+      <c r="D70" t="s">
+        <v>187</v>
+      </c>
+      <c r="E70" t="s">
         <v>181</v>
       </c>
-      <c r="D70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G70" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H70" s="5">
-        <v>24900.0</v>
+        <v>10700.0</v>
       </c>
       <c r="I70" s="5">
-        <v>30129</v>
+        <v>12947</v>
       </c>
       <c r="J70" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K70" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B71">
-        <v>2.05</v>
+        <v>7.04</v>
       </c>
       <c r="C71" t="s">
-        <v>90</v>
+        <v>186</v>
       </c>
       <c r="D71" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E71" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="F71" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G71" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H71" s="5">
-        <v>12191.0</v>
+        <v>32950.0</v>
       </c>
       <c r="I71" s="5">
-        <v>14751</v>
+        <v>39870</v>
       </c>
       <c r="J71" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K71" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B72">
-        <v>1.55</v>
+        <v>5.36</v>
       </c>
       <c r="C72" t="s">
-        <v>84</v>
+        <v>186</v>
       </c>
       <c r="D72" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="E72" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F72" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G72" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H72" s="5">
-        <v>12158.0</v>
+        <v>24900.0</v>
       </c>
       <c r="I72" s="5">
-        <v>14711</v>
+        <v>30129</v>
       </c>
       <c r="J72" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K72" t="s">
         <v>82</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13">
+      <c r="A73" t="s">
+        <v>85</v>
+      </c>
+      <c r="B73">
+        <v>2.05</v>
+      </c>
+      <c r="C73" t="s">
+        <v>98</v>
+      </c>
+      <c r="D73" t="s">
+        <v>190</v>
+      </c>
+      <c r="E73" t="s">
+        <v>94</v>
+      </c>
+      <c r="F73" t="s">
+        <v>89</v>
+      </c>
+      <c r="G73" t="s">
+        <v>90</v>
+      </c>
+      <c r="H73" s="5">
+        <v>12191.0</v>
+      </c>
+      <c r="I73" s="5">
+        <v>14751</v>
+      </c>
+      <c r="J73" t="s">
+        <v>91</v>
+      </c>
+      <c r="K73" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13">
+      <c r="A74" t="s">
+        <v>85</v>
+      </c>
+      <c r="B74">
+        <v>1.55</v>
+      </c>
+      <c r="C74" t="s">
+        <v>95</v>
+      </c>
+      <c r="D74" t="s">
+        <v>191</v>
+      </c>
+      <c r="E74" t="s">
+        <v>113</v>
+      </c>
+      <c r="F74" t="s">
+        <v>89</v>
+      </c>
+      <c r="G74" t="s">
+        <v>90</v>
+      </c>
+      <c r="H74" s="5">
+        <v>12158.0</v>
+      </c>
+      <c r="I74" s="5">
+        <v>14711</v>
+      </c>
+      <c r="J74" t="s">
+        <v>91</v>
+      </c>
+      <c r="K74" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <autoFilter ref="A2:M9998"/>
   <mergeCells>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D1:G1"/>
     <mergeCell ref="H1:K1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="K4" r:id="rId_hyperlink_2"/>
     <hyperlink ref="K5" r:id="rId_hyperlink_3"/>
     <hyperlink ref="K6" r:id="rId_hyperlink_4"/>
     <hyperlink ref="K7" r:id="rId_hyperlink_5"/>
     <hyperlink ref="K8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="K9" r:id="rId_hyperlink_7"/>
     <hyperlink ref="K10" r:id="rId_hyperlink_8"/>
     <hyperlink ref="K11" r:id="rId_hyperlink_9"/>
     <hyperlink ref="K12" r:id="rId_hyperlink_10"/>
     <hyperlink ref="K13" r:id="rId_hyperlink_11"/>
     <hyperlink ref="K14" r:id="rId_hyperlink_12"/>
     <hyperlink ref="K15" r:id="rId_hyperlink_13"/>
     <hyperlink ref="K16" r:id="rId_hyperlink_14"/>
@@ -3692,50 +3777,52 @@
     <hyperlink ref="K48" r:id="rId_hyperlink_46"/>
     <hyperlink ref="K49" r:id="rId_hyperlink_47"/>
     <hyperlink ref="K50" r:id="rId_hyperlink_48"/>
     <hyperlink ref="K51" r:id="rId_hyperlink_49"/>
     <hyperlink ref="K52" r:id="rId_hyperlink_50"/>
     <hyperlink ref="K53" r:id="rId_hyperlink_51"/>
     <hyperlink ref="K54" r:id="rId_hyperlink_52"/>
     <hyperlink ref="K55" r:id="rId_hyperlink_53"/>
     <hyperlink ref="K56" r:id="rId_hyperlink_54"/>
     <hyperlink ref="K57" r:id="rId_hyperlink_55"/>
     <hyperlink ref="K58" r:id="rId_hyperlink_56"/>
     <hyperlink ref="K59" r:id="rId_hyperlink_57"/>
     <hyperlink ref="K60" r:id="rId_hyperlink_58"/>
     <hyperlink ref="K61" r:id="rId_hyperlink_59"/>
     <hyperlink ref="K62" r:id="rId_hyperlink_60"/>
     <hyperlink ref="K63" r:id="rId_hyperlink_61"/>
     <hyperlink ref="K64" r:id="rId_hyperlink_62"/>
     <hyperlink ref="K65" r:id="rId_hyperlink_63"/>
     <hyperlink ref="K66" r:id="rId_hyperlink_64"/>
     <hyperlink ref="K67" r:id="rId_hyperlink_65"/>
     <hyperlink ref="K68" r:id="rId_hyperlink_66"/>
     <hyperlink ref="K69" r:id="rId_hyperlink_67"/>
     <hyperlink ref="K70" r:id="rId_hyperlink_68"/>
     <hyperlink ref="K71" r:id="rId_hyperlink_69"/>
     <hyperlink ref="K72" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="K73" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="K74" r:id="rId_hyperlink_72"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.69930555555556" right="0.69930555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>